--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -8,790 +8,784 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="467" uniqueCount="244">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы хранения</t>
   </si>
   <si>
-    <t>1.1 Цифровая техника</t>
+    <t>1.1 Спортинвентарь</t>
+  </si>
+  <si>
+    <t>38-0612</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда универсальный, 2 шт. REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>38-0616</t>
+  </si>
+  <si>
+    <t>Кронштейн для настенного хранения, с протектором, вылет 340мм REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-5 REXANT</t>
+  </si>
+  <si>
+    <t>38-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-1 REXANT</t>
+  </si>
+  <si>
+    <t>38-0660</t>
+  </si>
+  <si>
+    <t>Кронштейн для боксерской груши, гамаков для йоги, до 200кг, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-4 REXANT</t>
+  </si>
+  <si>
+    <t>38-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-2 REXANT</t>
+  </si>
+  <si>
+    <t>38-0603</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-3 REXANT</t>
+  </si>
+  <si>
+    <t>38-0659</t>
+  </si>
+  <si>
+    <t>Держатель для шлемов и экипировки, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0668</t>
+  </si>
+  <si>
+    <t>Держатель для удочек настенно-потолочный, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Домашний уют</t>
+  </si>
+  <si>
+    <t>38-0692</t>
+  </si>
+  <si>
+    <t>Держатель для обувных ложек и зонтов настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0720</t>
+  </si>
+  <si>
+    <t>Держатель для венка на межкомнатную дверь, регулируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0681</t>
+  </si>
+  <si>
+    <t>Кронштейн в стиле лофт для крепления полок, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0711</t>
+  </si>
+  <si>
+    <t>Держатель для хранения одежды в стиле лофт, крепление на дверь, 3 штуки, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0721</t>
+  </si>
+  <si>
+    <t>Держатель для венка на межкомнатную дверь, регулируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0643</t>
+  </si>
+  <si>
+    <t>Вешалка навесная на дверь, 6 крючков, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0639</t>
+  </si>
+  <si>
+    <t>Держатель для обувных ложек и зонтов, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0680</t>
+  </si>
+  <si>
+    <t>Кронштейн в стиле лофт для крепления полок, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0691</t>
+  </si>
+  <si>
+    <t>Полка для хранения одежды в стиле лофт, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0644</t>
+  </si>
+  <si>
+    <t>Вешалка навесная на дверь, 6 крючков, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0634</t>
+  </si>
+  <si>
+    <t>Держатель для книг, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0712</t>
+  </si>
+  <si>
+    <t>Держатель для хранения одежды в стиле лофт, крепление на дверь, 3 штуки, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Цифровая техника</t>
+  </si>
+  <si>
+    <t>38-0708</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для рабочего стола и сетевого фильтра, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0714</t>
+  </si>
+  <si>
+    <t>Держатель для хранения роутера, с регулировкой размеров, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0717</t>
+  </si>
+  <si>
+    <t>Держатель для смартфонов и планшетов, настольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0631</t>
+  </si>
+  <si>
+    <t>Подставка для наушников настольная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0689</t>
+  </si>
+  <si>
+    <t>Кронштейн для хранения дисков настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0709</t>
+  </si>
+  <si>
+    <t>Подставка для ноутбука, фиксированная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0661</t>
+  </si>
+  <si>
+    <t>Подставка для ноутбука/монитора черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0713</t>
+  </si>
+  <si>
+    <t>Держатель для хранения роутера, с регулировкой размеров, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0625</t>
+  </si>
+  <si>
+    <t>Кронштейн для PlayStation5, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0626</t>
+  </si>
+  <si>
+    <t>Кронштейн для зарядной станции DualSense PS5, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0621</t>
+  </si>
+  <si>
+    <t>Кронштейн для Яндекс Станции 2, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0630</t>
+  </si>
+  <si>
+    <t>Держатель для наушников, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0623</t>
+  </si>
+  <si>
+    <t>Кронштейн для Яндекс Станции, настенный, серый REXANT</t>
+  </si>
+  <si>
+    <t>38-0627</t>
+  </si>
+  <si>
+    <t>Кронштейн для игровых джойстиков универсальный, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0629</t>
+  </si>
+  <si>
+    <t>Держатель для наушников, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0633</t>
+  </si>
+  <si>
+    <t>Кронштейн для колонок, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0622</t>
+  </si>
+  <si>
+    <t>Кронштейн для Яндекс Станции, настенный, черный REXANT</t>
   </si>
   <si>
     <t>38-0624</t>
   </si>
   <si>
     <t>Кронштейн для Xbox Series X, настенный, черный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>38-0628</t>
   </si>
   <si>
     <t>Кронштейн для игровых джойстиков универсальный, настенный, белый REXANT</t>
   </si>
   <si>
-    <t>38-0633</t>
-[...10 lines deleted...]
-  <si>
     <t>38-0632</t>
   </si>
   <si>
     <t>Кронштейн для колонок, настенный, черный REXANT</t>
   </si>
   <si>
-    <t>38-0621</t>
-[...10 lines deleted...]
-  <si>
     <t>38-0682</t>
   </si>
   <si>
     <t>Подставка для ноутбука/монитора дуб Вотан, черный REXANT</t>
   </si>
   <si>
-    <t>38-0708</t>
-[...10 lines deleted...]
-  <si>
     <t>38-0688</t>
   </si>
   <si>
     <t>Кронштейн для хранения дисков настенный, черный REXANT</t>
   </si>
   <si>
-    <t>38-0709</t>
-[...52 lines deleted...]
-  <si>
     <t>38-0707</t>
   </si>
   <si>
     <t>Держатель-органайзер для рабочего стола и сетевого фильтра, черный REXANT</t>
   </si>
   <si>
-    <t>1.2 Спортинвентарь</t>
-[...65 lines deleted...]
-    <t>1.3 Ванная и Кухня</t>
+    <t>1.4 Ванная и Кухня</t>
+  </si>
+  <si>
+    <t>38-0700</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 2 флакона настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0678</t>
+  </si>
+  <si>
+    <t>Полка-органайзер для кухни, дуб Харбор, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0698</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 1 флакон настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0703</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и аксессуаров для ванны, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0705</t>
+  </si>
+  <si>
+    <t>Держатель для хранения фена с креплением для сетевого кабеля, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0701</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 3 флакона настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0679</t>
+  </si>
+  <si>
+    <t>Полка-органайзер для кухни, дуб Вотан, черная REXANT</t>
   </si>
   <si>
     <t>38-0100</t>
   </si>
   <si>
     <t>Кронштейн настенный для СВЧ печей REXANT</t>
   </si>
   <si>
+    <t>38-0693</t>
+  </si>
+  <si>
+    <t>Держатель для хранения губки и кухонной утвари, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0695</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и насадок, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0677</t>
+  </si>
+  <si>
+    <t>Полка-органайзер для кухни, двухъярусная, дуб Вотан, черная REXANT</t>
+  </si>
+  <si>
     <t>38-0640</t>
   </si>
   <si>
     <t>Держатель для бритвенного станка из нержавеющей стали REXANT</t>
   </si>
   <si>
+    <t>38-0696</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и насадок, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0715</t>
+  </si>
+  <si>
+    <t>Держатель для хранения электрических зубных щеток и насадок, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
     <t>38-0635</t>
   </si>
   <si>
     <t>Держатель для туалетной бумаги с полкой хранения, черный REXANT</t>
   </si>
   <si>
+    <t>38-0702</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 3 флакона настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0636</t>
+  </si>
+  <si>
+    <t>Держатель для туалетной бумаги с полкой хранения, белый REXANT</t>
+  </si>
+  <si>
     <t>38-0638</t>
   </si>
   <si>
     <t>Держатель для бумажных полотенец, настенный, монтаж без сверления, белый REXANT</t>
   </si>
   <si>
+    <t>38-0641</t>
+  </si>
+  <si>
+    <t>Кухонный органайзер, настенный, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0642</t>
+  </si>
+  <si>
+    <t>Кухонный органайзер, настенный, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
     <t>38-0637</t>
   </si>
   <si>
     <t>Держатель для бумажных полотенец, настенный, монтаж без сверления, черный REXANT</t>
   </si>
   <si>
-    <t>38-0641</t>
-[...4 lines deleted...]
-  <si>
     <t>38-0676</t>
   </si>
   <si>
     <t>Полка-органайзер для кухни, двухъярусная, дуб Харбор, белая REXANT</t>
   </si>
   <si>
-    <t>38-0678</t>
-[...8 lines deleted...]
-    <t>Держатель для хранения губки и кухонной утвари, монтаж без сверления, черный REXANT</t>
+    <t>38-0690</t>
+  </si>
+  <si>
+    <t>Полка-органайзер настольная, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0694</t>
+  </si>
+  <si>
+    <t>Держатель для хранения губки и кухонной утвари, монтаж без сверления, белый REXANT</t>
   </si>
   <si>
     <t>38-0697</t>
   </si>
   <si>
     <t>Держатель дозатора для жидкого мыла и шампуней на 1 флакон настенный, черный REXANT</t>
   </si>
   <si>
-    <t>38-0698</t>
-[...34 lines deleted...]
-  <si>
     <t>38-0699</t>
   </si>
   <si>
     <t>Держатель дозатора для жидкого мыла и шампуней на 2 флакона настенный, черный REXANT</t>
   </si>
   <si>
     <t>38-0704</t>
   </si>
   <si>
     <t>Держатель для хранения зубных щеток и аксессуаров для ванны, белый REXANT</t>
   </si>
   <si>
+    <t>38-0706</t>
+  </si>
+  <si>
+    <t>Держатель для хранения фена с креплением для сетевого кабеля, белый REXANT</t>
+  </si>
+  <si>
     <t>38-0716</t>
   </si>
   <si>
     <t>Держатель для хранения электрических зубных щеток и насадок, монтаж без сверления, белый REXANT</t>
   </si>
   <si>
-    <t>38-0642</t>
-[...59 lines deleted...]
-    <t>1.4 Хранение инструментов</t>
+    <t>1.5 Хранение инструментов</t>
+  </si>
+  <si>
+    <t>38-0672</t>
+  </si>
+  <si>
+    <t>Полка для хранения 275x67мм, металлическая, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0673</t>
+  </si>
+  <si>
+    <t>Полка для хранения 290x70мм, металлическая, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0687</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для молотков и кувалд настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0683</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для F-образных струбцин настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0684</t>
+  </si>
+  <si>
+    <t>Держатель для шуруповертов настенный, прямой, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0613</t>
+  </si>
+  <si>
+    <t>Набор кронштейнов вкручивающихся, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>38-0710</t>
+  </si>
+  <si>
+    <t>Держатель для ручного инструмента с гладкими ручками, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0651</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для пассатижей, плоскогубцев или клещей, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0615</t>
+  </si>
+  <si>
+    <t>Набор кронштейнов настенных, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>38-0685</t>
+  </si>
+  <si>
+    <t>Держатель для шуруповертов настенный, боковой, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0686</t>
+  </si>
+  <si>
+    <t>Держатель для хранения садового инвентаря настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0653</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для баллончиков, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0656</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 230мм, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0666</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер торцевых головок, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0648</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для хранения садового инвентаря, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0657</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 125мм, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0618</t>
+  </si>
+  <si>
+    <t>Кронштейн для настенного хранения, вылет 270мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0617</t>
+  </si>
+  <si>
+    <t>Кронштейн для настенного хранения двойной, с протектором, вылет 185мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0669</t>
+  </si>
+  <si>
+    <t>Держатель для электролобзика настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0670</t>
+  </si>
+  <si>
+    <t>Держатель для сверл настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0650</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для отверток двухуровневый, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0664</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для баллончиков, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0645</t>
+  </si>
+  <si>
+    <t>Держатель для диспенсера скотча, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0646</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для мотков скотча, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0655</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 125мм, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0662</t>
+  </si>
+  <si>
+    <t>Держатель для гаечных ключей, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0663</t>
+  </si>
+  <si>
+    <t>Держатель садовый для хранения поливочного шланга, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0674</t>
+  </si>
+  <si>
+    <t>Полка для хранения 490x70мм, металлическая, настенная, черная REXANT</t>
   </si>
   <si>
     <t>38-0675</t>
   </si>
   <si>
     <t>Полка для хранения 500x78мм, металлическая, настенная, черная REXANT</t>
   </si>
   <si>
-    <t>38-0670</t>
-[...14 lines deleted...]
-    <t>Держатель-органайзер для пассатижей, плоскогубцев или клещей, настенный, черный REXANT</t>
+    <t>38-0647</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для хранения садового инвентаря, на пять предметов, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0649</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для отверток, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для автомобильных колес настенный складной К-1 REXANT </t>
+  </si>
+  <si>
+    <t>38-0652</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для гаечных ключей, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0654</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для покрасочных работ, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0658</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 230мм, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0665</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок и отрезных дисков, настенный, с крючками, черный REXANT</t>
   </si>
   <si>
     <t>38-0614</t>
   </si>
   <si>
     <t>Набор кронштейнов настенных, 5 шт. REXANT</t>
   </si>
   <si>
-    <t>38-0611</t>
-[...94 lines deleted...]
-  <si>
     <t>38-0671</t>
   </si>
   <si>
     <t>Полка для хранения 150x70мм, металлическая, настенная, черная REXANT</t>
   </si>
   <si>
-    <t>38-0673</t>
-[...40 lines deleted...]
-  <si>
     <t>38-0718</t>
   </si>
   <si>
     <t>Держатель для хранения садового триммера, черный REXANT</t>
-  </si>
-[...133 lines deleted...]
-    <t>Держатель для хранения одежды в стиле лофт, крепление на дверь, 3 штуки, черный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1176,56 +1170,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-xbox-series-x-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-playstation5-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-naushnikov-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovyh-dzhoystikov-universalnyy-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-2-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-naushnikov-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-dub-votan-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-fiksirovannaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-nastennyy-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovyh-dzhoystikov-universalnyy-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-naushnikov-nastolnaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-zaryadnoy-stantsii-dualsense-ps5-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-smartfonov-i-planshetov-nastolnyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-4-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-3-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-1-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-shlemov-i-ekipirovki-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-bokserskoy-grushi-gamakov-dlya-yogi-do-200kg-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-s-protektorom-vylet-340mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-udochek-nastenno-potolochnyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-2-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-5-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-universalnyy-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastennyy-dlya-svch-pechey-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-britvennogo-stanka-iz-nerzhaveyuschey-stali-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-bumazhnyh-polotenets-nastennyy-montazh-bez-sverleniya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-bumazhnyh-polotenets-nastennyy-montazh-bez-sverleniya-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonnyy-organayzer-nastennyy-montazh-bez-sverleniya-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-harbor-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-harbor-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montazh-bez-sverleniya-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-1-flakon-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-1-flakon-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-3-flakona-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-aksessuarov-dlya-vanny-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-elektricheskih-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-chernyy-rexa.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montazh-bez-sverleniya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-2-flakona-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-aksessuarov-dlya-vanny-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-elektricheskih-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonnyy-organayzer-nastennyy-montazh-bez-sverleniya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-votan-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-2-flakona-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-votan-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-nastolnaya-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-3-flakona-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-500x78mm-metallicheskaya-nastennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sverl-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-hraneniya-sadovogo-inventarya-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-passatizhey-ploskogubtsev-ili-kleschey-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennyh-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-avtomobilnyh-koles-nastennyy-skladnoy-k-1-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-dispensera-skotcha-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-125mm-nastennyy-s-kryuchkami-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-pokrasochnyh-rabot-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-230mm-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-otvertok-dvuhurovnevyy-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-ballonchikov-nastennyy-s-kryuchkami-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-sadovyy-dlya-hraneniya-polivochnogo-shlanga-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-i-otreznyh-diskov-nastennyy-s-kryuchkami-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-tortsevyh-golovok-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-hraneniya-sadovogo-inventarya-na-pyat-predmetov-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-otvertok-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-vkruchivayuschihsya-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennyh-10-sht-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-dvoynoy-s-protektorom-vylet-185mm-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-vylet-270mm-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-150x70mm-metallicheskaya-nastennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-290x70mm-metallicheskaya-nastennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-f-obraznyh-strubtsin-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-shurupovertov-nastennyy-pryamoy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-275x67mm-metallicheskaya-nastennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-490x70mm-metallicheskaya-nastennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-shurupovertov-nastennyy-bokovoy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-sadovogo-inventarya-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-sadovogo-trimmera-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-motkov-skotcha-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-ballonchikov-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-gaechnyh-klyuchey-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-230mm-nastennyy-s-kryuchkami-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-125mm-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-pnevmoinstrumenta-i-zazhimnyh-kleschey-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-gaechnyh-klyuchey-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-elektrolobzika-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-molotkov-i-kuvald-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-ruchnogo-instrumenta-s-gladkimi-ruchkami-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-obuvnyh-lozhek-i-zontov-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-odezhdy-v-stile-loft-nastennaya-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-obuvnyh-lozhek-i-zontov-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-knig-nastennyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-venka-na-mezhkomnatnuyu-dver-reguliruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-venka-na-mezhkomnatnuyu-dver-reguliruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-odezhdy-v-stile-loft-kreplenie-na-dver-3-shtuki-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastennyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-odezhdy-v-stile-loft-kreplenie-na-dver-3-shtuki-chernyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-universalniy-2-sht-rexant-30650" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-s-protektorom-vilet-340mm-rexant-30654" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-5-rexant-29687" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-1-rexant-29688" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-bokserskoy-grushi-gamakov-dlya-yogi-do-200kg-cherniy-rexant-29428" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-4-rexant-29686" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-2-rexant-29684" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-3-rexant-29685" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-shlemov-i-ekipirovki-nastenniy-cherniy-rexant-29427" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-udochek-nastenno-potolochniy-cherniy-rexant-30728" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-obuvnih-lojek-i-zontov-nastenniy-beliy-rexant-30952" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-venka-na-mejkomnatnuyu-dver-reguliruemiy-cherniy-rexant-31995" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastenniy-beliy-rexant-30746" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-odejdi-v-stile-loft-kreplenie-na-dver-3-shtuki-cherniy-rexant-30953" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-venka-na-mejkomnatnuyu-dver-reguliruemiy-beliy-rexant-31996" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-cherniy-rexant-29425" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-obuvnih-lojek-i-zontov-nastenniy-cherniy-rexant-29424" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastenniy-cherniy-rexant-30745" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-odejdi-v-stile-loft-nastennaya-chernaya-rexant-30951" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-beliy-rexant-29426" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-knig-nastenniy-cherniy-rexant-29423" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-odejdi-v-stile-loft-kreplenie-na-dver-3-shtuki-beliy-rexant-30954" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-beliy-rexant-30927" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastenniy-beliy-rexant-30930" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-smartfonov-i-planshetov-nastolniy-cherniy-rexant-30931" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-naushnikov-nastolnaya-chernaya-rexant-29795" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastenniy-beliy-rexant-30925" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-fiksirovannaya-chernaya-rexant-30928" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-chernaya-rexant-29408" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastenniy-cherniy-rexant-30929" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-playstation5-nastenniy-beliy-rexant-29794" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-zaryadnoy-stantsii-dualsense-ps5-nastenniy-cherniy-rexant-29779" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-2-nastenniy-cherniy-rexant-29405" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-naushnikov-nastenniy-cherniy-rexant-29407" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-nastenniy-seriy-rexant-29590" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovih-djoystikov-universalniy-nastenniy-cherniy-rexant-29591" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-naushnikov-nastenniy-beliy-rexant-29787" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastenniy-beliy-rexant-29594" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-nastenniy-cherniy-rexant-29589" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-xbox-series-x-nastenniy-cherniy-rexant-29406" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovih-djoystikov-universalniy-nastenniy-beliy-rexant-29592" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastenniy-cherniy-rexant-29593" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-dub-votan-cherniy-rexant-30747" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastenniy-cherniy-rexant-30924" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-cherniy-rexant-30926" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-2-flakona-nastenniy-beliy-rexant-30940" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-harbor-belaya-rexant-30743" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-1-flakon-nastenniy-beliy-rexant-30938" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-aksessuarov-dlya-vanni-cherniy-rexant-30943" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-cherniy-rexant-30945" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-3-flakona-nastenniy-cherniy-rexant-30941" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-votan-chernaya-rexant-30744" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastenniy-dlya-svch-pechey-rexant-13247" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montaj-bez-sverleniya-cherniy-rexant-30933" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-cherniy-rexant-30935" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-votan-chernaya-rexant-30742" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-britvennogo-stanka-iz-nerjaveyuschey-stali-rexant-29411" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-beliy-rexant-30936" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-elektricheskih-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-cherniy-rexant-30947" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-cherniy-rexant-29614" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-3-flakona-nastenniy-beliy-rexant-30942" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-beliy-rexant-29615" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-montaj-bez-sverleniya-beliy-rexant-29410" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonniy-organayzer-nastenniy-montaj-bez-sverleniya-cherniy-rexant-29616" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonniy-organayzer-nastenniy-montaj-bez-sverleniya-beliy-rexant-29617" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-montaj-bez-sverleniya-cherniy-rexant-29409" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-harbor-belaya-rexant-30741" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-nastolnaya-belaya-rexant-30932" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montaj-bez-sverleniya-beliy-rexant-30934" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-1-flakon-nastenniy-cherniy-rexant-30937" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-2-flakona-nastenniy-cherniy-rexant-30939" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-aksessuarov-dlya-vanni-beliy-rexant-30944" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-beliy-rexant-30946" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-elektricheskih-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-beliy-rexant-30948" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-275x67mm-metallicheskaya-nastennaya-chernaya-rexant-30732" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-290x70mm-metallicheskaya-nastennaya-chernaya-rexant-30733" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-molotkov-i-kuvald-nastenniy-cherniy-rexant-30740" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-f-obraznih-strubtsin-nastenniy-cherniy-rexant-30736" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-shurupovertov-nastenniy-pryamoy-cherniy-rexant-30737" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-vkruchivayuschihsya-10-sht-rexant-30651" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-ruchnogo-instrumenta-s-gladkimi-ruchkami-nastenniy-cherniy-rexant-30949" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-passatijey-ploskogubtsev-ili-kleschey-nastenniy-cherniy-rexant-29417" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennih-10-sht-rexant-30653" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-shurupovertov-nastenniy-bokovoy-cherniy-rexant-30738" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-sadovogo-inventarya-nastenniy-cherniy-rexant-30739" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-ballonchikov-nastenniy-s-kryuchkami-cherniy-rexant-29796" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-210mm-nastenniy-cherniy-rexant-29421" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-tortsevih-golovok-nastenniy-cherniy-rexant-29792" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-hraneniya-sadovogo-inventarya-nastenniy-cherniy-rexant-29415" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-125mm-nastenniy-s-kryuchkami-cherniy-rexant-29780" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-vilet-270mm-rexant-30656" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-dvoynoy-s-protektorom-vilet-185mm-rexant-30655" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-elektrolobzika-nastenniy-cherniy-rexant-30729" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-sverl-nastenniy-tsink-rexant-30730" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-otvertok-dvuhurovneviy-nastenniy-cherniy-rexant-29588" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-ballonchikov-nastenniy-cherniy-rexant-29791" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-dispensera-skotcha-nastenniy-cherniy-rexant-29412" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-motkov-skotcha-nastenniy-cherniy-rexant-29413" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-125mm-nastenniy-cherniy-rexant-29420" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-gaechnih-klyuchey-nastenniy-cherniy-rexant-29790" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-sadoviy-dlya-hraneniya-polivochnogo-shlanga-nastenniy-cherniy-rexant-29949" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-490x70mm-metallicheskaya-nastennaya-chernaya-rexant-30734" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-500x78mm-metallicheskaya-nastennaya-chernaya-rexant-30735" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-hraneniya-sadovogo-inventarya-na-pyat-predmetov-nastenniy-cherniy-rexant-29414" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-otvertok-nastenniy-cherniy-rexant-29416" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-avtomobilnih-koles-nastenniy-skladnoy-k-1-rexant-29348" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-gaechnih-klyuchey-nastenniy-cherniy-rexant-29418" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-pokrasochnih-rabot-nastenniy-cherniy-rexant-29419" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-210mm-nastenniy-s-kryuchkami-cherniy-rexant-29422" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-i-otreznih-diskov-nastenniy-s-kryuchkami-cherniy-rexant-29806" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennih-5-sht-rexant-30652" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-150x70mm-metallicheskaya-nastennaya-chernaya-rexant-30731" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-sadovogo-trimmera-cherniy-rexant-30950" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I121"/>
+  <dimension ref="A1:I120"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1257,3524 +1251,3494 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1517.91</v>
+        <v>304.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>10</v>
+        <v>240</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1034.21</v>
+        <v>818.19</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>177</v>
+        <v>438</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>604.75</v>
+        <v>898.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>30</v>
+        <v>671</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>954.86</v>
+        <v>899.51</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1465.39</v>
+        <v>1209.49</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3142.12</v>
+        <v>1713.34</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>6</v>
+        <v>404</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1465.39</v>
+        <v>1203.55</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1114</v>
+        <v>1454.58</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F11" s="3">
-        <v>36</v>
+        <v>95</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>604.75</v>
+        <v>2341.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F12" s="3">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>3019.33</v>
+        <v>1908.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C14" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1464.7</v>
+        <v>399.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>3</v>
+        <v>111</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>908.67</v>
+        <v>846.97</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>30</v>
+        <v>2973</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1464.7</v>
+        <v>1316.36</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="3">
         <v>14</v>
       </c>
-      <c r="F17" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>835.5</v>
+        <v>892.49</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>835.5</v>
+        <v>846.97</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>3139</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>954.86</v>
+        <v>1209.49</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F20" s="3">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1204.45</v>
+        <v>439.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F21" s="3">
-        <v>72</v>
+        <v>642</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>811.63</v>
+        <v>1316.36</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F22" s="3">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>882.2</v>
+        <v>1852.96</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F23" s="3">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>1464.7</v>
+        <v>1056.83</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F24" s="3">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>413.45</v>
+        <v>670.3</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F25" s="3">
-        <v>378</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>24</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1094.44</v>
+        <v>962.77</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F26" s="3">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1713.34</v>
+        <v>1094.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F28" s="3">
-        <v>480</v>
+        <v>1</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>1454.58</v>
+        <v>1464.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F29" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>899.51</v>
+        <v>372.11</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F30" s="3">
-        <v>755</v>
+        <v>293</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>2341.57</v>
+        <v>1084.01</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F31" s="3">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>1209.49</v>
+        <v>882.2</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F32" s="3">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>909.1</v>
+        <v>1464.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F33" s="3">
-        <v>444</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>1908.54</v>
+        <v>3142.12</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1203.55</v>
+        <v>1464.7</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F35" s="3">
-        <v>151</v>
+        <v>10</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>997.92</v>
+        <v>930.79</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F36" s="3">
-        <v>707</v>
+        <v>144</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>304.5</v>
+        <v>811.63</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="3">
+        <v>15</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>9</v>
+      </c>
+      <c r="I37" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="F37" s="3">
-[...13 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B38" s="2"/>
-[...6 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="C38" s="3">
+        <v>1114</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="3">
+        <v>36</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>12</v>
+      </c>
+      <c r="I38" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>1500</v>
+        <v>604.75</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F39" s="3">
-        <v>3766</v>
+        <v>2</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>284.3</v>
+        <v>835.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F40" s="3">
-        <v>142</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>687.5</v>
+        <v>907.12</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F41" s="3">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>10</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>763.88</v>
+        <v>604.75</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F42" s="3">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>763.88</v>
+        <v>1465.39</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F43" s="3">
-        <v>185</v>
+        <v>29</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>12</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>1422.71</v>
+        <v>835.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F44" s="3">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>4335.28</v>
+        <v>1517.91</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F45" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>3557.36</v>
+        <v>954.86</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F46" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>467.21</v>
+        <v>1465.39</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F47" s="3">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>319.79</v>
+        <v>3019.33</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F48" s="3">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>319.79</v>
+        <v>817.8</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F49" s="3">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>495.56</v>
+        <v>1094.44</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F50" s="3">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="3" t="s">
+      <c r="A51" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B51" s="2"/>
+      <c r="C51" s="2"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+      <c r="H51" s="2"/>
+      <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>849.37</v>
+        <v>553.39</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>495.56</v>
+        <v>3557.36</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F53" s="3">
-        <v>78</v>
+        <v>7</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>467.21</v>
+        <v>319.79</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F54" s="3">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>569.99</v>
+        <v>849.37</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F55" s="3">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>849.37</v>
+        <v>582.84</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F56" s="3">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>495.56</v>
+        <v>695.14</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F57" s="3">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>1465.39</v>
+        <v>3664.08</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F58" s="3">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>687.5</v>
+        <v>1500</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>3439</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>3664.08</v>
+        <v>467.21</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F60" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>553.39</v>
+        <v>495.56</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F61" s="3">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="C62" s="3">
         <v>4335.28</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>4</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>495.56</v>
+        <v>255.87</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F63" s="3">
-        <v>71</v>
+        <v>140</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="3">
-        <v>2195.42</v>
+        <v>495.56</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F64" s="3">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>695.14</v>
+        <v>446</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F65" s="3">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>582.84</v>
+        <v>687.5</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F66" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3">
+        <v>695.14</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67" s="3">
+        <v>35</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>12</v>
+      </c>
+      <c r="I67" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C67" s="3">
-[...22 lines deleted...]
-      <c r="A68" s="2" t="s">
+      <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="B68" s="2"/>
-[...6 lines deleted...]
-      <c r="I68" s="2"/>
+      <c r="C68" s="3">
+        <v>687.5</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" s="3">
+        <v>3</v>
+      </c>
+      <c r="G68" s="3">
+        <v>1</v>
+      </c>
+      <c r="H68" s="3">
+        <v>10</v>
+      </c>
+      <c r="I68" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>1464.7</v>
+        <v>763.88</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F69" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>12</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>1300.01</v>
+        <v>1280.44</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F70" s="3">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>12</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>664.58</v>
+        <v>1318.85</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F71" s="3">
-        <v>1</v>
+        <v>53</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>1058.29</v>
+        <v>763.88</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F72" s="3">
-        <v>4</v>
+        <v>133</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>1828.58</v>
+        <v>4335.28</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="F73" s="3">
-        <v>468</v>
+        <v>6</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>12262.7</v>
+        <v>1975.88</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F74" s="3">
-        <v>136</v>
+        <v>26</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>526.9</v>
+        <v>420.49</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>1977.5</v>
+        <v>319.79</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F76" s="3">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>3995.11</v>
+        <v>569.99</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F77" s="3">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>1058.29</v>
+        <v>849.37</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F78" s="3">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>1528.52</v>
+        <v>582.84</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F79" s="3">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>12</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>2081.59</v>
+        <v>446</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F80" s="3">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="3">
-        <v>3665.25</v>
+        <v>1302.34</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B83" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="3">
-        <v>1814.23</v>
+        <v>699.65</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F83" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>12</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>993.76</v>
+        <v>1094.44</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F84" s="3">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>788.91</v>
+        <v>1344.39</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>1155.86</v>
+        <v>876.01</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="F86" s="3">
-        <v>477</v>
+        <v>6</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>3257.18</v>
+        <v>1040.27</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>272</v>
+        <v>445</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>1389.64</v>
+        <v>1094.44</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F88" s="3">
-        <v>440</v>
+        <v>13</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>571.44</v>
+        <v>1058.29</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F89" s="3">
-        <v>406</v>
+        <v>30</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>24</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>510.43</v>
+        <v>3257.18</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I90" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>699.65</v>
+        <v>876.01</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F91" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>12</v>
       </c>
       <c r="I91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92" s="3">
-        <v>1344.39</v>
+        <v>2261.28</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I92" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" s="3">
-        <v>876.01</v>
+        <v>2081.59</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F93" s="3">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B94" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="3">
-        <v>1302.34</v>
+        <v>1058.29</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F94" s="3">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="3">
-        <v>845.65</v>
+        <v>1814.23</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F95" s="3">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>12</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="3">
-        <v>876.01</v>
+        <v>664.58</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F96" s="3">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>2261.28</v>
+        <v>1977.5</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>12</v>
       </c>
       <c r="I97" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>1255.62</v>
+        <v>514.3</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F98" s="3">
-        <v>26</v>
+        <v>391</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>24</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>1366.73</v>
+        <v>1250.68</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F99" s="3">
-        <v>32</v>
+        <v>407</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>12</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="3">
-        <v>1909.71</v>
+        <v>699.65</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F100" s="3">
-        <v>26</v>
+        <v>118</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>12</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3">
-        <v>795.51</v>
+        <v>1300.01</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F101" s="3">
         <v>17</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3">
-        <v>2081.59</v>
+        <v>1528.52</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F102" s="3">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="3">
-        <v>1058.29</v>
+        <v>1909.71</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F103" s="3">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104" s="3">
-        <v>1465.86</v>
+        <v>526.9</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F104" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>12</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>1344.39</v>
+        <v>1366.73</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F105" s="3">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>699.65</v>
+        <v>1058.29</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F106" s="3">
         <v>14</v>
       </c>
-      <c r="F106" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>1094.44</v>
+        <v>1344.39</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F107" s="3">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>24</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3">
+        <v>2261.28</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F108" s="3">
+        <v>4</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>5</v>
+      </c>
+      <c r="I108" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C108" s="3">
-[...22 lines deleted...]
-      <c r="A109" s="2" t="s">
+      <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B109" s="2"/>
-[...6 lines deleted...]
-      <c r="I109" s="2"/>
+      <c r="C109" s="3">
+        <v>845.65</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="3">
+        <v>29</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>12</v>
+      </c>
+      <c r="I109" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>439.24</v>
+        <v>1464.7</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F110" s="3">
-        <v>677</v>
+        <v>3</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>1209.49</v>
+        <v>993.76</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F111" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>12</v>
       </c>
       <c r="I111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>1316.36</v>
+        <v>788.91</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F112" s="3">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>12</v>
       </c>
       <c r="I112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C113" s="3">
-        <v>1852.96</v>
+        <v>11036.43</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F113" s="3">
-        <v>4</v>
+        <v>107</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>399.17</v>
+        <v>795.51</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F114" s="3">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C115" s="3">
-        <v>1174.26</v>
+        <v>3995.11</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F115" s="3">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C116" s="3">
-        <v>670.3</v>
+        <v>2081.59</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F116" s="3">
+        <v>10</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C117" s="3">
-        <v>941.08</v>
+        <v>3665.25</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F117" s="3">
-        <v>3229</v>
+        <v>7</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C118" s="3">
-        <v>941.08</v>
+        <v>1645.72</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>3206</v>
+        <v>423</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C119" s="3">
-        <v>962.77</v>
+        <v>510.43</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F119" s="3">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C120" s="3">
-        <v>1316.36</v>
+        <v>1255.62</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F120" s="3">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
-[...27 lines deleted...]
-      <c r="I121" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A14:I14"/>
     <mergeCell ref="A27:I27"/>
-    <mergeCell ref="A38:I38"/>
-[...1 lines deleted...]
-    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A81:I81"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
-    <hyperlink ref="D14" r:id="rId11"/>
-[...21 lines deleted...]
-    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
-    <hyperlink ref="D51" r:id="rId46"/>
-[...15 lines deleted...]
-    <hyperlink ref="D67" r:id="rId62"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
-    <hyperlink ref="D81" r:id="rId75"/>
-[...26 lines deleted...]
-    <hyperlink ref="D108" r:id="rId102"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D88" r:id="rId81"/>
+    <hyperlink ref="D89" r:id="rId82"/>
+    <hyperlink ref="D90" r:id="rId83"/>
+    <hyperlink ref="D91" r:id="rId84"/>
+    <hyperlink ref="D92" r:id="rId85"/>
+    <hyperlink ref="D93" r:id="rId86"/>
+    <hyperlink ref="D94" r:id="rId87"/>
+    <hyperlink ref="D95" r:id="rId88"/>
+    <hyperlink ref="D96" r:id="rId89"/>
+    <hyperlink ref="D97" r:id="rId90"/>
+    <hyperlink ref="D98" r:id="rId91"/>
+    <hyperlink ref="D99" r:id="rId92"/>
+    <hyperlink ref="D100" r:id="rId93"/>
+    <hyperlink ref="D101" r:id="rId94"/>
+    <hyperlink ref="D102" r:id="rId95"/>
+    <hyperlink ref="D103" r:id="rId96"/>
+    <hyperlink ref="D104" r:id="rId97"/>
+    <hyperlink ref="D105" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId99"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
     <hyperlink ref="D110" r:id="rId103"/>
     <hyperlink ref="D111" r:id="rId104"/>
     <hyperlink ref="D112" r:id="rId105"/>
     <hyperlink ref="D113" r:id="rId106"/>
     <hyperlink ref="D114" r:id="rId107"/>
     <hyperlink ref="D115" r:id="rId108"/>
     <hyperlink ref="D116" r:id="rId109"/>
     <hyperlink ref="D117" r:id="rId110"/>
     <hyperlink ref="D118" r:id="rId111"/>
     <hyperlink ref="D119" r:id="rId112"/>
     <hyperlink ref="D120" r:id="rId113"/>
-    <hyperlink ref="D121" r:id="rId114"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>