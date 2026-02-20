--- v1 (2025-12-06)
+++ v2 (2026-02-20)
@@ -8,784 +8,718 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="467" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="222">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Системы хранения</t>
   </si>
   <si>
-    <t>1.1 Спортинвентарь</t>
+    <t>1.1 Цифровая техника</t>
+  </si>
+  <si>
+    <t>38-0626</t>
+  </si>
+  <si>
+    <t>Кронштейн для зарядной станции DualSense PS5, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>38-0627</t>
+  </si>
+  <si>
+    <t>Кронштейн для игровых джойстиков универсальный, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0628</t>
+  </si>
+  <si>
+    <t>Кронштейн для игровых джойстиков универсальный, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0629</t>
+  </si>
+  <si>
+    <t>Держатель для наушников, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0630</t>
+  </si>
+  <si>
+    <t>Держатель для наушников, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0631</t>
+  </si>
+  <si>
+    <t>Подставка для наушников настольная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0621</t>
+  </si>
+  <si>
+    <t>Кронштейн для Яндекс Станции 2, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0689</t>
+  </si>
+  <si>
+    <t>Кронштейн для хранения дисков настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0707</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для рабочего стола и сетевого фильтра, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0713</t>
+  </si>
+  <si>
+    <t>Держатель для хранения роутера, с регулировкой размеров, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0624</t>
+  </si>
+  <si>
+    <t>Кронштейн для Xbox Series X, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0625</t>
+  </si>
+  <si>
+    <t>Кронштейн для PlayStation5, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0633</t>
+  </si>
+  <si>
+    <t>Кронштейн для колонок, настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0682</t>
+  </si>
+  <si>
+    <t>Подставка для ноутбука/монитора дуб Вотан, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0632</t>
+  </si>
+  <si>
+    <t>Кронштейн для колонок, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0688</t>
+  </si>
+  <si>
+    <t>Кронштейн для хранения дисков настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0708</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для рабочего стола и сетевого фильтра, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0717</t>
+  </si>
+  <si>
+    <t>Держатель для смартфонов и планшетов, настольный, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Спортинвентарь</t>
+  </si>
+  <si>
+    <t>38-0604</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-4 REXANT</t>
+  </si>
+  <si>
+    <t>38-0668</t>
+  </si>
+  <si>
+    <t>Держатель для удочек настенно-потолочный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0602</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-2 REXANT</t>
+  </si>
+  <si>
+    <t>38-0601</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-1 REXANT</t>
+  </si>
+  <si>
+    <t>38-0605</t>
+  </si>
+  <si>
+    <t>Кронштейн для велосипеда настенный В-5 REXANT</t>
+  </si>
+  <si>
+    <t>38-0659</t>
+  </si>
+  <si>
+    <t>Держатель для шлемов и экипировки, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0660</t>
+  </si>
+  <si>
+    <t>Кронштейн для боксерской груши, гамаков для йоги, до 200кг, черный REXANT</t>
   </si>
   <si>
     <t>38-0612</t>
   </si>
   <si>
     <t>Кронштейн для велосипеда универсальный, 2 шт. REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...1 lines deleted...]
-  <si>
     <t>упак</t>
   </si>
   <si>
     <t>38-0616</t>
   </si>
   <si>
     <t>Кронштейн для настенного хранения, с протектором, вылет 340мм REXANT</t>
   </si>
   <si>
-    <t>шт</t>
-[...31 lines deleted...]
-  <si>
     <t>38-0603</t>
   </si>
   <si>
     <t>Кронштейн для велосипеда настенный В-3 REXANT</t>
   </si>
   <si>
-    <t>38-0659</t>
-[...11 lines deleted...]
-    <t>1.2 Домашний уют</t>
+    <t>1.3 Ванная и Кухня</t>
+  </si>
+  <si>
+    <t>38-0100</t>
+  </si>
+  <si>
+    <t>Кронштейн настенный для СВЧ печей REXANT</t>
+  </si>
+  <si>
+    <t>38-0693</t>
+  </si>
+  <si>
+    <t>Держатель для хранения губки и кухонной утвари, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0704</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и аксессуаров для ванны, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0636</t>
+  </si>
+  <si>
+    <t>Держатель для туалетной бумаги с полкой хранения, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0637</t>
+  </si>
+  <si>
+    <t>Держатель для бумажных полотенец, настенный, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0641</t>
+  </si>
+  <si>
+    <t>Кухонный органайзер, настенный, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0640</t>
+  </si>
+  <si>
+    <t>Держатель для бритвенного станка из нержавеющей стали REXANT</t>
+  </si>
+  <si>
+    <t>38-0705</t>
+  </si>
+  <si>
+    <t>Держатель для хранения фена с креплением для сетевого кабеля, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0694</t>
+  </si>
+  <si>
+    <t>Держатель для хранения губки и кухонной утвари, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0697</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 1 флакон настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0699</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 2 флакона настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0700</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 2 флакона настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0706</t>
+  </si>
+  <si>
+    <t>Держатель для хранения фена с креплением для сетевого кабеля, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0642</t>
+  </si>
+  <si>
+    <t>Кухонный органайзер, настенный, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0678</t>
+  </si>
+  <si>
+    <t>Полка-органайзер для кухни, дуб Харбор, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0690</t>
+  </si>
+  <si>
+    <t>Полка-органайзер настольная, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0698</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 1 флакон настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0695</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и насадок, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0696</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и насадок, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0701</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 3 флакона настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0703</t>
+  </si>
+  <si>
+    <t>Держатель для хранения зубных щеток и аксессуаров для ванны, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0716</t>
+  </si>
+  <si>
+    <t>Держатель для хранения электрических зубных щеток и насадок, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0715</t>
+  </si>
+  <si>
+    <t>Держатель для хранения электрических зубных щеток и насадок, монтаж без сверления, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0702</t>
+  </si>
+  <si>
+    <t>Держатель дозатора для жидкого мыла и шампуней на 3 флакона настенный, белый REXANT</t>
+  </si>
+  <si>
+    <t>38-0676</t>
+  </si>
+  <si>
+    <t>Полка-органайзер для кухни, двухъярусная, дуб Харбор, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0679</t>
+  </si>
+  <si>
+    <t>Полка-органайзер для кухни, дуб Вотан, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0638</t>
+  </si>
+  <si>
+    <t>Держатель для бумажных полотенец, настенный, монтаж без сверления, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Хранение инструментов</t>
+  </si>
+  <si>
+    <t>38-0649</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для отверток, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0651</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для пассатижей, плоскогубцев или клещей, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0650</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для отверток двухуровневый, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0653</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для баллончиков, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0655</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 125мм, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0656</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 230мм, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0658</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 230мм, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0665</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок и отрезных дисков, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0614</t>
+  </si>
+  <si>
+    <t>Набор кронштейнов настенных, 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>38-0674</t>
+  </si>
+  <si>
+    <t>Полка для хранения 490x70мм, металлическая, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0675</t>
+  </si>
+  <si>
+    <t>Полка для хранения 500x78мм, металлическая, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0684</t>
+  </si>
+  <si>
+    <t>Держатель для шуруповертов настенный, прямой, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0710</t>
+  </si>
+  <si>
+    <t>Держатель для ручного инструмента с гладкими ручками, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0647</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для хранения садового инвентаря, на пять предметов, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0652</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для гаечных ключей, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0654</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для покрасочных работ, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0664</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для баллончиков, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0615</t>
+  </si>
+  <si>
+    <t>Набор кронштейнов настенных, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>38-0669</t>
+  </si>
+  <si>
+    <t>Держатель для электролобзика настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0671</t>
+  </si>
+  <si>
+    <t>Полка для хранения 150x70мм, металлическая, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0718</t>
+  </si>
+  <si>
+    <t>Держатель для хранения садового триммера, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0611</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кронштейн для автомобильных колес настенный складной К-1 REXANT </t>
+  </si>
+  <si>
+    <t>38-0657</t>
+  </si>
+  <si>
+    <t>Держатель для угловых шлифмашинок до 125мм, настенный, с крючками, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0663</t>
+  </si>
+  <si>
+    <t>Держатель садовый для хранения поливочного шланга, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0666</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер торцевых головок, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0618</t>
+  </si>
+  <si>
+    <t>Кронштейн для настенного хранения, вылет 270мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0617</t>
+  </si>
+  <si>
+    <t>Кронштейн для настенного хранения двойной, с протектором, вылет 185мм REXANT</t>
+  </si>
+  <si>
+    <t>38-0687</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для молотков и кувалд настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0646</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для мотков скотча, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0686</t>
+  </si>
+  <si>
+    <t>Держатель для хранения садового инвентаря настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0613</t>
+  </si>
+  <si>
+    <t>Набор кронштейнов вкручивающихся, 10 шт. REXANT</t>
+  </si>
+  <si>
+    <t>38-0670</t>
+  </si>
+  <si>
+    <t>Держатель для сверл настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0683</t>
+  </si>
+  <si>
+    <t>Держатель-органайзер для F-образных струбцин настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0685</t>
+  </si>
+  <si>
+    <t>Держатель для шуруповертов настенный, боковой, черный REXANT</t>
+  </si>
+  <si>
+    <t>38-0662</t>
+  </si>
+  <si>
+    <t>Держатель для гаечных ключей, настенный, черный REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Домашний уют</t>
+  </si>
+  <si>
+    <t>38-0681</t>
+  </si>
+  <si>
+    <t>Кронштейн в стиле лофт для крепления полок, настенный, белый REXANT</t>
   </si>
   <si>
     <t>38-0692</t>
   </si>
   <si>
     <t>Держатель для обувных ложек и зонтов настенный, белый REXANT</t>
   </si>
   <si>
+    <t>38-0712</t>
+  </si>
+  <si>
+    <t>Держатель для хранения одежды в стиле лофт, крепление на дверь, 3 штуки, белый REXANT</t>
+  </si>
+  <si>
     <t>38-0720</t>
   </si>
   <si>
     <t>Держатель для венка на межкомнатную дверь, регулируемый, черный REXANT</t>
   </si>
   <si>
-    <t>38-0681</t>
-[...2 lines deleted...]
-    <t>Кронштейн в стиле лофт для крепления полок, настенный, белый REXANT</t>
+    <t>38-0721</t>
+  </si>
+  <si>
+    <t>Держатель для венка на межкомнатную дверь, регулируемый, белый REXANT</t>
   </si>
   <si>
     <t>38-0711</t>
   </si>
   <si>
     <t>Держатель для хранения одежды в стиле лофт, крепление на дверь, 3 штуки, черный REXANT</t>
   </si>
   <si>
-    <t>38-0721</t>
-[...2 lines deleted...]
-    <t>Держатель для венка на межкомнатную дверь, регулируемый, белый REXANT</t>
+    <t>38-0634</t>
+  </si>
+  <si>
+    <t>Держатель для книг, настенный, черный REXANT</t>
   </si>
   <si>
     <t>38-0643</t>
   </si>
   <si>
     <t>Вешалка навесная на дверь, 6 крючков, черная REXANT</t>
   </si>
   <si>
+    <t>38-0644</t>
+  </si>
+  <si>
+    <t>Вешалка навесная на дверь, 6 крючков, белая REXANT</t>
+  </si>
+  <si>
+    <t>38-0691</t>
+  </si>
+  <si>
+    <t>Полка для хранения одежды в стиле лофт, настенная, черная REXANT</t>
+  </si>
+  <si>
+    <t>38-0680</t>
+  </si>
+  <si>
+    <t>Кронштейн в стиле лофт для крепления полок, настенный, черный REXANT</t>
+  </si>
+  <si>
     <t>38-0639</t>
   </si>
   <si>
     <t>Держатель для обувных ложек и зонтов, настенный, черный REXANT</t>
-  </si>
-[...583 lines deleted...]
-    <t>Держатель для хранения садового триммера, черный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1170,56 +1104,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-universalniy-2-sht-rexant-30650" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-s-protektorom-vilet-340mm-rexant-30654" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-5-rexant-29687" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-1-rexant-29688" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-bokserskoy-grushi-gamakov-dlya-yogi-do-200kg-cherniy-rexant-29428" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-4-rexant-29686" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-2-rexant-29684" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-3-rexant-29685" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-shlemov-i-ekipirovki-nastenniy-cherniy-rexant-29427" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-udochek-nastenno-potolochniy-cherniy-rexant-30728" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-obuvnih-lojek-i-zontov-nastenniy-beliy-rexant-30952" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-venka-na-mejkomnatnuyu-dver-reguliruemiy-cherniy-rexant-31995" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastenniy-beliy-rexant-30746" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-odejdi-v-stile-loft-kreplenie-na-dver-3-shtuki-cherniy-rexant-30953" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-venka-na-mejkomnatnuyu-dver-reguliruemiy-beliy-rexant-31996" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-cherniy-rexant-29425" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-obuvnih-lojek-i-zontov-nastenniy-cherniy-rexant-29424" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastenniy-cherniy-rexant-30745" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-odejdi-v-stile-loft-nastennaya-chernaya-rexant-30951" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-beliy-rexant-29426" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-knig-nastenniy-cherniy-rexant-29423" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-odejdi-v-stile-loft-kreplenie-na-dver-3-shtuki-beliy-rexant-30954" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-beliy-rexant-30927" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastenniy-beliy-rexant-30930" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-smartfonov-i-planshetov-nastolniy-cherniy-rexant-30931" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-naushnikov-nastolnaya-chernaya-rexant-29795" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastenniy-beliy-rexant-30925" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-fiksirovannaya-chernaya-rexant-30928" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-chernaya-rexant-29408" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastenniy-cherniy-rexant-30929" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-playstation5-nastenniy-beliy-rexant-29794" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-zaryadnoy-stantsii-dualsense-ps5-nastenniy-cherniy-rexant-29779" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-2-nastenniy-cherniy-rexant-29405" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-naushnikov-nastenniy-cherniy-rexant-29407" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-nastenniy-seriy-rexant-29590" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovih-djoystikov-universalniy-nastenniy-cherniy-rexant-29591" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-naushnikov-nastenniy-beliy-rexant-29787" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastenniy-beliy-rexant-29594" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-nastenniy-cherniy-rexant-29589" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-xbox-series-x-nastenniy-cherniy-rexant-29406" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovih-djoystikov-universalniy-nastenniy-beliy-rexant-29592" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastenniy-cherniy-rexant-29593" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-dub-votan-cherniy-rexant-30747" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastenniy-cherniy-rexant-30924" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-cherniy-rexant-30926" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-2-flakona-nastenniy-beliy-rexant-30940" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-harbor-belaya-rexant-30743" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-1-flakon-nastenniy-beliy-rexant-30938" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-aksessuarov-dlya-vanni-cherniy-rexant-30943" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-cherniy-rexant-30945" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-3-flakona-nastenniy-cherniy-rexant-30941" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-votan-chernaya-rexant-30744" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastenniy-dlya-svch-pechey-rexant-13247" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montaj-bez-sverleniya-cherniy-rexant-30933" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-cherniy-rexant-30935" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-votan-chernaya-rexant-30742" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-britvennogo-stanka-iz-nerjaveyuschey-stali-rexant-29411" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-beliy-rexant-30936" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-elektricheskih-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-cherniy-rexant-30947" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-cherniy-rexant-29614" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-3-flakona-nastenniy-beliy-rexant-30942" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-beliy-rexant-29615" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-montaj-bez-sverleniya-beliy-rexant-29410" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonniy-organayzer-nastenniy-montaj-bez-sverleniya-cherniy-rexant-29616" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonniy-organayzer-nastenniy-montaj-bez-sverleniya-beliy-rexant-29617" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-bumajnih-polotenets-nastenniy-montaj-bez-sverleniya-cherniy-rexant-29409" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-harbor-belaya-rexant-30741" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-nastolnaya-belaya-rexant-30932" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montaj-bez-sverleniya-beliy-rexant-30934" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-1-flakon-nastenniy-cherniy-rexant-30937" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dozatora-dlya-jidkogo-mila-i-shampuney-na-2-flakona-nastenniy-cherniy-rexant-30939" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-zubnih-schetok-i-aksessuarov-dlya-vanni-beliy-rexant-30944" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-beliy-rexant-30946" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-elektricheskih-zubnih-schetok-i-nasadok-montaj-bez-sverleniya-beliy-rexant-30948" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-275x67mm-metallicheskaya-nastennaya-chernaya-rexant-30732" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-290x70mm-metallicheskaya-nastennaya-chernaya-rexant-30733" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-molotkov-i-kuvald-nastenniy-cherniy-rexant-30740" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-f-obraznih-strubtsin-nastenniy-cherniy-rexant-30736" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-shurupovertov-nastenniy-pryamoy-cherniy-rexant-30737" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-vkruchivayuschihsya-10-sht-rexant-30651" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-ruchnogo-instrumenta-s-gladkimi-ruchkami-nastenniy-cherniy-rexant-30949" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-passatijey-ploskogubtsev-ili-kleschey-nastenniy-cherniy-rexant-29417" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennih-10-sht-rexant-30653" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-shurupovertov-nastenniy-bokovoy-cherniy-rexant-30738" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-sadovogo-inventarya-nastenniy-cherniy-rexant-30739" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-ballonchikov-nastenniy-s-kryuchkami-cherniy-rexant-29796" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-210mm-nastenniy-cherniy-rexant-29421" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-tortsevih-golovok-nastenniy-cherniy-rexant-29792" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-hraneniya-sadovogo-inventarya-nastenniy-cherniy-rexant-29415" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-125mm-nastenniy-s-kryuchkami-cherniy-rexant-29780" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-vilet-270mm-rexant-30656" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-dvoynoy-s-protektorom-vilet-185mm-rexant-30655" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-elektrolobzika-nastenniy-cherniy-rexant-30729" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-sverl-nastenniy-tsink-rexant-30730" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-otvertok-dvuhurovneviy-nastenniy-cherniy-rexant-29588" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-ballonchikov-nastenniy-cherniy-rexant-29791" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-dispensera-skotcha-nastenniy-cherniy-rexant-29412" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-motkov-skotcha-nastenniy-cherniy-rexant-29413" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-125mm-nastenniy-cherniy-rexant-29420" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-gaechnih-klyuchey-nastenniy-cherniy-rexant-29790" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-sadoviy-dlya-hraneniya-polivochnogo-shlanga-nastenniy-cherniy-rexant-29949" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-490x70mm-metallicheskaya-nastennaya-chernaya-rexant-30734" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-500x78mm-metallicheskaya-nastennaya-chernaya-rexant-30735" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-hraneniya-sadovogo-inventarya-na-pyat-predmetov-nastenniy-cherniy-rexant-29414" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-otvertok-nastenniy-cherniy-rexant-29416" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-avtomobilnih-koles-nastenniy-skladnoy-k-1-rexant-29348" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-gaechnih-klyuchey-nastenniy-cherniy-rexant-29418" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-organayzer-dlya-pokrasochnih-rabot-nastenniy-cherniy-rexant-29419" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-do-210mm-nastenniy-s-kryuchkami-cherniy-rexant-29422" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-uglovih-shlifmashinok-i-otreznih-diskov-nastenniy-s-kryuchkami-cherniy-rexant-29806" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennih-5-sht-rexant-30652" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-150x70mm-metallicheskaya-nastennaya-chernaya-rexant-30731" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-dlya-hraneniya-sadovogo-trimmera-cherniy-rexant-30950" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-zaryadnoy-stantsii-dualsense-ps5-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovyh-dzhoystikov-universalnyy-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-igrovyh-dzhoystikov-universalnyy-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-naushnikov-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-naushnikov-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-naushnikov-nastolnaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-yandeks-stantsii-2-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-chernyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-routera-s-regulirovkoy-razmerov-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-xbox-series-x-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-playstation5-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/podstavka-dlya-noutbuka-monitora-dub-votan-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-kolonok-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-hraneniya-diskov-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-rabochego-stola-i-setevogo-filtra-belyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-smartfonov-i-planshetov-nastolnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-4-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-udochek-nastenno-potolochnyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-2-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-1-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-5-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-shlemov-i-ekipirovki-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-bokserskoy-grushi-gamakov-dlya-yogi-do-200kg-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-universalnyy-2-sht-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-s-protektorom-vylet-340mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-velosipeda-nastennyy-v-3-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastennyy-dlya-svch-pechey-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montazh-bez-sverleniya-chernyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-aksessuarov-dlya-vanny-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-tualetnoy-bumagi-s-polkoy-hraneniya-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-bumazhnyh-polotenets-nastennyy-montazh-bez-sverleniya-chernyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonnyy-organayzer-nastennyy-montazh-bez-sverleniya-chernyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-britvennogo-stanka-iz-nerzhaveyuschey-stali-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-chernyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-gubki-i-kuhonnoy-utvari-montazh-bez-sverleniya-belyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-1-flakon-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-2-flakona-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-2-flakona-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-fena-s-krepleniem-dlya-setevogo-kabelya-belyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kuhonnyy-organayzer-nastennyy-montazh-bez-sverleniya-belyy-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-harbor-belaya-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-nastolnaya-belaya-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-1-flakon-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-chernyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-belyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-3-flakona-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-zubnyh-schetok-i-aksessuarov-dlya-vanny-chernyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-elektricheskih-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-belyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-elektricheskih-zubnyh-schetok-i-nasadok-montazh-bez-sverleniya-chernyy-rexa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dozatora-dlya-zhidkogo-myla-i-shampuney-na-3-flakona-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dvuhyarusnaya-dub-harbor-belaya-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-organayzer-dlya-kuhni-dub-votan-chernaya-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-bumazhnyh-polotenets-nastennyy-montazh-bez-sverleniya-belyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-otvertok-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-passatizhey-ploskogubtsev-ili-kleschey-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-otvertok-dvuhurovnevyy-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-ballonchikov-nastennyy-s-kryuchkami-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-125mm-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-230mm-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-230mm-nastennyy-s-kryuchkami-chernyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-i-otreznyh-diskov-nastennyy-s-kryuchkami-chernyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennyh-5-sht-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-490x70mm-metallicheskaya-nastennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-500x78mm-metallicheskaya-nastennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-shurupovertov-nastennyy-pryamoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-ruchnogo-instrumenta-s-gladkimi-ruchkami-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-hraneniya-sadovogo-inventarya-na-pyat-predmetov-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-gaechnyh-klyuchey-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-pokrasochnyh-rabot-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-ballonchikov-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-nastennyh-10-sht-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-elektrolobzika-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-150x70mm-metallicheskaya-nastennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-sadovogo-trimmera-chernyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-avtomobilnyh-koles-nastennyy-skladnoy-k-1-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-uglovyh-shlifmashinok-do-125mm-nastennyy-s-kryuchkami-chernyy-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-sadovyy-dlya-hraneniya-polivochnogo-shlanga-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-tortsevyh-golovok-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-vylet-270mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-dlya-nastennogo-hraneniya-dvoynoy-s-protektorom-vylet-185mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-molotkov-i-kuvald-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-motkov-skotcha-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-sadovogo-inventarya-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kronshteynov-vkruchivayuschihsya-10-sht-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-sverl-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-organayzer-dlya-f-obraznyh-strubtsin-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-shurupovertov-nastennyy-bokovoy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-gaechnyh-klyuchey-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-obuvnyh-lozhek-i-zontov-nastennyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-odezhdy-v-stile-loft-kreplenie-na-dver-3-shtuki-belyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-venka-na-mezhkomnatnuyu-dver-reguliruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-venka-na-mezhkomnatnuyu-dver-reguliruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-hraneniya-odezhdy-v-stile-loft-kreplenie-na-dver-3-shtuki-chernyy-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-knig-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-chernaya-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/veshalka-navesnaya-na-dver-6-kryuchkov-belaya-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-dlya-hraneniya-odezhdy-v-stile-loft-nastennaya-chernaya-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-v-stile-loft-dlya-krepleniya-polok-nastennyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-dlya-obuvnyh-lozhek-i-zontov-nastennyy-chernyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I120"/>
+  <dimension ref="A1:I109"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1251,3494 +1185,3164 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>304.5</v>
+        <v>825.43</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>818.19</v>
+        <v>922.54</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>438</v>
+        <v>19</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>898.13</v>
+        <v>971.09</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>671</v>
+        <v>6</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>899.51</v>
+        <v>615.03</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>1209.49</v>
+        <v>615.03</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>1713.34</v>
+        <v>1047.32</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>404</v>
+        <v>61</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1203.55</v>
+        <v>1132.94</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1454.58</v>
+        <v>897.2</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>2341.57</v>
+        <v>1113.05</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
         <v>17</v>
       </c>
-      <c r="F12" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>1908.54</v>
+        <v>1489.6</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="2" t="s">
+      <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="2"/>
-[...6 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="C14" s="3">
+        <v>1543.71</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="3">
+        <v>0</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>12</v>
+      </c>
+      <c r="I14" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>399.17</v>
+        <v>930.79</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>846.97</v>
+        <v>1490.3</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>2973</v>
+        <v>16</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>1316.36</v>
+        <v>3070.66</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>892.49</v>
+        <v>1490.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>846.97</v>
+        <v>748.53</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>3139</v>
+        <v>29</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>1209.49</v>
+        <v>1113.05</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>439.24</v>
+        <v>372.11</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>642</v>
+        <v>275</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>1852.96</v>
+        <v>1713.34</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2</v>
+        <v>338</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>1056.83</v>
+        <v>1940.99</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>670.3</v>
+        <v>1224.01</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>532</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3">
+        <v>914.8</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>478</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>30</v>
+      </c>
+      <c r="I26" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="C26" s="3">
-[...22 lines deleted...]
-      <c r="A27" s="2" t="s">
+      <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="C27" s="3">
+        <v>898.13</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>391</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>20</v>
+      </c>
+      <c r="I27" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>1094.44</v>
+        <v>2381.38</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="3">
         <v>17</v>
       </c>
-      <c r="F28" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>1464.7</v>
+        <v>1230.05</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>372.11</v>
+        <v>309.68</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F30" s="3">
-        <v>293</v>
+        <v>227</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>1084.01</v>
+        <v>748.89</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>64</v>
+        <v>279</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>882.2</v>
+        <v>1479.31</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A33" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="3" t="s">
+      <c r="A33" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="C33" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B33" s="2"/>
+      <c r="C33" s="2"/>
+      <c r="D33" s="2"/>
+      <c r="E33" s="2"/>
+      <c r="F33" s="2"/>
+      <c r="G33" s="2"/>
+      <c r="H33" s="2"/>
+      <c r="I33" s="2"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>3142.12</v>
+        <v>1525.5</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>814</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1464.7</v>
+        <v>475.15</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
+        <v>4</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>930.79</v>
+        <v>820.62</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>144</v>
+        <v>25</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>811.63</v>
+        <v>699.19</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>1114</v>
+        <v>776.87</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>604.75</v>
+        <v>1171.99</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>835.5</v>
+        <v>234.2</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>133</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>907.12</v>
+        <v>592.75</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>604.75</v>
+        <v>384.87</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>10</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>1465.39</v>
+        <v>325.23</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>835.5</v>
+        <v>579.68</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>1517.91</v>
+        <v>562.8</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>12</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>954.86</v>
+        <v>592.75</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>1465.39</v>
+        <v>1207.14</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>3019.33</v>
+        <v>3617.84</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>4</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>817.8</v>
+        <v>2009.47</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
         <v>17</v>
       </c>
-      <c r="F49" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>1094.44</v>
+        <v>308.97</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A51" s="2" t="s">
+      <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="2"/>
-[...6 lines deleted...]
-      <c r="I51" s="2"/>
+      <c r="B51" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C51" s="3">
+        <v>453.59</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="3">
+        <v>74</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
+        <v>20</v>
+      </c>
+      <c r="I51" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>553.39</v>
+        <v>453.59</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>3557.36</v>
+        <v>671.61</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>7</v>
+        <v>51</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>319.79</v>
+        <v>863.81</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>62</v>
+        <v>7</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>849.37</v>
+        <v>408.22</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>582.84</v>
+        <v>408.22</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>695.14</v>
+        <v>671.61</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>12</v>
       </c>
       <c r="I57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>3664.08</v>
+        <v>4408.98</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>4</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>1500</v>
+        <v>3726.37</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>3439</v>
+        <v>3</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>467.21</v>
+        <v>776.87</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
+        <v>0</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
         <v>12</v>
       </c>
-      <c r="G60" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B61" s="3" t="s">
+      <c r="A61" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="C61" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
-        <v>4335.28</v>
+        <v>802.32</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>255.87</v>
+        <v>1076.28</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>495.56</v>
+        <v>1554.5</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>446</v>
+        <v>2116.98</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>90</v>
+        <v>7</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>687.5</v>
+        <v>1076.28</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>695.14</v>
+        <v>1076.28</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>687.5</v>
+        <v>2116.98</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>3</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>763.88</v>
+        <v>3727.56</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>1280.44</v>
+        <v>1645.72</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F70" s="3">
-        <v>58</v>
+        <v>236</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>1318.85</v>
+        <v>860.03</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>12</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>763.88</v>
+        <v>1489.6</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>133</v>
+        <v>2</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>12</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>4335.28</v>
+        <v>890.9</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>1975.88</v>
+        <v>1113.05</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>420.49</v>
+        <v>1010.65</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>319.79</v>
+        <v>809.03</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>569.99</v>
+        <v>4063.03</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>849.37</v>
+        <v>1942.18</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>582.84</v>
+        <v>3312.55</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F79" s="3">
+        <v>224</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
         <v>8</v>
       </c>
-      <c r="G79" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>446</v>
+        <v>711.54</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="2" t="s">
+      <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="2"/>
-[...6 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="B81" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C81" s="3">
+        <v>519.11</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="3">
+        <v>4</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>12</v>
+      </c>
+      <c r="I81" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>1302.34</v>
+        <v>1276.97</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>699.65</v>
+        <v>5120</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>1094.44</v>
+        <v>2011.12</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>1344.39</v>
+        <v>2299.72</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>876.01</v>
+        <v>1845.07</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>1040.27</v>
+        <v>470.74</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>445</v>
+        <v>234</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>24</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>1094.44</v>
+        <v>1250.68</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>13</v>
+        <v>246</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>1058.29</v>
+        <v>1113.05</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>24</v>
       </c>
       <c r="I89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>3257.18</v>
+        <v>1389.96</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>242</v>
+        <v>7</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>876.01</v>
+        <v>2299.72</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="F91" s="3">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>12</v>
       </c>
       <c r="I91" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>2261.28</v>
+        <v>1040.27</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F92" s="3">
-        <v>14</v>
+        <v>256</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I92" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>2081.59</v>
+        <v>1322.11</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>12</v>
       </c>
       <c r="I93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>1058.29</v>
+        <v>1367.24</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="I94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>1814.23</v>
+        <v>890.9</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>12</v>
       </c>
       <c r="I95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>664.58</v>
+        <v>1367.24</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B97" s="3" t="s">
+      <c r="A97" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="C97" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B97" s="2"/>
+      <c r="C97" s="2"/>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>514.3</v>
+        <v>1338.74</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>391</v>
+        <v>10</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>1250.68</v>
+        <v>385.66</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>407</v>
+        <v>103</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>699.65</v>
+        <v>979.14</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>118</v>
+        <v>43</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>1300.01</v>
+        <v>775.23</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>17</v>
+        <v>1519</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>1528.52</v>
+        <v>775.23</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>16</v>
+        <v>79</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>1909.71</v>
+        <v>816.9</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>526.9</v>
+        <v>681.7</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>1366.73</v>
+        <v>1230.05</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>12</v>
       </c>
       <c r="I105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>1058.29</v>
+        <v>1074.8</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>1344.39</v>
+        <v>1884.46</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="I107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>2261.28</v>
+        <v>1338.74</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>845.65</v>
+        <v>446.71</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>29</v>
+        <v>630</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I109" s="3">
-        <v>0</v>
-[...317 lines deleted...]
-      <c r="I120" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A14:I14"/>
-[...2 lines deleted...]
-    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A33:I33"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A97:I97"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
-    <hyperlink ref="D15" r:id="rId11"/>
-[...6 lines deleted...]
-    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
-    <hyperlink ref="D28" r:id="rId23"/>
-[...4 lines deleted...]
-    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
-    <hyperlink ref="D52" r:id="rId46"/>
-[...8 lines deleted...]
-    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId50"/>
+    <hyperlink ref="D56" r:id="rId51"/>
+    <hyperlink ref="D57" r:id="rId52"/>
+    <hyperlink ref="D58" r:id="rId53"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
     <hyperlink ref="D62" r:id="rId56"/>
     <hyperlink ref="D63" r:id="rId57"/>
     <hyperlink ref="D64" r:id="rId58"/>
     <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
-    <hyperlink ref="D82" r:id="rId75"/>
-[...14 lines deleted...]
-    <hyperlink ref="D97" r:id="rId90"/>
+    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D82" r:id="rId76"/>
+    <hyperlink ref="D83" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId78"/>
+    <hyperlink ref="D85" r:id="rId79"/>
+    <hyperlink ref="D86" r:id="rId80"/>
+    <hyperlink ref="D87" r:id="rId81"/>
+    <hyperlink ref="D88" r:id="rId82"/>
+    <hyperlink ref="D89" r:id="rId83"/>
+    <hyperlink ref="D90" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
     <hyperlink ref="D98" r:id="rId91"/>
     <hyperlink ref="D99" r:id="rId92"/>
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
     <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
     <hyperlink ref="D107" r:id="rId100"/>
     <hyperlink ref="D108" r:id="rId101"/>
     <hyperlink ref="D109" r:id="rId102"/>
-    <hyperlink ref="D110" r:id="rId103"/>
-[...9 lines deleted...]
-    <hyperlink ref="D120" r:id="rId113"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>