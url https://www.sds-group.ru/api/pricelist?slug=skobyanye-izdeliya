--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -42,303 +42,303 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Скобяные изделия</t>
   </si>
   <si>
-    <t>1.1 Петли для окон, дверей и мебели</t>
+    <t>1.1 Ручки для дверей</t>
+  </si>
+  <si>
+    <t>79-1062</t>
+  </si>
+  <si>
+    <t>Ручка скоба 80 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>79-1061</t>
+  </si>
+  <si>
+    <t>Ручка скоба 100 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.2 Петли для окон, дверей и мебели</t>
   </si>
   <si>
     <t>79-1034</t>
   </si>
   <si>
     <t>Петля накладная правая 85 цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>79-1038</t>
+  </si>
+  <si>
+    <t>Петля накладная правая 110 цинк</t>
+  </si>
+  <si>
+    <t>79-1036</t>
+  </si>
+  <si>
+    <t>Петля накладная 40 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1041</t>
+  </si>
+  <si>
+    <t>Петля карточная 30х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1033</t>
+  </si>
+  <si>
+    <t>Петля накладная левая 85 цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1035</t>
   </si>
   <si>
     <t>Петля накладная 60 цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1036</t>
-[...14 lines deleted...]
-    <t>Петля карточная 30х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+    <t>79-1044</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х128 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1047</t>
+  </si>
+  <si>
+    <t>Петля карточная 45х200 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Петля карточная 30х40 цинк ЧЕТЫРЕ СЕЗОНА                   </t>
+  </si>
+  <si>
+    <t>79-1042</t>
+  </si>
+  <si>
+    <t>Петля карточная 36х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1046</t>
   </si>
   <si>
     <t>Петля карточная 40х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1042</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Петля карточная 30х40 цинк ЧЕТЫРЕ СЕЗОНА                   </t>
+    <t>79-1043</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х109 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1048</t>
+  </si>
+  <si>
+    <t>Петля карточная 45х200 цинк тип 2 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1037</t>
   </si>
   <si>
     <t>Петля накладная левая 110 цинк</t>
   </si>
   <si>
-    <t>79-1038</t>
-[...22 lines deleted...]
-  <si>
     <t>79-1045</t>
   </si>
   <si>
     <t>Петля карточная 40х128 Ц тип 2 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1044</t>
-[...5 lines deleted...]
-    <t>1.2 Задвижки, крючки, накладки</t>
+    <t>1.3 Задвижки, крючки, накладки</t>
+  </si>
+  <si>
+    <t>79-1011</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1084</t>
+  </si>
+  <si>
+    <t>Задвижка гаражная 200 цинк  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1090</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1087</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ЗТ-60 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1082</t>
+  </si>
+  <si>
+    <t>Задвижка накладная 80 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1088</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-40 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1008</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1009</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 гнутая ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1010</t>
   </si>
   <si>
     <t>Накладка для замка 40х90 цинк гнутая  ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1005</t>
   </si>
   <si>
     <t>Накладка для замка 30х70 гнутая ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1009</t>
-[...2 lines deleted...]
-    <t>Накладка для замка 40х90 гнутая ЧЕТЫРЕ СЕЗОНА</t>
+    <t>79-1001</t>
+  </si>
+  <si>
+    <t>Накладка дверная НД-140 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1081</t>
+  </si>
+  <si>
+    <t>Крючок ветровой 100 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1101</t>
+  </si>
+  <si>
+    <t>Завёртка накладная ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1083</t>
+  </si>
+  <si>
+    <t>Задвижка гаражная 300 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1003</t>
+  </si>
+  <si>
+    <t>Накладка для замка 18х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1004</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1006</t>
   </si>
   <si>
     <t>Накладка для замка 30х70 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1003</t>
-[...26 lines deleted...]
-    <t>Задвижка накладная ШП-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+    <t>79-1007</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1002</t>
   </si>
   <si>
     <t>Накладка для замка 18х50 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1082</t>
-[...22 lines deleted...]
-  <si>
     <t>79-1085</t>
   </si>
   <si>
     <t>Крючок ветровой 120 цинк  ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1101</t>
-[...22 lines deleted...]
-  <si>
     <t>79-1091</t>
   </si>
   <si>
     <t>Задвижка накладная ШП-60 Полимер ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>79-1011</t>
-[...2 lines deleted...]
-    <t>Накладка для замка 40х90 цинк ЧЕТЫРЕ СЕЗОНА</t>
+    <t>79-1086</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ЗТ-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1089</t>
   </si>
   <si>
     <t>Задвижка накладная ШП-40 Полимер ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...19 lines deleted...]
-    <t>Ручка скоба 100 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -723,51 +723,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-85-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-60-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-40-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-85-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h50-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h50-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-36h50-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h40-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-110-tsink.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-110-tsink.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h109-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-tip-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-ts-tip-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-tsink-gnutaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-gnutaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-gnutaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-gnutaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-gnutaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-40-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-60-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-gnutaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-80-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-zt-60-polimer-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-100-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dvernaya-nd-140-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-120-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zavertka-nakladnaya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-garazhnaya-300-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-garazhnaya-200-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-60-polimer-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-40-polimer-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-zt-60-tsink-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-80-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-100-chetyre-sezona.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-80-chetire-sezona-17643" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-100-chetire-sezona-17642" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-85-tsink-chetire-sezona-17661" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-110-tsink-18698" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-40-tsink-chetire-sezona-17670" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h50-tsink-chetire-sezona-19600" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-85-tsink-chetire-sezona-17662" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-60-tsink-chetire-sezona-17663" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-tsink-gnutaya-chetire-sezona-19603" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-chetire-sezona-19606" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h40-tsink-chetire-sezona-19604" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-36h50-tsink-chetire-sezona-19601" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h50-tsink-chetire-sezona-19607" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h109-tsink-chetire-sezona-19602" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-tip-2-chetire-sezona-19608" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-110-tsink-18697" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-ts-tip-2-chetire-sezona-19605" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-chetire-sezona-17648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-garajnaya-200-tsink-chetire-sezona-18707" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-60-tsink-chetire-sezona-19981" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-zt-60-polimer-chetire-sezona-19983" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-80-tsink-chetire-sezona-17652" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-40-tsink-chetire-sezona-19985" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-chetire-sezona-17655" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-gnutaya-chetire-sezona-17658" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-gnutaya-chetire-sezona-17656" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-gnutaya-chetire-sezona-17647" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dvernaya-nd-140-tsink-chetire-sezona-17654" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-100-tsink-chetire-sezona-17657" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zavyortka-nakladnaya-chetire-sezona-17651" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-garajnaya-300-tsink-chetire-sezona-17659" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-chetire-sezona-17653" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-chetire-sezona-17645" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-gnutaya-chetire-sezona-17644" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-chetire-sezona-17660" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-gnutaya-chetire-sezona-17649" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-120-tsink-chetire-sezona-18708" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-60-polimer-chetire-sezona-19982" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-zt-60-tsink-chetire-sezona-19984" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-40-polimer-chetire-sezona-19986" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I45"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -804,1274 +804,1274 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>117.01</v>
+        <v>102.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>76.27</v>
+        <v>98.05</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>118.88</v>
+        <v>117.01</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>80</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>52.97</v>
+        <v>164.03</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>365</v>
+        <v>293</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>47.56</v>
+        <v>47.5</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>325</v>
+        <v>1093</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>60.35</v>
+        <v>52.97</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>346</v>
+        <v>302</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>118.88</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
         <v>28</v>
       </c>
-      <c r="C11" s="3">
-[...10 lines deleted...]
-      </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>164.24</v>
+        <v>76.27</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>316</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>164.03</v>
+        <v>113.19</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C14" s="3">
         <v>227.9</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>99.69</v>
+        <v>50.81</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>189.04</v>
+        <v>60.35</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>60</v>
+        <v>283</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>117.46</v>
+        <v>47.56</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>170</v>
+        <v>813</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>113.19</v>
+        <v>99.69</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
+      <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="2"/>
-[...6 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="C19" s="3">
+        <v>189.04</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>81</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>100</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>68.98</v>
+        <v>164.24</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>257</v>
+        <v>78</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>44.12</v>
+        <v>117.46</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>48.25</v>
+        <v>55.52</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>569</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>31.72</v>
+        <v>877.25</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>805</v>
+        <v>60</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>26.84</v>
+        <v>106.64</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>660</v>
+        <v>628</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>57.67</v>
+        <v>98.83</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>82.65</v>
+        <v>74.93</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>144</v>
+        <v>711</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>106.64</v>
+        <v>82.65</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>661</v>
+        <v>101</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>23.59</v>
+        <v>57.67</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>1197</v>
+        <v>209</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>74.93</v>
+        <v>52.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1097</v>
+        <v>272</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>98.83</v>
+        <v>68.98</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>152</v>
+        <v>267</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>100</v>
+        <v>44.12</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>168</v>
+        <v>72</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>250</v>
+        <v>700</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33" s="3">
         <v>114.31</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>150</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>97.91</v>
+        <v>100</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>112</v>
+        <v>361</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35" s="3">
         <v>57.27</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>115</v>
+        <v>93</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>350</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36" s="3">
         <v>1086.92</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>8</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>33.63</v>
+        <v>31.72</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>794</v>
+        <v>717</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>877.25</v>
+        <v>26.84</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>39</v>
+        <v>270</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>600</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>98.65</v>
+        <v>48.25</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>243</v>
+        <v>498</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>55.52</v>
+        <v>33.63</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>236</v>
+        <v>758</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>600</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>74.83</v>
+        <v>23.59</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1184</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>72.72</v>
+        <v>97.91</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>238</v>
+        <v>13</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="2" t="s">
+      <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="2"/>
-[...6 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="C43" s="3">
+        <v>98.65</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>218</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>200</v>
+      </c>
+      <c r="I43" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>102.6</v>
+        <v>72.72</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>98.05</v>
+        <v>74.83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>49</v>
+        <v>1141</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A19:I19"/>
-    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A22:I22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D6" r:id="rId3"/>
-[...11 lines deleted...]
-    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
-    <hyperlink ref="D22" r:id="rId18"/>
-[...19 lines deleted...]
-    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">