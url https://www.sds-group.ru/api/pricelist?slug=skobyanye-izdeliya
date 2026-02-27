--- v1 (2025-12-08)
+++ v2 (2026-02-27)
@@ -42,303 +42,303 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Скобяные изделия</t>
   </si>
   <si>
-    <t>1.1 Ручки для дверей</t>
+    <t>1.1 Петли для окон, дверей и мебели</t>
+  </si>
+  <si>
+    <t>79-1035</t>
+  </si>
+  <si>
+    <t>Петля накладная 60 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>79-1040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Петля карточная 30х40 цинк ЧЕТЫРЕ СЕЗОНА                   </t>
+  </si>
+  <si>
+    <t>79-1047</t>
+  </si>
+  <si>
+    <t>Петля карточная 45х200 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1048</t>
+  </si>
+  <si>
+    <t>Петля карточная 45х200 цинк тип 2 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1038</t>
+  </si>
+  <si>
+    <t>Петля накладная правая 110 цинк</t>
+  </si>
+  <si>
+    <t>79-1045</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х128 Ц тип 2 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1046</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1036</t>
+  </si>
+  <si>
+    <t>Петля накладная 40 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1033</t>
+  </si>
+  <si>
+    <t>Петля накладная левая 85 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1041</t>
+  </si>
+  <si>
+    <t>Петля карточная 30х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1044</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х128 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1034</t>
+  </si>
+  <si>
+    <t>Петля накладная правая 85 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1043</t>
+  </si>
+  <si>
+    <t>Петля карточная 40х109 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1042</t>
+  </si>
+  <si>
+    <t>Петля карточная 36х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1037</t>
+  </si>
+  <si>
+    <t>Петля накладная левая 110 цинк</t>
+  </si>
+  <si>
+    <t>1.2 Задвижки, крючки, накладки</t>
+  </si>
+  <si>
+    <t>79-1005</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1001</t>
+  </si>
+  <si>
+    <t>Накладка дверная НД-140 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1101</t>
+  </si>
+  <si>
+    <t>Завёртка накладная ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1008</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1086</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ЗТ-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1089</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-40 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1091</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-60 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1082</t>
+  </si>
+  <si>
+    <t>Задвижка накладная 80 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1009</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1010</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 цинк гнутая  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1087</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ЗТ-60 Полимер ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1088</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-40 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1090</t>
+  </si>
+  <si>
+    <t>Задвижка накладная ШП-60 Цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1002</t>
+  </si>
+  <si>
+    <t>Накладка для замка 18х50 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1004</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1084</t>
+  </si>
+  <si>
+    <t>Задвижка гаражная 200 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1007</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1081</t>
+  </si>
+  <si>
+    <t>Крючок ветровой 100 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1006</t>
+  </si>
+  <si>
+    <t>Накладка для замка 30х70 цинк гнутая ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1011</t>
+  </si>
+  <si>
+    <t>Накладка для замка 40х90 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1003</t>
+  </si>
+  <si>
+    <t>Накладка для замка 18х50 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1083</t>
+  </si>
+  <si>
+    <t>Задвижка гаражная 300 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>79-1085</t>
+  </si>
+  <si>
+    <t>Крючок ветровой 120 цинк ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>1.3 Ручки для дверей</t>
+  </si>
+  <si>
+    <t>79-1061</t>
+  </si>
+  <si>
+    <t>Ручка скоба 100 ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>79-1062</t>
   </si>
   <si>
     <t>Ручка скоба 80 ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...244 lines deleted...]
-    <t>Задвижка накладная ШП-40 Полимер ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -723,51 +723,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-80-chetire-sezona-17643" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-100-chetire-sezona-17642" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-85-tsink-chetire-sezona-17661" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-110-tsink-18698" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-40-tsink-chetire-sezona-17670" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h50-tsink-chetire-sezona-19600" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-85-tsink-chetire-sezona-17662" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-60-tsink-chetire-sezona-17663" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-tsink-gnutaya-chetire-sezona-19603" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-chetire-sezona-19606" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h40-tsink-chetire-sezona-19604" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-36h50-tsink-chetire-sezona-19601" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h50-tsink-chetire-sezona-19607" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h109-tsink-chetire-sezona-19602" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-tip-2-chetire-sezona-19608" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-110-tsink-18697" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-ts-tip-2-chetire-sezona-19605" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-chetire-sezona-17648" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-garajnaya-200-tsink-chetire-sezona-18707" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-60-tsink-chetire-sezona-19981" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-zt-60-polimer-chetire-sezona-19983" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-80-tsink-chetire-sezona-17652" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-40-tsink-chetire-sezona-19985" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-chetire-sezona-17655" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-gnutaya-chetire-sezona-17658" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-gnutaya-chetire-sezona-17656" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-gnutaya-chetire-sezona-17647" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dvernaya-nd-140-tsink-chetire-sezona-17654" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-100-tsink-chetire-sezona-17657" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zavyortka-nakladnaya-chetire-sezona-17651" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-garajnaya-300-tsink-chetire-sezona-17659" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-chetire-sezona-17653" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-chetire-sezona-17645" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-gnutaya-chetire-sezona-17644" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-chetire-sezona-17660" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-gnutaya-chetire-sezona-17649" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-120-tsink-chetire-sezona-18708" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-60-polimer-chetire-sezona-19982" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-zt-60-tsink-chetire-sezona-19984" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvijka-nakladnaya-shp-40-polimer-chetire-sezona-19986" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-60-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h40-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-45h200-tsink-tip-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-110-tsink" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-ts-tip-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-40-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-85-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-30h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h128-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-pravaya-85-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-40h109-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-kartochnaya-36h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/petlya-nakladnaya-levaya-110-tsink" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dvernaya-nd-140-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zavertka-nakladnaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-zt-60-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-40-polimer-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-60-polimer-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-80-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-zt-60-polimer-chetyre-sezona" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-40-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-nakladnaya-shp-60-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-chetyre-sezona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-garazhnaya-200-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-100-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-30h70-tsink-gnutaya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-40h90-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakladka-dlya-zamka-18h50-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zadvizhka-garazhnaya-300-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kryuchok-vetrovoy-120-tsink-chetyre-sezona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-100-chetyre-sezona" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ruchka-skoba-80-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I45"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -804,1274 +804,1274 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>102.6</v>
+        <v>77.57</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>223</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>98.05</v>
+        <v>51.67</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="B6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="3">
+        <v>231.77</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="3">
+        <v>388</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>50</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>117.01</v>
+        <v>192.25</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>164.03</v>
+        <v>166.82</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>293</v>
+        <v>243</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>47.5</v>
+        <v>119.46</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>1093</v>
+        <v>5</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>52.97</v>
+        <v>48.37</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>302</v>
+        <v>1142</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>118.88</v>
+        <v>48.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>80</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>76.27</v>
+        <v>120.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>316</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>113.19</v>
+        <v>53.87</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>221</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>227.9</v>
+        <v>115.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>532</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>50.81</v>
+        <v>119</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>60.35</v>
+        <v>101.38</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>283</v>
+        <v>138</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>47.56</v>
+        <v>61.38</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>813</v>
+        <v>240</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>99.69</v>
+        <v>167.03</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>164.24</v>
+        <v>44.87</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>700</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>117.46</v>
+        <v>116.25</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="B22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" s="3">
+        <v>58.24</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>45</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>350</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>55.52</v>
+        <v>58.65</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>200</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>877.25</v>
+        <v>73.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>60</v>
+        <v>155</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>106.64</v>
+        <v>76.1</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>628</v>
+        <v>1095</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>98.83</v>
+        <v>100.33</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>121</v>
+        <v>217</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>74.93</v>
+        <v>76.2</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>711</v>
+        <v>512</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>82.65</v>
+        <v>53.79</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>101</v>
+        <v>277</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>57.67</v>
+        <v>70.15</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>209</v>
+        <v>222</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>52.89</v>
+        <v>100.51</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>272</v>
+        <v>111</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>68.98</v>
+        <v>84.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>267</v>
+        <v>79</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>44.12</v>
+        <v>108.45</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>72</v>
+        <v>619</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>114.31</v>
+        <v>23.99</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>111</v>
+        <v>824</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>100</v>
+        <v>27.3</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>361</v>
+        <v>211</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>250</v>
+        <v>600</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>57.27</v>
+        <v>892.16</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>350</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>1086.92</v>
+        <v>34.2</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>14</v>
+        <v>469</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>8</v>
+        <v>600</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>31.72</v>
+        <v>101.7</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>717</v>
+        <v>299</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>26.84</v>
+        <v>49.07</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>270</v>
+        <v>324</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>600</v>
+        <v>700</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>48.25</v>
+        <v>56.46</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>498</v>
+        <v>114</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>33.63</v>
+        <v>32.26</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>758</v>
+        <v>671</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>23.59</v>
+        <v>1105.4</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>97.91</v>
+        <v>99.57</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B43" s="3" t="s">
+      <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="C43" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B43" s="2"/>
+      <c r="C43" s="2"/>
+      <c r="D43" s="2"/>
+      <c r="E43" s="2"/>
+      <c r="F43" s="2"/>
+      <c r="G43" s="2"/>
+      <c r="H43" s="2"/>
+      <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>72.72</v>
+        <v>99.72</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>74.83</v>
+        <v>104.34</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1141</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A6:I6"/>
-    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A43:I43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D7" r:id="rId3"/>
-[...11 lines deleted...]
-    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D21" r:id="rId17"/>
-    <hyperlink ref="D23" r:id="rId18"/>
-[...19 lines deleted...]
-    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">