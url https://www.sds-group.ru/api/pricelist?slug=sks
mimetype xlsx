--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -8,3916 +8,3946 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2426" uniqueCount="1293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2460" uniqueCount="1303">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. СКС</t>
   </si>
   <si>
     <t>1.1 LAN-кабель</t>
   </si>
   <si>
     <t>1.1.1 Кабель витая пара REXANT PRO</t>
   </si>
   <si>
     <t>1.1.1.1 Кабель внутренний 5е UTP / FTP</t>
   </si>
   <si>
+    <t>02-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
     <t>02-0004</t>
   </si>
   <si>
-    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
-[...5 lines deleted...]
-    <t>бухта</t>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0005</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0022</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0021</t>
   </si>
   <si>
-    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
-[...5 lines deleted...]
-    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0025</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>02-0022</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.1.2 Кабель внутренний 6A, 7,7A UTP / FTP</t>
   </si>
   <si>
     <t>02-0321</t>
   </si>
   <si>
-    <t>Кабель витая пара U/FTP, CAT 6A, ZH нг(А)-HF (LSZH), 4х2х0,575 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+    <t>Кабель витая пара U/FTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0325</t>
   </si>
   <si>
-    <t>Кабель витая пара S/FTP, CAT 6A, ZH нг(А)-HF, 4х2х0,575 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+    <t>Кабель витая пара S/FTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0302</t>
   </si>
   <si>
-    <t>Кабель витая пара U/UTP, CAT 6A, ZH нг(А)-HF (LSZH), 4х2х0,57 мм, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+    <t>Кабель витая пара U/UTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
     <t>1.1.2 Кабель витая пара REXANT</t>
   </si>
   <si>
     <t>1.1.2.1 Кабель внутренний 5е UTP Rexant</t>
   </si>
   <si>
+    <t>01-0069</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0061</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0043</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
     <t>01-0059</t>
   </si>
   <si>
-    <t xml:space="preserve">Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT </t>
-[...1 lines deleted...]
-  <si>
     <t>01-0044</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
   </si>
   <si>
-    <t>01-0061</t>
-[...10 lines deleted...]
-  <si>
     <t>01-0049</t>
   </si>
   <si>
-    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м REXANT</t>
-[...5 lines deleted...]
-    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м REXANT</t>
   </si>
   <si>
     <t>01-0026</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
   </si>
   <si>
     <t>1.1.2.2 Кабель внутренний 5е FTP Rexant</t>
   </si>
   <si>
+    <t>01-0169</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0150</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0342</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0122</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0161</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
   </si>
   <si>
-    <t>01-0162</t>
-[...16 lines deleted...]
-  <si>
     <t>01-0125</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
   </si>
   <si>
+    <t>01-0145</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0343</t>
   </si>
   <si>
     <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
   </si>
   <si>
     <t>01-0143</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0122</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0120</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0342</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.2.3 Кабель внешний 5е UTP Rexant</t>
   </si>
   <si>
+    <t>01-0045</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0065</t>
   </si>
   <si>
-    <t>Кабель витая пара U/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
   </si>
   <si>
     <t>01-0025</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0045</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0046</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
   </si>
   <si>
     <t>1.1.2.4 Кабель внешний 5е FTP Rexant</t>
   </si>
   <si>
     <t>01-0165</t>
   </si>
   <si>
-    <t>Кабель витая пара F/UTP, CAT 5e, ZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0344</t>
+  </si>
+  <si>
+    <t>Кабель витая пара SF/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0146</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (барабан), REXANT</t>
+  </si>
+  <si>
+    <t>01-0146-1</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (коробка) REXANT</t>
   </si>
   <si>
     <t>01-0124</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0146-1</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0144</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0146</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.2.5 Кабель внутренний 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0067</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0071</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0171</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0167</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0050</t>
   </si>
   <si>
-    <t>Кабель витая пара U/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+    <t>Кабель витая пара U/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0047</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, PVC, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
   </si>
   <si>
     <t>01-0151</t>
   </si>
   <si>
-    <t>Кабель витая пара F/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
-[...35 lines deleted...]
-    <t>Кабель витая пара F/UTP, CAT 6, ZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
   </si>
   <si>
     <t>01-0542</t>
   </si>
   <si>
     <t>Кабель витая пара S/FTP, CAT 7, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
   </si>
   <si>
     <t>01-0147</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
   </si>
   <si>
     <t>1.1.2.6 Кабель внешний 6 UTP / FTP</t>
   </si>
   <si>
     <t>01-0058</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
   </si>
   <si>
     <t>01-0158</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
   </si>
   <si>
     <t>1.1.3 Кабель витая пара PROconnect</t>
   </si>
   <si>
-    <t>1.1.3.1 Кабель внутренний медный 5е, 6 UTP / FTP</t>
+    <t>1.1.3.1 Кабель внешний медный 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0154</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0155</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0054</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.3.2 Кабель внешний омедненный 5е UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0045-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0146-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>1.1.3.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0052</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0152</t>
+  </si>
+  <si>
+    <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0027</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0148</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>01-0152</t>
-[...11 lines deleted...]
-    <t>1.1.3.2 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+    <t>1.1.3.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-0022-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0147-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0043-2</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>01-0147-3</t>
-[...8 lines deleted...]
-    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+    <t>01-0047-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0121-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0047-3</t>
-[...2 lines deleted...]
-    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0148-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
-    <t>01-0048-3</t>
-[...56 lines deleted...]
-    <t>1.1.4.1 Мини бухты REXANT</t>
+    <t>1.1.4 Многопарный кабель</t>
+  </si>
+  <si>
+    <t>1.1.4.1 Внешний многопарный кабель UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-1122-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1123-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 16PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1121-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1204-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1203</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4.2 Внутренний многопарный кабель UTP / FTP</t>
+  </si>
+  <si>
+    <t>01-1012-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 16PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1202-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1206-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, LSZH нг(А)-HF, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1016-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, LSZH нг(А)-HF, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1011-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1013-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1201-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 Кабель витая пара REXANT РФ</t>
+  </si>
+  <si>
+    <t>1.1.5.1 Кабель внутренний 5е FTP</t>
+  </si>
+  <si>
+    <t>01-0152-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0141-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0143-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0150-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0021-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0169-R</t>
+  </si>
+  <si>
+    <t>02-0025-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.2 Кабель внешний 5е UTP</t>
+  </si>
+  <si>
+    <t>01-0045-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0006-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0054-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.3 Кабель внешний 5е FTP</t>
+  </si>
+  <si>
+    <t>01-0146-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0154-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0027-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5.4 Кабель внутренний 5е UTP</t>
+  </si>
+  <si>
+    <t>01-0049-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0059-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0041-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0023-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0052-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0069-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0005-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0061-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>02-0004-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 Мини бухты</t>
+  </si>
+  <si>
+    <t>1.1.6.1 Мини бухты REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м, REXANT</t>
   </si>
   <si>
     <t>01-0043-100</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м, REXANT</t>
   </si>
   <si>
+    <t>01-0049-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 100м REXANT</t>
+  </si>
+  <si>
     <t>01-0045-25</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 25м, REXANT</t>
   </si>
   <si>
+    <t>01-0045-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 50м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0045-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 100м, REXANT</t>
+  </si>
+  <si>
     <t>01-0043-25</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м, REXANT</t>
   </si>
   <si>
-    <t>01-0043-50</t>
-[...29 lines deleted...]
-    <t>1.1.4.2 Мини бухты PROconnect</t>
+    <t>1.1.6.2 Мини бухты PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0052-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
   </si>
   <si>
     <t>01-0043-3-100</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-3-50</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0142-3-25</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
   </si>
   <si>
-    <t>01-0142-3-50</t>
-[...2 lines deleted...]
-    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+    <t>01-0052-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
   </si>
   <si>
     <t>01-0052-100</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
   </si>
   <si>
     <t>01-0152-100</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-3-25</t>
-[...253 lines deleted...]
-  <si>
     <t>1.2 Патч-панели</t>
   </si>
   <si>
     <t>1.2.1 Патч-панели REXANT PRO 5е UTP / STP</t>
   </si>
   <si>
     <t>02-0031</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0041</t>
   </si>
   <si>
     <t>Панель коммутационная 19", 1U, 24 порта, STP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0032</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0033</t>
   </si>
   <si>
     <t>Панель коммутационная высокой плотности с кабельными органайзерами 19", 1U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>1.2.2 Патч-панели REXANT PRO 6 UTP / STP</t>
   </si>
   <si>
+    <t>02-0231</t>
+  </si>
+  <si>
+    <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, RJ-45, CAT 6, UTP REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0232</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, RJ-45, CAT 6, UTP REXANT PRO</t>
   </si>
   <si>
-    <t>02-0231</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0234</t>
   </si>
   <si>
     <t>Панель коммутационная 19" PRO, 1U, 24 порта, UTP, RJ-45, CAT 6 REXANT</t>
   </si>
   <si>
     <t>1.2.3 Патч-панели наборные</t>
   </si>
   <si>
     <t>02-0053</t>
   </si>
   <si>
     <t>Панель коммутационная наборная 19", 1U, 24 порта, UTP REXANT PRO</t>
   </si>
   <si>
     <t>02-0054</t>
   </si>
   <si>
     <t>Панель коммутационная наборная 19", 1U, 24 порта, STP REXANT PRO</t>
   </si>
   <si>
     <t>1.2.4 Патч-панели REXANT 5е UTP / STP</t>
   </si>
   <si>
+    <t>04-0021</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>04-0022</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>04-0020</t>
   </si>
   <si>
     <t>Панель коммутационная настенная, 12 портов, UTP, RJ-45, CAT 5e REXANT</t>
   </si>
   <si>
-    <t>04-0022</t>
-[...10 lines deleted...]
-  <si>
     <t>04-0025</t>
   </si>
   <si>
     <t>Панель коммутационная 10", 1U, 12 портов UTP, RJ-45, CAT 5e REXANT</t>
   </si>
   <si>
     <t>1.3 Модули Keystone Jack</t>
   </si>
   <si>
     <t>1.3.1 Модули KJ RexantPRO 5Е UTP / STP</t>
   </si>
   <si>
+    <t>02-0101</t>
+  </si>
+  <si>
+    <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), UTP, CAT 5e REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0072</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 5e, тип 90 градусов REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0102</t>
+  </si>
+  <si>
+    <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), FTP, CAT 5e REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0060</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 5e, тип 180 градусов, белый REXANT PRO</t>
   </si>
   <si>
     <t>02-0064</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 5e, тип 90 градусов, белый REXANT PRO</t>
   </si>
   <si>
-    <t>02-0102</t>
-[...16 lines deleted...]
-  <si>
     <t>02-0071</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 5e, тип 180 градусов, самозажимной REXANT PRO</t>
   </si>
   <si>
     <t>1.3.2 Модули KJ RexantPRO 6 UTP / STP</t>
   </si>
   <si>
     <t>02-0250</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 180 градусов, белый REXANT PRO</t>
   </si>
   <si>
     <t>02-0254</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 90 градусов, белый REXANT PRO</t>
   </si>
   <si>
+    <t>02-0272</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 6, тип 90 градусов REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0255</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 90 градусов, черный REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0109</t>
   </si>
   <si>
     <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), FTP, CAT 6 REXANT PRO</t>
   </si>
   <si>
+    <t>02-0254-1</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 180 градусов, с пылезащитной шторкой, белый REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0108</t>
   </si>
   <si>
     <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), UTP, CAT 6 REXANT PRO</t>
   </si>
   <si>
-    <t>02-0255</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0261</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 6, тип 180 градусов, самозажимной REXANT PRO</t>
   </si>
   <si>
-    <t>02-0272</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3.3 Модули KJ RexantPRO 6А UTP / STP</t>
   </si>
   <si>
     <t>02-0110</t>
   </si>
   <si>
     <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), FTP, CAT 6A REXANT PRO</t>
   </si>
   <si>
     <t>02-0361</t>
   </si>
   <si>
     <t>Модуль Keystone, Jack RJ-45(8P8C), FTP экранированный, CAT 6A, тип 180 градусов, самозажимной REXANT PRO</t>
   </si>
   <si>
     <t>1.3.4 Модули KJ Rexant 5Е UTP / STP</t>
   </si>
   <si>
     <t>03-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Модуль Keystone Jack RJ-45(8P8C), UTP, CAT 5e, тип 180 градусов, самозажимной, белый REXANT </t>
   </si>
   <si>
     <t>03-1011</t>
   </si>
   <si>
     <t xml:space="preserve">Модуль Keystone Jack RJ-45(8P8C), UTP, CAT 5e, тип 180 градусов, белый REXANT </t>
   </si>
   <si>
     <t>1.3.5 Модули KJ Rexant 6 UTP / STP</t>
   </si>
   <si>
     <t>05-1052</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C) UTP, CAT 6, тип 180 градусов, самозажимной, белый REXANT</t>
   </si>
   <si>
     <t>1.4 Разъемы</t>
   </si>
   <si>
-    <t>1.4.1 Разъемы REXANT PRO 6 UTP / STP</t>
+    <t>1.4.1 Разъемы REXANT PRO 6A UTP / STP</t>
+  </si>
+  <si>
+    <t>02-0373</t>
+  </si>
+  <si>
+    <t>Разъем RJ-45(8P8C) полевой заделки под витую пару, FTP, CAT 6А (50 µ"/ 50 микродюймов) серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Разъемы REXANT 5Е UTP / STP</t>
+  </si>
+  <si>
+    <t>05-1020</t>
+  </si>
+  <si>
+    <t>Разъем cквозной RJ-45(8P8C) под витую пару, UTP, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>05-1051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем UTP RJ-45(8P8C), CAT 5e, самозажимной REXANT </t>
+  </si>
+  <si>
+    <t>05-1021</t>
+  </si>
+  <si>
+    <t>Разъем UTP RJ-45(8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>05-1019</t>
+  </si>
+  <si>
+    <t>Разъем cквозной FTP RJ-45(8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>05-1023</t>
+  </si>
+  <si>
+    <t>Разъем RJ-45(8P8C), STP, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Разъемы REXANT 6, 6А UTP / STP</t>
+  </si>
+  <si>
+    <t>05-1031-4</t>
+  </si>
+  <si>
+    <t>Разъем RJ-45(8P8C) под витую пару, UTP, CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>05-1029</t>
+  </si>
+  <si>
+    <t>Разъем cквозной FTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>05-1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 6, с вставкой REXANT </t>
+  </si>
+  <si>
+    <t>05-1030</t>
+  </si>
+  <si>
+    <t>Разъем cквозной UTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>05-1039</t>
+  </si>
+  <si>
+    <t>Разъем cквозной FTP RJ-45(8P8C), CAT 6a REXANT</t>
+  </si>
+  <si>
+    <t>1.4.4 Разъемы PROconnect 5Е UTP / STP</t>
+  </si>
+  <si>
+    <t>05-1021-6</t>
+  </si>
+  <si>
+    <t>Разъем UTP RJ-45 (8P8C), CAT 5e PROconnect Light</t>
+  </si>
+  <si>
+    <t>05-1021-3</t>
+  </si>
+  <si>
+    <t>Разъем UTP RJ-45 (8P8C), CAT 5e PROconnect</t>
+  </si>
+  <si>
+    <t>1.4.5 Колпачки REXANT</t>
+  </si>
+  <si>
+    <t>05-1205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, красный REXANT </t>
+  </si>
+  <si>
+    <t>05-1204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, зеленый REXANT </t>
+  </si>
+  <si>
+    <t>05-1209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, синий REXANT </t>
+  </si>
+  <si>
+    <t>05-1208</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, серый REXANT </t>
+  </si>
+  <si>
+    <t>05-1201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, белый REXANT </t>
+  </si>
+  <si>
+    <t>05-1203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, желтый REXANT </t>
+  </si>
+  <si>
+    <t>05-1210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, черный REXANT </t>
+  </si>
+  <si>
+    <t>1.4.6 Разъемы REXANT PRO 6 UTP / STP</t>
+  </si>
+  <si>
+    <t>02-0281</t>
+  </si>
+  <si>
+    <t>Разъем RJ-45(8P8C) полевой заделки под витую пару, UTP, CAT 6 (50 µ"/ 50 микродюймов) серия PRO REXANT</t>
   </si>
   <si>
     <t>02-0381</t>
   </si>
   <si>
     <t>Разъем RJ-45(8P8C) полевой заделки под витую пару, FTP, CAT 6 (50 µ"/ 50 микродюймов) серия PRO REXANT</t>
   </si>
   <si>
-    <t>02-0281</t>
-[...139 lines deleted...]
-  <si>
     <t>1.5 Розетки</t>
   </si>
   <si>
     <t>1.5.1 Розетки 5Е UTP / FTP</t>
   </si>
   <si>
     <t>03-0120</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка комбинированная внешняя, UTP RJ-45(8P8C) + RJ-11(6P-4C) REXANT </t>
   </si>
   <si>
+    <t>03-0122</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>03-0121</t>
+  </si>
+  <si>
+    <t>Рoзетка компьютерная внешняя 1-порт, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>03-0151</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя 2-порта, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
   </si>
   <si>
-    <t>03-0122</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5.2 Розетки 6 UTP / FTP</t>
   </si>
   <si>
+    <t>03-0132</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), UTP CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>03-0142</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>03-0146</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), STP, CAT 6 REXANT</t>
+  </si>
+  <si>
     <t>03-0136</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), UTP CAT 6 REXANT</t>
   </si>
   <si>
-    <t>03-0132</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5.3 Розетки наборные</t>
   </si>
   <si>
+    <t>03-0251</t>
+  </si>
+  <si>
+    <t>Корпус настенной розетки под 2 модуля Keystone Jack белый</t>
+  </si>
+  <si>
+    <t>03-0259</t>
+  </si>
+  <si>
+    <t>Адаптер на DIN-рейку для модулей Keystone REXANT</t>
+  </si>
+  <si>
     <t>03-0221</t>
   </si>
   <si>
     <t>Корпус настенной розетки под 1 модуль Keystone Jack белый</t>
   </si>
   <si>
-    <t>03-0251</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5.4 Индустриальные соединительные модули</t>
   </si>
   <si>
     <t>02-0285</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 с защитным колпачком для кабеля REXANT</t>
   </si>
   <si>
     <t>02-0284</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 REXANT</t>
   </si>
   <si>
     <t>1.5.5 Рамки, розетки и лицевые панели 45х45 (Mosaic)</t>
   </si>
   <si>
+    <t>03-0126</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х80 под 2 модуля 45х22,5 Mosaic</t>
+  </si>
+  <si>
+    <t>11-8977</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, белая REXANT</t>
+  </si>
+  <si>
+    <t>03-0134</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х150 для модулей Mosaic, пластиковый суппорт</t>
+  </si>
+  <si>
+    <t>03-0131</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х80 для модуля Mosaic, пластиковый суппорт</t>
+  </si>
+  <si>
+    <t>11-8978</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, красная REXANT</t>
+  </si>
+  <si>
+    <t>03-0162</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 2 порта с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
     <t>03-0161</t>
   </si>
   <si>
     <t>Вставка Mosaic 45x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
   </si>
   <si>
-    <t>11-8977</t>
-[...2 lines deleted...]
-    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, белая REXANT</t>
+    <t>03-0160</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 22,5x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
   </si>
   <si>
     <t>03-0260</t>
   </si>
   <si>
     <t xml:space="preserve">Вставка Mosaic 22,5x45, на 1 порт со шторкой </t>
   </si>
   <si>
     <t>03-0262</t>
   </si>
   <si>
     <t xml:space="preserve">Вставка Mosaic 45x45, на 2 порта со шторкой </t>
   </si>
   <si>
-    <t>03-0261</t>
-[...8 lines deleted...]
-    <t>Короб накладной для лицевых панелей 80х80 под 2 модуля 45х22,5 Mosaic</t>
+    <t>03-0127</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х150 под 4 модуля 45х22,5 Mosaic</t>
   </si>
   <si>
     <t>03-0130</t>
   </si>
   <si>
     <t>Панель лицевая 80х80 для модуля Mosaic, металлический суппорт</t>
   </si>
   <si>
-    <t>03-0131</t>
-[...34 lines deleted...]
-  <si>
     <t>1.6 Патч-корды</t>
   </si>
   <si>
     <t>1.6.1 Патч-корды REXANT PRO медные</t>
   </si>
   <si>
     <t>1.6.1.1 Патч-корды медные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>02-0100-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 5м REXANT</t>
+  </si>
+  <si>
     <t>02-0102-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0102-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 5м REXANT</t>
+  </si>
+  <si>
     <t>02-0103-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,3м REXANT</t>
   </si>
   <si>
-    <t>02-0104-03</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0105-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,3м REXANT</t>
   </si>
   <si>
-    <t>02-0102-05</t>
-[...26 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
+    <t>02-0100-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1м REXANT</t>
   </si>
   <si>
     <t>02-0104-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1м REXANT</t>
   </si>
   <si>
-    <t>02-0103-105</t>
-[...44 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+    <t>02-0104-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1,5м REXANT</t>
   </si>
   <si>
     <t>02-0106-105</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1,5м REXANT</t>
   </si>
   <si>
+    <t>02-0104-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 3м REXANT</t>
+  </si>
+  <si>
     <t>02-0100-2</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
   </si>
   <si>
-    <t>02-0103-2</t>
-[...130 lines deleted...]
-  <si>
     <t>1.6.1.2 Патч-корды медные LSZH 5е FTP</t>
   </si>
   <si>
+    <t>02-0110-05</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-105</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
     <t>02-0110-03</t>
   </si>
   <si>
     <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
   </si>
   <si>
-    <t>02-0110-05</t>
-[...34 lines deleted...]
-  <si>
     <t>1.6.1.3 Патч-корды медные LSZH 6 UTP</t>
   </si>
   <si>
+    <t>02-0290-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
+  </si>
+  <si>
     <t>02-0292-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0294-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 5м REXANT</t>
+  </si>
+  <si>
     <t>02-0293-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 0,3м REXANT</t>
   </si>
   <si>
-    <t>02-0294-03</t>
-[...28 lines deleted...]
-  <si>
     <t>02-0295-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
   </si>
   <si>
-    <t>02-0296-05</t>
-[...8 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
+    <t>02-0290-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 1м REXANT</t>
   </si>
   <si>
     <t>02-0294-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 1м REXANT</t>
   </si>
   <si>
-    <t>02-0296-1</t>
-[...8 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+    <t>02-0292-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
   </si>
   <si>
     <t>02-0292-105</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 1,5м REXANT</t>
   </si>
   <si>
-    <t>02-0294-105</t>
-[...154 lines deleted...]
-  <si>
     <t>02-0294-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 3м REXANT</t>
   </si>
   <si>
-    <t>02-0292-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6.1.4 Патч-корды медные LSZH 6 FTP</t>
   </si>
   <si>
+    <t>02-0210-5</t>
+  </si>
+  <si>
+    <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0210-2</t>
+  </si>
+  <si>
+    <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
     <t>02-0210-03</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0210-1</t>
+  </si>
+  <si>
+    <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
     <t>02-0210-05</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
   </si>
   <si>
-    <t>02-0210-2</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0210-3</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
   </si>
   <si>
-    <t>02-0210-1</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0210-105</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
   </si>
   <si>
-    <t>02-0210-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6.1.5 Патч-корды медные LSZH 6A UTP</t>
   </si>
   <si>
     <t>02-0380-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 0,5м REXANT</t>
   </si>
   <si>
     <t>02-0380-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 1м REXANT</t>
   </si>
   <si>
     <t>02-0380-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 3м REXANT</t>
   </si>
   <si>
     <t>02-0380-5</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 5м REXANT</t>
   </si>
   <si>
     <t>02-0380-2</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 2м REXANT</t>
   </si>
   <si>
     <t>1.6.1.6 Патч-корды медные LSZH 6A FTP</t>
   </si>
   <si>
+    <t>02-0390-7</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 7м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-10</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 10м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-05</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
     <t>02-0390-1</t>
   </si>
   <si>
     <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 1м REXANT</t>
   </si>
   <si>
     <t>02-0390-2</t>
   </si>
   <si>
     <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 2м REXANT</t>
   </si>
   <si>
+    <t>02-0390-3</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
     <t>02-0390-5</t>
   </si>
   <si>
     <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 5м REXANT</t>
   </si>
   <si>
-    <t>02-0390-7</t>
-[...22 lines deleted...]
-  <si>
     <t>1.6.2 Патч-корды REXANT омедненные</t>
   </si>
   <si>
     <t>1.6.2.1 Патч-корды омедненные PVC 5е UTP</t>
   </si>
   <si>
+    <t>18-1011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 20м REXANT </t>
+  </si>
+  <si>
+    <t>18-1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 25м REXANT </t>
+  </si>
+  <si>
+    <t>18-1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
+  </si>
+  <si>
+    <t>18-1005</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>18-1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 7м REXANT </t>
+  </si>
+  <si>
+    <t>18-1002</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1м, REXANT</t>
+  </si>
+  <si>
+    <t>18-1010</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 15м REXANT</t>
+  </si>
+  <si>
     <t>18-1007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 5м REXANT </t>
   </si>
   <si>
-    <t>18-1005</t>
-[...22 lines deleted...]
-  <si>
     <t>18-1006</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 3м REXANT </t>
   </si>
   <si>
-    <t>18-1011</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
+    <t>18-1001</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 0,5м REXANT</t>
   </si>
   <si>
     <t>18-1004</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1,5м REXANT</t>
   </si>
   <si>
-    <t>18-1008</t>
-[...10 lines deleted...]
-  <si>
     <t>1.6.2.2 Патч-корды омедненные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>18-8001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8005</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT</t>
   </si>
   <si>
     <t>18-8006</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
   </si>
   <si>
-    <t>18-8002</t>
-[...16 lines deleted...]
-  <si>
     <t>18-8007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>1.6.2.3 Патч-корды омедненные LSZH 5е FTP</t>
   </si>
   <si>
+    <t>18-8005-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT </t>
+  </si>
+  <si>
+    <t>18-8007-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8001-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8002-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
     <t>18-8004-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
   </si>
   <si>
-    <t>18-8002-1</t>
-[...4 lines deleted...]
-  <si>
     <t>18-8006-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
   </si>
   <si>
-    <t>18-8007-1</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6.2.4 Патч-корды омедненные LSZH 6 FTP</t>
   </si>
   <si>
+    <t>18-8102-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8101-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8105-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 2м REXANT </t>
   </si>
   <si>
     <t>18-8106-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-8107-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 5м REXANT </t>
   </si>
   <si>
-    <t>18-8101-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7 Шкафы и стойки</t>
   </si>
   <si>
     <t>1.7.1 Настенные шкафы РФ</t>
   </si>
   <si>
-    <t>1.7.1.1 Настенные шкафы 6U 600х600</t>
+    <t>1.7.1.1 Настенные шкафы 9U 600х600</t>
+  </si>
+  <si>
+    <t>04-2231</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600×500мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0966-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0966-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2221</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600×500мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0966-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0966-122</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь металл, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.1.2 Настенные шкафы 9U 600х450</t>
+  </si>
+  <si>
+    <t>04-2211</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450×500мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0964-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0964-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2201</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450×500мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0964-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.1.3 Настенные шкафы 12U 600х600</t>
+  </si>
+  <si>
+    <t>04-2232</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600×635мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2222</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600×635мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-1266-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-122</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь металл, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.1.4 Настенные шкафы 12U 600х450</t>
+  </si>
+  <si>
+    <t>04-2212</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×450×635мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2202</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×450×635мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>1.7.1.5 Настенные шкафы 15U 600х600</t>
+  </si>
+  <si>
+    <t>04-2223</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×600×770мм, дверь стекло, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2233</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×600×770мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>1.7.1.6 Настенные шкафы 15U 600х450</t>
+  </si>
+  <si>
+    <t>04-2203</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×450×770мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2213</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×450×770мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>1.7.1.7 Настенные шкафы 18U 600х600</t>
+  </si>
+  <si>
+    <t>04-2204</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×450×964мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2224</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×600×964мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2214</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×450×964мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2234</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×600×964мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>1.7.1.8 Настенные шкафы 6U 600х600</t>
+  </si>
+  <si>
+    <t>04-2230</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600×370мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0664-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-0664-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0666-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2220</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 6U 600×600×370мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
-[...8 lines deleted...]
-    <t>1.7.1.2 Настенные шкафы 6U 600х450</t>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600×370мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0666-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.1.9 Настенные шкафы 6U 600х450</t>
   </si>
   <si>
     <t>04-2210</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 6U 600×450×370мм (ШxГxВ) - передняя дверь металл, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450×370мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2200</t>
   </si>
   <si>
-    <t>Шкаф настенный 19" 6U 600×450×370мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный), RAL 7035 REXANT PRO</t>
-[...116 lines deleted...]
-    <t>Шкаф настенный 19" 18U 600×450×964мм (ШxГxВ) - передняя дверь стекло, боковые стенки съемные (разобранный) RAL 7035 REXANT PRO</t>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×450×370мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035)) REXANT PRO</t>
   </si>
   <si>
     <t>1.7.2 Напольные шкафы РФ</t>
   </si>
   <si>
-    <t>1.7.2.1 Напольные шкафы 22U 600x600</t>
+    <t>1.7.2.1 Напольные шкафы 42U 600x800</t>
+  </si>
+  <si>
+    <t>04-2361</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2306</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-232</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800х2055мм, дверь перфорация, перфорированная задняя дверь, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-231</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800мм, дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-4266-232</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь перфорация, перфорированная задняя дверь, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-4268-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2334</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.2 Напольные шкафы 42U 600x1000</t>
+  </si>
+  <si>
+    <t>04-2307</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2332</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2362</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.3 Напольные шкафы 42U 800x800</t>
+  </si>
+  <si>
+    <t>04-2363</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2308</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4288-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800×800мм, дверь стекло, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2335</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4288-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800×800×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2336</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.4 Напольные шкафы 42U 800x1000</t>
+  </si>
+  <si>
+    <t>04-2364</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2364-1</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя дверь с перфорацией, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2309</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.5 Напольные шкафы 47U 600х600</t>
+  </si>
+  <si>
+    <t>04-2304</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.6 Напольные шкафы 47U 600х800</t>
+  </si>
+  <si>
+    <t>04-2303</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.7 Напольные шкафы 47U 600х1000</t>
+  </si>
+  <si>
+    <t>04-2300</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2330</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 600х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.8 Напольные шкафы 47U 800х800</t>
+  </si>
+  <si>
+    <t>04-2302</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.9 Напольные шкафы 47U 800х1000</t>
+  </si>
+  <si>
+    <t>04-2301</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2331</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.10 Напольные шкафы 22U 600x600</t>
+  </si>
+  <si>
+    <t>04-2313</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2339</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х600мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
-[...8 lines deleted...]
-    <t>1.7.2.2 Напольные шкафы 22U 600x800</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.11 Напольные шкафы 22U 600x800</t>
   </si>
   <si>
     <t>04-2340</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х800мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2314</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х800мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.7.2.3 Напольные шкафы 22U 600x1000</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.12 Напольные шкафы 22U 600x1000</t>
   </si>
   <si>
     <t>04-2315</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 22U 600х1000мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.7.2.4 Напольные шкафы 32U 600x600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.13 Напольные шкафы 32U 600x600</t>
   </si>
   <si>
     <t>04-2337</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х600мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-3266-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600×600×1609мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-3266-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600×600×1609мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-2310</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х600мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.7.2.5 Напольные шкафы 32U 600x800</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.14 Напольные шкафы 32U 600x800</t>
+  </si>
+  <si>
+    <t>04-2311</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2338</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х800мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
-[...8 lines deleted...]
-    <t>1.7.2.6 Напольные шкафы 32U 600x1000</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.15 Напольные шкафы 32U 600x1000</t>
   </si>
   <si>
     <t>04-2312</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 32U 600х1000мм, передняя дверь стекло, задняя дверь металл, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.7.2.7 Напольные шкафы 42U 600x600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.2.16 Напольные шкафы 42U 600x600</t>
+  </si>
+  <si>
+    <t>04-2305</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2360</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2333</t>
   </si>
   <si>
-    <t>Шкаф напольный 19" 42U 600х600мм, передняя и задняя дверь перфорация, RAL 7035 REXANT</t>
-[...212 lines deleted...]
-    <t>1.7.4.1 Напольные шкафы 18U 600х600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3 Напольные шкафы REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3.1 Напольные шкафы 18U 600х600</t>
+  </si>
+  <si>
+    <t>04-2266-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600×600×1164мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2266-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600×600×1164мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-1866-211</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 18U 600×600×987 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 7035 REXANT</t>
-[...11 lines deleted...]
-    <t>1.7.4.3 Напольные шкафы 27U 600х600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600×987мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-1866-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600×987мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-1866-232</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600мм, дверь перфорация, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3.2 Напольные шкафы 27U 600х600</t>
   </si>
   <si>
     <t>04-2766-212</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 27U 600×600×1387 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 9005 REXANT</t>
-[...11 lines deleted...]
-    <t>1.7.4.5 Напольные шкафы 37U 600x600</t>
+    <t>Шкаф телекоммуникационный напольный 19" 27U 600×600×1387мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2766-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 27U 600×600×1387мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3.3 Напольные шкафы 37U 600x600</t>
   </si>
   <si>
     <t>04-3766-211</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 37U 600×600×1832 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 7035 REXANT</t>
-[...2 lines deleted...]
-    <t>1.7.4.6 Напольные шкафы 42U 600x600 REXANT</t>
+    <t>Шкаф телекоммуникационный напольный 19" 37U 600×600×1832мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-3766-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 37U 600×600×1832мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.3.4 Напольные шкафы 42U 600x600 REXANT</t>
   </si>
   <si>
     <t>04-4266-211</t>
   </si>
   <si>
-    <t>Напольный шкаф 19" 42U 600×600×2054 (ШxГxВ), дверь стекло, металлическая задняя дверь, боковые съемные стенки, RAL 7035 REXANT</t>
-[...26 lines deleted...]
-    <t>1.7.5 Антивандальные настенные шкафы</t>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×600×2054мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-4266-212</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×600×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>1.7.4 Антивандальные настенные шкафы</t>
+  </si>
+  <si>
+    <t>04-2252</t>
+  </si>
+  <si>
+    <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 8U 600×400×450мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
     <t>04-2254</t>
   </si>
   <si>
     <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 14U 600×500×700мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
-    <t>04-2252</t>
-[...4 lines deleted...]
-  <si>
     <t>04-2253</t>
   </si>
   <si>
     <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 10U 600×500×500мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
-    <t>1.7.6 Полки для шкафов и стоек</t>
+    <t>1.7.5 Полки для шкафов и стоек</t>
+  </si>
+  <si>
+    <t>04-2624</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 550мм, для шкафов глубиной 800мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2626</t>
+  </si>
+  <si>
+    <t>Полка переднего крепления, стационарная, 19" 1U глубиной 250мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2621</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 550мм, для шкафов глубиной 800мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2628</t>
+  </si>
+  <si>
+    <t>Полка переднего крепления, стационарная, 19" 2U глубиной 450мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2629</t>
+  </si>
+  <si>
+    <t>Полка выдвижная для клавиатуры 19" 1U, глубина 450мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2625</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 700мм, для шкафов глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2620</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 350мм, для шкафов глубиной 600мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2622</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 700мм, для шкафов глубиной 1000мм REXANT</t>
   </si>
   <si>
     <t>04-2623</t>
   </si>
   <si>
     <t>Полка стационарная усиленная 19" 1U, полезная глубина 350мм, для шкафов глубиной 600мм REXANT</t>
   </si>
   <si>
-    <t>04-2628</t>
-[...47 lines deleted...]
-    <t>1.7.7 Организация кабеля</t>
+    <t>1.7.6 Организация кабеля</t>
+  </si>
+  <si>
+    <t>04-2645</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный горизонтальный с крышкой, 19'', 2U, глубиной 72 мм, металл, RAL 7035 REXANT</t>
   </si>
   <si>
     <t>04-2641</t>
   </si>
   <si>
     <t>Органайзер кабельный вертикальный 42U без крышки ширина 100мм REXANT</t>
   </si>
   <si>
+    <t>04-2650</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный вертикальный 47U без крышки, ширина 100мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2640</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный вертикальный 42U с крышкой, ширина 100мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2651</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный вертикальный 47U с крышкой, ширина 100мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2680</t>
+  </si>
+  <si>
+    <t>Ввод щеточный для напольных/настенных шкафов REXANT</t>
+  </si>
+  <si>
+    <t>04-2646</t>
+  </si>
+  <si>
+    <t>Органайзер щеточный 19" 1U REXANT</t>
+  </si>
+  <si>
+    <t>04-0305</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный горизонтальный, 19", 1U, 5 колец глубиной 45 мм, металл, RAL 7035</t>
+  </si>
+  <si>
+    <t>04-2660</t>
+  </si>
+  <si>
+    <t>Панель заглушка 19" 1U REXANT</t>
+  </si>
+  <si>
+    <t>04-2662</t>
+  </si>
+  <si>
+    <t>Панель заглушка 19" 3U REXANT</t>
+  </si>
+  <si>
     <t>04-2661</t>
   </si>
   <si>
     <t>Панель заглушка 19" 2U REXANT</t>
   </si>
   <si>
-    <t>04-2662</t>
-[...53 lines deleted...]
-    <t>1.7.8 Распределение питания PDU</t>
+    <t>1.7.7 Распределение питания PDU</t>
   </si>
   <si>
     <t>04-0306</t>
   </si>
   <si>
     <t>Блок розеток 19", 1U, 16А, 8 розеток, корпус пластик, со шнуром питания</t>
   </si>
   <si>
+    <t>04-0101-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0104-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 16A выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0105-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 9 розеток СЕЕ 7/4 Schuko 16A без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0201-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 20 розеток СЕЕ 7/4 Schuko 16А автомат защиты алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0202-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 10 розеток СЕЕ 7/4 Schuko 10 розеток C13 16А авт защит алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черн REXANT</t>
+  </si>
+  <si>
+    <t>04-0205-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 13 розеток СЕЕ 7/4 Schuko 16A фильтр без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0301-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0303-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 10A выкл алюм корп гнездо C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0304-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток C13 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0305-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 9 розеток СЕЕ 7/4 Schuko 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0307</t>
+  </si>
+  <si>
+    <t>Блок розеток 19", 1U, 16А, 8 розеток, корпус пластик, без шнура питания</t>
+  </si>
+  <si>
+    <t>04-0302-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 10A выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0102-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A фильтр выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0103-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A автомат защиты алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0204-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 12 розеток СЕЕ 7/4 Schuko 16A выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
     <t>04-0309</t>
   </si>
   <si>
     <t>Блок розеток 19", 1U, 10А, 8 розеток, корпус алюминий, со шнуром питания</t>
   </si>
   <si>
-    <t>04-0307</t>
-[...89 lines deleted...]
-    <t>1.7.9 Кабели питания для PDU</t>
+    <t>1.7.8 Кабели питания для PDU</t>
+  </si>
+  <si>
+    <t>04-2736</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 0,6м REXANT</t>
   </si>
   <si>
     <t>04-2727</t>
   </si>
   <si>
     <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,2м REXANT</t>
   </si>
   <si>
+    <t>04-2742</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2743</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2726</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2734</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2741</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2721</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 0,6м REXANT</t>
+  </si>
+  <si>
     <t>04-2728</t>
   </si>
   <si>
     <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,8м REXANT</t>
   </si>
   <si>
+    <t>04-2730</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2731</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2732</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,2м REXANT</t>
+  </si>
+  <si>
     <t>04-2733</t>
   </si>
   <si>
     <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,8м REXANT</t>
   </si>
   <si>
-    <t>04-2732</t>
-[...2 lines deleted...]
-    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,2м REXANT</t>
+    <t>04-2738</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2739</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2729</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2724</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 3м REXANT</t>
   </si>
   <si>
     <t>04-2735</t>
   </si>
   <si>
     <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 5м REXANT</t>
   </si>
   <si>
+    <t>04-2740</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2722</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2723</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2725</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 5м REXANT</t>
+  </si>
+  <si>
     <t>04-2737</t>
   </si>
   <si>
     <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 1,2м REXANT</t>
   </si>
   <si>
-    <t>04-2739</t>
-[...101 lines deleted...]
-    <t>1.7.10 Вентиляторные модули</t>
+    <t>1.7.9 Вентиляторные модули</t>
+  </si>
+  <si>
+    <t>04-2602</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 4 вентиляторами, без термостата, для шкафов с глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2604</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный с термостатом 19" 1U с 2-мя вентиляторами REXANT</t>
   </si>
   <si>
     <t>04-2605</t>
   </si>
   <si>
     <t>Модуль вентиляторный с термостатом 19" 1U с 4-мя вентиляторами REXANT</t>
   </si>
   <si>
-    <t>04-2602</t>
-[...4 lines deleted...]
-  <si>
     <t>04-2600</t>
   </si>
   <si>
     <t>Модуль вентиляторный потолочный с 2 вентиляторами, без термостата, для шкафов с глубиной 600мм REXANT</t>
   </si>
   <si>
     <t>04-2601</t>
   </si>
   <si>
     <t>Модуль вентиляторный потолочный с 4 вентиляторами, без термостата, для шкафов с глубиной 800мм REXANT</t>
   </si>
   <si>
     <t>04-2603</t>
   </si>
   <si>
     <t>Модуль вентиляторный потолочный с 6 вентиляторами, без термостата, для шкафов с глубиной 1000мм REXANT</t>
   </si>
   <si>
-    <t>04-2604</t>
-[...5 lines deleted...]
-    <t>1.7.11 Монтажные аксессуары</t>
+    <t>1.7.10 Монтажные аксессуары</t>
+  </si>
+  <si>
+    <t>04-2687</t>
+  </si>
+  <si>
+    <t>Набор кабелей заземления REXANT</t>
+  </si>
+  <si>
+    <t>04-2690</t>
+  </si>
+  <si>
+    <t>Шина для заземления, 19" REXANT</t>
+  </si>
+  <si>
+    <t>04-2686</t>
+  </si>
+  <si>
+    <t>Комплект крепежа винт+шайба+гайка M6x16 REXANT</t>
   </si>
   <si>
     <t>04-2688</t>
   </si>
   <si>
     <t>Замок для боковых дверей (напольный, настенный) REXANT</t>
   </si>
   <si>
+    <t>04-2681</t>
+  </si>
+  <si>
+    <t>Устройство для объединения шкафов в группу REXANT</t>
+  </si>
+  <si>
     <t>04-2683</t>
   </si>
   <si>
     <t>Панель освещения 19" 1U, 220В, кабель 1,5м REXANT</t>
   </si>
   <si>
-    <t>04-2681</t>
-[...22 lines deleted...]
-  <si>
     <t>1.8 Патч-корды волоконно-оптические</t>
   </si>
   <si>
     <t>1.8.1 Патч-корды волоконно-оптические OS2 Simplex</t>
   </si>
   <si>
-    <t>1.8.1.1 Патч-корды волоконно-оптические OS2 Simplex LC/UPC-LC/UPC</t>
+    <t>1.8.1.1 Патч-корды волоконно-оптические OS2 Simplex SC/UPC-SC/UPC</t>
+  </si>
+  <si>
+    <t>50-2000</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Simplex), LSZH, 1м REXANT</t>
+  </si>
+  <si>
+    <t>1.8.1.2 Патч-корды волоконно-оптические OS2 Simplex SC/APC-SC/APC</t>
+  </si>
+  <si>
+    <t>50-2026</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 10м REXANT</t>
+  </si>
+  <si>
+    <t>50-2022</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 1м REXANT</t>
+  </si>
+  <si>
+    <t>50-2023</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 2м REXANT</t>
+  </si>
+  <si>
+    <t>50-2060</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2) SC/APC-SC/APC, (Simplex), LSZH, 7м REXANT</t>
+  </si>
+  <si>
+    <t>50-2024</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 3м REXANT</t>
+  </si>
+  <si>
+    <t>50-2025</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 5м REXANT</t>
+  </si>
+  <si>
+    <t>50-2028</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 20м REXANT</t>
+  </si>
+  <si>
+    <t>1.8.1.3 Патч-корды волоконно-оптические OS2 Simplex LC/UPC-LC/UPC</t>
   </si>
   <si>
     <t>50-2102</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 3м REXANT</t>
   </si>
   <si>
     <t>50-2101</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 2м</t>
   </si>
   <si>
     <t>50-2100</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 1м</t>
   </si>
   <si>
     <t>50-2103</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 5м</t>
   </si>
   <si>
-    <t>1.8.1.2 Патч-корды волоконно-оптические OS2 Simplex SC/UPC-SC/UPC</t>
-[...52 lines deleted...]
-  <si>
     <t>1.8.1.4 Патч-корды волоконно-оптические OS2 Simplex SC/APC-SC/UPC</t>
   </si>
   <si>
+    <t>50-2051</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 2м REXANT</t>
+  </si>
+  <si>
     <t>50-2061</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2) SC/APC-SC/UPC, (Simplex), LSZH, 7м REXANT</t>
   </si>
   <si>
-    <t>50-2051</t>
-[...4 lines deleted...]
-  <si>
     <t>50-2052</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 3м REXANT</t>
   </si>
   <si>
     <t>50-2053</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 5м REXANT</t>
   </si>
   <si>
     <t>50-2062</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 10м REXANT</t>
   </si>
   <si>
     <t>50-2063</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 15м REXANT</t>
   </si>
   <si>
     <t>1.8.2 Патч-корды волоконно-оптические OS2 duplex</t>
   </si>
   <si>
     <t>1.8.2.1 Патч-корды волоконно-оптические OS2 duplex LC/UPC-LC/UPC</t>
   </si>
   <si>
+    <t>50-2115</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Duplex), LSZH, 1м</t>
+  </si>
+  <si>
     <t>50-2117</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Duplex), LSZH, 3м</t>
   </si>
   <si>
     <t>50-2118</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Duplex), LSZH, 5м REXANT</t>
   </si>
   <si>
-    <t>50-2115</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8.2.2 Патч-корды волоконно-оптические OS2 duplex LC/UPC-SC/UPC</t>
   </si>
   <si>
+    <t>50-2411</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-SC/UPC, (Duplex), LSZH, 3м REXANT</t>
+  </si>
+  <si>
     <t>50-2409</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-SC/UPC, (Duplex), LSZH, 1м REXANT</t>
   </si>
   <si>
-    <t>50-2411</t>
-[...4 lines deleted...]
-  <si>
     <t>50-2410</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-SC/UPC, (Duplex), LSZH, 2м REXANT</t>
   </si>
   <si>
     <t>1.8.2.3 Патч-корды волоконно-оптические OS2 duplex SC/UPC-SC/UPC</t>
   </si>
   <si>
     <t>50-2012</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 2м REXANT</t>
   </si>
   <si>
     <t>50-2011</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 1м</t>
   </si>
   <si>
+    <t>50-2013</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 3м</t>
+  </si>
+  <si>
     <t>50-2014</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 5м REXANT</t>
   </si>
   <si>
-    <t>50-2013</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8.3 Патч-корды волоконно-оптические OM2 duplex</t>
   </si>
   <si>
     <t>1.8.3.1 Патч-корды волоконно-оптические OM2 duplex 50/125 LC/PC-LC/PC</t>
   </si>
   <si>
     <t>50-3267</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (MM), 50/125 (OM2), LC/UPC-FC/UPC, (Duplex), LSZH, 1м</t>
   </si>
   <si>
     <t>1.8.4 Патч-корды волоконно-оптические OM4 duplex</t>
   </si>
   <si>
     <t>1.8.4.1 Патч-корды волоконно-оптические SC-FC</t>
   </si>
   <si>
-    <t>50-3269</t>
-[...2 lines deleted...]
-    <t>Патч-корд оптический переходной (MM), 50/125 (OM2), LC/UPC-FC/UPC, (Duplex), LSZH, 3м</t>
+    <t>50-2530</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-FC/UPC, (Duplex), LSZH, 15м REXANT</t>
+  </si>
+  <si>
+    <t>50-2857-1</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-FC/UPC, (Duplex), PVC, 5м REXANT</t>
   </si>
   <si>
     <t>50-2802</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/UPC-FC/UPC, (Simplex), LSZH, 3м REXANT</t>
   </si>
   <si>
-    <t>50-2530</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Оборудование для телефонии</t>
   </si>
   <si>
     <t>1.9.1 Телефонный кабель связи</t>
   </si>
   <si>
+    <t>01-5101-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы CCA, белый, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-8080</t>
+  </si>
+  <si>
+    <t>Провод для полевой связи П-274-М, 500 м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
     <t>01-5514-1</t>
   </si>
   <si>
     <t xml:space="preserve">Провод ПРППМ 2х0,90мм, 500м REXANT </t>
   </si>
   <si>
-    <t>метр</t>
-[...5 lines deleted...]
-    <t>Провод для полевой связи П-274-М, 500 м REXANT</t>
+    <t>01-5002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, черный, 100м REXANT </t>
   </si>
   <si>
     <t>01-5515-1</t>
   </si>
   <si>
     <t xml:space="preserve">Провод ПРППМ 2х1,20мм, 500м REXANT </t>
   </si>
   <si>
     <t>01-5001-3</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы CCA, белый, 100м REXANT </t>
   </si>
   <si>
-    <t>01-5002</t>
-[...10 lines deleted...]
-  <si>
     <t>01-5001</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, белый, 100м REXANT </t>
   </si>
   <si>
-    <t>01-5101-3</t>
-[...4 lines deleted...]
-  <si>
     <t>01-5101</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, белый, 100м REXANT </t>
   </si>
   <si>
     <t>1.9.2 Плинты, коробки распределительные</t>
   </si>
   <si>
     <t>04-0102</t>
   </si>
   <si>
-    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9 (монтаж на рейку) REXANT </t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Кронштейн настенный (монтажный хомут) на 20 плинтов, отламывающийся REXANT </t>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9 (монтаж на хомут) REXANT </t>
   </si>
   <si>
     <t>04-0121</t>
   </si>
   <si>
     <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9, универсальный (монтаж на рейку+ хомут) REXANT </t>
   </si>
   <si>
     <t>1.9.3 Разъемы, розетки ,адаптеры</t>
   </si>
   <si>
-    <t>03-0031</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (штекер - 2 гнезда) REXANT </t>
+    <t>05-1001-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP RJ-9 (4P4C), CAT 3 PROconnect </t>
   </si>
   <si>
     <t>03-0002</t>
   </si>
   <si>
     <t>Розетка телефонная внешняя, 2 порта UTP, RJ-14 (6P4C), CAT 3 REXANT</t>
   </si>
   <si>
+    <t>05-1012-3</t>
+  </si>
+  <si>
+    <t>Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 PROconnect</t>
+  </si>
+  <si>
+    <t>05-1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-9 (4P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-12 (6P6C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 1 порт UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
     <t>03-0022</t>
   </si>
   <si>
     <t xml:space="preserve">Адаптер телефонный проходной UTP RJ-14 (6P4C), CAT 3 REXANT </t>
   </si>
   <si>
-    <t>05-1012-3</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Розетка телефонная внешняя, 1 порт UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+    <t>03-0001-4</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 1 порт UTP, RJ-11 (6P2C), CAT 3 PROconnect</t>
+  </si>
+  <si>
+    <t>03-0002-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 2 порта UTP, RJ-11 (6P2C), CAT 3 PROconnect </t>
   </si>
   <si>
     <t>03-0032</t>
   </si>
   <si>
     <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (гнездо - 2 гнезда) REXANT </t>
   </si>
   <si>
-    <t>05-1001</t>
-[...34 lines deleted...]
-  <si>
     <t>1.10 Кроссы, проходники, соединители колпачковые</t>
   </si>
   <si>
     <t>1.10.1 Кроссы, адаптеры, проходники, соединители колпачковые</t>
   </si>
   <si>
+    <t>03-0101-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер проходной UTP RJ-45, CAT 5e PROconnect </t>
+  </si>
+  <si>
+    <t>03-0103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник компьютерный UTP RJ-45(8P8C) (гнездо - 2 гнезда) REXANT </t>
+  </si>
+  <si>
+    <t>03-0108</t>
+  </si>
+  <si>
+    <t>Адаптер проходной UTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
     <t>03-0109</t>
   </si>
   <si>
     <t>Адаптер проходной FTP RJ-45(8P8C), CAT 6 REXANT</t>
   </si>
   <si>
-    <t>03-0108</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Двойник компьютерный UTP RJ-45(8P8C) (гнездо - 2 гнезда) REXANT </t>
+    <t>03-0104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кросс соединительный, CAT 5e REXANT </t>
+  </si>
+  <si>
+    <t>03-0102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник компьютерный UTP RJ-45(8P8C) (штекер - 2 гнезда) REXANT </t>
   </si>
   <si>
     <t>03-0101</t>
   </si>
   <si>
     <t>Адаптер проходной UTP RJ-45(8P8C), CAT 5e, 50 шт. REXANT</t>
   </si>
   <si>
-    <t>03-0102</t>
-[...10 lines deleted...]
-  <si>
     <t>1.10.2 Колпачковые соединители</t>
   </si>
   <si>
+    <t>07-5402</t>
+  </si>
+  <si>
+    <t>Соединитель изолированный К-2, для жил (d=0,4-0,9мм), D=2,08мм REXANT</t>
+  </si>
+  <si>
+    <t>07-5403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Соединитель изолированный К-3, для жил (d=0,4-0,9мм), D=1,67мм REXANT </t>
+  </si>
+  <si>
     <t>07-5401</t>
   </si>
   <si>
     <t xml:space="preserve">Соединитель изолированный К-1, для жил (d=0,4-0,7мм), D=1,52мм REXANT </t>
   </si>
   <si>
-    <t>07-5402</t>
-[...10 lines deleted...]
-  <si>
     <t>1.11 Товары в розничной упаковке</t>
   </si>
   <si>
     <t>1.11.1 Розетки RJ-11,RJ-45</t>
   </si>
   <si>
+    <t>06-0106-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная + сетевая LAN, на стену, (гнездо 8Р8С (RJ-45) + гнездо 6Р4С (RJ-11)) REXANT </t>
+  </si>
+  <si>
+    <t>06-0104-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка сетевая LAN, на стену, 1 гнездо 8Р8С (RJ-45), CAT 5e REXANT </t>
+  </si>
+  <si>
     <t>06-0105-C</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка сетевая LAN, на стену, 2 гнездо 8Р8С (RJ-45), CAT 5е REXANT </t>
   </si>
   <si>
-    <t>06-0106-C</t>
-[...10 lines deleted...]
-  <si>
     <t>1.11.2 Разъемы RJ-10, 11, 12, 45</t>
   </si>
   <si>
     <t>05-1021-3-9</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 5e (15 µ"/ 15 микродюймов), пакет, 5шт. PROconnect </t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>06-0088-A5</t>
+  </si>
+  <si>
+    <t>Соединитель для жил, изолированный К-2, (d=0,4-0,9мм), D=2,08мм (5 шт/уп) REXANT</t>
+  </si>
+  <si>
     <t>06-0081-A2</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, 2шт.REXANT </t>
   </si>
   <si>
     <t>06-0083-A</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), быстрозажимной, 1шт. REXANT </t>
   </si>
   <si>
-    <t>06-0088-A5</t>
-[...2 lines deleted...]
-    <t>Соединитель для жил, изолированный К-2, (d=0,4-0,9мм), D=2,08мм (5 шт/уп) REXANT</t>
+    <t>06-0084-A5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок защитный для штекера 8Р8С (RJ-45), серый, 5шт. REXANT </t>
   </si>
   <si>
     <t>06-0082-A10</t>
   </si>
   <si>
     <t>Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, в экране, 10шт. REXANT</t>
   </si>
   <si>
+    <t>06-0072-A5</t>
+  </si>
+  <si>
+    <t>Набор разъемов сетевых №2 (5 разъемов FTP, 5 колпачков) REXANT</t>
+  </si>
+  <si>
     <t>05-1023-9</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, FTP, CAT 5e, пакет, 5шт. PROconnect </t>
   </si>
   <si>
-    <t>06-0084-A5</t>
-[...40 lines deleted...]
-  <si>
     <t>1.11.3 Переходники LAN</t>
   </si>
   <si>
+    <t>06-0111-A</t>
+  </si>
+  <si>
+    <t>Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) REXANT</t>
+  </si>
+  <si>
+    <t>06-0113-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, штекер 8Р8С (RJ-45) -2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>06-0112-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - 2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>06-0119-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Грозозащита информационного кабеля, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) (1шт/уп) REXANT </t>
+  </si>
+  <si>
     <t>03-0101-9</t>
   </si>
   <si>
     <t>Адаптер проходной, RJ-45 (8P8C), UTP, CAT 5e PROconnect</t>
-  </si>
-[...22 lines deleted...]
-    <t xml:space="preserve">Грозозащита информационного кабеля, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) (1шт/уп) REXANT </t>
   </si>
   <si>
     <t>1.11.4 Патч-корды в розничной упаковке</t>
   </si>
   <si>
     <t>06-3202</t>
   </si>
   <si>
     <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 1,5м REXANT </t>
   </si>
   <si>
     <t>06-3204</t>
   </si>
   <si>
     <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -4317,56 +4347,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-2h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-2h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexan.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-ftp-cat-6a-zh-ng-a-hf-lszh-4h2h0-575-mm-23awg-indoor-solid-seryy-305m-seriya-pro.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-6a-zh-ng-a-hf-4h2h0-575-mm-23awg-indoor-solid-seryy-305m-seriya-pro-rexa.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6a-zh-ng-a-hf-lszh-4h2h0-57-mm-23awg-indoor-solid-seryy-305m-seriya-pro-.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-hfltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-korobka-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-baraban-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-hfltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-zh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-7-pvc-4pr-23awg-indoor-solid-seryy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-25m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-50m-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-lszh-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pe-25pr-24awg-outdoor-solid-chernyy-305m-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-16pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-zh-ng-a-hf-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-utp-rj-45-cat-5e-rexant-pro.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-stp-rj-45-cat-5e-rexant-pro.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-utp-rj-45-cat-5e-rexant-pro.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-vysokoy-plotnosti-s-kabelnymi-organayzerami-19-1u-48-portov-utp-rj-45-cat-5e-.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-rj-45-cat-6-utp-rexant-pro.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-rj-45-cat-6-utp-rexant-pro.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-utp-rexant-pro.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-5e-tip-180-gradusov-belyy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-5e-tip-90-gradusov-belyy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-5e-rexant-pro.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-utp-cat-5e-rexant-pro.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-5e-tip-90-gradusov-rexant-pro.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-5e-tip-180-gradusov-samozazhimnoy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-belyy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-belyy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-6-rexant-pro.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-utp-cat-6-rexant-pro.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-chernyy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6-tip-180-gradusov-samozazhimnoy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6-tip-90-gradusov-rexant-pro.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-s-pylezaschitnoy-shtorkoy.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-6a-rexant-pro.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6a-tip-180-gradusov-samozazhimnoy-rexant-pro.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-5e-tip-180-gradusov-samozazhimnoy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-5e-tip-180-gradusov-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-6-tip-180-gradusov-samozazhimnoy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-utp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6a-50-50-mikrodyuymov-seriya-pro-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-samozazhimnoy-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-stp-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-6-s-vstavkoy-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-6a-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-utp-rj-45-8p8c-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect-light.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-zelenyy-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-s-zaschitnym-kolpachkom-dlya-kabelya-rex.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-rexant.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant.html" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-7m-rexant.html" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-10m-rexant.html" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant.html" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant.html" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant.html" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant.html" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant.html" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-2m-rexant.html" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-3m-rexant.html" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-5m-rexant.html" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant.html" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-1m-rexant.html" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-600-370mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-600-370mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-450-370mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-6u-600-450-370mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-600-500mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-600-500mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pro.html" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-450-500mm-shxgxv-dver-metall-bokovye-stenki-semnye-razobrannyy-ral-7035-re.html" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-9u-600-450-500mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy-.html" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-600-635mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-600-635mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pr.html" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-450-635mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-12u-600-450-635mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-600-770mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-600-770mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pr.html" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-450-770mm-shxgxv-dver-metall-bokovye-stenki-semnye-razobrannyy-ral-7035-r.html" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-15u-600-450-770mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-600-964mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-450-964mm-shxgxv-perednyaya-dver-metall-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-600-964mm-shxgxv-dver-metall-stenki-semnye-razobrannyy-ral-7035-rexant-pr.html" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-18u-600-450-964mm-shxgxv-perednyaya-dver-steklo-bokovye-stenki-semnye-razobrannyy.html" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-22u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-32u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexan.html" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexan.html" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexa.html" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexan.html" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-ral7035-rexa.html" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-s-perforatsiey-ral9005-rexant.html" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h600mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-600h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-800h800mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-napolnyy-19-47u-800h1000mm-perednyaya-dver-steklo-zadnyaya-dver-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-6u-600-450-368-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-6u-600-600-368-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-9u-600-450-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-12u-600-600-635-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye.html" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-shkaf-19-9u-600-600-501-shxgxv-dver-steklo-metallicheskaya-zadnyaya-stenka-bokovye-semnye-.html" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-18u-600-600-987-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-st.html" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-22u-600-600-1164-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-27u-600-600-1387-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-32u-600-600-1609-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-37u-600-600-1832-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-600-600-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-600-800-2054-shxgxv-dver-perforatsiya-perforirovannaya-zadnyaya-dver-bokovye-s.html" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-600-800-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/napolnyy-shkaf-19-42u-800-800-2054-shxgxv-dver-steklo-metallicheskaya-zadnyaya-dver-bokovye-semnye-s.html" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-14u-600-500-700mm-shxgxv-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-8u-600-400-450mm-shxgxv-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-10u-600-500-500mm-shxgxv-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-2u-glubinoy-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant.html" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-vydvizhnaya-dlya-klaviatury-19-1u-glubina-450mm-rexant.html" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant.html" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant.html" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant.html" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-1u-glubinoy-250mm-rexant.html" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant.html" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-bez-kryshki-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-2u-rexant.html" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-3u-rexant.html" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-1u-rexant.html" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-bez-kryshki-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-s-kryshkoy-19-2u-glubinoy-72-mm-metall-ral-7035-rexant.html" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vvod-schetochnyy-dlya-napolnyh-nastennyh-shkafov-rexant.html" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-schetochnyy-19-1u-rexant.html" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-s-kryshkoy-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-s-kryshkoy-shirina-100mm-rexant.html" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-19-1u-5-kolets-glubinoy-45-mm-metall-ral-7035.html" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-so-shnurom-pitaniya.html" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-10a-8-rozetok-korpus-alyuminiy-so-shnurom-pitaniya.html" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-bez-shnura-pitaniya.html" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-16a-avtomat-zaschity-al.html" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-see-7-4-16a-vykl-alyum-korp-shn.html" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-9-rozetok-see-7-4-16a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-16a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalnyy-12-rozetok-see-7-4-16a-vykl-alyum-korp-shnu.html" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalnyy-13-rozetok-see-7-4-16a-filtr-bez-vykl-alyum.html" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-10a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-c13-10a-bez-vykl-alyum-korp-shn.html" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-9-rozetok-see-7-4-10a-bez-vykl-alyum-korp.html" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vertikalnyy-20-rozetok-see-7-4-16a-avtomat-zaschity-aly.html" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-see-7-4-10a-vykl-alyum-korp-gne.html" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-8-rozetok-see-7-4-10a-vykl-alyum-korp-shn.html" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-vert-10-rozetok-see-7-4-10-rozetok-c13-16a-avtomat-zasc.html" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-dlya-19-shkafov-gorizontalnyy-6-rozetok-see-7-4-16a-filtr-vykl-alyum-ko.html" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-5m-rexant.html" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-3m-rexant.html" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-8m-rexant.html" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-4-mya-ventilyatorami-rexant.html" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re.html" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-2-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-600mm-rex.html" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-800mm-rex.html" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-6-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re.html" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-2-mya-ventilyatorami-rexant.html" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-dlya-bokovyh-dverey-napolnyy-nastennyy-rexant.html" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-osvescheniya-19-1u-220v-kabel-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-obedineniya-shkafov-v-gruppu-rexant.html" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-krepezha-vint-shayba-gayka-m6x16-rexant.html" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-dlya-zazemleniya-19-rexant.html" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kabeley-zazemleniya-rexant.html" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-3m-rexant.html" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-2m.html" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-1m.html" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-5m.html" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-simplex-lszh-1m-rexant.html" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-3m-rexant.html" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-10m-rexant.html" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-20m-rexant.html" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-5m-rexant.html" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-7m-rexant.html" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-1m-rexant.html" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-2m-rexant.html" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-7m-rexant.html" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-2m-rexant.html" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-3m-rexant.html" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-5m-rexant.html" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-10m-rexant.html" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-15m-rexant.html" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-3m.html" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-5m-rexant.html" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-1m.html" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-1m-rexant.html" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-3m-rexant.html" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-2m-rexant.html" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-2m-rexant.html" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-1m.html" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-5m-rexant.html" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-3m.html" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-mm-50-125-om2-lc-upc-fc-upc-duplex-lszh-1m.html" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-mm-50-125-om2-lc-upc-fc-upc-duplex-lszh-3m.html" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-upc-fc-upc-simplex-lszh-3m-rexant.html" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-fc-upc-duplex-lszh-15m-rexant.html" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-fc-upc-duplex-pvc-5m-rexant.html" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant.html" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant.html" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant.html" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant.html" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kronshteyn-nastennyy-montazhnyy-homut-na-20-plintov-otlamyvayuschiysya-rexant.html" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant.html" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-shteker-2-gnezda-rexant.html" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant.html" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect.html" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant.html" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-ftp-rj-45-8p8c-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-8p8c-cat-6-rexant.html" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-cat-5e-proconnect.html" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-45-8p8c-gnezdo-2-gnezda-rexant.html" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-8p8c-cat-5e-50-sht-rexant.html" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-45-8p8c-shteker-2-gnezda-rexant.html" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-soedinitelnyy-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-1-dlya-zhil-d-0-4-0-7mm-d-1-52mm-rexant.html" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-2-dlya-zhil-d-0-4-0-9mm-d-2-08mm-rexant.html" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-3-dlya-zhil-d-0-4-0-9mm-d-1-67mm-rexant.html" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant.html" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect.html" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant.html" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant.html" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect.html" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant.html" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-proconnect.html" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-1-5-razemov-utp-5-kolpachkov-proconnect.html" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-3-2-razema-utp-2-kolpachka-rexant.html" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-1-5-razemov-utp-5-kolpachkov-rexant.html" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant.html" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-5-2-razema-ftp-2-kolpachka-rexant.html" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect.html" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant.html" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant.html" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant.html" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-ftp-cat-6a-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-6a-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6a-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-baraban-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-korobka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-7-pvc-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-16pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pe-25pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-100m-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-25m-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-50m-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-stp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-vysokoy-plotnosti-s-kabelnymi-organayzerami-19-1u-48-portov-utp-rj-45-cat-5e" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-utp-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-5e-tip-90-gradusov-rexant-pro" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-5e-tip-180-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-5e-tip-90-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-5e-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6-tip-90-gradusov-rexant-pro" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-chernyy-rexant-pro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-6-rexant-pro" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-s-pylezaschitnoy-shtorkoy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-utp-cat-6-rexant-pro" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-6a-rexant-pro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6a-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-5e-tip-180-gradusov-samozazhimnoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-5e-tip-180-gradusov-belyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-6-tip-180-gradusov-samozazhimnoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6a-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-samozazhimnoy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-6-s-vstavkoy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-utp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-6a-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect-light" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-siniy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-seryy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-belyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-chernyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-utp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-s-zaschitnym-kolpachkom-dlya-kabelya-rex" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600-500mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600-500mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450-500mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450-500mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600-635mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600-635mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-cherny" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-cherny" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-450-635mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-450-635mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-600-770mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-600-770mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-450-770mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-450-770mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-450-964mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-600-964mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-450-964mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-600-964mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600-370mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600-370mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450-370mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450-370mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovann" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800h2055mm-dver-perforatsiya-perforirovannaya-zadnya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800mm-dver-perforatsiya-razbornyy-seryy-ral-7035-rex" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-perforatsiya-perforirovannaya-zadnya" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovan" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovann" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800mm-dver-steklo-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800-2054mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovan" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-s-perforatsiey-raz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600-600-1609mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600-600-1609mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-raspashnye-perforirovann" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600-600-1164mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600-600-1164mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600-987mm-dver-steklo-zadnyaya-dver-metall-razbornyy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600-987mm-dver-steklo-zadnyaya-dver-metall-razbornyy-2" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600mm-dver-perforatsiya-razbornyy-chernyy-ral-9005-r" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-27u-600-600-1387mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-27u-600-600-1387mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-37u-600-600-1832mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-37u-600-600-1832mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-600-2054mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-600-2054mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-8u-600-400-450mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-14u-600-500-700mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-10u-600-500-500mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-1u-glubinoy-250mm-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-2u-glubinoy-450mm-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-vydvizhnaya-dlya-klaviatury-19-1u-glubina-450mm-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-s-kryshkoy-19-2u-glubinoy-72-mm-metall-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-bez-kryshki-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-bez-kryshki-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-s-kryshkoy-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-s-kryshkoy-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vvod-schetochnyy-dlya-napolnyh-nastennyh-shkafov-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-schetochnyy-19-1u-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-19-1u-5-kolets-glubinoy-45-mm-metall-ral-7035" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-1u-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-3u-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-2u-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-so-shnurom-pitaniya" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-16a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-7-4-schuko-16a-vykl-alyum-korp-shnur" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-9-rozetok-see-7-4-schuko-16a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-20-rozetok-see-7-4-schuko-16a-avtomat-zaschity-alyum-ko" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-10-rozetok-see-7-4-schuko-10-rozetok-c13-16a-avt-zaschi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-13-rozetok-see-7-4-schuko-16a-filtr-bez-vykl-alyum-korp" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-10a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-7-4-schuko-10a-vykl-alyum-korp-gnezd" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-c13-10a-bez-vykl-alyum-korp-shnur-2m-vil" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-9-rozetok-see-7-4-schuko-10a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-bez-shnura-pitaniya" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-7-4-schuko-10a-vykl-alyum-korp-shnur" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-16a-filtr-vykl-alyum-korp" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-16a-avtomat-zaschity-alyu" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-12-rozetok-see-7-4-schuko-16a-vykl-alyum-korp-shnur-2m" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-10a-8-rozetok-korpus-alyuminiy-so-shnurom-pitaniya" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-2-mya-ventilyatorami-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-4-mya-ventilyatorami-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-2-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-600mm-rex" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-800mm-rex" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-6-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kabeley-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-dlya-zazemleniya-19-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-krepezha-vint-shayba-gayka-m6x16-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-dlya-bokovyh-dverey-napolnyy-nastennyy-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-obedineniya-shkafov-v-gruppu-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-osvescheniya-19-1u-220v-kabel-1-5m-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-simplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-10m-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-7m-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-20m-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-2m" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-1m" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-5m" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-7m-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-10m-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-15m-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-3m" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-3m" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-mm-50-125-om2-lc-upc-fc-upc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-fc-upc-duplex-lszh-15m-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-fc-upc-duplex-pvc-5m-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-upc-fc-upc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-homut-rexant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-45-8p8c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-ftp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-soedinitelnyy-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-45-8p8c-shteker-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-8p8c-cat-5e-50-sht-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-2-dlya-zhil-d-0-4-0-9mm-d-2-08mm-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-3-dlya-zhil-d-0-4-0-9mm-d-1-67mm-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-1-dlya-zhil-d-0-4-0-7mm-d-1-52mm-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I711"/>
+  <dimension ref="A1:I712"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4424,19038 +4454,19228 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>23154.1</v>
+        <v>14615.92</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>1</v>
+        <v>66</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="3">
-        <v>29920.6</v>
+        <v>22370.33</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>616</v>
+        <v>399</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>22574.88</v>
+        <v>22958.65</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>26907.9</v>
+        <v>19098.74</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>146</v>
+        <v>44</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>19767.88</v>
+        <v>27386.33</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>106</v>
+        <v>215</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>14371.6</v>
+        <v>25997.07</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="3">
-        <v>46149.47</v>
+        <v>46934.01</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>171</v>
+        <v>144</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>60978.9</v>
+        <v>55813.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="3">
         <v>81</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>42844.5</v>
+        <v>37036.93</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>146</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="3">
-        <v>19027</v>
+        <v>20127.62</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>494</v>
+        <v>353</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="3">
-        <v>22502.7</v>
+        <v>26016.83</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>443</v>
+        <v>993</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="3">
-        <v>30096.4</v>
+        <v>6481.7</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>712</v>
+        <v>36</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="3">
-        <v>18635.75</v>
+        <v>18952.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>7306</v>
+        <v>1752</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C22" s="3">
-        <v>19791.17</v>
+        <v>19350.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>966</v>
+        <v>322</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>6708.78</v>
+        <v>22885.25</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>78</v>
+        <v>558</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>13418.6</v>
+        <v>20127.62</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>494</v>
+        <v>233</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A25" s="2" t="s">
+      <c r="A25" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B25" s="2"/>
-[...6 lines deleted...]
-      <c r="I25" s="2"/>
+      <c r="C25" s="3">
+        <v>13646.72</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F25" s="3">
+        <v>406</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>4</v>
+      </c>
+      <c r="I25" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="3" t="s">
+      <c r="A26" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>31371.54</v>
+        <v>25758</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I27" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>25327.43</v>
+        <v>25758</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>267</v>
+        <v>381</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>25327.43</v>
+        <v>37147.36</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>289</v>
+        <v>136</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>2</v>
       </c>
       <c r="I29" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>16758.9</v>
+        <v>17335.78</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>606</v>
+        <v>78</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>45117.9</v>
+        <v>31902.68</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>638</v>
+        <v>226</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>2</v>
       </c>
       <c r="I31" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>21785.44</v>
+        <v>17043.8</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>3010</v>
+        <v>358</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>2</v>
       </c>
       <c r="I32" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>17046</v>
+        <v>27041.52</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>188</v>
+        <v>522</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>2</v>
       </c>
       <c r="I33" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>10295.8</v>
+        <v>45884.9</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I34" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>40584.9</v>
+        <v>22155.79</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>179</v>
+        <v>262</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>26589.5</v>
+        <v>10470.83</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I36" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>23238.9</v>
+        <v>20975.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>81</v>
+        <v>1332</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>2</v>
       </c>
       <c r="I38" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>10041.22</v>
+        <v>23633.96</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>107</v>
+        <v>167</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I39" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>20624.8</v>
+        <v>10211.92</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>2031</v>
+        <v>34</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>24516.77</v>
+        <v>24933.56</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>563</v>
+        <v>300</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>1</v>
       </c>
       <c r="I41" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>30133</v>
+        <v>30645.26</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>212</v>
+        <v>99</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>2</v>
       </c>
       <c r="I43" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>16369.5</v>
+        <v>39534.72</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>595</v>
+        <v>47</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>21719.4</v>
+        <v>22422.72</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>223</v>
+        <v>1004</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>27277.7</v>
+        <v>22088.63</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>246</v>
+        <v>155</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I46" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>22047.91</v>
+        <v>16647.78</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>1817</v>
+        <v>368</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I47" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>38873.86</v>
+        <v>27741.42</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>587</v>
+        <v>377</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>1</v>
       </c>
       <c r="I48" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>30299.2</v>
+        <v>30814.29</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="3">
-        <v>120</v>
+        <v>76</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>2</v>
       </c>
       <c r="I50" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>37176.54</v>
+        <v>35688.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>109</v>
+        <v>12</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I51" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>26510.01</v>
+        <v>44783.37</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I52" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>41285.2</v>
+        <v>39798.46</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>108</v>
+        <v>56</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I53" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>46352.4</v>
+        <v>30814.29</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>6</v>
+        <v>112</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I54" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>29979.84</v>
+        <v>26960.68</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>2</v>
+        <v>160</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>2</v>
       </c>
       <c r="I55" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>30299.2</v>
+        <v>37808.54</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>214</v>
+        <v>75</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I56" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>39133.2</v>
+        <v>64697.78</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>1</v>
       </c>
       <c r="I57" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>63616.3</v>
+        <v>36363.04</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>47</v>
+        <v>183</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>1</v>
       </c>
       <c r="I58" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="3" t="s">
+      <c r="A59" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A60" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B59" s="3" t="s">
+      <c r="B60" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C59" s="3">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="C60" s="3">
+        <v>30966.84</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="F59" s="3">
-[...8 lines deleted...]
-      <c r="I59" s="3">
+      <c r="F60" s="3">
+        <v>37</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>1</v>
+      </c>
+      <c r="I60" s="3">
         <v>305</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3">
-        <v>30449.2</v>
+        <v>37870.33</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A62" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I64" s="2"/>
+      <c r="A64" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C64" s="3">
+        <v>18169.45</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>1</v>
+      </c>
+      <c r="I64" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>8614.77</v>
+        <v>24547.32</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>269</v>
+        <v>114</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I65" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>17939.56</v>
+        <v>15311.16</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>2</v>
       </c>
       <c r="I66" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A67" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A67" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B67" s="2"/>
+      <c r="C67" s="2"/>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2"/>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2"/>
+      <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C68" s="3">
-        <v>13537.02</v>
+        <v>6827.39</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>4595</v>
+        <v>1164</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>2</v>
       </c>
       <c r="I68" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
+      <c r="A69" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C69" s="3">
+        <v>9635.56</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F69" s="3">
+        <v>374</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>2</v>
+      </c>
+      <c r="I69" s="3">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="B69" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B70" s="2"/>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2"/>
+      <c r="F70" s="2"/>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2"/>
+      <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C71" s="3">
-        <v>14672.7</v>
+        <v>13767.15</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>88</v>
+        <v>1553</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>2</v>
       </c>
       <c r="I71" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C72" s="3">
-        <v>6066.64</v>
+        <v>19230.73</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>6061</v>
+        <v>94</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>2</v>
       </c>
       <c r="I72" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C73" s="3">
-        <v>7309.95</v>
+        <v>8323.16</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>124</v>
+        <v>321</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I73" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C74" s="3">
-        <v>14035.8</v>
+        <v>18244.53</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F74" s="3">
-        <v>154</v>
+        <v>181</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>2</v>
       </c>
       <c r="I74" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A75" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A75" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" s="2"/>
+      <c r="C75" s="2"/>
+      <c r="D75" s="2"/>
+      <c r="E75" s="2"/>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+      <c r="H75" s="2"/>
+      <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C76" s="3">
-        <v>6031.56</v>
+        <v>4942.27</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F76" s="3">
-        <v>1026</v>
+        <v>866</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>2</v>
       </c>
       <c r="I76" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C77" s="3">
-        <v>4859.66</v>
+        <v>7459.16</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F77" s="3">
-        <v>655</v>
+        <v>235</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>2</v>
       </c>
       <c r="I77" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="C78" s="3">
-        <v>7334.47</v>
+        <v>6169.77</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F78" s="3">
-        <v>1095</v>
+        <v>1966</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>2</v>
       </c>
       <c r="I78" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A79" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I79" s="2"/>
+      <c r="A79" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C79" s="3">
+        <v>14922.14</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F79" s="3">
+        <v>46</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>2</v>
+      </c>
+      <c r="I79" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C80" s="3">
-        <v>24136.99</v>
+        <v>5788.04</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="3">
-        <v>71</v>
+        <v>591</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I80" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C81" s="3">
-        <v>17865.73</v>
+        <v>14274.41</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>684</v>
+        <v>102</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I81" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C82" s="3">
-        <v>15055.22</v>
+        <v>7434.22</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>301</v>
+        <v>74</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>2</v>
       </c>
       <c r="I82" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="A83" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C83" s="3">
+        <v>6134.1</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F83" s="3">
+        <v>368</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>2</v>
+      </c>
+      <c r="I83" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B84" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="3">
-        <v>9474.49</v>
+        <v>8080.7</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="3">
-        <v>896</v>
+        <v>303</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>2</v>
       </c>
       <c r="I84" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A85" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
       <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="A87" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C87" s="3">
+        <v>108637.21</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F87" s="3">
+        <v>1</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>1</v>
+      </c>
+      <c r="I87" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>7297.08</v>
+        <v>68897.09</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="3">
-        <v>93</v>
+        <v>19</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I88" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B89" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89" s="3">
-        <v>2087.51</v>
+        <v>48113.86</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="3">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I89" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B90" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="3">
-        <v>2093.49</v>
+        <v>48627.65</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="3">
-        <v>92</v>
+        <v>4</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I90" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="3">
-        <v>4025.83</v>
+        <v>105031.59</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>132</v>
+        <v>7</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I91" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A92" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A92" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B92" s="2"/>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2"/>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2"/>
+      <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C93" s="3">
-        <v>7340.26</v>
+        <v>76846.66</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="3">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I93" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C94" s="3">
-        <v>7103.68</v>
+        <v>49189.65</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I94" s="3">
-        <v>0</v>
+        <v>305</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C95" s="3">
-        <v>6143.59</v>
+        <v>117842.69</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="3">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I95" s="3">
-        <v>0</v>
+        <v>305</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A96" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I96" s="2"/>
+      <c r="A96" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C96" s="3">
+        <v>108814.37</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F96" s="3">
+        <v>15</v>
+      </c>
+      <c r="G96" s="3">
+        <v>1</v>
+      </c>
+      <c r="H96" s="3">
+        <v>1</v>
+      </c>
+      <c r="I96" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B97" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B97" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="3">
-        <v>2445.71</v>
+        <v>46395.85</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="3">
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I97" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B98" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="3">
-        <v>1249.98</v>
+        <v>110413.66</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="3">
-        <v>1301</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I98" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B99" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="3">
-        <v>1149.24</v>
+        <v>102182.59</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="3">
-        <v>988</v>
+        <v>60</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I99" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="3" t="s">
+      <c r="A100" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="B100" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B101" s="2"/>
+      <c r="C101" s="2"/>
+      <c r="D101" s="2"/>
+      <c r="E101" s="2"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="2"/>
+      <c r="H101" s="2"/>
+      <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C102" s="3">
-        <v>7789.9</v>
+        <v>23967.63</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="3">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C103" s="3">
-        <v>645.21</v>
+        <v>27048.41</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="3">
-        <v>1555</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I103" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C104" s="3">
-        <v>2003.31</v>
+        <v>26228.98</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="3">
-        <v>147</v>
+        <v>97</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I104" s="3">
-        <v>25</v>
+        <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C105" s="3">
-        <v>4209.15</v>
+        <v>29057.34</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="3">
-        <v>137</v>
+        <v>46</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I105" s="3">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="A106" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C106" s="3">
+        <v>28755.63</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F106" s="3">
+        <v>3</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>1</v>
+      </c>
+      <c r="I106" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="A107" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C107" s="3">
+        <v>29057.34</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F107" s="3">
+        <v>24</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>1</v>
+      </c>
+      <c r="I107" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C108" s="3">
-        <v>100474.52</v>
+        <v>27296.92</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A109" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C110" s="3">
-        <v>75562.1</v>
+        <v>18448.26</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="3">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C111" s="3">
-        <v>106995.45</v>
+        <v>22486.75</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="3">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>1</v>
       </c>
       <c r="I111" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C112" s="3">
-        <v>45620.3</v>
+        <v>17391.77</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F112" s="3">
-        <v>6</v>
+        <v>94</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A113" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C114" s="3">
-        <v>108568</v>
+        <v>24808.13</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F114" s="3">
-        <v>27</v>
+        <v>54</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A115" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I115" s="2"/>
+      <c r="A115" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C115" s="3">
+        <v>23607.42</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F115" s="3">
+        <v>1</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>1</v>
+      </c>
+      <c r="I115" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C116" s="3">
-        <v>114751</v>
+        <v>28643.74</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F116" s="3">
-        <v>7</v>
+        <v>102</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>1</v>
       </c>
       <c r="I116" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A117" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A117" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="2"/>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2"/>
+      <c r="F117" s="2"/>
+      <c r="G117" s="2"/>
+      <c r="H117" s="2"/>
+      <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C118" s="3">
-        <v>47814.8</v>
+        <v>21252.68</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F118" s="3">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>1</v>
       </c>
       <c r="I118" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C119" s="3">
-        <v>67745.42</v>
+        <v>18605.71</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="C120" s="3">
-        <v>47309.6</v>
+        <v>22590.42</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F120" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>1</v>
       </c>
       <c r="I120" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A121" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I121" s="2"/>
+      <c r="A121" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C121" s="3">
+        <v>17532.9</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F121" s="3">
+        <v>19</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>1</v>
+      </c>
+      <c r="I121" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="A122" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C122" s="3">
+        <v>10532.95</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F122" s="3">
+        <v>7</v>
+      </c>
+      <c r="G122" s="3">
+        <v>1</v>
+      </c>
+      <c r="H122" s="3">
+        <v>4</v>
+      </c>
+      <c r="I122" s="3">
+        <v>305</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="C123" s="3">
-        <v>22212.8</v>
+        <v>17056.83</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C124" s="3">
-        <v>20897.42</v>
+        <v>21252.68</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="C125" s="3">
-        <v>17239.82</v>
+        <v>21539.51</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F125" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C126" s="3">
-        <v>20897.42</v>
+        <v>30854.91</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
       <c r="F126" s="3">
-        <v>8</v>
+        <v>223</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>1</v>
       </c>
       <c r="I126" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>21179.46</v>
+        <v>23488.85</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F127" s="3">
         <v>0</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
+      <c r="A128" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C130" s="3">
-        <v>10356.88</v>
+        <v>4094.27</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F130" s="3">
-        <v>7</v>
+        <v>130</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I130" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C131" s="3">
-        <v>18294.7</v>
+        <v>7421.13</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="3">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I131" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="C132" s="3">
-        <v>16771.71</v>
+        <v>6248.03</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F132" s="3">
-        <v>322</v>
+        <v>1</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I132" s="3">
-        <v>305</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A133" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I133" s="2"/>
+      <c r="A133" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C133" s="3">
+        <v>2123</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F133" s="3">
+        <v>151</v>
+      </c>
+      <c r="G133" s="3">
+        <v>1</v>
+      </c>
+      <c r="H133" s="3">
+        <v>20</v>
+      </c>
+      <c r="I133" s="3">
+        <v>25</v>
+      </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C134" s="3">
-        <v>23566.99</v>
+        <v>4064.91</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F134" s="3">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I134" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C135" s="3">
-        <v>26596.27</v>
+        <v>7465.04</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I135" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C136" s="3">
-        <v>28571.62</v>
+        <v>2129.08</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="3">
-        <v>19</v>
+        <v>105</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I136" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A137" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A137" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="B137" s="2"/>
+      <c r="C137" s="2"/>
+      <c r="D137" s="2"/>
+      <c r="E137" s="2"/>
+      <c r="F137" s="2"/>
+      <c r="G137" s="2"/>
+      <c r="H137" s="2"/>
+      <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="C138" s="3">
-        <v>28571.62</v>
+        <v>2048.08</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F138" s="3">
-        <v>43</v>
+        <v>286</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I138" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C139" s="3">
-        <v>28801.19</v>
+        <v>2037.37</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F139" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I139" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C140" s="3">
-        <v>32021.71</v>
+        <v>656.18</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F140" s="3">
-        <v>39</v>
+        <v>892</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I140" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A141" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I141" s="2"/>
+      <c r="A141" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C141" s="3">
+        <v>1271.23</v>
+      </c>
+      <c r="D141" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F141" s="3">
+        <v>160</v>
+      </c>
+      <c r="G141" s="3">
+        <v>1</v>
+      </c>
+      <c r="H141" s="3">
+        <v>12</v>
+      </c>
+      <c r="I141" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C142" s="3">
-        <v>18139.88</v>
+        <v>2487.29</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F142" s="3">
-        <v>5</v>
+        <v>384</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I142" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="C143" s="3">
-        <v>17101.05</v>
+        <v>1168.78</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="3">
-        <v>68</v>
+        <v>283</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I143" s="3">
-        <v>305</v>
+        <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C144" s="3">
-        <v>22110.87</v>
+        <v>4280.71</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F144" s="3">
-        <v>119</v>
+        <v>83</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I144" s="3">
-        <v>305</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I145" s="2"/>
+      <c r="A145" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C145" s="3">
+        <v>8155.62</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F145" s="3">
+        <v>59</v>
+      </c>
+      <c r="G145" s="3">
+        <v>1</v>
+      </c>
+      <c r="H145" s="3">
+        <v>6</v>
+      </c>
+      <c r="I145" s="3">
+        <v>100</v>
+      </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C146" s="3">
-        <v>24393.44</v>
+        <v>7922.33</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F146" s="3">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>1</v>
       </c>
       <c r="I146" s="3">
-        <v>305</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A147" s="3" t="s">
+      <c r="A147" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="B147" s="2"/>
+      <c r="C147" s="2"/>
+      <c r="D147" s="2"/>
+      <c r="E147" s="2"/>
+      <c r="F147" s="2"/>
+      <c r="G147" s="2"/>
+      <c r="H147" s="2"/>
+      <c r="I147" s="2"/>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B148" s="2"/>
+      <c r="C148" s="2"/>
+      <c r="D148" s="2"/>
+      <c r="E148" s="2"/>
+      <c r="F148" s="2"/>
+      <c r="G148" s="2"/>
+      <c r="H148" s="2"/>
+      <c r="I148" s="2"/>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B147" s="3" t="s">
+      <c r="B149" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="C147" s="3">
-[...22 lines deleted...]
-      <c r="A148" s="3" t="s">
+      <c r="C149" s="3">
+        <v>3003.65</v>
+      </c>
+      <c r="D149" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F149" s="3">
+        <v>572</v>
+      </c>
+      <c r="G149" s="3">
+        <v>1</v>
+      </c>
+      <c r="H149" s="3">
+        <v>20</v>
+      </c>
+      <c r="I149" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B148" s="3" t="s">
+      <c r="B150" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C148" s="3">
-[...45 lines deleted...]
-      <c r="I150" s="2"/>
+      <c r="C150" s="3">
+        <v>5256.15</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F150" s="3">
+        <v>330</v>
+      </c>
+      <c r="G150" s="3">
+        <v>1</v>
+      </c>
+      <c r="H150" s="3">
+        <v>10</v>
+      </c>
+      <c r="I150" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C151" s="3">
-        <v>2953.44</v>
+        <v>5727.95</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F151" s="3">
-        <v>658</v>
+        <v>43</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C152" s="3">
-        <v>5168.29</v>
+        <v>8023.82</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F152" s="3">
-        <v>403</v>
+        <v>123</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>10</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A153" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A153" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="B153" s="2"/>
+      <c r="C153" s="2"/>
+      <c r="D153" s="2"/>
+      <c r="E153" s="2"/>
+      <c r="F153" s="2"/>
+      <c r="G153" s="2"/>
+      <c r="H153" s="2"/>
+      <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C154" s="3">
-        <v>7889.7</v>
+        <v>4190.49</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F154" s="3">
-        <v>186</v>
+        <v>110</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>10</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A155" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I155" s="2"/>
+      <c r="A155" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C155" s="3">
+        <v>6134.61</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F155" s="3">
+        <v>129</v>
+      </c>
+      <c r="G155" s="3">
+        <v>1</v>
+      </c>
+      <c r="H155" s="3">
+        <v>10</v>
+      </c>
+      <c r="I155" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C156" s="3">
+        <v>3102.93</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F156" s="3">
+        <v>1181</v>
+      </c>
+      <c r="G156" s="3">
+        <v>1</v>
+      </c>
+      <c r="H156" s="3">
+        <v>25</v>
+      </c>
+      <c r="I156" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="B156" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B157" s="2"/>
+      <c r="C157" s="2"/>
+      <c r="D157" s="2"/>
+      <c r="E157" s="2"/>
+      <c r="F157" s="2"/>
+      <c r="G157" s="2"/>
+      <c r="H157" s="2"/>
+      <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C158" s="3">
+        <v>1565.75</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F158" s="3">
+        <v>49</v>
+      </c>
+      <c r="G158" s="3">
+        <v>1</v>
+      </c>
+      <c r="H158" s="3">
+        <v>10</v>
+      </c>
+      <c r="I158" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="B158" s="3" t="s">
+      <c r="C159" s="3">
+        <v>1722.59</v>
+      </c>
+      <c r="D159" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F159" s="3">
+        <v>19</v>
+      </c>
+      <c r="G159" s="3">
+        <v>1</v>
+      </c>
+      <c r="H159" s="3">
+        <v>20</v>
+      </c>
+      <c r="I159" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="C158" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B160" s="2"/>
+      <c r="C160" s="2"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="2"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="C161" s="3">
+        <v>2468.99</v>
+      </c>
+      <c r="D161" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F161" s="3">
+        <v>1197</v>
+      </c>
+      <c r="G161" s="3">
+        <v>1</v>
+      </c>
+      <c r="H161" s="3">
+        <v>20</v>
+      </c>
+      <c r="I161" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="B162" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I162" s="2"/>
+      <c r="C162" s="3">
+        <v>5283.36</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F162" s="3">
+        <v>184</v>
+      </c>
+      <c r="G162" s="3">
+        <v>1</v>
+      </c>
+      <c r="H162" s="3">
+        <v>10</v>
+      </c>
+      <c r="I162" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C163" s="3">
-        <v>1675.83</v>
+        <v>1704.32</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F163" s="3">
-        <v>1519</v>
+        <v>1244</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>20</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C164" s="3">
+        <v>1431.09</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F164" s="3">
+        <v>409</v>
+      </c>
+      <c r="G164" s="3">
+        <v>1</v>
+      </c>
+      <c r="H164" s="3">
+        <v>20</v>
+      </c>
+      <c r="I164" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="B164" s="3" t="s">
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="C164" s="3">
-[...22 lines deleted...]
-      <c r="A165" s="3" t="s">
+      <c r="B166" s="2"/>
+      <c r="C166" s="2"/>
+      <c r="D166" s="2"/>
+      <c r="E166" s="2"/>
+      <c r="F166" s="2"/>
+      <c r="G166" s="2"/>
+      <c r="H166" s="2"/>
+      <c r="I166" s="2"/>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B165" s="3" t="s">
+      <c r="B167" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="C165" s="3">
-[...22 lines deleted...]
-      <c r="A166" s="3" t="s">
+      <c r="C167" s="3">
+        <v>116.84</v>
+      </c>
+      <c r="D167" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F167" s="3">
+        <v>0</v>
+      </c>
+      <c r="G167" s="3">
+        <v>1</v>
+      </c>
+      <c r="H167" s="3">
+        <v>500</v>
+      </c>
+      <c r="I167" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="B168" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="C166" s="3">
-[...45 lines deleted...]
-      <c r="I168" s="2"/>
+      <c r="C168" s="3">
+        <v>237.66</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F168" s="3">
+        <v>282</v>
+      </c>
+      <c r="G168" s="3">
+        <v>1</v>
+      </c>
+      <c r="H168" s="3">
+        <v>1</v>
+      </c>
+      <c r="I168" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C169" s="3">
-        <v>131.75</v>
+        <v>274.01</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F169" s="3">
-        <v>17257</v>
+        <v>188</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C170" s="3">
-        <v>126.1</v>
+        <v>133.99</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F170" s="3">
-        <v>6544</v>
+        <v>1</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
         <v>1000</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C171" s="3">
-        <v>269.43</v>
+        <v>128.24</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F171" s="3">
-        <v>464</v>
+        <v>134</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I171" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C172" s="3">
+        <v>399.97</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F172" s="3">
+        <v>807</v>
+      </c>
+      <c r="G172" s="3">
+        <v>1</v>
+      </c>
+      <c r="H172" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I172" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="B172" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B173" s="2"/>
+      <c r="C173" s="2"/>
+      <c r="D173" s="2"/>
+      <c r="E173" s="2"/>
+      <c r="F173" s="2"/>
+      <c r="G173" s="2"/>
+      <c r="H173" s="2"/>
+      <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C174" s="3">
-        <v>393.28</v>
+        <v>150.52</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F174" s="3">
-        <v>1181</v>
+        <v>1025</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
         <v>1000</v>
       </c>
       <c r="I174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="A175" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C175" s="3">
+        <v>141.43</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F175" s="3">
+        <v>883</v>
+      </c>
+      <c r="G175" s="3">
+        <v>1</v>
+      </c>
+      <c r="H175" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I175" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="C176" s="3">
-        <v>148</v>
+        <v>275.92</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F176" s="3">
-        <v>1070</v>
+        <v>250</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C177" s="3">
-        <v>139.07</v>
+        <v>141.43</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F177" s="3">
-        <v>948</v>
+        <v>408</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
         <v>1000</v>
       </c>
       <c r="I177" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C178" s="3">
-        <v>225.68</v>
+        <v>229.52</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F178" s="3">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
         <v>500</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C179" s="3">
-        <v>139.68</v>
+        <v>176.62</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F179" s="3">
-        <v>930</v>
+        <v>113</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C180" s="3">
-        <v>139.07</v>
+        <v>142.05</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F180" s="3">
-        <v>800</v>
+        <v>646</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="C181" s="3">
-        <v>433.1</v>
+        <v>440.46</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F181" s="3">
-        <v>670</v>
+        <v>684</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
         <v>600</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A182" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A182" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="B182" s="2"/>
+      <c r="C182" s="2"/>
+      <c r="D182" s="2"/>
+      <c r="E182" s="2"/>
+      <c r="F182" s="2"/>
+      <c r="G182" s="2"/>
+      <c r="H182" s="2"/>
+      <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C183" s="3">
+        <v>353.05</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F183" s="3">
+        <v>438</v>
+      </c>
+      <c r="G183" s="3">
+        <v>1</v>
+      </c>
+      <c r="H183" s="3">
+        <v>500</v>
+      </c>
+      <c r="I183" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B184" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B183" s="3" t="s">
+      <c r="C184" s="3">
+        <v>459.63</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F184" s="3">
+        <v>194</v>
+      </c>
+      <c r="G184" s="3">
+        <v>1</v>
+      </c>
+      <c r="H184" s="3">
+        <v>500</v>
+      </c>
+      <c r="I184" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" s="2" t="s">
         <v>339</v>
       </c>
-      <c r="C183" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B185" s="2"/>
+      <c r="C185" s="2"/>
+      <c r="D185" s="2"/>
+      <c r="E185" s="2"/>
+      <c r="F185" s="2"/>
+      <c r="G185" s="2"/>
+      <c r="H185" s="2"/>
+      <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C186" s="3">
+        <v>121.58</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F186" s="3">
+        <v>0</v>
+      </c>
+      <c r="G186" s="3">
+        <v>1</v>
+      </c>
+      <c r="H186" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I186" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="B187" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="B186" s="3" t="s">
+      <c r="C187" s="3">
+        <v>97.35</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F187" s="3">
+        <v>3831</v>
+      </c>
+      <c r="G187" s="3">
+        <v>1</v>
+      </c>
+      <c r="H187" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I187" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="C186" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B188" s="2"/>
+      <c r="C188" s="2"/>
+      <c r="D188" s="2"/>
+      <c r="E188" s="2"/>
+      <c r="F188" s="2"/>
+      <c r="G188" s="2"/>
+      <c r="H188" s="2"/>
+      <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C189" s="3">
-        <v>95.72</v>
+        <v>198.09</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F189" s="3">
-        <v>6336</v>
+        <v>1422</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>1000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="B190" s="2"/>
       <c r="C190" s="2"/>
       <c r="D190" s="2"/>
       <c r="E190" s="2"/>
       <c r="F190" s="2"/>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
       <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A191" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B191" s="2"/>
+      <c r="C191" s="2"/>
+      <c r="D191" s="2"/>
+      <c r="E191" s="2"/>
+      <c r="F191" s="2"/>
+      <c r="G191" s="2"/>
+      <c r="H191" s="2"/>
+      <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I192" s="2"/>
+      <c r="A192" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C192" s="3">
+        <v>626.47</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F192" s="3">
+        <v>510</v>
+      </c>
+      <c r="G192" s="3">
+        <v>1</v>
+      </c>
+      <c r="H192" s="3">
+        <v>500</v>
+      </c>
+      <c r="I192" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="B193" s="2"/>
       <c r="C193" s="2"/>
       <c r="D193" s="2"/>
       <c r="E193" s="2"/>
       <c r="F193" s="2"/>
       <c r="G193" s="2"/>
       <c r="H193" s="2"/>
       <c r="I193" s="2"/>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="C194" s="3">
-        <v>641.67</v>
+        <v>13.25</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F194" s="3">
-        <v>677</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H194" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I194" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="C195" s="3">
+        <v>214.39</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F195" s="3">
+        <v>5595</v>
+      </c>
+      <c r="G195" s="3">
+        <v>1</v>
+      </c>
+      <c r="H195" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I195" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I196" s="2"/>
+      <c r="C196" s="3">
+        <v>9.09</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F196" s="3">
+        <v>777401</v>
+      </c>
+      <c r="G196" s="3">
+        <v>100</v>
+      </c>
+      <c r="H196" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I196" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C197" s="3">
+        <v>23.21</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F197" s="3">
+        <v>700</v>
+      </c>
+      <c r="G197" s="3">
+        <v>100</v>
+      </c>
+      <c r="H197" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I197" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B197" s="3" t="s">
+      <c r="B198" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="C197" s="3">
-[...22 lines deleted...]
-      <c r="A198" s="2" t="s">
+      <c r="C198" s="3">
+        <v>18.29</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F198" s="3">
+        <v>147000</v>
+      </c>
+      <c r="G198" s="3">
+        <v>100</v>
+      </c>
+      <c r="H198" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I198" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="B198" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B199" s="2"/>
+      <c r="C199" s="2"/>
+      <c r="D199" s="2"/>
+      <c r="E199" s="2"/>
+      <c r="F199" s="2"/>
+      <c r="G199" s="2"/>
+      <c r="H199" s="2"/>
+      <c r="I199" s="2"/>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C200" s="3">
-        <v>17.98</v>
+        <v>15.1</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F200" s="3">
-        <v>463100</v>
+        <v>24550</v>
       </c>
       <c r="G200" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H200" s="3">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C201" s="3">
-        <v>13.03</v>
+        <v>29.52</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
         <v>5000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C202" s="3">
-        <v>22.82</v>
+        <v>16.33</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F202" s="3">
-        <v>200</v>
+        <v>31550</v>
       </c>
       <c r="G202" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H202" s="3">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C203" s="3">
-        <v>8.94</v>
+        <v>14.4</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F203" s="3">
-        <v>1996933</v>
+        <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>100</v>
       </c>
       <c r="H203" s="3">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A204" s="2" t="s">
+      <c r="A204" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C204" s="3">
+        <v>52.51</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F204" s="3">
+        <v>8300</v>
+      </c>
+      <c r="G204" s="3">
+        <v>100</v>
+      </c>
+      <c r="H204" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I204" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="B204" s="2"/>
-[...35 lines deleted...]
-      </c>
+      <c r="B205" s="2"/>
+      <c r="C205" s="2"/>
+      <c r="D205" s="2"/>
+      <c r="E205" s="2"/>
+      <c r="F205" s="2"/>
+      <c r="G205" s="2"/>
+      <c r="H205" s="2"/>
+      <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="C206" s="3">
-        <v>51.63</v>
+        <v>5.24</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F206" s="3">
-        <v>12800</v>
+        <v>214600</v>
       </c>
       <c r="G206" s="3">
         <v>100</v>
       </c>
       <c r="H206" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="C207" s="3">
-        <v>29.03</v>
+        <v>5.7</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F207" s="3">
-        <v>5800</v>
+        <v>468098</v>
       </c>
       <c r="G207" s="3">
         <v>100</v>
       </c>
       <c r="H207" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A208" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A208" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B208" s="2"/>
+      <c r="C208" s="2"/>
+      <c r="D208" s="2"/>
+      <c r="E208" s="2"/>
+      <c r="F208" s="2"/>
+      <c r="G208" s="2"/>
+      <c r="H208" s="2"/>
+      <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C209" s="3">
-        <v>14.16</v>
+        <v>5.03</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F209" s="3">
-        <v>0</v>
+        <v>20700</v>
       </c>
       <c r="G209" s="3">
         <v>100</v>
       </c>
       <c r="H209" s="3">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A210" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I210" s="2"/>
+      <c r="A210" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C210" s="3">
+        <v>5.03</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F210" s="3">
+        <v>12800</v>
+      </c>
+      <c r="G210" s="3">
+        <v>100</v>
+      </c>
+      <c r="H210" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I210" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C211" s="3">
-        <v>5.15</v>
+        <v>5.03</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F211" s="3">
-        <v>1200700</v>
+        <v>23600</v>
       </c>
       <c r="G211" s="3">
         <v>100</v>
       </c>
       <c r="H211" s="3">
-        <v>10000</v>
+        <v>2500</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C212" s="3">
-        <v>5.6</v>
+        <v>5.03</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F212" s="3">
-        <v>951898</v>
+        <v>95000</v>
       </c>
       <c r="G212" s="3">
         <v>100</v>
       </c>
       <c r="H212" s="3">
-        <v>10000</v>
+        <v>2500</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A213" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I213" s="2"/>
+      <c r="A213" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="B213" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C213" s="3">
+        <v>5.03</v>
+      </c>
+      <c r="D213" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F213" s="3">
+        <v>46400</v>
+      </c>
+      <c r="G213" s="3">
+        <v>100</v>
+      </c>
+      <c r="H213" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I213" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="B214" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B214" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C214" s="3">
-        <v>4.95</v>
+        <v>5.03</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F214" s="3">
-        <v>15700</v>
+        <v>18300</v>
       </c>
       <c r="G214" s="3">
         <v>100</v>
       </c>
       <c r="H214" s="3">
         <v>2500</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B215" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="B215" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C215" s="3">
-        <v>4.95</v>
+        <v>5.03</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F215" s="3">
-        <v>56400</v>
+        <v>37700</v>
       </c>
       <c r="G215" s="3">
         <v>100</v>
       </c>
       <c r="H215" s="3">
         <v>2500</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A216" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A216" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="B216" s="2"/>
+      <c r="C216" s="2"/>
+      <c r="D216" s="2"/>
+      <c r="E216" s="2"/>
+      <c r="F216" s="2"/>
+      <c r="G216" s="2"/>
+      <c r="H216" s="2"/>
+      <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C217" s="3">
-        <v>4.95</v>
+        <v>231.89</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F217" s="3">
-        <v>184100</v>
+        <v>689</v>
       </c>
       <c r="G217" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I217" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B218" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C218" s="3">
+        <v>652.58</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F218" s="3">
+        <v>624</v>
+      </c>
+      <c r="G218" s="3">
+        <v>1</v>
+      </c>
+      <c r="H218" s="3">
+        <v>500</v>
+      </c>
+      <c r="I218" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A219" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="B218" s="3" t="s">
+      <c r="B219" s="2"/>
+      <c r="C219" s="2"/>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2"/>
+      <c r="G219" s="2"/>
+      <c r="H219" s="2"/>
+      <c r="I219" s="2"/>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="C218" s="3">
-[...11 lines deleted...]
-      <c r="G218" s="3">
+      <c r="B220" s="2"/>
+      <c r="C220" s="2"/>
+      <c r="D220" s="2"/>
+      <c r="E220" s="2"/>
+      <c r="F220" s="2"/>
+      <c r="G220" s="2"/>
+      <c r="H220" s="2"/>
+      <c r="I220" s="2"/>
+    </row>
+    <row r="221" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A221" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="B221" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C221" s="3">
+        <v>313.88</v>
+      </c>
+      <c r="D221" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F221" s="3">
+        <v>1506</v>
+      </c>
+      <c r="G221" s="3">
+        <v>1</v>
+      </c>
+      <c r="H221" s="3">
+        <v>250</v>
+      </c>
+      <c r="I221" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C222" s="3">
+        <v>241.26</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F222" s="3">
+        <v>0</v>
+      </c>
+      <c r="G222" s="3">
+        <v>1</v>
+      </c>
+      <c r="H222" s="3">
         <v>100</v>
       </c>
-      <c r="H218" s="3">
-[...88 lines deleted...]
-      <c r="I222" s="2"/>
+      <c r="I222" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C223" s="3">
-        <v>308.63</v>
+        <v>178.37</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F223" s="3">
-        <v>2230</v>
+        <v>13711</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C224" s="3">
-        <v>257.46</v>
+        <v>261.84</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F224" s="3">
-        <v>22481</v>
+        <v>3334</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
         <v>100</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A225" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A225" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="B225" s="2"/>
+      <c r="C225" s="2"/>
+      <c r="D225" s="2"/>
+      <c r="E225" s="2"/>
+      <c r="F225" s="2"/>
+      <c r="G225" s="2"/>
+      <c r="H225" s="2"/>
+      <c r="I225" s="2"/>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="C226" s="3">
-        <v>175.39</v>
+        <v>214.18</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F226" s="3">
-        <v>33152</v>
+        <v>1919</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
         <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A227" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I227" s="2"/>
+      <c r="A227" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="B227" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C227" s="3">
+        <v>277.73</v>
+      </c>
+      <c r="D227" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F227" s="3">
+        <v>291</v>
+      </c>
+      <c r="G227" s="3">
+        <v>1</v>
+      </c>
+      <c r="H227" s="3">
+        <v>200</v>
+      </c>
+      <c r="I227" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C228" s="3">
-        <v>390.44</v>
+        <v>478.7</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F228" s="3">
-        <v>112</v>
+        <v>192</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="B229" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C229" s="3">
+        <v>397.08</v>
+      </c>
+      <c r="D229" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F229" s="3">
+        <v>0</v>
+      </c>
+      <c r="G229" s="3">
+        <v>1</v>
+      </c>
+      <c r="H229" s="3">
+        <v>100</v>
+      </c>
+      <c r="I229" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="B229" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B230" s="2"/>
+      <c r="C230" s="2"/>
+      <c r="D230" s="2"/>
+      <c r="E230" s="2"/>
+      <c r="F230" s="2"/>
+      <c r="G230" s="2"/>
+      <c r="H230" s="2"/>
+      <c r="I230" s="2"/>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="B231" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C231" s="3">
+        <v>155.52</v>
+      </c>
+      <c r="D231" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F231" s="3">
+        <v>292</v>
+      </c>
+      <c r="G231" s="3">
+        <v>1</v>
+      </c>
+      <c r="H231" s="3">
+        <v>300</v>
+      </c>
+      <c r="I231" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A232" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B231" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I232" s="2"/>
+      <c r="C232" s="3">
+        <v>372.15</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F232" s="3">
+        <v>0</v>
+      </c>
+      <c r="G232" s="3">
+        <v>1</v>
+      </c>
+      <c r="H232" s="3">
+        <v>250</v>
+      </c>
+      <c r="I232" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C233" s="3">
-        <v>126.1</v>
+        <v>128.24</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F233" s="3">
-        <v>344</v>
+        <v>364</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>300</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A234" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A234" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B234" s="2"/>
+      <c r="C234" s="2"/>
+      <c r="D234" s="2"/>
+      <c r="E234" s="2"/>
+      <c r="F234" s="2"/>
+      <c r="G234" s="2"/>
+      <c r="H234" s="2"/>
+      <c r="I234" s="2"/>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="B235" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C235" s="3">
+        <v>1117.16</v>
+      </c>
+      <c r="D235" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F235" s="3">
+        <v>0</v>
+      </c>
+      <c r="G235" s="3">
+        <v>1</v>
+      </c>
+      <c r="H235" s="3">
+        <v>1</v>
+      </c>
+      <c r="I235" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A236" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="B235" s="3" t="s">
+      <c r="C236" s="3">
+        <v>1449.71</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F236" s="3">
+        <v>126</v>
+      </c>
+      <c r="G236" s="3">
+        <v>1</v>
+      </c>
+      <c r="H236" s="3">
+        <v>150</v>
+      </c>
+      <c r="I236" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A237" s="2" t="s">
         <v>429</v>
       </c>
-      <c r="C235" s="3">
-[...61 lines deleted...]
-      </c>
+      <c r="B237" s="2"/>
+      <c r="C237" s="2"/>
+      <c r="D237" s="2"/>
+      <c r="E237" s="2"/>
+      <c r="F237" s="2"/>
+      <c r="G237" s="2"/>
+      <c r="H237" s="2"/>
+      <c r="I237" s="2"/>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C238" s="3">
+        <v>148.03</v>
+      </c>
+      <c r="D238" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F238" s="3">
+        <v>542</v>
+      </c>
+      <c r="G238" s="3">
+        <v>1</v>
+      </c>
+      <c r="H238" s="3">
+        <v>100</v>
+      </c>
+      <c r="I238" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A239" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="B239" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B238" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I239" s="2"/>
+      <c r="C239" s="3">
+        <v>339.26</v>
+      </c>
+      <c r="D239" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F239" s="3">
+        <v>929</v>
+      </c>
+      <c r="G239" s="3">
+        <v>1</v>
+      </c>
+      <c r="H239" s="3">
+        <v>200</v>
+      </c>
+      <c r="I239" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="C240" s="3">
-        <v>87.27</v>
+        <v>484.56</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F240" s="3">
-        <v>463</v>
+        <v>88</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I240" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="C241" s="3">
-        <v>333.59</v>
+        <v>156.32</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F241" s="3">
-        <v>934</v>
+        <v>379</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="C242" s="3">
-        <v>78.06</v>
+        <v>339.26</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F242" s="3">
-        <v>1859</v>
+        <v>991</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C243" s="3">
-        <v>106.39</v>
+        <v>116.64</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F243" s="3">
-        <v>960</v>
+        <v>1951</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I243" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C244" s="3">
-        <v>90.71</v>
+        <v>92.25</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F244" s="3">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>1</v>
       </c>
       <c r="I244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="C245" s="3">
-        <v>145.56</v>
+        <v>88.75</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F245" s="3">
-        <v>366</v>
+        <v>486</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I245" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C246" s="3">
-        <v>200.31</v>
+        <v>84.47</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F246" s="3">
-        <v>444</v>
+        <v>654</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>1</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C247" s="3">
-        <v>153.71</v>
+        <v>79.39</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F247" s="3">
-        <v>379</v>
+        <v>1693</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>1</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="C248" s="3">
-        <v>254.12</v>
+        <v>108.2</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F248" s="3">
-        <v>171</v>
+        <v>679</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I248" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C249" s="3">
-        <v>114.69</v>
+        <v>232.6</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F249" s="3">
-        <v>1931</v>
+        <v>170</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C250" s="3">
+        <v>203.72</v>
+      </c>
+      <c r="D250" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F250" s="3">
+        <v>454</v>
+      </c>
+      <c r="G250" s="3">
+        <v>1</v>
+      </c>
+      <c r="H250" s="3">
+        <v>1</v>
+      </c>
+      <c r="I250" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A251" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="B250" s="3" t="s">
+      <c r="B251" s="2"/>
+      <c r="C251" s="2"/>
+      <c r="D251" s="2"/>
+      <c r="E251" s="2"/>
+      <c r="F251" s="2"/>
+      <c r="G251" s="2"/>
+      <c r="H251" s="2"/>
+      <c r="I251" s="2"/>
+    </row>
+    <row r="252" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A252" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="C250" s="3">
-[...77 lines deleted...]
-      </c>
+      <c r="B252" s="2"/>
+      <c r="C252" s="2"/>
+      <c r="D252" s="2"/>
+      <c r="E252" s="2"/>
+      <c r="F252" s="2"/>
+      <c r="G252" s="2"/>
+      <c r="H252" s="2"/>
+      <c r="I252" s="2"/>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="B253" s="2"/>
       <c r="C253" s="2"/>
       <c r="D253" s="2"/>
       <c r="E253" s="2"/>
       <c r="F253" s="2"/>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
       <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A254" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I254" s="2"/>
+      <c r="A254" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B254" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C254" s="3">
+        <v>137.56</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F254" s="3">
+        <v>0</v>
+      </c>
+      <c r="G254" s="3">
+        <v>1</v>
+      </c>
+      <c r="H254" s="3">
+        <v>400</v>
+      </c>
+      <c r="I254" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A255" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I255" s="2"/>
+      <c r="A255" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C255" s="3">
+        <v>127.36</v>
+      </c>
+      <c r="D255" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F255" s="3">
+        <v>122</v>
+      </c>
+      <c r="G255" s="3">
+        <v>1</v>
+      </c>
+      <c r="H255" s="3">
+        <v>500</v>
+      </c>
+      <c r="I255" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="C256" s="3">
-        <v>135.26</v>
+        <v>173.6</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F256" s="3">
-        <v>79</v>
+        <v>1725</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
         <v>400</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="C257" s="3">
-        <v>135.26</v>
+        <v>173.6</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F257" s="3">
-        <v>0</v>
+        <v>1201</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
         <v>400</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C258" s="3">
-        <v>125.23</v>
+        <v>187.69</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F258" s="3">
-        <v>2069</v>
+        <v>600</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C259" s="3">
-        <v>135.26</v>
+        <v>208.14</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F259" s="3">
-        <v>2986</v>
+        <v>423</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="C260" s="3">
-        <v>170.7</v>
+        <v>208.14</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F260" s="3">
-        <v>416</v>
+        <v>563</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="C261" s="3">
-        <v>170.7</v>
+        <v>208.14</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F261" s="3">
-        <v>571</v>
+        <v>914</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C262" s="3">
-        <v>170.7</v>
+        <v>206.65</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F262" s="3">
-        <v>1821</v>
+        <v>507</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C263" s="3">
-        <v>135.26</v>
+        <v>243.53</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F263" s="3">
-        <v>289</v>
+        <v>727</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="C264" s="3">
-        <v>170.7</v>
+        <v>243.53</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F264" s="3">
-        <v>1604</v>
+        <v>261</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C265" s="3">
-        <v>204.66</v>
+        <v>283.05</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F265" s="3">
-        <v>52</v>
+        <v>619</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C266" s="3">
-        <v>239.46</v>
+        <v>397.52</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F266" s="3">
-        <v>653</v>
+        <v>718</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
         <v>150</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C267" s="3">
-        <v>184.55</v>
+        <v>416.61</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F267" s="3">
-        <v>1374</v>
+        <v>297</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C268" s="3">
-        <v>204.66</v>
+        <v>416.61</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F268" s="3">
-        <v>40</v>
+        <v>477</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C269" s="3">
-        <v>204.66</v>
+        <v>416.61</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F269" s="3">
-        <v>225</v>
+        <v>622</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C270" s="3">
-        <v>204.66</v>
+        <v>662.23</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F270" s="3">
-        <v>962</v>
+        <v>338</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="C271" s="3">
-        <v>203.2</v>
+        <v>137.56</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F271" s="3">
-        <v>535</v>
+        <v>602</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="C272" s="3">
-        <v>239.46</v>
+        <v>173.6</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F272" s="3">
-        <v>743</v>
+        <v>427</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="C273" s="3">
-        <v>239.46</v>
+        <v>173.6</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F273" s="3">
-        <v>350</v>
+        <v>1546</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
-        <v>230</v>
+        <v>400</v>
       </c>
       <c r="I273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="C274" s="3">
-        <v>239.46</v>
+        <v>243.53</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F274" s="3">
-        <v>602</v>
+        <v>219</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C275" s="3">
-        <v>257.7</v>
+        <v>262.08</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F275" s="3">
-        <v>0</v>
+        <v>364</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
         <v>200</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C276" s="3">
-        <v>257.7</v>
+        <v>262.08</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F276" s="3">
-        <v>803</v>
+        <v>439</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="C277" s="3">
-        <v>278.32</v>
+        <v>528.48</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F277" s="3">
-        <v>642</v>
+        <v>349</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="C278" s="3">
-        <v>390.88</v>
+        <v>613.16</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F278" s="3">
-        <v>164</v>
+        <v>276</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C279" s="3">
-        <v>409.65</v>
+        <v>613.16</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F279" s="3">
-        <v>368</v>
+        <v>459</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="C280" s="3">
-        <v>257.7</v>
+        <v>613.16</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F280" s="3">
-        <v>722</v>
+        <v>416</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C281" s="3">
-        <v>409.65</v>
+        <v>137.56</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F281" s="3">
-        <v>414</v>
+        <v>213</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C282" s="3">
-        <v>409.65</v>
+        <v>173.6</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F282" s="3">
-        <v>631</v>
+        <v>586</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C283" s="3">
-        <v>519.65</v>
+        <v>262.08</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F283" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C284" s="3">
-        <v>602.91</v>
+        <v>613.16</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F284" s="3">
-        <v>482</v>
+        <v>1</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
         <v>100</v>
       </c>
       <c r="I284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C285" s="3">
-        <v>602.91</v>
+        <v>137.56</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F285" s="3">
-        <v>472</v>
+        <v>365</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C286" s="3">
-        <v>135.26</v>
+        <v>137.56</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F286" s="3">
-        <v>1</v>
+        <v>2443</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
         <v>400</v>
       </c>
       <c r="I286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C287" s="3">
-        <v>409.65</v>
+        <v>148.43</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F287" s="3">
-        <v>503</v>
+        <v>0</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C288" s="3">
-        <v>170.7</v>
+        <v>208.14</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F288" s="3">
-        <v>1469</v>
+        <v>360</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="C289" s="3">
-        <v>145.95</v>
+        <v>208.14</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F289" s="3">
-        <v>1544</v>
+        <v>6</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C290" s="3">
-        <v>602.91</v>
+        <v>243.53</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F290" s="3">
-        <v>188</v>
+        <v>961</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="C291" s="3">
-        <v>257.7</v>
+        <v>243.53</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F291" s="3">
-        <v>142</v>
+        <v>602</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>150</v>
+        <v>230</v>
       </c>
       <c r="I291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="C292" s="3">
-        <v>409.65</v>
+        <v>262.08</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F292" s="3">
-        <v>818</v>
+        <v>0</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C293" s="3">
-        <v>602.91</v>
+        <v>416.61</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F293" s="3">
-        <v>245</v>
+        <v>393</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
         <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="C294" s="3">
-        <v>204.66</v>
+        <v>416.61</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F294" s="3">
-        <v>671</v>
+        <v>327</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="B295" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="C295" s="3">
+        <v>262.08</v>
+      </c>
+      <c r="D295" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F295" s="3">
+        <v>308</v>
+      </c>
+      <c r="G295" s="3">
+        <v>1</v>
+      </c>
+      <c r="H295" s="3">
+        <v>200</v>
+      </c>
+      <c r="I295" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A296" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="B295" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B296" s="2"/>
+      <c r="C296" s="2"/>
+      <c r="D296" s="2"/>
+      <c r="E296" s="2"/>
+      <c r="F296" s="2"/>
+      <c r="G296" s="2"/>
+      <c r="H296" s="2"/>
+      <c r="I296" s="2"/>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="C297" s="3">
+        <v>231.19</v>
+      </c>
+      <c r="D297" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F297" s="3">
+        <v>402</v>
+      </c>
+      <c r="G297" s="3">
+        <v>1</v>
+      </c>
+      <c r="H297" s="3">
+        <v>400</v>
+      </c>
+      <c r="I297" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="B298" s="3" t="s">
         <v>547</v>
       </c>
-      <c r="B297" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I298" s="2"/>
+      <c r="C298" s="3">
+        <v>294.59</v>
+      </c>
+      <c r="D298" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F298" s="3">
+        <v>438</v>
+      </c>
+      <c r="G298" s="3">
+        <v>1</v>
+      </c>
+      <c r="H298" s="3">
+        <v>250</v>
+      </c>
+      <c r="I298" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C299" s="3">
-        <v>203.5</v>
+        <v>354.25</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F299" s="3">
-        <v>1639</v>
+        <v>46</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C300" s="3">
-        <v>227.33</v>
+        <v>421.37</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F300" s="3">
-        <v>1252</v>
+        <v>131</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C301" s="3">
-        <v>289.67</v>
+        <v>557.49</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F301" s="3">
-        <v>0</v>
+        <v>374</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="C302" s="3">
-        <v>414.33</v>
+        <v>809.2</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F302" s="3">
-        <v>262</v>
+        <v>427</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="B303" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C303" s="3">
+        <v>206.96</v>
+      </c>
+      <c r="D303" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F303" s="3">
+        <v>1394</v>
+      </c>
+      <c r="G303" s="3">
+        <v>1</v>
+      </c>
+      <c r="H303" s="3">
+        <v>500</v>
+      </c>
+      <c r="I303" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A304" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="B303" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B304" s="2"/>
+      <c r="C304" s="2"/>
+      <c r="D304" s="2"/>
+      <c r="E304" s="2"/>
+      <c r="F304" s="2"/>
+      <c r="G304" s="2"/>
+      <c r="H304" s="2"/>
+      <c r="I304" s="2"/>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="B305" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="C305" s="3">
+        <v>147.93</v>
+      </c>
+      <c r="D305" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F305" s="3">
+        <v>1873</v>
+      </c>
+      <c r="G305" s="3">
+        <v>1</v>
+      </c>
+      <c r="H305" s="3">
+        <v>400</v>
+      </c>
+      <c r="I305" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A306" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="B306" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B305" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I306" s="2"/>
+      <c r="C306" s="3">
+        <v>202.63</v>
+      </c>
+      <c r="D306" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F306" s="3">
+        <v>474</v>
+      </c>
+      <c r="G306" s="3">
+        <v>1</v>
+      </c>
+      <c r="H306" s="3">
+        <v>300</v>
+      </c>
+      <c r="I306" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="C307" s="3">
-        <v>199.24</v>
+        <v>202.63</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F307" s="3">
-        <v>293</v>
+        <v>729</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
         <v>300</v>
       </c>
       <c r="I307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="C308" s="3">
-        <v>199.24</v>
+        <v>202.63</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F308" s="3">
-        <v>3239</v>
+        <v>3262</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
         <v>300</v>
       </c>
       <c r="I308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="C309" s="3">
-        <v>199.24</v>
+        <v>164.73</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F309" s="3">
-        <v>744</v>
+        <v>1014</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="C310" s="3">
-        <v>199.24</v>
+        <v>233.95</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F310" s="3">
-        <v>840</v>
+        <v>1188</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>300</v>
       </c>
       <c r="I310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="C311" s="3">
-        <v>161.98</v>
+        <v>233.95</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F311" s="3">
-        <v>0</v>
+        <v>581</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
         <v>300</v>
       </c>
       <c r="I311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="C312" s="3">
-        <v>230.04</v>
+        <v>233.95</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F312" s="3">
-        <v>1056</v>
+        <v>115</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
         <v>300</v>
       </c>
       <c r="I312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C313" s="3">
-        <v>230.04</v>
+        <v>235.87</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F313" s="3">
-        <v>333</v>
+        <v>2581</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C314" s="3">
-        <v>230.04</v>
+        <v>294.75</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F314" s="3">
-        <v>629</v>
+        <v>441</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C315" s="3">
-        <v>230.04</v>
+        <v>294.75</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F315" s="3">
-        <v>521</v>
+        <v>1375</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C316" s="3">
-        <v>289.82</v>
+        <v>286.86</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F316" s="3">
-        <v>52</v>
+        <v>571</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C317" s="3">
-        <v>289.82</v>
+        <v>370.26</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F317" s="3">
-        <v>154</v>
+        <v>707</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C318" s="3">
-        <v>289.82</v>
+        <v>370.26</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F318" s="3">
-        <v>1900</v>
+        <v>630</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C319" s="3">
-        <v>282.06</v>
+        <v>286.86</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F319" s="3">
-        <v>113</v>
+        <v>827</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
         <v>200</v>
       </c>
       <c r="I319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C320" s="3">
-        <v>364.07</v>
+        <v>370.26</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F320" s="3">
-        <v>564</v>
+        <v>737</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
         <v>200</v>
       </c>
       <c r="I320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="C321" s="3">
-        <v>364.07</v>
+        <v>438.43</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F321" s="3">
-        <v>698</v>
+        <v>729</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
         <v>200</v>
       </c>
       <c r="I321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="C322" s="3">
-        <v>282.06</v>
+        <v>310.76</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F322" s="3">
-        <v>846</v>
+        <v>422</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
         <v>200</v>
       </c>
       <c r="I322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="C323" s="3">
-        <v>364.07</v>
+        <v>438.43</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F323" s="3">
-        <v>710</v>
+        <v>369</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C324" s="3">
-        <v>431.1</v>
+        <v>578.43</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F324" s="3">
-        <v>704</v>
+        <v>283</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="C325" s="3">
-        <v>431.1</v>
+        <v>578.43</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F325" s="3">
-        <v>744</v>
+        <v>319</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="C326" s="3">
-        <v>305.57</v>
+        <v>858.44</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F326" s="3">
-        <v>429</v>
+        <v>664</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C327" s="3">
-        <v>431.1</v>
+        <v>858.44</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F327" s="3">
-        <v>925</v>
+        <v>322</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C328" s="3">
-        <v>396.02</v>
+        <v>858.44</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F328" s="3">
-        <v>409</v>
+        <v>396</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C329" s="3">
-        <v>568.76</v>
+        <v>858.44</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F329" s="3">
-        <v>0</v>
+        <v>356</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="I329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="C330" s="3">
-        <v>568.76</v>
+        <v>202.63</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F330" s="3">
-        <v>329</v>
+        <v>812</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="C331" s="3">
-        <v>568.76</v>
+        <v>233.95</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F331" s="3">
-        <v>367</v>
+        <v>457</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C332" s="3">
-        <v>568.76</v>
+        <v>254.75</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F332" s="3">
-        <v>325</v>
+        <v>1470</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="C333" s="3">
-        <v>661.25</v>
+        <v>402.75</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F333" s="3">
-        <v>560</v>
+        <v>150</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="C334" s="3">
-        <v>844.09</v>
+        <v>858.44</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F334" s="3">
-        <v>349</v>
+        <v>307</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
         <v>80</v>
       </c>
       <c r="I334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C335" s="3">
-        <v>844.09</v>
+        <v>202.63</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F335" s="3">
-        <v>311</v>
+        <v>3239</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="C336" s="3">
-        <v>844.09</v>
+        <v>233.95</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F336" s="3">
-        <v>401</v>
+        <v>593</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C337" s="3">
-        <v>250.49</v>
+        <v>335.62</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F337" s="3">
-        <v>1463</v>
+        <v>357</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="C338" s="3">
-        <v>199.24</v>
+        <v>578.43</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F338" s="3">
-        <v>3295</v>
+        <v>362</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C339" s="3">
-        <v>145.46</v>
+        <v>294.75</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F339" s="3">
-        <v>2635</v>
+        <v>2050</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="C340" s="3">
-        <v>230.04</v>
+        <v>294.75</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F340" s="3">
-        <v>621</v>
+        <v>402</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C341" s="3">
-        <v>231.93</v>
+        <v>438.43</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F341" s="3">
-        <v>3168</v>
+        <v>818</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C342" s="3">
-        <v>289.82</v>
+        <v>578.43</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F342" s="3">
-        <v>2051</v>
+        <v>293</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C343" s="3">
-        <v>431.1</v>
+        <v>438.43</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F343" s="3">
-        <v>374</v>
+        <v>492</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
         <v>150</v>
       </c>
       <c r="I343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C344" s="3">
-        <v>364.07</v>
+        <v>672.49</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F344" s="3">
-        <v>711</v>
+        <v>329</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C345" s="3">
-        <v>330.01</v>
+        <v>370.26</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F345" s="3">
-        <v>148</v>
+        <v>684</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
         <v>200</v>
       </c>
       <c r="I345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
+        <v>641</v>
+      </c>
+      <c r="B346" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="C346" s="3">
+        <v>578.43</v>
+      </c>
+      <c r="D346" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F346" s="3">
+        <v>191</v>
+      </c>
+      <c r="G346" s="3">
+        <v>1</v>
+      </c>
+      <c r="H346" s="3">
+        <v>120</v>
+      </c>
+      <c r="I346" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A347" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="B346" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B347" s="2"/>
+      <c r="C347" s="2"/>
+      <c r="D347" s="2"/>
+      <c r="E347" s="2"/>
+      <c r="F347" s="2"/>
+      <c r="G347" s="2"/>
+      <c r="H347" s="2"/>
+      <c r="I347" s="2"/>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="C348" s="3">
-        <v>844.09</v>
+        <v>827.82</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F348" s="3">
-        <v>664</v>
+        <v>157</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
         <v>80</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A349" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I349" s="2"/>
+      <c r="A349" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B349" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="C349" s="3">
+        <v>439.01</v>
+      </c>
+      <c r="D349" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F349" s="3">
+        <v>582</v>
+      </c>
+      <c r="G349" s="3">
+        <v>1</v>
+      </c>
+      <c r="H349" s="3">
+        <v>150</v>
+      </c>
+      <c r="I349" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C350" s="3">
-        <v>219.81</v>
+        <v>223.55</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F350" s="3">
-        <v>258</v>
+        <v>913</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="C351" s="3">
-        <v>236.93</v>
+        <v>322.01</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F351" s="3">
-        <v>0</v>
+        <v>951</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C352" s="3">
-        <v>431.67</v>
+        <v>240.96</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F352" s="3">
-        <v>192</v>
+        <v>520</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="I352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C353" s="3">
-        <v>650.52</v>
+        <v>661.58</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F353" s="3">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
         <v>100</v>
       </c>
       <c r="I353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B354" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="C354" s="3">
+        <v>391.81</v>
+      </c>
+      <c r="D354" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F354" s="3">
+        <v>0</v>
+      </c>
+      <c r="G354" s="3">
+        <v>1</v>
+      </c>
+      <c r="H354" s="3">
+        <v>170</v>
+      </c>
+      <c r="I354" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A355" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="B354" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B355" s="2"/>
+      <c r="C355" s="2"/>
+      <c r="D355" s="2"/>
+      <c r="E355" s="2"/>
+      <c r="F355" s="2"/>
+      <c r="G355" s="2"/>
+      <c r="H355" s="2"/>
+      <c r="I355" s="2"/>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="B356" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="C356" s="3">
+        <v>181.31</v>
+      </c>
+      <c r="D356" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F356" s="3">
+        <v>157</v>
+      </c>
+      <c r="G356" s="3">
+        <v>1</v>
+      </c>
+      <c r="H356" s="3">
+        <v>250</v>
+      </c>
+      <c r="I356" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A357" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B357" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="B356" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I357" s="2"/>
+      <c r="C357" s="3">
+        <v>232.96</v>
+      </c>
+      <c r="D357" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F357" s="3">
+        <v>5</v>
+      </c>
+      <c r="G357" s="3">
+        <v>1</v>
+      </c>
+      <c r="H357" s="3">
+        <v>200</v>
+      </c>
+      <c r="I357" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="C358" s="3">
-        <v>178.28</v>
+        <v>667.06</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F358" s="3">
-        <v>723</v>
+        <v>247</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="C359" s="3">
-        <v>229.07</v>
+        <v>745.38</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F359" s="3">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B360" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="C360" s="3">
+        <v>432.88</v>
+      </c>
+      <c r="D360" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F360" s="3">
+        <v>1728</v>
+      </c>
+      <c r="G360" s="3">
+        <v>1</v>
+      </c>
+      <c r="H360" s="3">
+        <v>150</v>
+      </c>
+      <c r="I360" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A361" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="B360" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B361" s="2"/>
+      <c r="C361" s="2"/>
+      <c r="D361" s="2"/>
+      <c r="E361" s="2"/>
+      <c r="F361" s="2"/>
+      <c r="G361" s="2"/>
+      <c r="H361" s="2"/>
+      <c r="I361" s="2"/>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="B362" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="C362" s="3">
+        <v>1340.76</v>
+      </c>
+      <c r="D362" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F362" s="3">
+        <v>64</v>
+      </c>
+      <c r="G362" s="3">
+        <v>1</v>
+      </c>
+      <c r="H362" s="3">
+        <v>50</v>
+      </c>
+      <c r="I362" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A363" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="B363" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="B362" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I363" s="2"/>
+      <c r="C363" s="3">
+        <v>2312.83</v>
+      </c>
+      <c r="D363" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F363" s="3">
+        <v>0</v>
+      </c>
+      <c r="G363" s="3">
+        <v>1</v>
+      </c>
+      <c r="H363" s="3">
+        <v>40</v>
+      </c>
+      <c r="I363" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C364" s="3">
-        <v>338.35</v>
+        <v>295.89</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F364" s="3">
-        <v>0</v>
+        <v>602</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C365" s="3">
-        <v>608.72</v>
+        <v>344.1</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F365" s="3">
-        <v>70</v>
+        <v>273</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="C366" s="3">
-        <v>1232.34</v>
+        <v>619.07</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F366" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="C367" s="3">
-        <v>1318.35</v>
+        <v>943.16</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F367" s="3">
-        <v>167</v>
+        <v>285</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="B368" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="C368" s="3">
+        <v>1253.29</v>
+      </c>
+      <c r="D368" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F368" s="3">
+        <v>1</v>
+      </c>
+      <c r="G368" s="3">
+        <v>1</v>
+      </c>
+      <c r="H368" s="3">
+        <v>100</v>
+      </c>
+      <c r="I368" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A369" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="B368" s="3" t="s">
+      <c r="B369" s="2"/>
+      <c r="C369" s="2"/>
+      <c r="D369" s="2"/>
+      <c r="E369" s="2"/>
+      <c r="F369" s="2"/>
+      <c r="G369" s="2"/>
+      <c r="H369" s="2"/>
+      <c r="I369" s="2"/>
+    </row>
+    <row r="370" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A370" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="C368" s="3">
-[...22 lines deleted...]
-      <c r="A369" s="3" t="s">
+      <c r="B370" s="2"/>
+      <c r="C370" s="2"/>
+      <c r="D370" s="2"/>
+      <c r="E370" s="2"/>
+      <c r="F370" s="2"/>
+      <c r="G370" s="2"/>
+      <c r="H370" s="2"/>
+      <c r="I370" s="2"/>
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A371" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="B369" s="3" t="s">
+      <c r="B371" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="C369" s="3">
-[...22 lines deleted...]
-      <c r="A370" s="3" t="s">
+      <c r="C371" s="3">
+        <v>709.33</v>
+      </c>
+      <c r="D371" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F371" s="3">
+        <v>2512</v>
+      </c>
+      <c r="G371" s="3">
+        <v>1</v>
+      </c>
+      <c r="H371" s="3">
+        <v>20</v>
+      </c>
+      <c r="I371" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A372" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="B370" s="3" t="s">
+      <c r="B372" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="C370" s="3">
-[...45 lines deleted...]
-      <c r="I372" s="2"/>
+      <c r="C372" s="3">
+        <v>1044.54</v>
+      </c>
+      <c r="D372" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F372" s="3">
+        <v>1306</v>
+      </c>
+      <c r="G372" s="3">
+        <v>1</v>
+      </c>
+      <c r="H372" s="3">
+        <v>20</v>
+      </c>
+      <c r="I372" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="C373" s="3">
-        <v>221.35</v>
+        <v>367.06</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F373" s="3">
-        <v>16205</v>
+        <v>4585</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="C374" s="3">
-        <v>103.07</v>
+        <v>104.82</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F374" s="3">
-        <v>28679</v>
+        <v>6024</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
         <v>220</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="C375" s="3">
-        <v>1027.08</v>
+        <v>329.94</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F375" s="3">
-        <v>1730</v>
+        <v>3510</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="C376" s="3">
-        <v>531.7</v>
+        <v>77.26</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F376" s="3">
-        <v>3068</v>
+        <v>27904</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="C377" s="3">
-        <v>75.97</v>
+        <v>540.74</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F377" s="3">
-        <v>59762</v>
+        <v>4439</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>300</v>
+        <v>60</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="C378" s="3">
-        <v>136.75</v>
+        <v>225.11</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F378" s="3">
-        <v>43623</v>
+        <v>7296</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="C379" s="3">
-        <v>697.47</v>
+        <v>139.07</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F379" s="3">
-        <v>2604</v>
+        <v>34011</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C380" s="3">
-        <v>360.92</v>
+        <v>85.76</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F380" s="3">
-        <v>8367</v>
+        <v>17784</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I380" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="C381" s="3">
-        <v>79.64</v>
+        <v>80.99</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F381" s="3">
-        <v>47975</v>
+        <v>42809</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
         <v>250</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A382" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A382" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="B382" s="2"/>
+      <c r="C382" s="2"/>
+      <c r="D382" s="2"/>
+      <c r="E382" s="2"/>
+      <c r="F382" s="2"/>
+      <c r="G382" s="2"/>
+      <c r="H382" s="2"/>
+      <c r="I382" s="2"/>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="C383" s="3">
-        <v>84.33</v>
+        <v>88.11</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F383" s="3">
-        <v>34077</v>
+        <v>9471</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
         <v>400</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A384" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I384" s="2"/>
+      <c r="A384" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="B384" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="C384" s="3">
+        <v>119.72</v>
+      </c>
+      <c r="D384" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F384" s="3">
+        <v>3278</v>
+      </c>
+      <c r="G384" s="3">
+        <v>1</v>
+      </c>
+      <c r="H384" s="3">
+        <v>300</v>
+      </c>
+      <c r="I384" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="C385" s="3">
-        <v>172.57</v>
+        <v>133.4</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F385" s="3">
-        <v>10645</v>
+        <v>1917</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="C386" s="3">
-        <v>207.49</v>
+        <v>175.5</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F386" s="3">
-        <v>5244</v>
+        <v>4526</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="C387" s="3">
-        <v>117.72</v>
+        <v>211.02</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F387" s="3">
-        <v>3952</v>
+        <v>5912</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="B388" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="C388" s="3">
+        <v>337.35</v>
+      </c>
+      <c r="D388" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F388" s="3">
+        <v>508</v>
+      </c>
+      <c r="G388" s="3">
+        <v>1</v>
+      </c>
+      <c r="H388" s="3">
+        <v>100</v>
+      </c>
+      <c r="I388" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A389" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="B388" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B389" s="2"/>
+      <c r="C389" s="2"/>
+      <c r="D389" s="2"/>
+      <c r="E389" s="2"/>
+      <c r="F389" s="2"/>
+      <c r="G389" s="2"/>
+      <c r="H389" s="2"/>
+      <c r="I389" s="2"/>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="B390" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="C390" s="3">
+        <v>196.32</v>
+      </c>
+      <c r="D390" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F390" s="3">
+        <v>1693</v>
+      </c>
+      <c r="G390" s="3">
+        <v>1</v>
+      </c>
+      <c r="H390" s="3">
+        <v>150</v>
+      </c>
+      <c r="I390" s="3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A391" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B391" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="B390" s="3" t="s">
-[...17 lines deleted...]
-      <c r="H390" s="3">
+      <c r="C391" s="3">
+        <v>359.16</v>
+      </c>
+      <c r="D391" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F391" s="3">
+        <v>0</v>
+      </c>
+      <c r="G391" s="3">
+        <v>1</v>
+      </c>
+      <c r="H391" s="3">
         <v>100</v>
       </c>
-      <c r="I390" s="3">
-[...14 lines deleted...]
-      <c r="I391" s="2"/>
+      <c r="I391" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="C392" s="3">
-        <v>154.12</v>
+        <v>106.31</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F392" s="3">
-        <v>1374</v>
+        <v>1561</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I392" s="3">
-        <v>1</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="C393" s="3">
-        <v>124.63</v>
+        <v>126.75</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F393" s="3">
-        <v>1570</v>
+        <v>1</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
         <v>250</v>
       </c>
       <c r="I393" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>733</v>
+        <v>731</v>
       </c>
       <c r="C394" s="3">
-        <v>241.16</v>
+        <v>156.74</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F394" s="3">
-        <v>2560</v>
+        <v>1037</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I394" s="3">
-        <v>3</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="C395" s="3">
-        <v>353.16</v>
+        <v>245.26</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F395" s="3">
-        <v>19</v>
+        <v>2152</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
         <v>100</v>
       </c>
       <c r="I395" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A396" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A396" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="B396" s="2"/>
+      <c r="C396" s="2"/>
+      <c r="D396" s="2"/>
+      <c r="E396" s="2"/>
+      <c r="F396" s="2"/>
+      <c r="G396" s="2"/>
+      <c r="H396" s="2"/>
+      <c r="I396" s="2"/>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="B397" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="C397" s="3">
+        <v>217.12</v>
+      </c>
+      <c r="D397" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F397" s="3">
+        <v>715</v>
+      </c>
+      <c r="G397" s="3">
+        <v>1</v>
+      </c>
+      <c r="H397" s="3">
+        <v>250</v>
+      </c>
+      <c r="I397" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="B398" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="B397" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I398" s="2"/>
+      <c r="C398" s="3">
+        <v>181.51</v>
+      </c>
+      <c r="D398" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F398" s="3">
+        <v>732</v>
+      </c>
+      <c r="G398" s="3">
+        <v>1</v>
+      </c>
+      <c r="H398" s="3">
+        <v>400</v>
+      </c>
+      <c r="I398" s="3">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C399" s="3">
-        <v>327.32</v>
+        <v>332.88</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F399" s="3">
-        <v>1380</v>
+        <v>1099</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
         <v>150</v>
       </c>
       <c r="I399" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="C400" s="3">
-        <v>345.52</v>
+        <v>351.39</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F400" s="3">
-        <v>2578</v>
+        <v>1581</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
         <v>100</v>
       </c>
       <c r="I400" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="C401" s="3">
-        <v>557.87</v>
+        <v>567.35</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F401" s="3">
-        <v>1619</v>
+        <v>1488</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
         <v>100</v>
       </c>
       <c r="I401" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A402" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A402" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="B402" s="2"/>
+      <c r="C402" s="2"/>
+      <c r="D402" s="2"/>
+      <c r="E402" s="2"/>
+      <c r="F402" s="2"/>
+      <c r="G402" s="2"/>
+      <c r="H402" s="2"/>
+      <c r="I402" s="2"/>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A403" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A403" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="B403" s="2"/>
+      <c r="C403" s="2"/>
+      <c r="D403" s="2"/>
+      <c r="E403" s="2"/>
+      <c r="F403" s="2"/>
+      <c r="G403" s="2"/>
+      <c r="H403" s="2"/>
+      <c r="I403" s="2"/>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="B404" s="2"/>
       <c r="C404" s="2"/>
       <c r="D404" s="2"/>
       <c r="E404" s="2"/>
       <c r="F404" s="2"/>
       <c r="G404" s="2"/>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A405" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I405" s="2"/>
+      <c r="A405" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="B405" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="C405" s="3">
+        <v>27345.5</v>
+      </c>
+      <c r="D405" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F405" s="3">
+        <v>0</v>
+      </c>
+      <c r="G405" s="3">
+        <v>1</v>
+      </c>
+      <c r="H405" s="3">
+        <v>10</v>
+      </c>
+      <c r="I405" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A406" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I406" s="2"/>
+      <c r="A406" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="B406" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="C406" s="3">
+        <v>16401.18</v>
+      </c>
+      <c r="D406" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F406" s="3">
+        <v>11</v>
+      </c>
+      <c r="G406" s="3">
+        <v>1</v>
+      </c>
+      <c r="H406" s="3">
+        <v>1</v>
+      </c>
+      <c r="I406" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="C407" s="3">
-        <v>23380.1</v>
+        <v>16401.18</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F407" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I407" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C408" s="3">
-        <v>22678.6</v>
+        <v>25372.02</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F408" s="3">
         <v>0</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
         <v>10</v>
       </c>
       <c r="I408" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A409" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I409" s="2"/>
+      <c r="A409" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="B409" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="C409" s="3">
+        <v>16401.18</v>
+      </c>
+      <c r="D409" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F409" s="3">
+        <v>0</v>
+      </c>
+      <c r="G409" s="3">
+        <v>1</v>
+      </c>
+      <c r="H409" s="3">
+        <v>0</v>
+      </c>
+      <c r="I409" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="B410" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="B410" s="3" t="s">
+      <c r="C410" s="3">
+        <v>16401.18</v>
+      </c>
+      <c r="D410" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F410" s="3">
+        <v>0</v>
+      </c>
+      <c r="G410" s="3">
+        <v>1</v>
+      </c>
+      <c r="H410" s="3">
+        <v>0</v>
+      </c>
+      <c r="I410" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A411" s="2" t="s">
         <v>760</v>
       </c>
-      <c r="C410" s="3">
-[...14 lines deleted...]
-      <c r="H410" s="3">
+      <c r="B411" s="2"/>
+      <c r="C411" s="2"/>
+      <c r="D411" s="2"/>
+      <c r="E411" s="2"/>
+      <c r="F411" s="2"/>
+      <c r="G411" s="2"/>
+      <c r="H411" s="2"/>
+      <c r="I411" s="2"/>
+    </row>
+    <row r="412" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A412" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="C412" s="3">
+        <v>23065.56</v>
+      </c>
+      <c r="D412" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F412" s="3">
+        <v>0</v>
+      </c>
+      <c r="G412" s="3">
+        <v>1</v>
+      </c>
+      <c r="H412" s="3">
         <v>10</v>
       </c>
-      <c r="I410" s="3">
-[...43 lines deleted...]
-      <c r="I412" s="2"/>
+      <c r="I412" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="B413" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="B413" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C413" s="3">
-        <v>24947.91</v>
+        <v>14805.57</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F413" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I413" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="B414" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B414" s="3" t="s">
+      <c r="C414" s="3">
+        <v>14805.57</v>
+      </c>
+      <c r="D414" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F414" s="3">
+        <v>17</v>
+      </c>
+      <c r="G414" s="3">
+        <v>1</v>
+      </c>
+      <c r="H414" s="3">
+        <v>1</v>
+      </c>
+      <c r="I414" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="C414" s="3">
-[...14 lines deleted...]
-      <c r="H414" s="3">
+      <c r="B415" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="C415" s="3">
+        <v>22975.05</v>
+      </c>
+      <c r="D415" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F415" s="3">
+        <v>0</v>
+      </c>
+      <c r="G415" s="3">
+        <v>1</v>
+      </c>
+      <c r="H415" s="3">
         <v>10</v>
       </c>
-      <c r="I414" s="3">
-[...14 lines deleted...]
-      <c r="I415" s="2"/>
+      <c r="I415" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C416" s="3">
-        <v>22680</v>
+        <v>14805.57</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F416" s="3">
         <v>0</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I416" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A417" s="3" t="s">
+      <c r="A417" s="2" t="s">
         <v>771</v>
       </c>
-      <c r="B417" s="3" t="s">
+      <c r="B417" s="2"/>
+      <c r="C417" s="2"/>
+      <c r="D417" s="2"/>
+      <c r="E417" s="2"/>
+      <c r="F417" s="2"/>
+      <c r="G417" s="2"/>
+      <c r="H417" s="2"/>
+      <c r="I417" s="2"/>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A418" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="C417" s="3">
-[...22 lines deleted...]
-      <c r="A418" s="2" t="s">
+      <c r="B418" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="B418" s="2"/>
-[...6 lines deleted...]
-      <c r="I418" s="2"/>
+      <c r="C418" s="3">
+        <v>28383.96</v>
+      </c>
+      <c r="D418" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F418" s="3">
+        <v>0</v>
+      </c>
+      <c r="G418" s="3">
+        <v>1</v>
+      </c>
+      <c r="H418" s="3">
+        <v>1</v>
+      </c>
+      <c r="I418" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>774</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>775</v>
       </c>
       <c r="C419" s="3">
-        <v>27909.5</v>
+        <v>28383.96</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F419" s="3">
         <v>0</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
         <v>1</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>776</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>777</v>
       </c>
       <c r="C420" s="3">
-        <v>27909.5</v>
+        <v>18344.14</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F420" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
         <v>1</v>
       </c>
       <c r="I420" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A421" s="2" t="s">
+      <c r="A421" s="3" t="s">
         <v>778</v>
       </c>
-      <c r="B421" s="2"/>
-[...6 lines deleted...]
-      <c r="I421" s="2"/>
+      <c r="B421" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="C421" s="3">
+        <v>18344.14</v>
+      </c>
+      <c r="D421" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F421" s="3">
+        <v>0</v>
+      </c>
+      <c r="G421" s="3">
+        <v>1</v>
+      </c>
+      <c r="H421" s="3">
+        <v>0</v>
+      </c>
+      <c r="I421" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C422" s="3">
-        <v>29400</v>
+        <v>18344.14</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F422" s="3">
         <v>0</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I422" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C423" s="3">
-        <v>28000.1</v>
+        <v>18344.14</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F423" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
         <v>1</v>
       </c>
       <c r="I423" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B424" s="2"/>
       <c r="C424" s="2"/>
       <c r="D424" s="2"/>
       <c r="E424" s="2"/>
       <c r="F424" s="2"/>
       <c r="G424" s="2"/>
       <c r="H424" s="2"/>
       <c r="I424" s="2"/>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C425" s="3">
-        <v>33600</v>
+        <v>28476.1</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F425" s="3">
         <v>0</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
         <v>1</v>
       </c>
       <c r="I425" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C426" s="3">
-        <v>32591.9</v>
+        <v>29899.8</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F426" s="3">
         <v>0</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
         <v>1</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="2" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B427" s="2"/>
       <c r="C427" s="2"/>
       <c r="D427" s="2"/>
       <c r="E427" s="2"/>
       <c r="F427" s="2"/>
       <c r="G427" s="2"/>
       <c r="H427" s="2"/>
       <c r="I427" s="2"/>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C428" s="3">
-        <v>28518.5</v>
+        <v>34171.2</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F428" s="3">
         <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
         <v>1</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C429" s="3">
-        <v>28518.5</v>
+        <v>33145.96</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F429" s="3">
         <v>0</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
         <v>1</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="2" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B430" s="2"/>
       <c r="C430" s="2"/>
       <c r="D430" s="2"/>
       <c r="E430" s="2"/>
       <c r="F430" s="2"/>
       <c r="G430" s="2"/>
       <c r="H430" s="2"/>
       <c r="I430" s="2"/>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C431" s="3">
-        <v>39479.9</v>
+        <v>29003.31</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F431" s="3">
         <v>0</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
         <v>1</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C432" s="3">
-        <v>35267.1</v>
+        <v>29003.31</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F432" s="3">
         <v>0</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
         <v>1</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A433" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B433" s="3" t="s">
+      <c r="A433" s="2" t="s">
         <v>799</v>
       </c>
-      <c r="C433" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B433" s="2"/>
+      <c r="C433" s="2"/>
+      <c r="D433" s="2"/>
+      <c r="E433" s="2"/>
+      <c r="F433" s="2"/>
+      <c r="G433" s="2"/>
+      <c r="H433" s="2"/>
+      <c r="I433" s="2"/>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
         <v>800</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>801</v>
       </c>
       <c r="C434" s="3">
-        <v>39240.9</v>
+        <v>39908</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F434" s="3">
         <v>0</v>
       </c>
       <c r="G434" s="3">
         <v>1</v>
       </c>
       <c r="H434" s="3">
         <v>1</v>
       </c>
       <c r="I434" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A435" s="2" t="s">
+      <c r="A435" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="B435" s="2"/>
-[...6 lines deleted...]
-      <c r="I435" s="2"/>
+      <c r="B435" s="3" t="s">
+        <v>803</v>
+      </c>
+      <c r="C435" s="3">
+        <v>40151.06</v>
+      </c>
+      <c r="D435" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F435" s="3">
+        <v>0</v>
+      </c>
+      <c r="G435" s="3">
+        <v>1</v>
+      </c>
+      <c r="H435" s="3">
+        <v>1</v>
+      </c>
+      <c r="I435" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A436" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I436" s="2"/>
+      <c r="A436" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="B436" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="C436" s="3">
+        <v>35866.64</v>
+      </c>
+      <c r="D436" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F436" s="3">
+        <v>0</v>
+      </c>
+      <c r="G436" s="3">
+        <v>1</v>
+      </c>
+      <c r="H436" s="3">
+        <v>1</v>
+      </c>
+      <c r="I436" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C437" s="3">
-        <v>62053.31</v>
+        <v>38946.63</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F437" s="3">
         <v>0</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
         <v>1</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A438" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A438" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="B438" s="2"/>
+      <c r="C438" s="2"/>
+      <c r="D438" s="2"/>
+      <c r="E438" s="2"/>
+      <c r="F438" s="2"/>
+      <c r="G438" s="2"/>
+      <c r="H438" s="2"/>
+      <c r="I438" s="2"/>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A439" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I439" s="2"/>
+      <c r="A439" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="B439" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="C439" s="3">
+        <v>23064.14</v>
+      </c>
+      <c r="D439" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F439" s="3">
+        <v>0</v>
+      </c>
+      <c r="G439" s="3">
+        <v>1</v>
+      </c>
+      <c r="H439" s="3">
+        <v>10</v>
+      </c>
+      <c r="I439" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C440" s="3">
-        <v>77291.2</v>
+        <v>13101.4</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F440" s="3">
         <v>0</v>
       </c>
       <c r="G440" s="3">
         <v>1</v>
       </c>
       <c r="H440" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I440" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B441" s="3" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C441" s="3">
-        <v>75039.9</v>
+        <v>13101.4</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F441" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
         <v>1</v>
       </c>
       <c r="I441" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A442" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I442" s="2"/>
+      <c r="A442" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="B442" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="C442" s="3">
+        <v>14577.62</v>
+      </c>
+      <c r="D442" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F442" s="3">
+        <v>0</v>
+      </c>
+      <c r="G442" s="3">
+        <v>1</v>
+      </c>
+      <c r="H442" s="3">
+        <v>1</v>
+      </c>
+      <c r="I442" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="B443" s="3" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="C443" s="3">
-        <v>81199.9</v>
+        <v>23777.56</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F443" s="3">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A444" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I444" s="2"/>
+      <c r="A444" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="B444" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C444" s="3">
+        <v>14577.62</v>
+      </c>
+      <c r="D444" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F444" s="3">
+        <v>0</v>
+      </c>
+      <c r="G444" s="3">
+        <v>1</v>
+      </c>
+      <c r="H444" s="3">
+        <v>0</v>
+      </c>
+      <c r="I444" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A445" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A445" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="B445" s="2"/>
+      <c r="C445" s="2"/>
+      <c r="D445" s="2"/>
+      <c r="E445" s="2"/>
+      <c r="F445" s="2"/>
+      <c r="G445" s="2"/>
+      <c r="H445" s="2"/>
+      <c r="I445" s="2"/>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C446" s="3">
-        <v>84000</v>
+        <v>19823.77</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F446" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A447" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I447" s="2"/>
+      <c r="A447" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="B447" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="C447" s="3">
+        <v>19823.77</v>
+      </c>
+      <c r="D447" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F447" s="3">
+        <v>0</v>
+      </c>
+      <c r="G447" s="3">
+        <v>1</v>
+      </c>
+      <c r="H447" s="3">
+        <v>10</v>
+      </c>
+      <c r="I447" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A448" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A448" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="B448" s="2"/>
+      <c r="C448" s="2"/>
+      <c r="D448" s="2"/>
+      <c r="E448" s="2"/>
+      <c r="F448" s="2"/>
+      <c r="G448" s="2"/>
+      <c r="H448" s="2"/>
+      <c r="I448" s="2"/>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A449" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A449" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="B449" s="2"/>
+      <c r="C449" s="2"/>
+      <c r="D449" s="2"/>
+      <c r="E449" s="2"/>
+      <c r="F449" s="2"/>
+      <c r="G449" s="2"/>
+      <c r="H449" s="2"/>
+      <c r="I449" s="2"/>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A450" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I450" s="2"/>
+      <c r="A450" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="B450" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="C450" s="3">
+        <v>127780.97</v>
+      </c>
+      <c r="D450" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F450" s="3">
+        <v>0</v>
+      </c>
+      <c r="G450" s="3">
+        <v>1</v>
+      </c>
+      <c r="H450" s="3">
+        <v>1</v>
+      </c>
+      <c r="I450" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C451" s="3">
-        <v>100800</v>
+        <v>109917.36</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F451" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
         <v>1</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A452" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I452" s="2"/>
+      <c r="A452" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="B452" s="3" t="s">
+        <v>833</v>
+      </c>
+      <c r="C452" s="3">
+        <v>68481.16</v>
+      </c>
+      <c r="D452" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F452" s="3">
+        <v>0</v>
+      </c>
+      <c r="G452" s="3">
+        <v>1</v>
+      </c>
+      <c r="H452" s="3">
+        <v>1</v>
+      </c>
+      <c r="I452" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C453" s="3">
-        <v>99497.9</v>
+        <v>68481.16</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F453" s="3">
         <v>0</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
         <v>1</v>
       </c>
       <c r="I453" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="C454" s="3">
-        <v>110862</v>
+        <v>68481.16</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F454" s="3">
         <v>0</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
         <v>1</v>
       </c>
       <c r="I454" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C455" s="3">
-        <v>96600.1</v>
+        <v>67612.8</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F455" s="3">
         <v>0</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
         <v>1</v>
       </c>
       <c r="I455" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A456" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I456" s="2"/>
+      <c r="A456" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="B456" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="C456" s="3">
+        <v>68481.16</v>
+      </c>
+      <c r="D456" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F456" s="3">
+        <v>0</v>
+      </c>
+      <c r="G456" s="3">
+        <v>1</v>
+      </c>
+      <c r="H456" s="3">
+        <v>1</v>
+      </c>
+      <c r="I456" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="C457" s="3">
-        <v>108080</v>
+        <v>112116.11</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F457" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
         <v>1</v>
       </c>
       <c r="I457" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A458" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A458" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="B458" s="2"/>
+      <c r="C458" s="2"/>
+      <c r="D458" s="2"/>
+      <c r="E458" s="2"/>
+      <c r="F458" s="2"/>
+      <c r="G458" s="2"/>
+      <c r="H458" s="2"/>
+      <c r="I458" s="2"/>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C459" s="3">
-        <v>125645</v>
+        <v>120452.46</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F459" s="3">
         <v>0</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
         <v>1</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A460" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I460" s="2"/>
+      <c r="A460" s="3" t="s">
+        <v>847</v>
+      </c>
+      <c r="B460" s="3" t="s">
+        <v>848</v>
+      </c>
+      <c r="C460" s="3">
+        <v>124067.9</v>
+      </c>
+      <c r="D460" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F460" s="3">
+        <v>0</v>
+      </c>
+      <c r="G460" s="3">
+        <v>1</v>
+      </c>
+      <c r="H460" s="3">
+        <v>1</v>
+      </c>
+      <c r="I460" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="C461" s="3">
-        <v>118439</v>
+        <v>154488.4</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F461" s="3">
         <v>0</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
         <v>1</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A462" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A462" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="B462" s="2"/>
+      <c r="C462" s="2"/>
+      <c r="D462" s="2"/>
+      <c r="E462" s="2"/>
+      <c r="F462" s="2"/>
+      <c r="G462" s="2"/>
+      <c r="H462" s="2"/>
+      <c r="I462" s="2"/>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C463" s="3">
-        <v>151906</v>
+        <v>159343.56</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F463" s="3">
         <v>0</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
         <v>1</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A464" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I464" s="2"/>
+      <c r="A464" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="B464" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="C464" s="3">
+        <v>132208.98</v>
+      </c>
+      <c r="D464" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F464" s="3">
+        <v>0</v>
+      </c>
+      <c r="G464" s="3">
+        <v>1</v>
+      </c>
+      <c r="H464" s="3">
+        <v>1</v>
+      </c>
+      <c r="I464" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="C465" s="3">
-        <v>156680</v>
+        <v>81289.49</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F465" s="3">
         <v>0</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
         <v>1</v>
       </c>
       <c r="I465" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="C466" s="3">
-        <v>132596</v>
+        <v>134850.13</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F466" s="3">
         <v>0</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
         <v>1</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="C467" s="3">
-        <v>146079</v>
+        <v>81289.49</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F467" s="3">
         <v>0</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
         <v>1</v>
       </c>
       <c r="I467" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C468" s="3">
-        <v>129999</v>
+        <v>148562.34</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F468" s="3">
         <v>0</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
         <v>1</v>
       </c>
       <c r="I468" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="2" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="B469" s="2"/>
       <c r="C469" s="2"/>
       <c r="D469" s="2"/>
       <c r="E469" s="2"/>
       <c r="F469" s="2"/>
       <c r="G469" s="2"/>
       <c r="H469" s="2"/>
       <c r="I469" s="2"/>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="C470" s="3">
-        <v>168441</v>
+        <v>171304.5</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F470" s="3">
         <v>0</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
         <v>1</v>
       </c>
       <c r="I470" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C471" s="3">
-        <v>145600</v>
+        <v>148562.34</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F471" s="3">
         <v>0</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I471" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="C472" s="3">
-        <v>146079</v>
+        <v>148075.2</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F472" s="3">
         <v>0</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I472" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="2" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="B473" s="2"/>
       <c r="C473" s="2"/>
       <c r="D473" s="2"/>
       <c r="E473" s="2"/>
       <c r="F473" s="2"/>
       <c r="G473" s="2"/>
       <c r="H473" s="2"/>
       <c r="I473" s="2"/>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="B474" s="3" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C474" s="3">
-        <v>103600</v>
+        <v>105361.2</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F474" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
         <v>1</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="B475" s="2"/>
       <c r="C475" s="2"/>
       <c r="D475" s="2"/>
       <c r="E475" s="2"/>
       <c r="F475" s="2"/>
       <c r="G475" s="2"/>
       <c r="H475" s="2"/>
       <c r="I475" s="2"/>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="C476" s="3">
-        <v>114801</v>
+        <v>116752.62</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F476" s="3">
         <v>0</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
         <v>1</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="2" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B477" s="2"/>
       <c r="C477" s="2"/>
       <c r="D477" s="2"/>
       <c r="E477" s="2"/>
       <c r="F477" s="2"/>
       <c r="G477" s="2"/>
       <c r="H477" s="2"/>
       <c r="I477" s="2"/>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="C478" s="3">
-        <v>124012</v>
+        <v>121544.72</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F478" s="3">
         <v>0</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
         <v>1</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="C479" s="3">
-        <v>119513</v>
+        <v>126120.2</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F479" s="3">
         <v>0</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
         <v>1</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="2" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="B480" s="2"/>
       <c r="C480" s="2"/>
       <c r="D480" s="2"/>
       <c r="E480" s="2"/>
       <c r="F480" s="2"/>
       <c r="G480" s="2"/>
       <c r="H480" s="2"/>
       <c r="I480" s="2"/>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="C481" s="3">
-        <v>143751</v>
+        <v>146194.77</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F481" s="3">
         <v>0</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
         <v>1</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="2" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="B482" s="2"/>
       <c r="C482" s="2"/>
       <c r="D482" s="2"/>
       <c r="E482" s="2"/>
       <c r="F482" s="2"/>
       <c r="G482" s="2"/>
       <c r="H482" s="2"/>
       <c r="I482" s="2"/>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="C483" s="3">
-        <v>156747</v>
+        <v>156285.44</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F483" s="3">
         <v>0</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
         <v>1</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C484" s="3">
-        <v>153673</v>
+        <v>159411.7</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F484" s="3">
         <v>0</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
         <v>1</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="2" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="B485" s="2"/>
       <c r="C485" s="2"/>
       <c r="D485" s="2"/>
       <c r="E485" s="2"/>
       <c r="F485" s="2"/>
       <c r="G485" s="2"/>
       <c r="H485" s="2"/>
       <c r="I485" s="2"/>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A486" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I486" s="2"/>
+      <c r="A486" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="B486" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="C486" s="3">
+        <v>65494.8</v>
+      </c>
+      <c r="D486" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F486" s="3">
+        <v>0</v>
+      </c>
+      <c r="G486" s="3">
+        <v>1</v>
+      </c>
+      <c r="H486" s="3">
+        <v>1</v>
+      </c>
+      <c r="I486" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="C487" s="3">
-        <v>15026.4</v>
+        <v>63108.22</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F487" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I487" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="2" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="B488" s="2"/>
       <c r="C488" s="2"/>
       <c r="D488" s="2"/>
       <c r="E488" s="2"/>
       <c r="F488" s="2"/>
       <c r="G488" s="2"/>
       <c r="H488" s="2"/>
       <c r="I488" s="2"/>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="C489" s="3">
-        <v>16900</v>
+        <v>78605.15</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F489" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I489" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A490" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I490" s="2"/>
+      <c r="A490" s="3" t="s">
+        <v>898</v>
+      </c>
+      <c r="B490" s="3" t="s">
+        <v>899</v>
+      </c>
+      <c r="C490" s="3">
+        <v>76315.58</v>
+      </c>
+      <c r="D490" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F490" s="3">
+        <v>0</v>
+      </c>
+      <c r="G490" s="3">
+        <v>1</v>
+      </c>
+      <c r="H490" s="3">
+        <v>1</v>
+      </c>
+      <c r="I490" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A491" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A491" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="B491" s="2"/>
+      <c r="C491" s="2"/>
+      <c r="D491" s="2"/>
+      <c r="E491" s="2"/>
+      <c r="F491" s="2"/>
+      <c r="G491" s="2"/>
+      <c r="H491" s="2"/>
+      <c r="I491" s="2"/>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A492" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I492" s="2"/>
+      <c r="A492" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="B492" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="C492" s="3">
+        <v>82580.3</v>
+      </c>
+      <c r="D492" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F492" s="3">
+        <v>1</v>
+      </c>
+      <c r="G492" s="3">
+        <v>1</v>
+      </c>
+      <c r="H492" s="3">
+        <v>1</v>
+      </c>
+      <c r="I492" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A493" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A493" s="2" t="s">
+        <v>903</v>
+      </c>
+      <c r="B493" s="2"/>
+      <c r="C493" s="2"/>
+      <c r="D493" s="2"/>
+      <c r="E493" s="2"/>
+      <c r="F493" s="2"/>
+      <c r="G493" s="2"/>
+      <c r="H493" s="2"/>
+      <c r="I493" s="2"/>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A494" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I494" s="2"/>
+      <c r="A494" s="3" t="s">
+        <v>904</v>
+      </c>
+      <c r="B494" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="C494" s="3">
+        <v>87990.84</v>
+      </c>
+      <c r="D494" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F494" s="3">
+        <v>0</v>
+      </c>
+      <c r="G494" s="3">
+        <v>1</v>
+      </c>
+      <c r="H494" s="3">
+        <v>1</v>
+      </c>
+      <c r="I494" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="C495" s="3">
-        <v>16900</v>
+        <v>51331.02</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F495" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I495" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A496" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I496" s="2"/>
+      <c r="A496" s="3" t="s">
+        <v>908</v>
+      </c>
+      <c r="B496" s="3" t="s">
+        <v>909</v>
+      </c>
+      <c r="C496" s="3">
+        <v>51331.02</v>
+      </c>
+      <c r="D496" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F496" s="3">
+        <v>0</v>
+      </c>
+      <c r="G496" s="3">
+        <v>1</v>
+      </c>
+      <c r="H496" s="3">
+        <v>1</v>
+      </c>
+      <c r="I496" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A497" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I497" s="2"/>
+      <c r="A497" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B497" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="C497" s="3">
+        <v>85428</v>
+      </c>
+      <c r="D497" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F497" s="3">
+        <v>0</v>
+      </c>
+      <c r="G497" s="3">
+        <v>1</v>
+      </c>
+      <c r="H497" s="3">
+        <v>1</v>
+      </c>
+      <c r="I497" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A498" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A498" s="2" t="s">
+        <v>912</v>
+      </c>
+      <c r="B498" s="2"/>
+      <c r="C498" s="2"/>
+      <c r="D498" s="2"/>
+      <c r="E498" s="2"/>
+      <c r="F498" s="2"/>
+      <c r="G498" s="2"/>
+      <c r="H498" s="2"/>
+      <c r="I498" s="2"/>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A499" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I499" s="2"/>
+      <c r="A499" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="B499" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="C499" s="3">
+        <v>93970.9</v>
+      </c>
+      <c r="D499" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F499" s="3">
+        <v>0</v>
+      </c>
+      <c r="G499" s="3">
+        <v>1</v>
+      </c>
+      <c r="H499" s="3">
+        <v>1</v>
+      </c>
+      <c r="I499" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="C500" s="3">
-        <v>52781.4</v>
+        <v>96789.92</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F500" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
         <v>1</v>
       </c>
       <c r="I500" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="2" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="B501" s="2"/>
       <c r="C501" s="2"/>
       <c r="D501" s="2"/>
       <c r="E501" s="2"/>
       <c r="F501" s="2"/>
       <c r="G501" s="2"/>
       <c r="H501" s="2"/>
       <c r="I501" s="2"/>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="C502" s="3">
-        <v>68687</v>
+        <v>102513.6</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F502" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
         <v>1</v>
       </c>
       <c r="I502" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="2" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="B503" s="2"/>
       <c r="C503" s="2"/>
       <c r="D503" s="2"/>
       <c r="E503" s="2"/>
       <c r="F503" s="2"/>
       <c r="G503" s="2"/>
       <c r="H503" s="2"/>
       <c r="I503" s="2"/>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="B504" s="3" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="C504" s="3">
-        <v>59585.4</v>
+        <v>98242.3</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F504" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
         <v>1</v>
       </c>
       <c r="I504" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A505" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I505" s="2"/>
+      <c r="A505" s="3" t="s">
+        <v>923</v>
+      </c>
+      <c r="B505" s="3" t="s">
+        <v>924</v>
+      </c>
+      <c r="C505" s="3">
+        <v>112746.65</v>
+      </c>
+      <c r="D505" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F505" s="3">
+        <v>0</v>
+      </c>
+      <c r="G505" s="3">
+        <v>1</v>
+      </c>
+      <c r="H505" s="3">
+        <v>1</v>
+      </c>
+      <c r="I505" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="C506" s="3">
-        <v>82698.5</v>
+        <v>101189.36</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F506" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
         <v>1</v>
       </c>
       <c r="I506" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="2" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="B507" s="2"/>
       <c r="C507" s="2"/>
       <c r="D507" s="2"/>
       <c r="E507" s="2"/>
       <c r="F507" s="2"/>
       <c r="G507" s="2"/>
       <c r="H507" s="2"/>
       <c r="I507" s="2"/>
     </row>
     <row r="508" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A508" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A508" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="B508" s="2"/>
+      <c r="C508" s="2"/>
+      <c r="D508" s="2"/>
+      <c r="E508" s="2"/>
+      <c r="F508" s="2"/>
+      <c r="G508" s="2"/>
+      <c r="H508" s="2"/>
+      <c r="I508" s="2"/>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A509" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I509" s="2"/>
+      <c r="A509" s="3" t="s">
+        <v>929</v>
+      </c>
+      <c r="B509" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="C509" s="3">
+        <v>45469.58</v>
+      </c>
+      <c r="D509" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F509" s="3">
+        <v>14</v>
+      </c>
+      <c r="G509" s="3">
+        <v>1</v>
+      </c>
+      <c r="H509" s="3">
+        <v>1</v>
+      </c>
+      <c r="I509" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="C510" s="3">
-        <v>78485.4</v>
+        <v>45469.58</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F510" s="3">
-        <v>39</v>
+        <v>0</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
         <v>1</v>
       </c>
       <c r="I510" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="C511" s="3">
-        <v>79493.4</v>
+        <v>41127.77</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F511" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
         <v>1</v>
       </c>
       <c r="I511" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A512" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I512" s="2"/>
+      <c r="A512" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="B512" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="C512" s="3">
+        <v>41127.77</v>
+      </c>
+      <c r="D512" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F512" s="3">
+        <v>0</v>
+      </c>
+      <c r="G512" s="3">
+        <v>1</v>
+      </c>
+      <c r="H512" s="3">
+        <v>1</v>
+      </c>
+      <c r="I512" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="C513" s="3">
-        <v>94361.4</v>
+        <v>37759.35</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F513" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
         <v>1</v>
       </c>
       <c r="I513" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="2" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="B514" s="2"/>
       <c r="C514" s="2"/>
       <c r="D514" s="2"/>
       <c r="E514" s="2"/>
       <c r="F514" s="2"/>
       <c r="G514" s="2"/>
       <c r="H514" s="2"/>
       <c r="I514" s="2"/>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="C515" s="3">
-        <v>29044.51</v>
+        <v>69854.68</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F515" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G515" s="3">
         <v>1</v>
       </c>
       <c r="H515" s="3">
         <v>1</v>
       </c>
       <c r="I515" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
-        <v>931</v>
+        <v>942</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
       <c r="C516" s="3">
-        <v>18510.9</v>
+        <v>67648.7</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F516" s="3">
         <v>0</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
         <v>1</v>
       </c>
       <c r="I516" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A517" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A517" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="B517" s="2"/>
+      <c r="C517" s="2"/>
+      <c r="D517" s="2"/>
+      <c r="E517" s="2"/>
+      <c r="F517" s="2"/>
+      <c r="G517" s="2"/>
+      <c r="H517" s="2"/>
+      <c r="I517" s="2"/>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A518" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I518" s="2"/>
+      <c r="A518" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="B518" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="C518" s="3">
+        <v>84104.37</v>
+      </c>
+      <c r="D518" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F518" s="3">
+        <v>0</v>
+      </c>
+      <c r="G518" s="3">
+        <v>1</v>
+      </c>
+      <c r="H518" s="3">
+        <v>1</v>
+      </c>
+      <c r="I518" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="C519" s="3">
-        <v>3634.88</v>
+        <v>84104.37</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F519" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
         <v>1</v>
       </c>
       <c r="I519" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A520" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A520" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="B520" s="2"/>
+      <c r="C520" s="2"/>
+      <c r="D520" s="2"/>
+      <c r="E520" s="2"/>
+      <c r="F520" s="2"/>
+      <c r="G520" s="2"/>
+      <c r="H520" s="2"/>
+      <c r="I520" s="2"/>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="C521" s="3">
-        <v>7361.59</v>
+        <v>63053.9</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F521" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
         <v>1</v>
       </c>
       <c r="I521" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="C522" s="3">
-        <v>3571.6</v>
+        <v>63053.9</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F522" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
         <v>1</v>
       </c>
       <c r="I522" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A523" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A523" s="2" t="s">
+        <v>954</v>
+      </c>
+      <c r="B523" s="2"/>
+      <c r="C523" s="2"/>
+      <c r="D523" s="2"/>
+      <c r="E523" s="2"/>
+      <c r="F523" s="2"/>
+      <c r="G523" s="2"/>
+      <c r="H523" s="2"/>
+      <c r="I523" s="2"/>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="C524" s="3">
-        <v>5814.93</v>
+        <v>18825.59</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F524" s="3">
         <v>0</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
         <v>1</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
       <c r="C525" s="3">
-        <v>4333.5</v>
+        <v>29538.27</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F525" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
         <v>1</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="C526" s="3">
-        <v>1963.61</v>
+        <v>24914.79</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F526" s="3">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
         <v>1</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A527" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A527" s="2" t="s">
+        <v>961</v>
+      </c>
+      <c r="B527" s="2"/>
+      <c r="C527" s="2"/>
+      <c r="D527" s="2"/>
+      <c r="E527" s="2"/>
+      <c r="F527" s="2"/>
+      <c r="G527" s="2"/>
+      <c r="H527" s="2"/>
+      <c r="I527" s="2"/>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A528" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I528" s="2"/>
+      <c r="A528" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="B528" s="3" t="s">
+        <v>963</v>
+      </c>
+      <c r="C528" s="3">
+        <v>5340.23</v>
+      </c>
+      <c r="D528" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F528" s="3">
+        <v>0</v>
+      </c>
+      <c r="G528" s="3">
+        <v>1</v>
+      </c>
+      <c r="H528" s="3">
+        <v>1</v>
+      </c>
+      <c r="I528" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>956</v>
+        <v>965</v>
       </c>
       <c r="C529" s="3">
-        <v>4771.79</v>
+        <v>1996.99</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F529" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
         <v>1</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
-        <v>957</v>
+        <v>966</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="C530" s="3">
-        <v>705.18</v>
+        <v>4407.17</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F530" s="3">
         <v>0</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
         <v>1</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
-        <v>959</v>
+        <v>968</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>960</v>
+        <v>969</v>
       </c>
       <c r="C531" s="3">
-        <v>761.08</v>
+        <v>3784.78</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F531" s="3">
         <v>0</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
         <v>1</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
-        <v>961</v>
+        <v>970</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>962</v>
+        <v>971</v>
       </c>
       <c r="C532" s="3">
-        <v>531.3</v>
+        <v>3632.32</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F532" s="3">
         <v>0</v>
       </c>
       <c r="G532" s="3">
         <v>1</v>
       </c>
       <c r="H532" s="3">
         <v>1</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
-        <v>963</v>
+        <v>972</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="C533" s="3">
-        <v>4594.8</v>
+        <v>7486.74</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F533" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G533" s="3">
         <v>1</v>
       </c>
       <c r="H533" s="3">
         <v>1</v>
       </c>
       <c r="I533" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>966</v>
+        <v>975</v>
       </c>
       <c r="C534" s="3">
-        <v>2740.98</v>
+        <v>2938.99</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F534" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
         <v>1</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
       <c r="C535" s="3">
-        <v>1275.12</v>
+        <v>5913.78</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F535" s="3">
         <v>0</v>
       </c>
       <c r="G535" s="3">
         <v>1</v>
       </c>
       <c r="H535" s="3">
         <v>1</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>970</v>
+        <v>979</v>
       </c>
       <c r="C536" s="3">
-        <v>2214.07</v>
+        <v>3696.67</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F536" s="3">
         <v>0</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
         <v>1</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A537" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A537" s="2" t="s">
+        <v>980</v>
+      </c>
+      <c r="B537" s="2"/>
+      <c r="C537" s="2"/>
+      <c r="D537" s="2"/>
+      <c r="E537" s="2"/>
+      <c r="F537" s="2"/>
+      <c r="G537" s="2"/>
+      <c r="H537" s="2"/>
+      <c r="I537" s="2"/>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="C538" s="3">
-        <v>6649.52</v>
+        <v>2787.58</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F538" s="3">
         <v>0</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
         <v>1</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="C539" s="3">
-        <v>1541.44</v>
+        <v>4852.91</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F539" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A540" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I540" s="2"/>
+      <c r="A540" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="B540" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="C540" s="3">
+        <v>4672.91</v>
+      </c>
+      <c r="D540" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F540" s="3">
+        <v>0</v>
+      </c>
+      <c r="G540" s="3">
+        <v>1</v>
+      </c>
+      <c r="H540" s="3">
+        <v>1</v>
+      </c>
+      <c r="I540" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
-        <v>978</v>
+        <v>987</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="C541" s="3">
-        <v>4077.91</v>
+        <v>6798</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F541" s="3">
         <v>0</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="C542" s="3">
-        <v>4862.18</v>
+        <v>6762.56</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F542" s="3">
         <v>0</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>983</v>
+        <v>992</v>
       </c>
       <c r="C543" s="3">
-        <v>3227.84</v>
+        <v>1296.8</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F543" s="3">
         <v>0</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
-        <v>984</v>
+        <v>993</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>985</v>
+        <v>994</v>
       </c>
       <c r="C544" s="3">
-        <v>5602.36</v>
+        <v>2251.71</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F544" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I544" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
-        <v>986</v>
+        <v>995</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="C545" s="3">
-        <v>4413.26</v>
+        <v>1567.64</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F545" s="3">
-        <v>934</v>
+        <v>13</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I545" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
       <c r="C546" s="3">
-        <v>4675.62</v>
+        <v>540.33</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F546" s="3">
-        <v>664</v>
+        <v>0</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I546" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
-        <v>990</v>
+        <v>999</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>991</v>
+        <v>1000</v>
       </c>
       <c r="C547" s="3">
-        <v>4438.61</v>
+        <v>774.02</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F547" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I547" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="C548" s="3">
-        <v>6043.24</v>
+        <v>717.17</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F548" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I548" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A549" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A549" s="2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B549" s="2"/>
+      <c r="C549" s="2"/>
+      <c r="D549" s="2"/>
+      <c r="E549" s="2"/>
+      <c r="F549" s="2"/>
+      <c r="G549" s="2"/>
+      <c r="H549" s="2"/>
+      <c r="I549" s="2"/>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="C550" s="3">
-        <v>4537.45</v>
+        <v>4147.23</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F550" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="I550" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
       <c r="C551" s="3">
-        <v>4625.48</v>
+        <v>4130.96</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F551" s="3">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="G551" s="3">
         <v>1</v>
       </c>
       <c r="H551" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="I551" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
       <c r="C552" s="3">
-        <v>4392.27</v>
+        <v>4246.13</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F552" s="3">
-        <v>634</v>
+        <v>926</v>
       </c>
       <c r="G552" s="3">
         <v>1</v>
       </c>
       <c r="H552" s="3">
         <v>25</v>
       </c>
       <c r="I552" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="C553" s="3">
-        <v>10418.52</v>
+        <v>4303.71</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F553" s="3">
-        <v>35</v>
+        <v>688</v>
       </c>
       <c r="G553" s="3">
         <v>1</v>
       </c>
       <c r="H553" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="I553" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="C554" s="3">
-        <v>3995.36</v>
+        <v>9694.86</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F554" s="3">
-        <v>542</v>
+        <v>29</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I554" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="C555" s="3">
-        <v>4625.48</v>
+        <v>9694.86</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F555" s="3">
-        <v>378</v>
+        <v>25</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I555" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="B556" s="3" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="C556" s="3">
-        <v>10418.52</v>
+        <v>5965.31</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F556" s="3">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="G556" s="3">
         <v>1</v>
       </c>
       <c r="H556" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I556" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="C557" s="3">
-        <v>4745.94</v>
+        <v>4221.44</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F557" s="3">
-        <v>216</v>
+        <v>24</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
         <v>25</v>
       </c>
       <c r="I557" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A558" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I558" s="2"/>
+      <c r="A558" s="3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B558" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C558" s="3">
+        <v>3718.03</v>
+      </c>
+      <c r="D558" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F558" s="3">
+        <v>547</v>
+      </c>
+      <c r="G558" s="3">
+        <v>1</v>
+      </c>
+      <c r="H558" s="3">
+        <v>25</v>
+      </c>
+      <c r="I558" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="C559" s="3">
-        <v>516.88</v>
+        <v>4303.71</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F559" s="3">
-        <v>1135</v>
+        <v>7</v>
       </c>
       <c r="G559" s="3">
         <v>1</v>
       </c>
       <c r="H559" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I559" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="3" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>1016</v>
+        <v>1025</v>
       </c>
       <c r="C560" s="3">
-        <v>530.68</v>
+        <v>4086.55</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F560" s="3">
-        <v>1061</v>
+        <v>656</v>
       </c>
       <c r="G560" s="3">
         <v>1</v>
       </c>
       <c r="H560" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I560" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="3" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="B561" s="3" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="C561" s="3">
-        <v>423.68</v>
+        <v>3282.71</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F561" s="3">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="G561" s="3">
         <v>1</v>
       </c>
       <c r="H561" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I561" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="3" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="B562" s="3" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="C562" s="3">
-        <v>378.09</v>
+        <v>4303.71</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F562" s="3">
-        <v>1147</v>
+        <v>372</v>
       </c>
       <c r="G562" s="3">
         <v>1</v>
       </c>
       <c r="H562" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I562" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="B563" s="3" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="C563" s="3">
-        <v>870.5</v>
+        <v>4415.58</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F563" s="3">
-        <v>362</v>
+        <v>218</v>
       </c>
       <c r="G563" s="3">
         <v>1</v>
       </c>
       <c r="H563" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I563" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="3" t="s">
-        <v>1023</v>
+        <v>1032</v>
       </c>
       <c r="B564" s="3" t="s">
-        <v>1024</v>
+        <v>1033</v>
       </c>
       <c r="C564" s="3">
-        <v>400.66</v>
+        <v>4762.7</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F564" s="3">
-        <v>525</v>
+        <v>43</v>
       </c>
       <c r="G564" s="3">
         <v>1</v>
       </c>
       <c r="H564" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I564" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
-        <v>1025</v>
+        <v>1034</v>
       </c>
       <c r="B565" s="3" t="s">
-        <v>1026</v>
+        <v>1035</v>
       </c>
       <c r="C565" s="3">
-        <v>690.75</v>
+        <v>5623.12</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F565" s="3">
-        <v>482</v>
+        <v>24</v>
       </c>
       <c r="G565" s="3">
         <v>1</v>
       </c>
       <c r="H565" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I565" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>1028</v>
+        <v>1037</v>
       </c>
       <c r="C566" s="3">
-        <v>485.32</v>
+        <v>4944.84</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F566" s="3">
-        <v>1035</v>
+        <v>0</v>
       </c>
       <c r="G566" s="3">
         <v>1</v>
       </c>
       <c r="H566" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I566" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A567" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A567" s="2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B567" s="2"/>
+      <c r="C567" s="2"/>
+      <c r="D567" s="2"/>
+      <c r="E567" s="2"/>
+      <c r="F567" s="2"/>
+      <c r="G567" s="2"/>
+      <c r="H567" s="2"/>
+      <c r="I567" s="2"/>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="C568" s="3">
-        <v>1241.35</v>
+        <v>266.52</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F568" s="3">
-        <v>355</v>
+        <v>91</v>
       </c>
       <c r="G568" s="3">
         <v>1</v>
       </c>
       <c r="H568" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I568" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="C569" s="3">
-        <v>1032.26</v>
+        <v>475.45</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F569" s="3">
-        <v>349</v>
+        <v>977</v>
       </c>
       <c r="G569" s="3">
         <v>1</v>
       </c>
       <c r="H569" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="B570" s="3" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="C570" s="3">
-        <v>591.88</v>
+        <v>1262.45</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F570" s="3">
-        <v>747</v>
+        <v>350</v>
       </c>
       <c r="G570" s="3">
         <v>1</v>
       </c>
       <c r="H570" s="3">
         <v>50</v>
       </c>
       <c r="I570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="C571" s="3">
-        <v>304.72</v>
+        <v>1975.82</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F571" s="3">
-        <v>158</v>
+        <v>76</v>
       </c>
       <c r="G571" s="3">
         <v>1</v>
       </c>
       <c r="H571" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>1040</v>
+        <v>1048</v>
       </c>
       <c r="C572" s="3">
-        <v>993.94</v>
+        <v>287.9</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F572" s="3">
-        <v>360</v>
+        <v>469</v>
       </c>
       <c r="G572" s="3">
         <v>1</v>
       </c>
       <c r="H572" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I572" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573" s="3" t="s">
-        <v>1041</v>
+        <v>1049</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="C573" s="3">
-        <v>832.46</v>
+        <v>536.31</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F573" s="3">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="G573" s="3">
         <v>1</v>
       </c>
       <c r="H573" s="3">
         <v>50</v>
       </c>
       <c r="I573" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>1044</v>
+        <v>1052</v>
       </c>
       <c r="C574" s="3">
-        <v>2300.17</v>
+        <v>980.51</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F574" s="3">
-        <v>73</v>
+        <v>432</v>
       </c>
       <c r="G574" s="3">
         <v>1</v>
       </c>
       <c r="H574" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I574" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
-        <v>1045</v>
+        <v>1053</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="C575" s="3">
-        <v>788.59</v>
+        <v>220.44</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F575" s="3">
-        <v>117</v>
+        <v>611</v>
       </c>
       <c r="G575" s="3">
         <v>1</v>
       </c>
       <c r="H575" s="3">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="I575" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="C576" s="3">
-        <v>313.87</v>
+        <v>539.7</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F576" s="3">
-        <v>743</v>
+        <v>778</v>
       </c>
       <c r="G576" s="3">
         <v>1</v>
       </c>
       <c r="H576" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I576" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="C577" s="3">
-        <v>549.67</v>
+        <v>1049.81</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F577" s="3">
-        <v>875</v>
+        <v>332</v>
       </c>
       <c r="G577" s="3">
         <v>1</v>
       </c>
       <c r="H577" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I577" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="C578" s="3">
-        <v>240.48</v>
+        <v>251.71</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F578" s="3">
-        <v>1490</v>
+        <v>727</v>
       </c>
       <c r="G578" s="3">
         <v>1</v>
       </c>
       <c r="H578" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I578" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="3" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="C579" s="3">
-        <v>713.2</v>
+        <v>330.68</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F579" s="3">
-        <v>694</v>
+        <v>1087</v>
       </c>
       <c r="G579" s="3">
         <v>1</v>
       </c>
       <c r="H579" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I579" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="C580" s="3">
-        <v>398.2</v>
+        <v>399.77</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F580" s="3">
-        <v>505</v>
+        <v>621</v>
       </c>
       <c r="G580" s="3">
         <v>1</v>
       </c>
       <c r="H580" s="3">
         <v>100</v>
       </c>
       <c r="I580" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="C581" s="3">
-        <v>287.8</v>
+        <v>432.67</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F581" s="3">
-        <v>758</v>
+        <v>841</v>
       </c>
       <c r="G581" s="3">
         <v>1</v>
       </c>
       <c r="H581" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I581" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A582" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I582" s="2"/>
+      <c r="A582" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B582" s="3" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C582" s="3">
+        <v>597.19</v>
+      </c>
+      <c r="D582" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F582" s="3">
+        <v>209</v>
+      </c>
+      <c r="G582" s="3">
+        <v>1</v>
+      </c>
+      <c r="H582" s="3">
+        <v>50</v>
+      </c>
+      <c r="I582" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="3" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="C583" s="3">
-        <v>22135.7</v>
+        <v>725.32</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F583" s="3">
-        <v>0</v>
+        <v>619</v>
       </c>
       <c r="G583" s="3">
         <v>1</v>
       </c>
       <c r="H583" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I583" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="C584" s="3">
-        <v>9262.24</v>
+        <v>506.71</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F584" s="3">
-        <v>0</v>
+        <v>718</v>
       </c>
       <c r="G584" s="3">
         <v>1</v>
       </c>
       <c r="H584" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I584" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c r="C585" s="3">
-        <v>6468</v>
+        <v>753.47</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F585" s="3">
-        <v>0</v>
+        <v>349</v>
       </c>
       <c r="G585" s="3">
         <v>1</v>
       </c>
       <c r="H585" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I585" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>1067</v>
+        <v>1076</v>
       </c>
       <c r="C586" s="3">
-        <v>10777.2</v>
+        <v>1010.84</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F586" s="3">
-        <v>0</v>
+        <v>322</v>
       </c>
       <c r="G586" s="3">
         <v>1</v>
       </c>
       <c r="H586" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I586" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
-        <v>1068</v>
+        <v>1077</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>1069</v>
+        <v>1078</v>
       </c>
       <c r="C587" s="3">
-        <v>15052.8</v>
+        <v>297.77</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F587" s="3">
-        <v>2</v>
+        <v>474</v>
       </c>
       <c r="G587" s="3">
         <v>1</v>
       </c>
       <c r="H587" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I587" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>1071</v>
+        <v>1080</v>
       </c>
       <c r="C588" s="3">
-        <v>16248.2</v>
+        <v>366.87</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F588" s="3">
-        <v>0</v>
+        <v>297</v>
       </c>
       <c r="G588" s="3">
         <v>1</v>
       </c>
       <c r="H588" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I588" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A589" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I589" s="2"/>
+      <c r="A589" s="3" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B589" s="3" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C589" s="3">
+        <v>725.51</v>
+      </c>
+      <c r="D589" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F589" s="3">
+        <v>113</v>
+      </c>
+      <c r="G589" s="3">
+        <v>1</v>
+      </c>
+      <c r="H589" s="3">
+        <v>50</v>
+      </c>
+      <c r="I589" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="C590" s="3">
-        <v>387.69</v>
+        <v>350.42</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F590" s="3">
-        <v>7</v>
+        <v>403</v>
       </c>
       <c r="G590" s="3">
         <v>1</v>
       </c>
       <c r="H590" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I590" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A591" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A591" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B591" s="2"/>
+      <c r="C591" s="2"/>
+      <c r="D591" s="2"/>
+      <c r="E591" s="2"/>
+      <c r="F591" s="2"/>
+      <c r="G591" s="2"/>
+      <c r="H591" s="2"/>
+      <c r="I591" s="2"/>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="3" t="s">
-        <v>1077</v>
+        <v>1086</v>
       </c>
       <c r="B592" s="3" t="s">
-        <v>1078</v>
+        <v>1087</v>
       </c>
       <c r="C592" s="3">
-        <v>389.29</v>
+        <v>9419.7</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F592" s="3">
         <v>0</v>
       </c>
       <c r="G592" s="3">
         <v>1</v>
       </c>
       <c r="H592" s="3">
         <v>1</v>
       </c>
       <c r="I592" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
-        <v>1079</v>
+        <v>1088</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="C593" s="3">
-        <v>29.07</v>
+        <v>16524.42</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F593" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G593" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H593" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I593" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
-        <v>1081</v>
+        <v>1090</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>1082</v>
+        <v>1091</v>
       </c>
       <c r="C594" s="3">
-        <v>3360</v>
+        <v>22512.01</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F594" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G594" s="3">
         <v>1</v>
       </c>
       <c r="H594" s="3">
         <v>1</v>
       </c>
       <c r="I594" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="3" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>1084</v>
+        <v>1093</v>
       </c>
       <c r="C595" s="3">
-        <v>1288.03</v>
+        <v>6577.96</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F595" s="3">
         <v>0</v>
       </c>
       <c r="G595" s="3">
         <v>1</v>
       </c>
       <c r="H595" s="3">
         <v>1</v>
       </c>
       <c r="I595" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A596" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I596" s="2"/>
+      <c r="A596" s="3" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B596" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C596" s="3">
+        <v>10960.41</v>
+      </c>
+      <c r="D596" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E596" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F596" s="3">
+        <v>0</v>
+      </c>
+      <c r="G596" s="3">
+        <v>1</v>
+      </c>
+      <c r="H596" s="3">
+        <v>1</v>
+      </c>
+      <c r="I596" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A597" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I597" s="2"/>
+      <c r="A597" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B597" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C597" s="3">
+        <v>15308.7</v>
+      </c>
+      <c r="D597" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E597" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F597" s="3">
+        <v>2</v>
+      </c>
+      <c r="G597" s="3">
+        <v>1</v>
+      </c>
+      <c r="H597" s="3">
+        <v>1</v>
+      </c>
+      <c r="I597" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="2" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="B598" s="2"/>
       <c r="C598" s="2"/>
       <c r="D598" s="2"/>
       <c r="E598" s="2"/>
       <c r="F598" s="2"/>
       <c r="G598" s="2"/>
       <c r="H598" s="2"/>
       <c r="I598" s="2"/>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="C599" s="3">
-        <v>440.94</v>
+        <v>1309.93</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F599" s="3">
         <v>0</v>
       </c>
       <c r="G599" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H599" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I599" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A600" s="3" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="C600" s="3">
-        <v>435.73</v>
+        <v>3417.12</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F600" s="3">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="G600" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H600" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I600" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="C601" s="3">
-        <v>414.13</v>
+        <v>29.56</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F601" s="3">
-        <v>10</v>
+        <v>9800</v>
       </c>
       <c r="G601" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H601" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I601" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="3" t="s">
-        <v>1094</v>
+        <v>1105</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="C602" s="3">
-        <v>486.61</v>
+        <v>394.28</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F602" s="3">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="G602" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H602" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I602" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A603" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I603" s="2"/>
+      <c r="A603" s="3" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B603" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C603" s="3">
+        <v>395.91</v>
+      </c>
+      <c r="D603" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E603" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F603" s="3">
+        <v>0</v>
+      </c>
+      <c r="G603" s="3">
+        <v>1</v>
+      </c>
+      <c r="H603" s="3">
+        <v>1</v>
+      </c>
+      <c r="I603" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="3" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="C604" s="3">
-        <v>420</v>
+        <v>3856.04</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F604" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G604" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H604" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I604" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="2" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="B605" s="2"/>
       <c r="C605" s="2"/>
       <c r="D605" s="2"/>
       <c r="E605" s="2"/>
       <c r="F605" s="2"/>
       <c r="G605" s="2"/>
       <c r="H605" s="2"/>
       <c r="I605" s="2"/>
     </row>
     <row r="606" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A606" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A606" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B606" s="2"/>
+      <c r="C606" s="2"/>
+      <c r="D606" s="2"/>
+      <c r="E606" s="2"/>
+      <c r="F606" s="2"/>
+      <c r="G606" s="2"/>
+      <c r="H606" s="2"/>
+      <c r="I606" s="2"/>
     </row>
     <row r="607" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A607" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A607" s="2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B607" s="2"/>
+      <c r="C607" s="2"/>
+      <c r="D607" s="2"/>
+      <c r="E607" s="2"/>
+      <c r="F607" s="2"/>
+      <c r="G607" s="2"/>
+      <c r="H607" s="2"/>
+      <c r="I607" s="2"/>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608" s="3" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="C608" s="3">
-        <v>768.72</v>
+        <v>427.14</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F608" s="3">
-        <v>158</v>
+        <v>208</v>
       </c>
       <c r="G608" s="3">
         <v>10</v>
       </c>
       <c r="H608" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I608" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A609" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A609" s="2" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B609" s="2"/>
+      <c r="C609" s="2"/>
+      <c r="D609" s="2"/>
+      <c r="E609" s="2"/>
+      <c r="F609" s="2"/>
+      <c r="G609" s="2"/>
+      <c r="H609" s="2"/>
+      <c r="I609" s="2"/>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="C610" s="3">
-        <v>531.31</v>
+        <v>598.01</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F610" s="3">
         <v>0</v>
       </c>
       <c r="G610" s="3">
         <v>10</v>
       </c>
       <c r="H610" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I610" s="3">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="3" t="s">
-        <v>1110</v>
+        <v>1119</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>1111</v>
+        <v>1120</v>
       </c>
       <c r="C611" s="3">
-        <v>420</v>
+        <v>427.14</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F611" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G611" s="3">
         <v>10</v>
       </c>
       <c r="H611" s="3">
         <v>100</v>
       </c>
       <c r="I611" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>1113</v>
+        <v>1122</v>
       </c>
       <c r="C612" s="3">
-        <v>436.81</v>
+        <v>444.24</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F612" s="3">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="G612" s="3">
         <v>10</v>
       </c>
       <c r="H612" s="3">
         <v>10</v>
       </c>
       <c r="I612" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A613" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I613" s="2"/>
+      <c r="A613" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B613" s="3" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C613" s="3">
+        <v>540.34</v>
+      </c>
+      <c r="D613" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E613" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F613" s="3">
+        <v>50</v>
+      </c>
+      <c r="G613" s="3">
+        <v>10</v>
+      </c>
+      <c r="H613" s="3">
+        <v>100</v>
+      </c>
+      <c r="I613" s="3">
+        <v>7</v>
+      </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="C614" s="3">
-        <v>531.31</v>
+        <v>463.45</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F614" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="G614" s="3">
         <v>10</v>
       </c>
       <c r="H614" s="3">
         <v>100</v>
       </c>
       <c r="I614" s="3">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="C615" s="3">
-        <v>436.81</v>
+        <v>501.9</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F615" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G615" s="3">
         <v>10</v>
       </c>
       <c r="H615" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I615" s="3">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="C616" s="3">
-        <v>455.7</v>
+        <v>781.79</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F616" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G616" s="3">
         <v>10</v>
       </c>
       <c r="H616" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I616" s="3">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A617" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A617" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B617" s="2"/>
+      <c r="C617" s="2"/>
+      <c r="D617" s="2"/>
+      <c r="E617" s="2"/>
+      <c r="F617" s="2"/>
+      <c r="G617" s="2"/>
+      <c r="H617" s="2"/>
+      <c r="I617" s="2"/>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="3" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="C618" s="3">
-        <v>588.01</v>
+        <v>448.44</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F618" s="3">
         <v>0</v>
       </c>
       <c r="G618" s="3">
         <v>10</v>
       </c>
       <c r="H618" s="3">
         <v>100</v>
       </c>
       <c r="I618" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="C619" s="3">
-        <v>674.78</v>
+        <v>443.14</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F619" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G619" s="3">
         <v>10</v>
       </c>
       <c r="H619" s="3">
+        <v>100</v>
+      </c>
+      <c r="I619" s="3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="620" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A620" s="3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B620" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C620" s="3">
+        <v>421.17</v>
+      </c>
+      <c r="D620" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E620" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F620" s="3">
+        <v>20</v>
+      </c>
+      <c r="G620" s="3">
+        <v>10</v>
+      </c>
+      <c r="H620" s="3">
+        <v>100</v>
+      </c>
+      <c r="I620" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="621" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A621" s="3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B621" s="3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C621" s="3">
+        <v>494.88</v>
+      </c>
+      <c r="D621" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E621" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F621" s="3">
+        <v>30</v>
+      </c>
+      <c r="G621" s="3">
+        <v>10</v>
+      </c>
+      <c r="H621" s="3">
+        <v>100</v>
+      </c>
+      <c r="I621" s="3">
         <v>5</v>
       </c>
-      <c r="I619" s="3">
-[...27 lines deleted...]
-      <c r="I621" s="2"/>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A622" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A622" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B622" s="2"/>
+      <c r="C622" s="2"/>
+      <c r="D622" s="2"/>
+      <c r="E622" s="2"/>
+      <c r="F622" s="2"/>
+      <c r="G622" s="2"/>
+      <c r="H622" s="2"/>
+      <c r="I622" s="2"/>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="3" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
       <c r="C623" s="3">
-        <v>989.1</v>
+        <v>444.24</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F623" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="G623" s="3">
         <v>10</v>
       </c>
       <c r="H623" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I623" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="C624" s="3">
-        <v>837.9</v>
+        <v>540.34</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F624" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G624" s="3">
         <v>10</v>
       </c>
       <c r="H624" s="3">
         <v>100</v>
       </c>
       <c r="I624" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A625" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I625" s="2"/>
+      <c r="A625" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B625" s="3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C625" s="3">
+        <v>463.45</v>
+      </c>
+      <c r="D625" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E625" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F625" s="3">
+        <v>0</v>
+      </c>
+      <c r="G625" s="3">
+        <v>10</v>
+      </c>
+      <c r="H625" s="3">
+        <v>10</v>
+      </c>
+      <c r="I625" s="3">
+        <v>3</v>
+      </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
-        <v>1136</v>
+        <v>1147</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>1137</v>
+        <v>1148</v>
       </c>
       <c r="C626" s="3">
-        <v>832.19</v>
+        <v>509.67</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F626" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G626" s="3">
         <v>10</v>
       </c>
       <c r="H626" s="3">
         <v>100</v>
       </c>
       <c r="I626" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
-        <v>1138</v>
+        <v>1149</v>
       </c>
       <c r="B627" s="3" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="C627" s="3">
-        <v>913.51</v>
+        <v>598.01</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F627" s="3">
         <v>0</v>
       </c>
       <c r="G627" s="3">
         <v>10</v>
       </c>
       <c r="H627" s="3">
         <v>100</v>
       </c>
       <c r="I627" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="C628" s="3">
-        <v>875.7</v>
+        <v>686.25</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F628" s="3">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="G628" s="3">
         <v>10</v>
       </c>
       <c r="H628" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="I628" s="3">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="2" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="B629" s="2"/>
       <c r="C629" s="2"/>
       <c r="D629" s="2"/>
       <c r="E629" s="2"/>
       <c r="F629" s="2"/>
       <c r="G629" s="2"/>
       <c r="H629" s="2"/>
       <c r="I629" s="2"/>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A630" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A630" s="2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B630" s="2"/>
+      <c r="C630" s="2"/>
+      <c r="D630" s="2"/>
+      <c r="E630" s="2"/>
+      <c r="F630" s="2"/>
+      <c r="G630" s="2"/>
+      <c r="H630" s="2"/>
+      <c r="I630" s="2"/>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="C631" s="3">
-        <v>837.9</v>
+        <v>852.14</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F631" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="G631" s="3">
         <v>10</v>
       </c>
       <c r="H631" s="3">
         <v>100</v>
       </c>
       <c r="I631" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="C632" s="3">
-        <v>989.1</v>
+        <v>929.04</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F632" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="G632" s="3">
         <v>10</v>
       </c>
       <c r="H632" s="3">
         <v>100</v>
       </c>
       <c r="I632" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="B633" s="3" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="C633" s="3">
-        <v>913.51</v>
+        <v>1005.91</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F633" s="3">
         <v>10</v>
       </c>
       <c r="G633" s="3">
         <v>10</v>
       </c>
       <c r="H633" s="3">
         <v>100</v>
       </c>
       <c r="I633" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="2" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="B634" s="2"/>
       <c r="C634" s="2"/>
       <c r="D634" s="2"/>
       <c r="E634" s="2"/>
       <c r="F634" s="2"/>
       <c r="G634" s="2"/>
       <c r="H634" s="2"/>
       <c r="I634" s="2"/>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A635" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I635" s="2"/>
+      <c r="A635" s="3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B635" s="3" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C635" s="3">
+        <v>929.04</v>
+      </c>
+      <c r="D635" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E635" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F635" s="3">
+        <v>20</v>
+      </c>
+      <c r="G635" s="3">
+        <v>10</v>
+      </c>
+      <c r="H635" s="3">
+        <v>100</v>
+      </c>
+      <c r="I635" s="3">
+        <v>3</v>
+      </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
-        <v>1153</v>
+        <v>1164</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>1154</v>
+        <v>1165</v>
       </c>
       <c r="C636" s="3">
-        <v>837.9</v>
+        <v>846.34</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F636" s="3">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G636" s="3">
         <v>10</v>
       </c>
       <c r="H636" s="3">
         <v>100</v>
       </c>
       <c r="I636" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A637" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I637" s="2"/>
+      <c r="A637" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B637" s="3" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C637" s="3">
+        <v>890.59</v>
+      </c>
+      <c r="D637" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F637" s="3">
+        <v>80</v>
+      </c>
+      <c r="G637" s="3">
+        <v>10</v>
+      </c>
+      <c r="H637" s="3">
+        <v>100</v>
+      </c>
+      <c r="I637" s="3">
+        <v>2</v>
+      </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="2" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
       <c r="B638" s="2"/>
       <c r="C638" s="2"/>
       <c r="D638" s="2"/>
       <c r="E638" s="2"/>
       <c r="F638" s="2"/>
       <c r="G638" s="2"/>
       <c r="H638" s="2"/>
       <c r="I638" s="2"/>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
-        <v>1157</v>
+        <v>1169</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
       <c r="C639" s="3">
-        <v>1004.78</v>
+        <v>890.59</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F639" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G639" s="3">
         <v>10</v>
       </c>
       <c r="H639" s="3">
         <v>100</v>
       </c>
       <c r="I639" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="3" t="s">
-        <v>1159</v>
+        <v>1171</v>
       </c>
       <c r="B640" s="3" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
       <c r="C640" s="3">
-        <v>455.7</v>
+        <v>852.14</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F640" s="3">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="G640" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H640" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I640" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="C641" s="3">
-        <v>1372.06</v>
+        <v>929.04</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F641" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G641" s="3">
         <v>10</v>
       </c>
       <c r="H641" s="3">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="I641" s="3">
-        <v>15</v>
+        <v>3</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="C642" s="3">
-        <v>805.02</v>
+        <v>1005.91</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F642" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="G642" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H642" s="3">
         <v>100</v>
       </c>
       <c r="I642" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="2" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="B643" s="2"/>
       <c r="C643" s="2"/>
       <c r="D643" s="2"/>
       <c r="E643" s="2"/>
       <c r="F643" s="2"/>
       <c r="G643" s="2"/>
       <c r="H643" s="2"/>
       <c r="I643" s="2"/>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A644" s="2" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="B644" s="2"/>
       <c r="C644" s="2"/>
       <c r="D644" s="2"/>
       <c r="E644" s="2"/>
       <c r="F644" s="2"/>
       <c r="G644" s="2"/>
       <c r="H644" s="2"/>
       <c r="I644" s="2"/>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="C645" s="3">
-        <v>67.46</v>
+        <v>852.14</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>1169</v>
+        <v>234</v>
       </c>
       <c r="F645" s="3">
-        <v>8000</v>
+        <v>20</v>
       </c>
       <c r="G645" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="H645" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I645" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A646" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A646" s="2" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B646" s="2"/>
+      <c r="C646" s="2"/>
+      <c r="D646" s="2"/>
+      <c r="E646" s="2"/>
+      <c r="F646" s="2"/>
+      <c r="G646" s="2"/>
+      <c r="H646" s="2"/>
+      <c r="I646" s="2"/>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A647" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A647" s="2" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B647" s="2"/>
+      <c r="C647" s="2"/>
+      <c r="D647" s="2"/>
+      <c r="E647" s="2"/>
+      <c r="F647" s="2"/>
+      <c r="G647" s="2"/>
+      <c r="H647" s="2"/>
+      <c r="I647" s="2"/>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B648" s="3" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="C648" s="3">
-        <v>1433.39</v>
+        <v>1395.39</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
       <c r="F648" s="3">
-        <v>303</v>
+        <v>40</v>
       </c>
       <c r="G648" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H648" s="3">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="I648" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
-        <v>1176</v>
+        <v>1185</v>
       </c>
       <c r="B649" s="3" t="s">
-        <v>1177</v>
+        <v>1186</v>
       </c>
       <c r="C649" s="3">
-        <v>1963.68</v>
+        <v>818.71</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
       <c r="F649" s="3">
-        <v>126</v>
+        <v>3</v>
       </c>
       <c r="G649" s="3">
         <v>1</v>
       </c>
       <c r="H649" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I649" s="3">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A650" s="3" t="s">
-        <v>1178</v>
+        <v>1187</v>
       </c>
       <c r="B650" s="3" t="s">
-        <v>1179</v>
+        <v>1188</v>
       </c>
       <c r="C650" s="3">
-        <v>2540.48</v>
+        <v>463.45</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
       <c r="F650" s="3">
-        <v>627</v>
+        <v>11</v>
       </c>
       <c r="G650" s="3">
         <v>1</v>
       </c>
       <c r="H650" s="3">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="I650" s="3">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A651" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A651" s="2" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B651" s="2"/>
+      <c r="C651" s="2"/>
+      <c r="D651" s="2"/>
+      <c r="E651" s="2"/>
+      <c r="F651" s="2"/>
+      <c r="G651" s="2"/>
+      <c r="H651" s="2"/>
+      <c r="I651" s="2"/>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A652" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A652" s="2" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B652" s="2"/>
+      <c r="C652" s="2"/>
+      <c r="D652" s="2"/>
+      <c r="E652" s="2"/>
+      <c r="F652" s="2"/>
+      <c r="G652" s="2"/>
+      <c r="H652" s="2"/>
+      <c r="I652" s="2"/>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>1185</v>
+        <v>1192</v>
       </c>
       <c r="C653" s="3">
-        <v>2655.51</v>
+        <v>1621.88</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E653" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F653" s="3">
-        <v>971</v>
+        <v>734</v>
       </c>
       <c r="G653" s="3">
         <v>1</v>
       </c>
       <c r="H653" s="3">
         <v>10</v>
       </c>
       <c r="I653" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A654" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I654" s="2"/>
+      <c r="A654" s="3" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B654" s="3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C654" s="3">
+        <v>29.33</v>
+      </c>
+      <c r="D654" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E654" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F654" s="3">
+        <v>74000</v>
+      </c>
+      <c r="G654" s="3">
+        <v>500</v>
+      </c>
+      <c r="H654" s="3">
+        <v>500</v>
+      </c>
+      <c r="I654" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="655" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A655" s="3" t="s">
-        <v>1187</v>
+        <v>1196</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>1188</v>
+        <v>1197</v>
       </c>
       <c r="C655" s="3">
-        <v>244.66</v>
+        <v>68.61</v>
       </c>
       <c r="D655" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>242</v>
+        <v>1195</v>
       </c>
       <c r="F655" s="3">
-        <v>6030</v>
+        <v>2000</v>
       </c>
       <c r="G655" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="H655" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I655" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
-        <v>1189</v>
+        <v>1198</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>1190</v>
+        <v>1199</v>
       </c>
       <c r="C656" s="3">
-        <v>1982.88</v>
+        <v>1997.06</v>
       </c>
       <c r="D656" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="F656" s="3">
-        <v>0</v>
+        <v>79</v>
       </c>
       <c r="G656" s="3">
         <v>1</v>
       </c>
       <c r="H656" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I656" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
-        <v>1191</v>
+        <v>1200</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>1192</v>
+        <v>1201</v>
       </c>
       <c r="C657" s="3">
-        <v>284.66</v>
+        <v>2583.67</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="F657" s="3">
-        <v>7570</v>
+        <v>283</v>
       </c>
       <c r="G657" s="3">
+        <v>1</v>
+      </c>
+      <c r="H657" s="3">
         <v>10</v>
       </c>
-      <c r="H657" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I657" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A658" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I658" s="2"/>
+      <c r="A658" s="3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B658" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C658" s="3">
+        <v>110.64</v>
+      </c>
+      <c r="D658" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E658" s="3" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F658" s="3">
+        <v>9500</v>
+      </c>
+      <c r="G658" s="3">
+        <v>500</v>
+      </c>
+      <c r="H658" s="3">
+        <v>500</v>
+      </c>
+      <c r="I658" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>1195</v>
+        <v>1205</v>
       </c>
       <c r="C659" s="3">
-        <v>66.83</v>
+        <v>1457.76</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="F659" s="3">
-        <v>0</v>
+        <v>137</v>
       </c>
       <c r="G659" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H659" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I659" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
       <c r="C660" s="3">
-        <v>92.9</v>
+        <v>1997.08</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="F660" s="3">
-        <v>19973</v>
+        <v>190</v>
       </c>
       <c r="G660" s="3">
         <v>1</v>
       </c>
       <c r="H660" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I660" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
       <c r="C661" s="3">
-        <v>46.84</v>
+        <v>2700.65</v>
       </c>
       <c r="D661" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>242</v>
+        <v>16</v>
       </c>
       <c r="F661" s="3">
-        <v>5500</v>
+        <v>280</v>
       </c>
       <c r="G661" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H661" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I661" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="662" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A662" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A662" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B662" s="2"/>
+      <c r="C662" s="2"/>
+      <c r="D662" s="2"/>
+      <c r="E662" s="2"/>
+      <c r="F662" s="2"/>
+      <c r="G662" s="2"/>
+      <c r="H662" s="2"/>
+      <c r="I662" s="2"/>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1203</v>
+        <v>1212</v>
       </c>
       <c r="C663" s="3">
-        <v>62.05</v>
+        <v>248.82</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F663" s="3">
-        <v>33318</v>
+        <v>2790</v>
       </c>
       <c r="G663" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H663" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I663" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="C664" s="3">
-        <v>56.81</v>
+        <v>289.5</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F664" s="3">
-        <v>13450</v>
+        <v>7120</v>
       </c>
       <c r="G664" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H664" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I664" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A665" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A665" s="2" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B665" s="2"/>
+      <c r="C665" s="2"/>
+      <c r="D665" s="2"/>
+      <c r="E665" s="2"/>
+      <c r="F665" s="2"/>
+      <c r="G665" s="2"/>
+      <c r="H665" s="2"/>
+      <c r="I665" s="2"/>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1209</v>
+        <v>1217</v>
       </c>
       <c r="C666" s="3">
-        <v>6.11</v>
+        <v>4.36</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F666" s="3">
-        <v>34400</v>
+        <v>15500</v>
       </c>
       <c r="G666" s="3">
         <v>100</v>
       </c>
       <c r="H666" s="3">
         <v>20000</v>
       </c>
       <c r="I666" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="B667" s="3" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="C667" s="3">
-        <v>4.29</v>
+        <v>94.48</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F667" s="3">
-        <v>103900</v>
+        <v>15361</v>
       </c>
       <c r="G667" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H667" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I667" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="C668" s="3">
-        <v>90.47</v>
+        <v>4.93</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F668" s="3">
-        <v>0</v>
+        <v>193100</v>
       </c>
       <c r="G668" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H668" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I668" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="3" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="C669" s="3">
-        <v>59.55</v>
+        <v>4.69</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F669" s="3">
-        <v>8651</v>
+        <v>41300</v>
       </c>
       <c r="G669" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H669" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I669" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="3" t="s">
-        <v>1216</v>
+        <v>1224</v>
       </c>
       <c r="B670" s="3" t="s">
-        <v>1217</v>
+        <v>1225</v>
       </c>
       <c r="C670" s="3">
-        <v>5.91</v>
+        <v>6.21</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F670" s="3">
-        <v>50200</v>
+        <v>36200</v>
       </c>
       <c r="G670" s="3">
         <v>100</v>
       </c>
       <c r="H670" s="3">
         <v>20000</v>
       </c>
       <c r="I670" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A671" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I671" s="2"/>
+      <c r="A671" s="3" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B671" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C671" s="3">
+        <v>6.01</v>
+      </c>
+      <c r="D671" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E671" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F671" s="3">
+        <v>34200</v>
+      </c>
+      <c r="G671" s="3">
+        <v>100</v>
+      </c>
+      <c r="H671" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I671" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A672" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I672" s="2"/>
+      <c r="A672" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B672" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C672" s="3">
+        <v>63.1</v>
+      </c>
+      <c r="D672" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E672" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F672" s="3">
+        <v>27402</v>
+      </c>
+      <c r="G672" s="3">
+        <v>1</v>
+      </c>
+      <c r="H672" s="3">
+        <v>500</v>
+      </c>
+      <c r="I672" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>1221</v>
+        <v>1231</v>
       </c>
       <c r="C673" s="3">
-        <v>265.2</v>
+        <v>47.64</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F673" s="3">
-        <v>237</v>
+        <v>3200</v>
       </c>
       <c r="G673" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H673" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I673" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
-        <v>1222</v>
+        <v>1232</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="C674" s="3">
-        <v>161.2</v>
+        <v>60.56</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F674" s="3">
-        <v>622</v>
+        <v>6591</v>
       </c>
       <c r="G674" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H674" s="3">
         <v>500</v>
       </c>
       <c r="I674" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
-        <v>1224</v>
+        <v>1234</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>1225</v>
+        <v>1235</v>
       </c>
       <c r="C675" s="3">
-        <v>42.22</v>
+        <v>92.01</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F675" s="3">
-        <v>200700</v>
+        <v>0</v>
       </c>
       <c r="G675" s="3">
         <v>50</v>
       </c>
       <c r="H675" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I675" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="3" t="s">
-        <v>1226</v>
+        <v>1236</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>1227</v>
+        <v>1237</v>
       </c>
       <c r="C676" s="3">
-        <v>84.51</v>
+        <v>57.78</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F676" s="3">
-        <v>8150</v>
+        <v>8699</v>
       </c>
       <c r="G676" s="3">
         <v>50</v>
       </c>
       <c r="H676" s="3">
         <v>1000</v>
       </c>
       <c r="I676" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A677" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A677" s="2" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B677" s="2"/>
+      <c r="C677" s="2"/>
+      <c r="D677" s="2"/>
+      <c r="E677" s="2"/>
+      <c r="F677" s="2"/>
+      <c r="G677" s="2"/>
+      <c r="H677" s="2"/>
+      <c r="I677" s="2"/>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A678" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A678" s="2" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B678" s="2"/>
+      <c r="C678" s="2"/>
+      <c r="D678" s="2"/>
+      <c r="E678" s="2"/>
+      <c r="F678" s="2"/>
+      <c r="G678" s="2"/>
+      <c r="H678" s="2"/>
+      <c r="I678" s="2"/>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
       <c r="C679" s="3">
-        <v>267.99</v>
+        <v>42.94</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F679" s="3">
-        <v>2450</v>
+        <v>131790</v>
       </c>
       <c r="G679" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H679" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I679" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A680" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I680" s="2"/>
+      <c r="A680" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B680" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C680" s="3">
+        <v>85.95</v>
+      </c>
+      <c r="D680" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E680" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F680" s="3">
+        <v>5800</v>
+      </c>
+      <c r="G680" s="3">
+        <v>50</v>
+      </c>
+      <c r="H680" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I680" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="3" t="s">
-        <v>1235</v>
+        <v>1244</v>
       </c>
       <c r="B681" s="3" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="C681" s="3">
-        <v>3.82</v>
+        <v>163.94</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F681" s="3">
-        <v>846300</v>
+        <v>733</v>
       </c>
       <c r="G681" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H681" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I681" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
-        <v>1237</v>
+        <v>1246</v>
       </c>
       <c r="B682" s="3" t="s">
-        <v>1238</v>
+        <v>1247</v>
       </c>
       <c r="C682" s="3">
-        <v>7.45</v>
+        <v>269.71</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F682" s="3">
-        <v>768500</v>
+        <v>0</v>
       </c>
       <c r="G682" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H682" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I682" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="3" t="s">
-        <v>1239</v>
+        <v>1248</v>
       </c>
       <c r="B683" s="3" t="s">
-        <v>1240</v>
+        <v>1249</v>
       </c>
       <c r="C683" s="3">
-        <v>11.14</v>
+        <v>272.55</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F683" s="3">
-        <v>74500</v>
+        <v>2030</v>
       </c>
       <c r="G683" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H683" s="3">
-        <v>10000</v>
+        <v>200</v>
       </c>
       <c r="I683" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A684" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I684" s="2"/>
+      <c r="A684" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B684" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C684" s="3">
+        <v>85.95</v>
+      </c>
+      <c r="D684" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E684" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F684" s="3">
+        <v>1100</v>
+      </c>
+      <c r="G684" s="3">
+        <v>50</v>
+      </c>
+      <c r="H684" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I684" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A685" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I685" s="2"/>
+      <c r="A685" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B685" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C685" s="3">
+        <v>81.63</v>
+      </c>
+      <c r="D685" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E685" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F685" s="3">
+        <v>127369</v>
+      </c>
+      <c r="G685" s="3">
+        <v>50</v>
+      </c>
+      <c r="H685" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I685" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A686" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A686" s="2" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B686" s="2"/>
+      <c r="C686" s="2"/>
+      <c r="D686" s="2"/>
+      <c r="E686" s="2"/>
+      <c r="F686" s="2"/>
+      <c r="G686" s="2"/>
+      <c r="H686" s="2"/>
+      <c r="I686" s="2"/>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="C687" s="3">
-        <v>534.35</v>
+        <v>7.58</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F687" s="3">
-        <v>45</v>
+        <v>477200</v>
       </c>
       <c r="G687" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H687" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I687" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="3" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="C688" s="3">
-        <v>288.13</v>
+        <v>11.33</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F688" s="3">
-        <v>118</v>
+        <v>44500</v>
       </c>
       <c r="G688" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H688" s="3">
-        <v>10</v>
+        <v>10000</v>
       </c>
       <c r="I688" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A689" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I689" s="2"/>
+      <c r="A689" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B689" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C689" s="3">
+        <v>3.88</v>
+      </c>
+      <c r="D689" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E689" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F689" s="3">
+        <v>101500</v>
+      </c>
+      <c r="G689" s="3">
+        <v>100</v>
+      </c>
+      <c r="H689" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I689" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A690" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A690" s="2" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B690" s="2"/>
+      <c r="C690" s="2"/>
+      <c r="D690" s="2"/>
+      <c r="E690" s="2"/>
+      <c r="F690" s="2"/>
+      <c r="G690" s="2"/>
+      <c r="H690" s="2"/>
+      <c r="I690" s="2"/>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A691" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A691" s="2" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B691" s="2"/>
+      <c r="C691" s="2"/>
+      <c r="D691" s="2"/>
+      <c r="E691" s="2"/>
+      <c r="F691" s="2"/>
+      <c r="G691" s="2"/>
+      <c r="H691" s="2"/>
+      <c r="I691" s="2"/>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
-        <v>1255</v>
+        <v>1263</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>1256</v>
+        <v>1264</v>
       </c>
       <c r="C692" s="3">
-        <v>215.2</v>
+        <v>543.43</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>1252</v>
+        <v>234</v>
       </c>
       <c r="F692" s="3">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="G692" s="3">
         <v>1</v>
       </c>
       <c r="H692" s="3">
         <v>10</v>
       </c>
       <c r="I692" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="3" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>1258</v>
+        <v>1266</v>
       </c>
       <c r="C693" s="3">
-        <v>76.82</v>
+        <v>293.03</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>1252</v>
+        <v>234</v>
       </c>
       <c r="F693" s="3">
-        <v>748</v>
+        <v>375</v>
       </c>
       <c r="G693" s="3">
         <v>1</v>
       </c>
       <c r="H693" s="3">
         <v>10</v>
       </c>
       <c r="I693" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A694" s="3" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="C694" s="3">
-        <v>219.13</v>
+        <v>470.7</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>1252</v>
+        <v>234</v>
       </c>
       <c r="F694" s="3">
-        <v>454</v>
+        <v>158</v>
       </c>
       <c r="G694" s="3">
         <v>1</v>
       </c>
       <c r="H694" s="3">
         <v>10</v>
       </c>
       <c r="I694" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A695" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A695" s="2" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B695" s="2"/>
+      <c r="C695" s="2"/>
+      <c r="D695" s="2"/>
+      <c r="E695" s="2"/>
+      <c r="F695" s="2"/>
+      <c r="G695" s="2"/>
+      <c r="H695" s="2"/>
+      <c r="I695" s="2"/>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="C696" s="3">
-        <v>66.48</v>
+        <v>59.39</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F696" s="3">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="G696" s="3">
         <v>1</v>
       </c>
       <c r="H696" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I696" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="3" t="s">
-        <v>1265</v>
+        <v>1273</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>1266</v>
+        <v>1274</v>
       </c>
       <c r="C697" s="3">
-        <v>168.26</v>
+        <v>78.13</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F697" s="3">
-        <v>0</v>
+        <v>532</v>
       </c>
       <c r="G697" s="3">
         <v>1</v>
       </c>
       <c r="H697" s="3">
+        <v>10</v>
+      </c>
+      <c r="I697" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="3" t="s">
-        <v>1267</v>
+        <v>1275</v>
       </c>
       <c r="B698" s="3" t="s">
-        <v>1268</v>
+        <v>1276</v>
       </c>
       <c r="C698" s="3">
-        <v>113.85</v>
+        <v>47.36</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F698" s="3">
-        <v>0</v>
+        <v>397</v>
       </c>
       <c r="G698" s="3">
         <v>1</v>
       </c>
       <c r="H698" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I698" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="3" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
       <c r="B699" s="3" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="C699" s="3">
-        <v>109.37</v>
+        <v>218.86</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F699" s="3">
-        <v>0</v>
+        <v>71</v>
       </c>
       <c r="G699" s="3">
         <v>1</v>
       </c>
       <c r="H699" s="3">
         <v>10</v>
       </c>
       <c r="I699" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="B700" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C700" s="3">
+        <v>67.61</v>
+      </c>
+      <c r="D700" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E700" s="3" t="s">
         <v>1272</v>
       </c>
-      <c r="C700" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F700" s="3">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="G700" s="3">
         <v>1</v>
       </c>
       <c r="H700" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I700" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="3" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="B701" s="3" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="C701" s="3">
-        <v>184.93</v>
+        <v>222.86</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E701" s="3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F701" s="3">
-        <v>0</v>
+        <v>501</v>
       </c>
       <c r="G701" s="3">
         <v>1</v>
       </c>
       <c r="H701" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I701" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="3" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="B702" s="3" t="s">
-        <v>1276</v>
+        <v>1284</v>
       </c>
       <c r="C702" s="3">
-        <v>140.82</v>
+        <v>188.07</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E702" s="3" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="F702" s="3">
         <v>0</v>
       </c>
       <c r="G702" s="3">
         <v>1</v>
       </c>
       <c r="H702" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I702" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A703" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I703" s="2"/>
+      <c r="A703" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B703" s="3" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C703" s="3">
+        <v>150.88</v>
+      </c>
+      <c r="D703" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E703" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F703" s="3">
+        <v>277</v>
+      </c>
+      <c r="G703" s="3">
+        <v>1</v>
+      </c>
+      <c r="H703" s="3">
+        <v>50</v>
+      </c>
+      <c r="I703" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A704" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A704" s="2" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B704" s="2"/>
+      <c r="C704" s="2"/>
+      <c r="D704" s="2"/>
+      <c r="E704" s="2"/>
+      <c r="F704" s="2"/>
+      <c r="G704" s="2"/>
+      <c r="H704" s="2"/>
+      <c r="I704" s="2"/>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="C705" s="3">
-        <v>102.32</v>
+        <v>104.06</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F705" s="3">
-        <v>1318</v>
+        <v>425</v>
       </c>
       <c r="G705" s="3">
         <v>1</v>
       </c>
       <c r="H705" s="3">
         <v>10</v>
       </c>
       <c r="I705" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="3" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="B706" s="3" t="s">
-        <v>1283</v>
+        <v>1291</v>
       </c>
       <c r="C706" s="3">
-        <v>135.33</v>
+        <v>135.65</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F706" s="3">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="G706" s="3">
         <v>1</v>
       </c>
       <c r="H706" s="3">
         <v>10</v>
       </c>
       <c r="I706" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="3" t="s">
-        <v>1284</v>
+        <v>1292</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="C707" s="3">
-        <v>133.38</v>
+        <v>137.63</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F707" s="3">
-        <v>40</v>
+        <v>182</v>
       </c>
       <c r="G707" s="3">
         <v>1</v>
       </c>
       <c r="H707" s="3">
         <v>10</v>
       </c>
       <c r="I707" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="3" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="B708" s="3" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="C708" s="3">
-        <v>1851.09</v>
+        <v>1882.56</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F708" s="3">
-        <v>101</v>
+        <v>260</v>
       </c>
       <c r="G708" s="3">
         <v>1</v>
       </c>
       <c r="H708" s="3">
         <v>10</v>
       </c>
       <c r="I708" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A709" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I709" s="2"/>
+      <c r="A709" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B709" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C709" s="3">
+        <v>101.39</v>
+      </c>
+      <c r="D709" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E709" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F709" s="3">
+        <v>0</v>
+      </c>
+      <c r="G709" s="3">
+        <v>1</v>
+      </c>
+      <c r="H709" s="3">
+        <v>50</v>
+      </c>
+      <c r="I709" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="710" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A710" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A710" s="2" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B710" s="2"/>
+      <c r="C710" s="2"/>
+      <c r="D710" s="2"/>
+      <c r="E710" s="2"/>
+      <c r="F710" s="2"/>
+      <c r="G710" s="2"/>
+      <c r="H710" s="2"/>
+      <c r="I710" s="2"/>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A711" s="3" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="B711" s="3" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="C711" s="3">
-        <v>508.49</v>
+        <v>253.48</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="F711" s="3">
-        <v>257</v>
+        <v>281</v>
       </c>
       <c r="G711" s="3">
         <v>1</v>
       </c>
       <c r="H711" s="3">
         <v>10</v>
       </c>
       <c r="I711" s="3">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="712" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A712" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B712" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C712" s="3">
+        <v>517.13</v>
+      </c>
+      <c r="D712" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E712" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F712" s="3">
+        <v>208</v>
+      </c>
+      <c r="G712" s="3">
+        <v>1</v>
+      </c>
+      <c r="H712" s="3">
+        <v>10</v>
+      </c>
+      <c r="I712" s="3">
         <v>50</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="141">
+  <mergeCells count="131">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A17:I17"/>
-    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A26:I26"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A49:I49"/>
-    <mergeCell ref="A60:I60"/>
+    <mergeCell ref="A59:I59"/>
+    <mergeCell ref="A62:I62"/>
     <mergeCell ref="A63:I63"/>
-    <mergeCell ref="A64:I64"/>
-[...2 lines deleted...]
-    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A70:I70"/>
+    <mergeCell ref="A75:I75"/>
+    <mergeCell ref="A85:I85"/>
     <mergeCell ref="A86:I86"/>
-    <mergeCell ref="A87:I87"/>
-[...18 lines deleted...]
-    <mergeCell ref="A187:I187"/>
+    <mergeCell ref="A92:I92"/>
+    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A101:I101"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A117:I117"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A137:I137"/>
+    <mergeCell ref="A147:I147"/>
+    <mergeCell ref="A148:I148"/>
+    <mergeCell ref="A153:I153"/>
+    <mergeCell ref="A157:I157"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A166:I166"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="A182:I182"/>
+    <mergeCell ref="A185:I185"/>
+    <mergeCell ref="A188:I188"/>
     <mergeCell ref="A190:I190"/>
-    <mergeCell ref="A192:I192"/>
+    <mergeCell ref="A191:I191"/>
     <mergeCell ref="A193:I193"/>
-    <mergeCell ref="A196:I196"/>
-[...9 lines deleted...]
-    <mergeCell ref="A239:I239"/>
+    <mergeCell ref="A199:I199"/>
+    <mergeCell ref="A205:I205"/>
+    <mergeCell ref="A208:I208"/>
+    <mergeCell ref="A216:I216"/>
+    <mergeCell ref="A219:I219"/>
+    <mergeCell ref="A220:I220"/>
+    <mergeCell ref="A225:I225"/>
+    <mergeCell ref="A230:I230"/>
+    <mergeCell ref="A234:I234"/>
+    <mergeCell ref="A237:I237"/>
+    <mergeCell ref="A251:I251"/>
+    <mergeCell ref="A252:I252"/>
     <mergeCell ref="A253:I253"/>
-    <mergeCell ref="A254:I254"/>
-[...10 lines deleted...]
-    <mergeCell ref="A398:I398"/>
+    <mergeCell ref="A296:I296"/>
+    <mergeCell ref="A304:I304"/>
+    <mergeCell ref="A347:I347"/>
+    <mergeCell ref="A355:I355"/>
+    <mergeCell ref="A361:I361"/>
+    <mergeCell ref="A369:I369"/>
+    <mergeCell ref="A370:I370"/>
+    <mergeCell ref="A382:I382"/>
+    <mergeCell ref="A389:I389"/>
+    <mergeCell ref="A396:I396"/>
+    <mergeCell ref="A402:I402"/>
+    <mergeCell ref="A403:I403"/>
     <mergeCell ref="A404:I404"/>
-    <mergeCell ref="A405:I405"/>
-[...5 lines deleted...]
-    <mergeCell ref="A421:I421"/>
+    <mergeCell ref="A411:I411"/>
+    <mergeCell ref="A417:I417"/>
     <mergeCell ref="A424:I424"/>
     <mergeCell ref="A427:I427"/>
     <mergeCell ref="A430:I430"/>
-    <mergeCell ref="A435:I435"/>
-[...9 lines deleted...]
-    <mergeCell ref="A464:I464"/>
+    <mergeCell ref="A433:I433"/>
+    <mergeCell ref="A438:I438"/>
+    <mergeCell ref="A445:I445"/>
+    <mergeCell ref="A448:I448"/>
+    <mergeCell ref="A449:I449"/>
+    <mergeCell ref="A458:I458"/>
+    <mergeCell ref="A462:I462"/>
     <mergeCell ref="A469:I469"/>
     <mergeCell ref="A473:I473"/>
     <mergeCell ref="A475:I475"/>
     <mergeCell ref="A477:I477"/>
     <mergeCell ref="A480:I480"/>
     <mergeCell ref="A482:I482"/>
     <mergeCell ref="A485:I485"/>
-    <mergeCell ref="A486:I486"/>
     <mergeCell ref="A488:I488"/>
-    <mergeCell ref="A490:I490"/>
-[...4 lines deleted...]
-    <mergeCell ref="A499:I499"/>
+    <mergeCell ref="A491:I491"/>
+    <mergeCell ref="A493:I493"/>
+    <mergeCell ref="A498:I498"/>
     <mergeCell ref="A501:I501"/>
     <mergeCell ref="A503:I503"/>
-    <mergeCell ref="A505:I505"/>
     <mergeCell ref="A507:I507"/>
-    <mergeCell ref="A509:I509"/>
-    <mergeCell ref="A512:I512"/>
+    <mergeCell ref="A508:I508"/>
     <mergeCell ref="A514:I514"/>
-    <mergeCell ref="A518:I518"/>
-[...6 lines deleted...]
-    <mergeCell ref="A597:I597"/>
+    <mergeCell ref="A517:I517"/>
+    <mergeCell ref="A520:I520"/>
+    <mergeCell ref="A523:I523"/>
+    <mergeCell ref="A527:I527"/>
+    <mergeCell ref="A537:I537"/>
+    <mergeCell ref="A549:I549"/>
+    <mergeCell ref="A567:I567"/>
+    <mergeCell ref="A591:I591"/>
     <mergeCell ref="A598:I598"/>
-    <mergeCell ref="A603:I603"/>
     <mergeCell ref="A605:I605"/>
-    <mergeCell ref="A613:I613"/>
-[...2 lines deleted...]
-    <mergeCell ref="A625:I625"/>
+    <mergeCell ref="A606:I606"/>
+    <mergeCell ref="A607:I607"/>
+    <mergeCell ref="A609:I609"/>
+    <mergeCell ref="A617:I617"/>
+    <mergeCell ref="A622:I622"/>
     <mergeCell ref="A629:I629"/>
+    <mergeCell ref="A630:I630"/>
     <mergeCell ref="A634:I634"/>
-    <mergeCell ref="A635:I635"/>
-    <mergeCell ref="A637:I637"/>
     <mergeCell ref="A638:I638"/>
     <mergeCell ref="A643:I643"/>
     <mergeCell ref="A644:I644"/>
-    <mergeCell ref="A654:I654"/>
-[...8 lines deleted...]
-    <mergeCell ref="A709:I709"/>
+    <mergeCell ref="A646:I646"/>
+    <mergeCell ref="A647:I647"/>
+    <mergeCell ref="A651:I651"/>
+    <mergeCell ref="A652:I652"/>
+    <mergeCell ref="A662:I662"/>
+    <mergeCell ref="A665:I665"/>
+    <mergeCell ref="A677:I677"/>
+    <mergeCell ref="A678:I678"/>
+    <mergeCell ref="A686:I686"/>
+    <mergeCell ref="A690:I690"/>
+    <mergeCell ref="A691:I691"/>
+    <mergeCell ref="A695:I695"/>
+    <mergeCell ref="A704:I704"/>
+    <mergeCell ref="A710:I710"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1"/>
     <hyperlink ref="D7" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D13" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D18" r:id="rId10"/>
     <hyperlink ref="D19" r:id="rId11"/>
     <hyperlink ref="D20" r:id="rId12"/>
     <hyperlink ref="D21" r:id="rId13"/>
     <hyperlink ref="D22" r:id="rId14"/>
     <hyperlink ref="D23" r:id="rId15"/>
     <hyperlink ref="D24" r:id="rId16"/>
-    <hyperlink ref="D26" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId17"/>
     <hyperlink ref="D27" r:id="rId18"/>
     <hyperlink ref="D28" r:id="rId19"/>
     <hyperlink ref="D29" r:id="rId20"/>
     <hyperlink ref="D30" r:id="rId21"/>
     <hyperlink ref="D31" r:id="rId22"/>
     <hyperlink ref="D32" r:id="rId23"/>
     <hyperlink ref="D33" r:id="rId24"/>
     <hyperlink ref="D34" r:id="rId25"/>
     <hyperlink ref="D35" r:id="rId26"/>
     <hyperlink ref="D36" r:id="rId27"/>
     <hyperlink ref="D38" r:id="rId28"/>
     <hyperlink ref="D39" r:id="rId29"/>
     <hyperlink ref="D40" r:id="rId30"/>
     <hyperlink ref="D41" r:id="rId31"/>
     <hyperlink ref="D43" r:id="rId32"/>
     <hyperlink ref="D44" r:id="rId33"/>
     <hyperlink ref="D45" r:id="rId34"/>
     <hyperlink ref="D46" r:id="rId35"/>
     <hyperlink ref="D47" r:id="rId36"/>
     <hyperlink ref="D48" r:id="rId37"/>
     <hyperlink ref="D50" r:id="rId38"/>
     <hyperlink ref="D51" r:id="rId39"/>
     <hyperlink ref="D52" r:id="rId40"/>
     <hyperlink ref="D53" r:id="rId41"/>
     <hyperlink ref="D54" r:id="rId42"/>
     <hyperlink ref="D55" r:id="rId43"/>
     <hyperlink ref="D56" r:id="rId44"/>
     <hyperlink ref="D57" r:id="rId45"/>
     <hyperlink ref="D58" r:id="rId46"/>
-    <hyperlink ref="D59" r:id="rId47"/>
+    <hyperlink ref="D60" r:id="rId47"/>
     <hyperlink ref="D61" r:id="rId48"/>
-    <hyperlink ref="D62" r:id="rId49"/>
+    <hyperlink ref="D64" r:id="rId49"/>
     <hyperlink ref="D65" r:id="rId50"/>
     <hyperlink ref="D66" r:id="rId51"/>
-    <hyperlink ref="D67" r:id="rId52"/>
-[...12 lines deleted...]
-    <hyperlink ref="D82" r:id="rId65"/>
+    <hyperlink ref="D68" r:id="rId52"/>
+    <hyperlink ref="D69" r:id="rId53"/>
+    <hyperlink ref="D71" r:id="rId54"/>
+    <hyperlink ref="D72" r:id="rId55"/>
+    <hyperlink ref="D73" r:id="rId56"/>
+    <hyperlink ref="D74" r:id="rId57"/>
+    <hyperlink ref="D76" r:id="rId58"/>
+    <hyperlink ref="D77" r:id="rId59"/>
+    <hyperlink ref="D78" r:id="rId60"/>
+    <hyperlink ref="D79" r:id="rId61"/>
+    <hyperlink ref="D80" r:id="rId62"/>
+    <hyperlink ref="D81" r:id="rId63"/>
+    <hyperlink ref="D82" r:id="rId64"/>
+    <hyperlink ref="D83" r:id="rId65"/>
     <hyperlink ref="D84" r:id="rId66"/>
-    <hyperlink ref="D85" r:id="rId67"/>
+    <hyperlink ref="D87" r:id="rId67"/>
     <hyperlink ref="D88" r:id="rId68"/>
     <hyperlink ref="D89" r:id="rId69"/>
     <hyperlink ref="D90" r:id="rId70"/>
     <hyperlink ref="D91" r:id="rId71"/>
-    <hyperlink ref="D92" r:id="rId72"/>
-[...2 lines deleted...]
-    <hyperlink ref="D95" r:id="rId75"/>
+    <hyperlink ref="D93" r:id="rId72"/>
+    <hyperlink ref="D94" r:id="rId73"/>
+    <hyperlink ref="D95" r:id="rId74"/>
+    <hyperlink ref="D96" r:id="rId75"/>
     <hyperlink ref="D97" r:id="rId76"/>
     <hyperlink ref="D98" r:id="rId77"/>
     <hyperlink ref="D99" r:id="rId78"/>
-    <hyperlink ref="D100" r:id="rId79"/>
-[...4 lines deleted...]
-    <hyperlink ref="D105" r:id="rId84"/>
+    <hyperlink ref="D102" r:id="rId79"/>
+    <hyperlink ref="D103" r:id="rId80"/>
+    <hyperlink ref="D104" r:id="rId81"/>
+    <hyperlink ref="D105" r:id="rId82"/>
+    <hyperlink ref="D106" r:id="rId83"/>
+    <hyperlink ref="D107" r:id="rId84"/>
     <hyperlink ref="D108" r:id="rId85"/>
-    <hyperlink ref="D109" r:id="rId86"/>
-[...9 lines deleted...]
-    <hyperlink ref="D120" r:id="rId96"/>
+    <hyperlink ref="D110" r:id="rId86"/>
+    <hyperlink ref="D111" r:id="rId87"/>
+    <hyperlink ref="D112" r:id="rId88"/>
+    <hyperlink ref="D114" r:id="rId89"/>
+    <hyperlink ref="D115" r:id="rId90"/>
+    <hyperlink ref="D116" r:id="rId91"/>
+    <hyperlink ref="D118" r:id="rId92"/>
+    <hyperlink ref="D119" r:id="rId93"/>
+    <hyperlink ref="D120" r:id="rId94"/>
+    <hyperlink ref="D121" r:id="rId95"/>
+    <hyperlink ref="D122" r:id="rId96"/>
     <hyperlink ref="D123" r:id="rId97"/>
     <hyperlink ref="D124" r:id="rId98"/>
     <hyperlink ref="D125" r:id="rId99"/>
     <hyperlink ref="D126" r:id="rId100"/>
     <hyperlink ref="D127" r:id="rId101"/>
-    <hyperlink ref="D128" r:id="rId102"/>
-[...13 lines deleted...]
-    <hyperlink ref="D144" r:id="rId116"/>
+    <hyperlink ref="D130" r:id="rId102"/>
+    <hyperlink ref="D131" r:id="rId103"/>
+    <hyperlink ref="D132" r:id="rId104"/>
+    <hyperlink ref="D133" r:id="rId105"/>
+    <hyperlink ref="D134" r:id="rId106"/>
+    <hyperlink ref="D135" r:id="rId107"/>
+    <hyperlink ref="D136" r:id="rId108"/>
+    <hyperlink ref="D138" r:id="rId109"/>
+    <hyperlink ref="D139" r:id="rId110"/>
+    <hyperlink ref="D140" r:id="rId111"/>
+    <hyperlink ref="D141" r:id="rId112"/>
+    <hyperlink ref="D142" r:id="rId113"/>
+    <hyperlink ref="D143" r:id="rId114"/>
+    <hyperlink ref="D144" r:id="rId115"/>
+    <hyperlink ref="D145" r:id="rId116"/>
     <hyperlink ref="D146" r:id="rId117"/>
-    <hyperlink ref="D147" r:id="rId118"/>
-    <hyperlink ref="D148" r:id="rId119"/>
+    <hyperlink ref="D149" r:id="rId118"/>
+    <hyperlink ref="D150" r:id="rId119"/>
     <hyperlink ref="D151" r:id="rId120"/>
     <hyperlink ref="D152" r:id="rId121"/>
-    <hyperlink ref="D153" r:id="rId122"/>
-    <hyperlink ref="D154" r:id="rId123"/>
+    <hyperlink ref="D154" r:id="rId122"/>
+    <hyperlink ref="D155" r:id="rId123"/>
     <hyperlink ref="D156" r:id="rId124"/>
-    <hyperlink ref="D157" r:id="rId125"/>
-[...2 lines deleted...]
-    <hyperlink ref="D161" r:id="rId128"/>
+    <hyperlink ref="D158" r:id="rId125"/>
+    <hyperlink ref="D159" r:id="rId126"/>
+    <hyperlink ref="D161" r:id="rId127"/>
+    <hyperlink ref="D162" r:id="rId128"/>
     <hyperlink ref="D163" r:id="rId129"/>
     <hyperlink ref="D164" r:id="rId130"/>
-    <hyperlink ref="D165" r:id="rId131"/>
-    <hyperlink ref="D166" r:id="rId132"/>
+    <hyperlink ref="D167" r:id="rId131"/>
+    <hyperlink ref="D168" r:id="rId132"/>
     <hyperlink ref="D169" r:id="rId133"/>
     <hyperlink ref="D170" r:id="rId134"/>
     <hyperlink ref="D171" r:id="rId135"/>
     <hyperlink ref="D172" r:id="rId136"/>
-    <hyperlink ref="D173" r:id="rId137"/>
-    <hyperlink ref="D174" r:id="rId138"/>
+    <hyperlink ref="D174" r:id="rId137"/>
+    <hyperlink ref="D175" r:id="rId138"/>
     <hyperlink ref="D176" r:id="rId139"/>
     <hyperlink ref="D177" r:id="rId140"/>
     <hyperlink ref="D178" r:id="rId141"/>
     <hyperlink ref="D179" r:id="rId142"/>
     <hyperlink ref="D180" r:id="rId143"/>
     <hyperlink ref="D181" r:id="rId144"/>
-    <hyperlink ref="D182" r:id="rId145"/>
-[...7 lines deleted...]
-    <hyperlink ref="D195" r:id="rId153"/>
+    <hyperlink ref="D183" r:id="rId145"/>
+    <hyperlink ref="D184" r:id="rId146"/>
+    <hyperlink ref="D186" r:id="rId147"/>
+    <hyperlink ref="D187" r:id="rId148"/>
+    <hyperlink ref="D189" r:id="rId149"/>
+    <hyperlink ref="D192" r:id="rId150"/>
+    <hyperlink ref="D194" r:id="rId151"/>
+    <hyperlink ref="D195" r:id="rId152"/>
+    <hyperlink ref="D196" r:id="rId153"/>
     <hyperlink ref="D197" r:id="rId154"/>
-    <hyperlink ref="D199" r:id="rId155"/>
+    <hyperlink ref="D198" r:id="rId155"/>
     <hyperlink ref="D200" r:id="rId156"/>
     <hyperlink ref="D201" r:id="rId157"/>
     <hyperlink ref="D202" r:id="rId158"/>
     <hyperlink ref="D203" r:id="rId159"/>
-    <hyperlink ref="D205" r:id="rId160"/>
+    <hyperlink ref="D204" r:id="rId160"/>
     <hyperlink ref="D206" r:id="rId161"/>
     <hyperlink ref="D207" r:id="rId162"/>
-    <hyperlink ref="D208" r:id="rId163"/>
-    <hyperlink ref="D209" r:id="rId164"/>
+    <hyperlink ref="D209" r:id="rId163"/>
+    <hyperlink ref="D210" r:id="rId164"/>
     <hyperlink ref="D211" r:id="rId165"/>
     <hyperlink ref="D212" r:id="rId166"/>
-    <hyperlink ref="D214" r:id="rId167"/>
-[...1 lines deleted...]
-    <hyperlink ref="D216" r:id="rId169"/>
+    <hyperlink ref="D213" r:id="rId167"/>
+    <hyperlink ref="D214" r:id="rId168"/>
+    <hyperlink ref="D215" r:id="rId169"/>
     <hyperlink ref="D217" r:id="rId170"/>
     <hyperlink ref="D218" r:id="rId171"/>
-    <hyperlink ref="D219" r:id="rId172"/>
-    <hyperlink ref="D220" r:id="rId173"/>
+    <hyperlink ref="D221" r:id="rId172"/>
+    <hyperlink ref="D222" r:id="rId173"/>
     <hyperlink ref="D223" r:id="rId174"/>
     <hyperlink ref="D224" r:id="rId175"/>
-    <hyperlink ref="D225" r:id="rId176"/>
-    <hyperlink ref="D226" r:id="rId177"/>
+    <hyperlink ref="D226" r:id="rId176"/>
+    <hyperlink ref="D227" r:id="rId177"/>
     <hyperlink ref="D228" r:id="rId178"/>
     <hyperlink ref="D229" r:id="rId179"/>
-    <hyperlink ref="D230" r:id="rId180"/>
-    <hyperlink ref="D231" r:id="rId181"/>
+    <hyperlink ref="D231" r:id="rId180"/>
+    <hyperlink ref="D232" r:id="rId181"/>
     <hyperlink ref="D233" r:id="rId182"/>
-    <hyperlink ref="D234" r:id="rId183"/>
-[...2 lines deleted...]
-    <hyperlink ref="D238" r:id="rId186"/>
+    <hyperlink ref="D235" r:id="rId183"/>
+    <hyperlink ref="D236" r:id="rId184"/>
+    <hyperlink ref="D238" r:id="rId185"/>
+    <hyperlink ref="D239" r:id="rId186"/>
     <hyperlink ref="D240" r:id="rId187"/>
     <hyperlink ref="D241" r:id="rId188"/>
     <hyperlink ref="D242" r:id="rId189"/>
     <hyperlink ref="D243" r:id="rId190"/>
     <hyperlink ref="D244" r:id="rId191"/>
     <hyperlink ref="D245" r:id="rId192"/>
     <hyperlink ref="D246" r:id="rId193"/>
     <hyperlink ref="D247" r:id="rId194"/>
     <hyperlink ref="D248" r:id="rId195"/>
     <hyperlink ref="D249" r:id="rId196"/>
     <hyperlink ref="D250" r:id="rId197"/>
-    <hyperlink ref="D251" r:id="rId198"/>
-    <hyperlink ref="D252" r:id="rId199"/>
+    <hyperlink ref="D254" r:id="rId198"/>
+    <hyperlink ref="D255" r:id="rId199"/>
     <hyperlink ref="D256" r:id="rId200"/>
     <hyperlink ref="D257" r:id="rId201"/>
     <hyperlink ref="D258" r:id="rId202"/>
     <hyperlink ref="D259" r:id="rId203"/>
     <hyperlink ref="D260" r:id="rId204"/>
     <hyperlink ref="D261" r:id="rId205"/>
     <hyperlink ref="D262" r:id="rId206"/>
     <hyperlink ref="D263" r:id="rId207"/>
     <hyperlink ref="D264" r:id="rId208"/>
     <hyperlink ref="D265" r:id="rId209"/>
     <hyperlink ref="D266" r:id="rId210"/>
     <hyperlink ref="D267" r:id="rId211"/>
     <hyperlink ref="D268" r:id="rId212"/>
     <hyperlink ref="D269" r:id="rId213"/>
     <hyperlink ref="D270" r:id="rId214"/>
     <hyperlink ref="D271" r:id="rId215"/>
     <hyperlink ref="D272" r:id="rId216"/>
     <hyperlink ref="D273" r:id="rId217"/>
     <hyperlink ref="D274" r:id="rId218"/>
     <hyperlink ref="D275" r:id="rId219"/>
     <hyperlink ref="D276" r:id="rId220"/>
     <hyperlink ref="D277" r:id="rId221"/>
     <hyperlink ref="D278" r:id="rId222"/>
     <hyperlink ref="D279" r:id="rId223"/>
     <hyperlink ref="D280" r:id="rId224"/>
     <hyperlink ref="D281" r:id="rId225"/>
     <hyperlink ref="D282" r:id="rId226"/>
     <hyperlink ref="D283" r:id="rId227"/>
     <hyperlink ref="D284" r:id="rId228"/>
     <hyperlink ref="D285" r:id="rId229"/>
     <hyperlink ref="D286" r:id="rId230"/>
     <hyperlink ref="D287" r:id="rId231"/>
     <hyperlink ref="D288" r:id="rId232"/>
     <hyperlink ref="D289" r:id="rId233"/>
     <hyperlink ref="D290" r:id="rId234"/>
     <hyperlink ref="D291" r:id="rId235"/>
     <hyperlink ref="D292" r:id="rId236"/>
     <hyperlink ref="D293" r:id="rId237"/>
     <hyperlink ref="D294" r:id="rId238"/>
     <hyperlink ref="D295" r:id="rId239"/>
-    <hyperlink ref="D296" r:id="rId240"/>
-    <hyperlink ref="D297" r:id="rId241"/>
+    <hyperlink ref="D297" r:id="rId240"/>
+    <hyperlink ref="D298" r:id="rId241"/>
     <hyperlink ref="D299" r:id="rId242"/>
     <hyperlink ref="D300" r:id="rId243"/>
     <hyperlink ref="D301" r:id="rId244"/>
     <hyperlink ref="D302" r:id="rId245"/>
     <hyperlink ref="D303" r:id="rId246"/>
-    <hyperlink ref="D304" r:id="rId247"/>
-    <hyperlink ref="D305" r:id="rId248"/>
+    <hyperlink ref="D305" r:id="rId247"/>
+    <hyperlink ref="D306" r:id="rId248"/>
     <hyperlink ref="D307" r:id="rId249"/>
     <hyperlink ref="D308" r:id="rId250"/>
     <hyperlink ref="D309" r:id="rId251"/>
     <hyperlink ref="D310" r:id="rId252"/>
     <hyperlink ref="D311" r:id="rId253"/>
     <hyperlink ref="D312" r:id="rId254"/>
     <hyperlink ref="D313" r:id="rId255"/>
     <hyperlink ref="D314" r:id="rId256"/>
     <hyperlink ref="D315" r:id="rId257"/>
     <hyperlink ref="D316" r:id="rId258"/>
     <hyperlink ref="D317" r:id="rId259"/>
     <hyperlink ref="D318" r:id="rId260"/>
     <hyperlink ref="D319" r:id="rId261"/>
     <hyperlink ref="D320" r:id="rId262"/>
     <hyperlink ref="D321" r:id="rId263"/>
     <hyperlink ref="D322" r:id="rId264"/>
     <hyperlink ref="D323" r:id="rId265"/>
     <hyperlink ref="D324" r:id="rId266"/>
     <hyperlink ref="D325" r:id="rId267"/>
     <hyperlink ref="D326" r:id="rId268"/>
     <hyperlink ref="D327" r:id="rId269"/>
     <hyperlink ref="D328" r:id="rId270"/>
     <hyperlink ref="D329" r:id="rId271"/>
     <hyperlink ref="D330" r:id="rId272"/>
     <hyperlink ref="D331" r:id="rId273"/>
     <hyperlink ref="D332" r:id="rId274"/>
     <hyperlink ref="D333" r:id="rId275"/>
     <hyperlink ref="D334" r:id="rId276"/>
     <hyperlink ref="D335" r:id="rId277"/>
     <hyperlink ref="D336" r:id="rId278"/>
     <hyperlink ref="D337" r:id="rId279"/>
     <hyperlink ref="D338" r:id="rId280"/>
     <hyperlink ref="D339" r:id="rId281"/>
     <hyperlink ref="D340" r:id="rId282"/>
     <hyperlink ref="D341" r:id="rId283"/>
     <hyperlink ref="D342" r:id="rId284"/>
     <hyperlink ref="D343" r:id="rId285"/>
     <hyperlink ref="D344" r:id="rId286"/>
     <hyperlink ref="D345" r:id="rId287"/>
     <hyperlink ref="D346" r:id="rId288"/>
-    <hyperlink ref="D347" r:id="rId289"/>
-    <hyperlink ref="D348" r:id="rId290"/>
+    <hyperlink ref="D348" r:id="rId289"/>
+    <hyperlink ref="D349" r:id="rId290"/>
     <hyperlink ref="D350" r:id="rId291"/>
     <hyperlink ref="D351" r:id="rId292"/>
     <hyperlink ref="D352" r:id="rId293"/>
     <hyperlink ref="D353" r:id="rId294"/>
     <hyperlink ref="D354" r:id="rId295"/>
-    <hyperlink ref="D355" r:id="rId296"/>
-    <hyperlink ref="D356" r:id="rId297"/>
+    <hyperlink ref="D356" r:id="rId296"/>
+    <hyperlink ref="D357" r:id="rId297"/>
     <hyperlink ref="D358" r:id="rId298"/>
     <hyperlink ref="D359" r:id="rId299"/>
     <hyperlink ref="D360" r:id="rId300"/>
-    <hyperlink ref="D361" r:id="rId301"/>
-    <hyperlink ref="D362" r:id="rId302"/>
+    <hyperlink ref="D362" r:id="rId301"/>
+    <hyperlink ref="D363" r:id="rId302"/>
     <hyperlink ref="D364" r:id="rId303"/>
     <hyperlink ref="D365" r:id="rId304"/>
     <hyperlink ref="D366" r:id="rId305"/>
     <hyperlink ref="D367" r:id="rId306"/>
     <hyperlink ref="D368" r:id="rId307"/>
-    <hyperlink ref="D369" r:id="rId308"/>
-    <hyperlink ref="D370" r:id="rId309"/>
+    <hyperlink ref="D371" r:id="rId308"/>
+    <hyperlink ref="D372" r:id="rId309"/>
     <hyperlink ref="D373" r:id="rId310"/>
     <hyperlink ref="D374" r:id="rId311"/>
     <hyperlink ref="D375" r:id="rId312"/>
     <hyperlink ref="D376" r:id="rId313"/>
     <hyperlink ref="D377" r:id="rId314"/>
     <hyperlink ref="D378" r:id="rId315"/>
     <hyperlink ref="D379" r:id="rId316"/>
     <hyperlink ref="D380" r:id="rId317"/>
     <hyperlink ref="D381" r:id="rId318"/>
-    <hyperlink ref="D382" r:id="rId319"/>
-    <hyperlink ref="D383" r:id="rId320"/>
+    <hyperlink ref="D383" r:id="rId319"/>
+    <hyperlink ref="D384" r:id="rId320"/>
     <hyperlink ref="D385" r:id="rId321"/>
     <hyperlink ref="D386" r:id="rId322"/>
     <hyperlink ref="D387" r:id="rId323"/>
     <hyperlink ref="D388" r:id="rId324"/>
-    <hyperlink ref="D389" r:id="rId325"/>
-    <hyperlink ref="D390" r:id="rId326"/>
+    <hyperlink ref="D390" r:id="rId325"/>
+    <hyperlink ref="D391" r:id="rId326"/>
     <hyperlink ref="D392" r:id="rId327"/>
     <hyperlink ref="D393" r:id="rId328"/>
     <hyperlink ref="D394" r:id="rId329"/>
     <hyperlink ref="D395" r:id="rId330"/>
-    <hyperlink ref="D396" r:id="rId331"/>
-    <hyperlink ref="D397" r:id="rId332"/>
+    <hyperlink ref="D397" r:id="rId331"/>
+    <hyperlink ref="D398" r:id="rId332"/>
     <hyperlink ref="D399" r:id="rId333"/>
     <hyperlink ref="D400" r:id="rId334"/>
     <hyperlink ref="D401" r:id="rId335"/>
-    <hyperlink ref="D402" r:id="rId336"/>
-    <hyperlink ref="D403" r:id="rId337"/>
+    <hyperlink ref="D405" r:id="rId336"/>
+    <hyperlink ref="D406" r:id="rId337"/>
     <hyperlink ref="D407" r:id="rId338"/>
     <hyperlink ref="D408" r:id="rId339"/>
-    <hyperlink ref="D410" r:id="rId340"/>
-[...228 lines deleted...]
-    <hyperlink ref="D711" r:id="rId569"/>
+    <hyperlink ref="D409" r:id="rId340"/>
+    <hyperlink ref="D410" r:id="rId341"/>
+    <hyperlink ref="D412" r:id="rId342"/>
+    <hyperlink ref="D413" r:id="rId343"/>
+    <hyperlink ref="D414" r:id="rId344"/>
+    <hyperlink ref="D415" r:id="rId345"/>
+    <hyperlink ref="D416" r:id="rId346"/>
+    <hyperlink ref="D418" r:id="rId347"/>
+    <hyperlink ref="D419" r:id="rId348"/>
+    <hyperlink ref="D420" r:id="rId349"/>
+    <hyperlink ref="D421" r:id="rId350"/>
+    <hyperlink ref="D422" r:id="rId351"/>
+    <hyperlink ref="D423" r:id="rId352"/>
+    <hyperlink ref="D425" r:id="rId353"/>
+    <hyperlink ref="D426" r:id="rId354"/>
+    <hyperlink ref="D428" r:id="rId355"/>
+    <hyperlink ref="D429" r:id="rId356"/>
+    <hyperlink ref="D431" r:id="rId357"/>
+    <hyperlink ref="D432" r:id="rId358"/>
+    <hyperlink ref="D434" r:id="rId359"/>
+    <hyperlink ref="D435" r:id="rId360"/>
+    <hyperlink ref="D436" r:id="rId361"/>
+    <hyperlink ref="D437" r:id="rId362"/>
+    <hyperlink ref="D439" r:id="rId363"/>
+    <hyperlink ref="D440" r:id="rId364"/>
+    <hyperlink ref="D441" r:id="rId365"/>
+    <hyperlink ref="D442" r:id="rId366"/>
+    <hyperlink ref="D443" r:id="rId367"/>
+    <hyperlink ref="D444" r:id="rId368"/>
+    <hyperlink ref="D446" r:id="rId369"/>
+    <hyperlink ref="D447" r:id="rId370"/>
+    <hyperlink ref="D450" r:id="rId371"/>
+    <hyperlink ref="D451" r:id="rId372"/>
+    <hyperlink ref="D452" r:id="rId373"/>
+    <hyperlink ref="D453" r:id="rId374"/>
+    <hyperlink ref="D454" r:id="rId375"/>
+    <hyperlink ref="D455" r:id="rId376"/>
+    <hyperlink ref="D456" r:id="rId377"/>
+    <hyperlink ref="D457" r:id="rId378"/>
+    <hyperlink ref="D459" r:id="rId379"/>
+    <hyperlink ref="D460" r:id="rId380"/>
+    <hyperlink ref="D461" r:id="rId381"/>
+    <hyperlink ref="D463" r:id="rId382"/>
+    <hyperlink ref="D464" r:id="rId383"/>
+    <hyperlink ref="D465" r:id="rId384"/>
+    <hyperlink ref="D466" r:id="rId385"/>
+    <hyperlink ref="D467" r:id="rId386"/>
+    <hyperlink ref="D468" r:id="rId387"/>
+    <hyperlink ref="D470" r:id="rId388"/>
+    <hyperlink ref="D471" r:id="rId389"/>
+    <hyperlink ref="D472" r:id="rId390"/>
+    <hyperlink ref="D474" r:id="rId391"/>
+    <hyperlink ref="D476" r:id="rId392"/>
+    <hyperlink ref="D478" r:id="rId393"/>
+    <hyperlink ref="D479" r:id="rId394"/>
+    <hyperlink ref="D481" r:id="rId395"/>
+    <hyperlink ref="D483" r:id="rId396"/>
+    <hyperlink ref="D484" r:id="rId397"/>
+    <hyperlink ref="D486" r:id="rId398"/>
+    <hyperlink ref="D487" r:id="rId399"/>
+    <hyperlink ref="D489" r:id="rId400"/>
+    <hyperlink ref="D490" r:id="rId401"/>
+    <hyperlink ref="D492" r:id="rId402"/>
+    <hyperlink ref="D494" r:id="rId403"/>
+    <hyperlink ref="D495" r:id="rId404"/>
+    <hyperlink ref="D496" r:id="rId405"/>
+    <hyperlink ref="D497" r:id="rId406"/>
+    <hyperlink ref="D499" r:id="rId407"/>
+    <hyperlink ref="D500" r:id="rId408"/>
+    <hyperlink ref="D502" r:id="rId409"/>
+    <hyperlink ref="D504" r:id="rId410"/>
+    <hyperlink ref="D505" r:id="rId411"/>
+    <hyperlink ref="D506" r:id="rId412"/>
+    <hyperlink ref="D509" r:id="rId413"/>
+    <hyperlink ref="D510" r:id="rId414"/>
+    <hyperlink ref="D511" r:id="rId415"/>
+    <hyperlink ref="D512" r:id="rId416"/>
+    <hyperlink ref="D513" r:id="rId417"/>
+    <hyperlink ref="D515" r:id="rId418"/>
+    <hyperlink ref="D516" r:id="rId419"/>
+    <hyperlink ref="D518" r:id="rId420"/>
+    <hyperlink ref="D519" r:id="rId421"/>
+    <hyperlink ref="D521" r:id="rId422"/>
+    <hyperlink ref="D522" r:id="rId423"/>
+    <hyperlink ref="D524" r:id="rId424"/>
+    <hyperlink ref="D525" r:id="rId425"/>
+    <hyperlink ref="D526" r:id="rId426"/>
+    <hyperlink ref="D528" r:id="rId427"/>
+    <hyperlink ref="D529" r:id="rId428"/>
+    <hyperlink ref="D530" r:id="rId429"/>
+    <hyperlink ref="D531" r:id="rId430"/>
+    <hyperlink ref="D532" r:id="rId431"/>
+    <hyperlink ref="D533" r:id="rId432"/>
+    <hyperlink ref="D534" r:id="rId433"/>
+    <hyperlink ref="D535" r:id="rId434"/>
+    <hyperlink ref="D536" r:id="rId435"/>
+    <hyperlink ref="D538" r:id="rId436"/>
+    <hyperlink ref="D539" r:id="rId437"/>
+    <hyperlink ref="D540" r:id="rId438"/>
+    <hyperlink ref="D541" r:id="rId439"/>
+    <hyperlink ref="D542" r:id="rId440"/>
+    <hyperlink ref="D543" r:id="rId441"/>
+    <hyperlink ref="D544" r:id="rId442"/>
+    <hyperlink ref="D545" r:id="rId443"/>
+    <hyperlink ref="D546" r:id="rId444"/>
+    <hyperlink ref="D547" r:id="rId445"/>
+    <hyperlink ref="D548" r:id="rId446"/>
+    <hyperlink ref="D550" r:id="rId447"/>
+    <hyperlink ref="D551" r:id="rId448"/>
+    <hyperlink ref="D552" r:id="rId449"/>
+    <hyperlink ref="D553" r:id="rId450"/>
+    <hyperlink ref="D554" r:id="rId451"/>
+    <hyperlink ref="D555" r:id="rId452"/>
+    <hyperlink ref="D556" r:id="rId453"/>
+    <hyperlink ref="D557" r:id="rId454"/>
+    <hyperlink ref="D558" r:id="rId455"/>
+    <hyperlink ref="D559" r:id="rId456"/>
+    <hyperlink ref="D560" r:id="rId457"/>
+    <hyperlink ref="D561" r:id="rId458"/>
+    <hyperlink ref="D562" r:id="rId459"/>
+    <hyperlink ref="D563" r:id="rId460"/>
+    <hyperlink ref="D564" r:id="rId461"/>
+    <hyperlink ref="D565" r:id="rId462"/>
+    <hyperlink ref="D566" r:id="rId463"/>
+    <hyperlink ref="D568" r:id="rId464"/>
+    <hyperlink ref="D569" r:id="rId465"/>
+    <hyperlink ref="D570" r:id="rId466"/>
+    <hyperlink ref="D571" r:id="rId467"/>
+    <hyperlink ref="D572" r:id="rId468"/>
+    <hyperlink ref="D573" r:id="rId469"/>
+    <hyperlink ref="D574" r:id="rId470"/>
+    <hyperlink ref="D575" r:id="rId471"/>
+    <hyperlink ref="D576" r:id="rId472"/>
+    <hyperlink ref="D577" r:id="rId473"/>
+    <hyperlink ref="D578" r:id="rId474"/>
+    <hyperlink ref="D579" r:id="rId475"/>
+    <hyperlink ref="D580" r:id="rId476"/>
+    <hyperlink ref="D581" r:id="rId477"/>
+    <hyperlink ref="D582" r:id="rId478"/>
+    <hyperlink ref="D583" r:id="rId479"/>
+    <hyperlink ref="D584" r:id="rId480"/>
+    <hyperlink ref="D585" r:id="rId481"/>
+    <hyperlink ref="D586" r:id="rId482"/>
+    <hyperlink ref="D587" r:id="rId483"/>
+    <hyperlink ref="D588" r:id="rId484"/>
+    <hyperlink ref="D589" r:id="rId485"/>
+    <hyperlink ref="D590" r:id="rId486"/>
+    <hyperlink ref="D592" r:id="rId487"/>
+    <hyperlink ref="D593" r:id="rId488"/>
+    <hyperlink ref="D594" r:id="rId489"/>
+    <hyperlink ref="D595" r:id="rId490"/>
+    <hyperlink ref="D596" r:id="rId491"/>
+    <hyperlink ref="D597" r:id="rId492"/>
+    <hyperlink ref="D599" r:id="rId493"/>
+    <hyperlink ref="D600" r:id="rId494"/>
+    <hyperlink ref="D601" r:id="rId495"/>
+    <hyperlink ref="D602" r:id="rId496"/>
+    <hyperlink ref="D603" r:id="rId497"/>
+    <hyperlink ref="D604" r:id="rId498"/>
+    <hyperlink ref="D608" r:id="rId499"/>
+    <hyperlink ref="D610" r:id="rId500"/>
+    <hyperlink ref="D611" r:id="rId501"/>
+    <hyperlink ref="D612" r:id="rId502"/>
+    <hyperlink ref="D613" r:id="rId503"/>
+    <hyperlink ref="D614" r:id="rId504"/>
+    <hyperlink ref="D615" r:id="rId505"/>
+    <hyperlink ref="D616" r:id="rId506"/>
+    <hyperlink ref="D618" r:id="rId507"/>
+    <hyperlink ref="D619" r:id="rId508"/>
+    <hyperlink ref="D620" r:id="rId509"/>
+    <hyperlink ref="D621" r:id="rId510"/>
+    <hyperlink ref="D623" r:id="rId511"/>
+    <hyperlink ref="D624" r:id="rId512"/>
+    <hyperlink ref="D625" r:id="rId513"/>
+    <hyperlink ref="D626" r:id="rId514"/>
+    <hyperlink ref="D627" r:id="rId515"/>
+    <hyperlink ref="D628" r:id="rId516"/>
+    <hyperlink ref="D631" r:id="rId517"/>
+    <hyperlink ref="D632" r:id="rId518"/>
+    <hyperlink ref="D633" r:id="rId519"/>
+    <hyperlink ref="D635" r:id="rId520"/>
+    <hyperlink ref="D636" r:id="rId521"/>
+    <hyperlink ref="D637" r:id="rId522"/>
+    <hyperlink ref="D639" r:id="rId523"/>
+    <hyperlink ref="D640" r:id="rId524"/>
+    <hyperlink ref="D641" r:id="rId525"/>
+    <hyperlink ref="D642" r:id="rId526"/>
+    <hyperlink ref="D645" r:id="rId527"/>
+    <hyperlink ref="D648" r:id="rId528"/>
+    <hyperlink ref="D649" r:id="rId529"/>
+    <hyperlink ref="D650" r:id="rId530"/>
+    <hyperlink ref="D653" r:id="rId531"/>
+    <hyperlink ref="D654" r:id="rId532"/>
+    <hyperlink ref="D655" r:id="rId533"/>
+    <hyperlink ref="D656" r:id="rId534"/>
+    <hyperlink ref="D657" r:id="rId535"/>
+    <hyperlink ref="D658" r:id="rId536"/>
+    <hyperlink ref="D659" r:id="rId537"/>
+    <hyperlink ref="D660" r:id="rId538"/>
+    <hyperlink ref="D661" r:id="rId539"/>
+    <hyperlink ref="D663" r:id="rId540"/>
+    <hyperlink ref="D664" r:id="rId541"/>
+    <hyperlink ref="D666" r:id="rId542"/>
+    <hyperlink ref="D667" r:id="rId543"/>
+    <hyperlink ref="D668" r:id="rId544"/>
+    <hyperlink ref="D669" r:id="rId545"/>
+    <hyperlink ref="D670" r:id="rId546"/>
+    <hyperlink ref="D671" r:id="rId547"/>
+    <hyperlink ref="D672" r:id="rId548"/>
+    <hyperlink ref="D673" r:id="rId549"/>
+    <hyperlink ref="D674" r:id="rId550"/>
+    <hyperlink ref="D675" r:id="rId551"/>
+    <hyperlink ref="D676" r:id="rId552"/>
+    <hyperlink ref="D679" r:id="rId553"/>
+    <hyperlink ref="D680" r:id="rId554"/>
+    <hyperlink ref="D681" r:id="rId555"/>
+    <hyperlink ref="D682" r:id="rId556"/>
+    <hyperlink ref="D683" r:id="rId557"/>
+    <hyperlink ref="D684" r:id="rId558"/>
+    <hyperlink ref="D685" r:id="rId559"/>
+    <hyperlink ref="D687" r:id="rId560"/>
+    <hyperlink ref="D688" r:id="rId561"/>
+    <hyperlink ref="D689" r:id="rId562"/>
+    <hyperlink ref="D692" r:id="rId563"/>
+    <hyperlink ref="D693" r:id="rId564"/>
+    <hyperlink ref="D694" r:id="rId565"/>
+    <hyperlink ref="D696" r:id="rId566"/>
+    <hyperlink ref="D697" r:id="rId567"/>
+    <hyperlink ref="D698" r:id="rId568"/>
+    <hyperlink ref="D699" r:id="rId569"/>
+    <hyperlink ref="D700" r:id="rId570"/>
+    <hyperlink ref="D701" r:id="rId571"/>
+    <hyperlink ref="D702" r:id="rId572"/>
+    <hyperlink ref="D703" r:id="rId573"/>
+    <hyperlink ref="D705" r:id="rId574"/>
+    <hyperlink ref="D706" r:id="rId575"/>
+    <hyperlink ref="D707" r:id="rId576"/>
+    <hyperlink ref="D708" r:id="rId577"/>
+    <hyperlink ref="D709" r:id="rId578"/>
+    <hyperlink ref="D711" r:id="rId579"/>
+    <hyperlink ref="D712" r:id="rId580"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>