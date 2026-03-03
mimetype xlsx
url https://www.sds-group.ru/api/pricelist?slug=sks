--- v1 (2026-01-15)
+++ v2 (2026-03-03)
@@ -51,152 +51,152 @@
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1. СКС</t>
   </si>
   <si>
     <t>1.1 LAN-кабель</t>
   </si>
   <si>
     <t>1.1.1 Кабель витая пара REXANT PRO</t>
   </si>
   <si>
     <t>1.1.1.1 Кабель внутренний 5е UTP / FTP</t>
   </si>
   <si>
+    <t>02-0021</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>02-0005</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0025</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4х2х0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
+    <t>02-0022</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
     <t>02-0002</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0004</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>02-0005</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.1.2 Кабель внутренний 6A, 7,7A UTP / FTP</t>
   </si>
   <si>
     <t>02-0321</t>
   </si>
   <si>
     <t>Кабель витая пара U/FTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
+    <t>02-0302</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
+  </si>
+  <si>
     <t>02-0325</t>
   </si>
   <si>
     <t>Кабель витая пара S/FTP, CAT 6A, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, серия PRO REXANT</t>
   </si>
   <si>
-    <t>02-0302</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.2 Кабель витая пара REXANT</t>
   </si>
   <si>
     <t>1.1.2.1 Кабель внутренний 5е UTP Rexant</t>
   </si>
   <si>
+    <t>01-0002</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0043</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0044</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
+  </si>
+  <si>
     <t>01-0069</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м REXANT</t>
   </si>
   <si>
     <t>01-0061</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
   </si>
   <si>
-    <t>01-0002</t>
-[...10 lines deleted...]
-  <si>
     <t>01-0059</t>
   </si>
   <si>
-    <t>01-0044</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0049</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м REXANT</t>
   </si>
   <si>
     <t>01-0026</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м REXANT</t>
   </si>
   <si>
     <t>1.1.2.2 Кабель внутренний 5е FTP Rexant</t>
   </si>
   <si>
     <t>01-0169</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
   </si>
   <si>
     <t>01-0150</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, REXANT</t>
@@ -204,656 +204,656 @@
   <si>
     <t>01-0342</t>
   </si>
   <si>
     <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
   </si>
   <si>
     <t>01-0122</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
   </si>
   <si>
     <t>01-0161</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
   </si>
   <si>
     <t>01-0125</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
   </si>
   <si>
+    <t>01-0143</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0145</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
   </si>
   <si>
     <t>01-0343</t>
   </si>
   <si>
     <t>Кабель витая пара SF/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, STRANDED, серый, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0143</t>
-[...4 lines deleted...]
-  <si>
     <t>01-0120</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 1PR, 24AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
   </si>
   <si>
     <t>1.1.2.3 Кабель внешний 5е UTP Rexant</t>
   </si>
   <si>
+    <t>01-0065</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0046</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0025</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0045</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0065</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.2.4 Кабель внешний 5е FTP Rexant</t>
   </si>
   <si>
+    <t>01-0146</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (барабан), REXANT</t>
+  </si>
+  <si>
     <t>01-0165</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
   </si>
   <si>
+    <t>01-0146-1</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м (коробка) REXANT</t>
+  </si>
+  <si>
+    <t>01-0124</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 2PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0144</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м, REXANT</t>
+  </si>
+  <si>
     <t>01-0344</t>
   </si>
   <si>
     <t>Кабель витая пара SF/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
   </si>
   <si>
-    <t>01-0146</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.2.5 Кабель внутренний 6 UTP / FTP</t>
   </si>
   <si>
     <t>01-0067</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
   </si>
   <si>
+    <t>01-0171</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
+  </si>
+  <si>
+    <t>01-0151</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0167</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, серый, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0050</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+  </si>
+  <si>
     <t>01-0071</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 6, нг(А)-LSLTx, 4х2х0,575мм, 23AWG, INDOOR, SOLID, зеленый, 305м REXANT</t>
   </si>
   <si>
-    <t>01-0171</t>
-[...16 lines deleted...]
-  <si>
     <t>01-0047</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 6, PVC, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
   </si>
   <si>
-    <t>01-0151</t>
-[...2 lines deleted...]
-    <t>Кабель витая пара F/UTP, CAT 6, LSZH нг(А)-HF, 4PR, 23AWG, INDOOR, SOLID, оранжевый, 305 м, REXANT</t>
+    <t>01-0147</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, синий, 305 м, REXANT</t>
   </si>
   <si>
     <t>01-0542</t>
   </si>
   <si>
     <t>Кабель витая пара S/FTP, CAT 7, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305 м, REXANT</t>
   </si>
   <si>
-    <t>01-0147</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.2.6 Кабель внешний 6 UTP / FTP</t>
   </si>
   <si>
     <t>01-0058</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
   </si>
   <si>
     <t>01-0158</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 6, PE, 4PR, 23AWG, OUTDOOR, SOLID, черный, 305м REXANT</t>
   </si>
   <si>
     <t>1.1.3 Кабель витая пара PROconnect</t>
   </si>
   <si>
     <t>1.1.3.1 Кабель внешний медный 5е UTP / FTP</t>
   </si>
   <si>
+    <t>01-0155</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, с тросом, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0054</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0154</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0155</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.3.2 Кабель внешний омедненный 5е UTP / FTP</t>
   </si>
   <si>
     <t>01-0045-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0146-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м PROconnect</t>
   </si>
   <si>
     <t>1.1.3.3 Кабель внутренний медный 5е, 6 UTP / FTP</t>
   </si>
   <si>
     <t>01-0052</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
+    <t>01-0148</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
     <t>01-0152</t>
   </si>
   <si>
     <t>Кабель витая пара, F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
     <t>01-0027</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0148</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.3.4 Кабель внутренний омедненный 5е, 6 UTP / FTP</t>
   </si>
   <si>
+    <t>01-0142-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0148-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0043-2</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+  </si>
+  <si>
+    <t>01-0147-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0121-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный F/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
+  </si>
+  <si>
     <t>01-0022-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0142-3</t>
-[...20 lines deleted...]
-    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
+    <t>01-0048-3</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный U/UTP, CCA, CAT 5, PVC, 4PR, 26AWG, INDOOR, SOLID, серый, 305м PROconnect Light</t>
   </si>
   <si>
     <t>01-0047-3</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный U/UTP, CCA, CAT 6, PVC, 4PR, 23AWG, INDOOR, SOLID, серый, 305м PROconnect</t>
   </si>
   <si>
-    <t>01-0121-3</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.4 Многопарный кабель</t>
   </si>
   <si>
     <t>1.1.4.1 Внешний многопарный кабель UTP / FTP</t>
   </si>
   <si>
+    <t>01-1204-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1203</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, REXANT</t>
+  </si>
+  <si>
+    <t>01-1123-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PE, 16PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-1122-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5е, PE, 25PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
   </si>
   <si>
-    <t>01-1123-R</t>
-[...4 lines deleted...]
-  <si>
     <t>01-1121-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5е, PE, 10PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
   </si>
   <si>
-    <t>01-1204-R</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.4.2 Внутренний многопарный кабель UTP / FTP</t>
   </si>
   <si>
+    <t>01-1013-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1206-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5е, LSZH нг(А)-HF, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-1012-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5е, PVC, 16PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
   </si>
   <si>
+    <t>01-1011-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-1016-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, LSZH нг(А)-HF, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-1202-R</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5е, PVC, 10PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
   </si>
   <si>
-    <t>01-1206-R</t>
-[...22 lines deleted...]
-  <si>
     <t>01-1201-R</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5е, PVC, 25PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
   </si>
   <si>
     <t>1.1.5 Кабель витая пара REXANT РФ</t>
   </si>
   <si>
     <t>1.1.5.1 Кабель внутренний 5е FTP</t>
   </si>
   <si>
     <t>01-0152-R</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
   </si>
   <si>
+    <t>01-0169-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0150-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-0141-R</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
   </si>
   <si>
+    <t>02-0025-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-0143-R</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
   </si>
   <si>
-    <t>01-0150-R</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0021-R</t>
   </si>
   <si>
-    <t>Кабель витая пара F/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.5.2 Кабель внешний 5е UTP</t>
   </si>
   <si>
     <t>01-0045-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
   </si>
   <si>
     <t>02-0006-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
   </si>
   <si>
     <t>01-0054-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
   </si>
   <si>
     <t>1.1.5.3 Кабель внешний 5е FTP</t>
   </si>
   <si>
+    <t>01-0154-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0027-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара F/UTP, CAT 5e, PE, 4х2х0,52 мм, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-0146-R</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 305м, РФ REXANT</t>
   </si>
   <si>
-    <t>01-0154-R</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.5.4 Кабель внутренний 5е UTP</t>
   </si>
   <si>
+    <t>01-0041-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC нг(А)-LS, 4х2х0,52мм, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0059-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0052-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, серия LIGHT, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0069-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>02-0005-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, PVC, 4x2x0,52 мм, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0061-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, нг(А)-LSLTx, 4х2х0,52мм, 24AWG, INDOOR, SOLID, зеленый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>02-0004-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5е, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
+    <t>01-0023-R</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 2PR, 24AWG, INDOOR, SOLID, серый, 305м, РФ REXANT</t>
+  </si>
+  <si>
     <t>01-0049-R</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 305м, РФ REXANT</t>
   </si>
   <si>
-    <t>01-0059-R</t>
-[...55 lines deleted...]
-  <si>
     <t>1.1.6 Мини бухты</t>
   </si>
   <si>
     <t>1.1.6.1 Мини бухты REXANT</t>
   </si>
   <si>
+    <t>01-0049-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, LSZH нг(А)-HF, 4PR, 24AWG, INDOOR, SOLID, оранжевый, 100м REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м, REXANT</t>
+  </si>
+  <si>
+    <t>01-0043-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м, REXANT</t>
+  </si>
+  <si>
     <t>01-0043-50</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м, REXANT</t>
   </si>
   <si>
-    <t>01-0043-100</t>
-[...10 lines deleted...]
-  <si>
     <t>01-0045-25</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 25м, REXANT</t>
   </si>
   <si>
     <t>01-0045-50</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 50м, REXANT</t>
   </si>
   <si>
     <t>01-0045-100</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PE, 4PR, 24AWG, OUTDOOR, SOLID, черный, 100м, REXANT</t>
   </si>
   <si>
-    <t>01-0043-25</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.6.2 Мини бухты PROconnect</t>
   </si>
   <si>
+    <t>01-0043-3-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0043-3-100</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
+  </si>
+  <si>
     <t>01-0142-3-50</t>
   </si>
   <si>
     <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
   </si>
   <si>
+    <t>01-0043-3-50</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, U/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
+  </si>
+  <si>
+    <t>01-0142-3-25</t>
+  </si>
+  <si>
+    <t>Кабель витая пара омедненный, F/UTP, CCA, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
+  </si>
+  <si>
     <t>01-0052-25</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 25м PROconnect</t>
   </si>
   <si>
-    <t>01-0043-3-25</t>
-[...22 lines deleted...]
-  <si>
     <t>01-0052-50</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 50м PROconnect</t>
   </si>
   <si>
     <t>01-0052-100</t>
   </si>
   <si>
     <t>Кабель витая пара U/UTP, CAT 5e, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
   </si>
   <si>
     <t>01-0152-100</t>
   </si>
   <si>
     <t>Кабель витая пара F/UTP, CAT 5е, PVC, 4PR, 24AWG, INDOOR, SOLID, серый, 100м PROconnect</t>
   </si>
   <si>
     <t>1.2 Патч-панели</t>
   </si>
   <si>
     <t>1.2.1 Патч-панели REXANT PRO 5е UTP / STP</t>
   </si>
   <si>
     <t>02-0031</t>
@@ -861,425 +861,425 @@
   <si>
     <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0041</t>
   </si>
   <si>
     <t>Панель коммутационная 19", 1U, 24 порта, STP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0032</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0033</t>
   </si>
   <si>
     <t>Панель коммутационная высокой плотности с кабельными органайзерами 19", 1U, 48 портов, UTP, RJ-45, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>1.2.2 Патч-панели REXANT PRO 6 UTP / STP</t>
   </si>
   <si>
+    <t>02-0232</t>
+  </si>
+  <si>
+    <t>Панель коммутационная с кабельными органайзерами 19", 2U, 48 портов, RJ-45, CAT 6, UTP REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0231</t>
   </si>
   <si>
     <t>Панель коммутационная с кабельным органайзером 19", 1U, 24 порта, RJ-45, CAT 6, UTP REXANT PRO</t>
   </si>
   <si>
-    <t>02-0232</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0234</t>
   </si>
   <si>
     <t>Панель коммутационная 19" PRO, 1U, 24 порта, UTP, RJ-45, CAT 6 REXANT</t>
   </si>
   <si>
     <t>1.2.3 Патч-панели наборные</t>
   </si>
   <si>
+    <t>02-0054</t>
+  </si>
+  <si>
+    <t>Панель коммутационная наборная 19", 1U, 24 порта, STP REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0053</t>
   </si>
   <si>
     <t>Панель коммутационная наборная 19", 1U, 24 порта, UTP REXANT PRO</t>
   </si>
   <si>
-    <t>02-0054</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.4 Патч-панели REXANT 5е UTP / STP</t>
   </si>
   <si>
+    <t>04-0020</t>
+  </si>
+  <si>
+    <t>Панель коммутационная настенная, 12 портов, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>04-0025</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 10", 1U, 12 портов UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>04-0022</t>
+  </si>
+  <si>
+    <t>Панель коммутационная 19", 2U, 48 портов, UTP, RJ-45, CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>04-0021</t>
   </si>
   <si>
     <t>Панель коммутационная 19", 1U, 24 порта, UTP, RJ-45, CAT 5e REXANT</t>
   </si>
   <si>
-    <t>04-0022</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Модули Keystone Jack</t>
   </si>
   <si>
     <t>1.3.1 Модули KJ RexantPRO 5Е UTP / STP</t>
   </si>
   <si>
+    <t>02-0064</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 5e, тип 90 градусов, белый REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0101</t>
   </si>
   <si>
     <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), UTP, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0072</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 5e, тип 90 градусов REXANT PRO</t>
   </si>
   <si>
     <t>02-0102</t>
   </si>
   <si>
     <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), FTP, CAT 5e REXANT PRO</t>
   </si>
   <si>
     <t>02-0060</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 5e, тип 180 градусов, белый REXANT PRO</t>
   </si>
   <si>
-    <t>02-0064</t>
-[...4 lines deleted...]
-  <si>
     <t>02-0071</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 5e, тип 180 градусов, самозажимной REXANT PRO</t>
   </si>
   <si>
     <t>1.3.2 Модули KJ RexantPRO 6 UTP / STP</t>
   </si>
   <si>
+    <t>02-0254-1</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 180 градусов, с пылезащитной шторкой, белый REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0108</t>
+  </si>
+  <si>
+    <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), UTP, CAT 6 REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0250</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 180 градусов, белый REXANT PRO</t>
   </si>
   <si>
+    <t>02-0272</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 6, тип 90 градусов REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0255</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 90 градусов, черный REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0261</t>
+  </si>
+  <si>
+    <t>Модуль Keystone Jack RJ-45(8P8C), FTP экранированный, CAT 6, тип 180 градусов, самозажимной REXANT PRO</t>
+  </si>
+  <si>
+    <t>02-0109</t>
+  </si>
+  <si>
+    <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), FTP, CAT 6 REXANT PRO</t>
+  </si>
+  <si>
     <t>02-0254</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C), UTP неэкранированный, CAT 6, тип 90 градусов, белый REXANT PRO</t>
   </si>
   <si>
-    <t>02-0272</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3.3 Модули KJ RexantPRO 6А UTP / STP</t>
   </si>
   <si>
     <t>02-0110</t>
   </si>
   <si>
     <t>Адаптер проходной формата Keystone, Jack RJ-45(8P8C), FTP, CAT 6A REXANT PRO</t>
   </si>
   <si>
     <t>02-0361</t>
   </si>
   <si>
     <t>Модуль Keystone, Jack RJ-45(8P8C), FTP экранированный, CAT 6A, тип 180 градусов, самозажимной REXANT PRO</t>
   </si>
   <si>
     <t>1.3.4 Модули KJ Rexant 5Е UTP / STP</t>
   </si>
   <si>
+    <t>03-1011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Модуль Keystone Jack RJ-45(8P8C), UTP, CAT 5e, тип 180 градусов, белый REXANT </t>
+  </si>
+  <si>
     <t>03-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Модуль Keystone Jack RJ-45(8P8C), UTP, CAT 5e, тип 180 градусов, самозажимной, белый REXANT </t>
   </si>
   <si>
-    <t>03-1011</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.5 Модули KJ Rexant 6 UTP / STP</t>
   </si>
   <si>
     <t>05-1052</t>
   </si>
   <si>
     <t>Модуль Keystone Jack RJ-45(8P8C) UTP, CAT 6, тип 180 градусов, самозажимной, белый REXANT</t>
   </si>
   <si>
     <t>1.4 Разъемы</t>
   </si>
   <si>
     <t>1.4.1 Разъемы REXANT PRO 6A UTP / STP</t>
   </si>
   <si>
     <t>02-0373</t>
   </si>
   <si>
     <t>Разъем RJ-45(8P8C) полевой заделки под витую пару, FTP, CAT 6А (50 µ"/ 50 микродюймов) серия PRO REXANT</t>
   </si>
   <si>
     <t>1.4.2 Разъемы REXANT 5Е UTP / STP</t>
   </si>
   <si>
+    <t>05-1019</t>
+  </si>
+  <si>
+    <t>Разъем cквозной FTP RJ-45(8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>05-1020</t>
   </si>
   <si>
     <t>Разъем cквозной RJ-45(8P8C) под витую пару, UTP, CAT 5e REXANT</t>
   </si>
   <si>
     <t>05-1051</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем UTP RJ-45(8P8C), CAT 5e, самозажимной REXANT </t>
   </si>
   <si>
     <t>05-1021</t>
   </si>
   <si>
     <t>Разъем UTP RJ-45(8P8C), CAT 5e REXANT</t>
   </si>
   <si>
-    <t>05-1019</t>
-[...4 lines deleted...]
-  <si>
     <t>05-1023</t>
   </si>
   <si>
-    <t>Разъем RJ-45(8P8C), STP, CAT 5e REXANT</t>
+    <t>Разъем RJ-45(8P8C), FTP, CAT 5e REXANT</t>
   </si>
   <si>
     <t>1.4.3 Разъемы REXANT 6, 6А UTP / STP</t>
   </si>
   <si>
+    <t>05-1039</t>
+  </si>
+  <si>
+    <t>Разъем cквозной FTP RJ-45(8P8C), CAT 6a REXANT</t>
+  </si>
+  <si>
+    <t>05-1029</t>
+  </si>
+  <si>
+    <t>Разъем cквозной FTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>05-1031</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 6, с вставкой REXANT </t>
+  </si>
+  <si>
+    <t>05-1030</t>
+  </si>
+  <si>
+    <t>Разъем cквозной UTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
     <t>05-1031-4</t>
   </si>
   <si>
     <t>Разъем RJ-45(8P8C) под витую пару, UTP, CAT 6 REXANT</t>
   </si>
   <si>
-    <t>05-1029</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4.4 Разъемы PROconnect 5Е UTP / STP</t>
   </si>
   <si>
     <t>05-1021-6</t>
   </si>
   <si>
     <t>Разъем UTP RJ-45 (8P8C), CAT 5e PROconnect Light</t>
   </si>
   <si>
     <t>05-1021-3</t>
   </si>
   <si>
     <t>Разъем UTP RJ-45 (8P8C), CAT 5e PROconnect</t>
   </si>
   <si>
     <t>1.4.5 Колпачки REXANT</t>
   </si>
   <si>
+    <t>05-1204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, зеленый REXANT </t>
+  </si>
+  <si>
+    <t>05-1209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, синий REXANT </t>
+  </si>
+  <si>
     <t>05-1205</t>
   </si>
   <si>
     <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, красный REXANT </t>
   </si>
   <si>
-    <t>05-1204</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, синий REXANT </t>
+    <t>05-1201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, белый REXANT </t>
   </si>
   <si>
     <t>05-1208</t>
   </si>
   <si>
     <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, серый REXANT </t>
   </si>
   <si>
-    <t>05-1201</t>
-[...4 lines deleted...]
-  <si>
     <t>05-1203</t>
   </si>
   <si>
     <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, желтый REXANT </t>
   </si>
   <si>
     <t>05-1210</t>
   </si>
   <si>
     <t xml:space="preserve">Колпачок изолирующий для разъемов RJ-45, черный REXANT </t>
   </si>
   <si>
     <t>1.4.6 Разъемы REXANT PRO 6 UTP / STP</t>
   </si>
   <si>
+    <t>02-0381</t>
+  </si>
+  <si>
+    <t>Разъем RJ-45(8P8C) полевой заделки под витую пару, FTP, CAT 6 (50 µ"/ 50 микродюймов) серия PRO REXANT</t>
+  </si>
+  <si>
     <t>02-0281</t>
   </si>
   <si>
     <t>Разъем RJ-45(8P8C) полевой заделки под витую пару, UTP, CAT 6 (50 µ"/ 50 микродюймов) серия PRO REXANT</t>
   </si>
   <si>
-    <t>02-0381</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Розетки</t>
   </si>
   <si>
     <t>1.5.1 Розетки 5Е UTP / FTP</t>
   </si>
   <si>
+    <t>03-0151</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя 2-порта, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
+  </si>
+  <si>
+    <t>03-0122</t>
+  </si>
+  <si>
+    <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 5e REXANT</t>
+  </si>
+  <si>
     <t>03-0120</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка комбинированная внешняя, UTP RJ-45(8P8C) + RJ-11(6P-4C) REXANT </t>
   </si>
   <si>
-    <t>03-0122</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0121</t>
   </si>
   <si>
     <t>Рoзетка компьютерная внешняя 1-порт, UTP RJ-45 (8P8C), CAT 5e REXANT</t>
   </si>
   <si>
-    <t>03-0151</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5.2 Розетки 6 UTP / FTP</t>
   </si>
   <si>
     <t>03-0132</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), UTP CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0142</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 1-порт RJ-45 (8P8C), STP, CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0146</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), STP, CAT 6 REXANT</t>
   </si>
   <si>
     <t>03-0136</t>
   </si>
   <si>
     <t>Розетка компьютерная внешняя, 2-порта RJ-45 (8P8C), UTP CAT 6 REXANT</t>
@@ -1302,1565 +1302,1565 @@
   <si>
     <t>03-0221</t>
   </si>
   <si>
     <t>Корпус настенной розетки под 1 модуль Keystone Jack белый</t>
   </si>
   <si>
     <t>1.5.4 Индустриальные соединительные модули</t>
   </si>
   <si>
     <t>02-0285</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 с защитным колпачком для кабеля REXANT</t>
   </si>
   <si>
     <t>02-0284</t>
   </si>
   <si>
     <t>Индустриальный соединительный модуль, RJ-45(8P8C), STP, CAT 6, IP68 REXANT</t>
   </si>
   <si>
     <t>1.5.5 Рамки, розетки и лицевые панели 45х45 (Mosaic)</t>
   </si>
   <si>
+    <t>03-0262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 2 порта со шторкой </t>
+  </si>
+  <si>
+    <t>03-0127</t>
+  </si>
+  <si>
+    <t>Короб накладной для лицевых панелей 80х150 под 4 модуля 45х22,5 Mosaic</t>
+  </si>
+  <si>
+    <t>11-8977</t>
+  </si>
+  <si>
+    <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, белая REXANT</t>
+  </si>
+  <si>
+    <t>03-0260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 22,5x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
     <t>03-0126</t>
   </si>
   <si>
     <t>Короб накладной для лицевых панелей 80х80 под 2 модуля 45х22,5 Mosaic</t>
   </si>
   <si>
-    <t>11-8977</t>
-[...4 lines deleted...]
-  <si>
     <t>03-0134</t>
   </si>
   <si>
     <t>Панель лицевая 80х150 для модулей Mosaic, пластиковый суппорт</t>
   </si>
   <si>
     <t>03-0131</t>
   </si>
   <si>
     <t>Панель лицевая 80х80 для модуля Mosaic, пластиковый суппорт</t>
   </si>
   <si>
     <t>11-8978</t>
   </si>
   <si>
     <t>Розетка электрическая 45x45, CEE 7/4, 2K+3, 16A, красная REXANT</t>
   </si>
   <si>
+    <t>03-0261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Вставка Mosaic 45x45, на 1 порт со шторкой </t>
+  </si>
+  <si>
+    <t>03-0161</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 45x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0160</t>
+  </si>
+  <si>
+    <t>Вставка Mosaic 22,5x45, на 1 порт с прозрачной шторкой и увеличенным окном маркировки, белая</t>
+  </si>
+  <si>
+    <t>03-0130</t>
+  </si>
+  <si>
+    <t>Панель лицевая 80х80 для модуля Mosaic, металлический суппорт</t>
+  </si>
+  <si>
     <t>03-0162</t>
   </si>
   <si>
     <t>Вставка Mosaic 45x45, на 2 порта с прозрачной шторкой и увеличенным окном маркировки, белая</t>
   </si>
   <si>
-    <t>03-0261</t>
-[...40 lines deleted...]
-  <si>
     <t>1.6 Патч-корды</t>
   </si>
   <si>
     <t>1.6.1 Патч-корды REXANT PRO медные</t>
   </si>
   <si>
     <t>1.6.1.1 Патч-корды медные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>02-0105-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1,5м REXANT</t>
+  </si>
+  <si>
     <t>02-0100-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0102-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,3м REXANT</t>
+  </si>
+  <si>
     <t>02-0104-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0105-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
+  </si>
+  <si>
     <t>02-0104-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 0,5м REXANT</t>
   </si>
   <si>
+    <t>02-0105-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
+  </si>
+  <si>
     <t>02-0106-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,5м REXANT</t>
   </si>
   <si>
     <t>02-0100-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
   </si>
   <si>
+    <t>02-0103-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0103-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, красный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0104-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, синий, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0105-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, желтый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0100-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0102-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0106-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
+  </si>
+  <si>
     <t>02-0102-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
   </si>
   <si>
-    <t>02-0105-1</t>
-[...214 lines deleted...]
-  <si>
     <t>1.6.1.2 Патч-корды медные LSZH 5е FTP</t>
   </si>
   <si>
     <t>02-0110-05</t>
   </si>
   <si>
     <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
   </si>
   <si>
     <t>02-0110-1</t>
   </si>
   <si>
     <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
   </si>
   <si>
+    <t>02-0110-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0110-03</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
+  </si>
+  <si>
     <t>02-0110-105</t>
   </si>
   <si>
     <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
   </si>
   <si>
     <t>02-0110-2</t>
   </si>
   <si>
     <t xml:space="preserve"> Патч-корд F/UTP, CAT 5e, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
   </si>
   <si>
-    <t>02-0110-3</t>
-[...16 lines deleted...]
-  <si>
     <t>1.6.1.3 Патч-корды медные LSZH 6 UTP</t>
   </si>
   <si>
     <t>02-0290-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0294-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0296-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-03</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 0,3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-1</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 1м REXANT</t>
+  </si>
+  <si>
     <t>02-0292-03</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 0,3м REXANT</t>
   </si>
   <si>
-    <t>02-0294-03</t>
-[...38 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
+    <t>02-0295-05</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 0,5м REXANT</t>
   </si>
   <si>
     <t>02-0292-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 1м REXANT</t>
   </si>
   <si>
     <t>02-0296-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, зеленый, 1м REXANT</t>
   </si>
   <si>
-    <t>02-0290-105</t>
-[...8 lines deleted...]
-    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 1,5м REXANT</t>
+    <t>02-0292-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0295-105</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, желтый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0293-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, красный, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0292-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, черный, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-3</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0290-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0294-5</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 5м REXANT</t>
   </si>
   <si>
     <t>02-0294-105</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, синий, 1,5м REXANT</t>
   </si>
   <si>
-    <t>02-0295-105</t>
-[...166 lines deleted...]
-  <si>
     <t>1.6.1.4 Патч-корды медные LSZH 6 FTP</t>
   </si>
   <si>
     <t>02-0210-5</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 5м REXANT</t>
   </si>
   <si>
     <t>02-0210-2</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 2м REXANT</t>
   </si>
   <si>
     <t>02-0210-03</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,3м REXANT</t>
   </si>
   <si>
+    <t>02-0210-05</t>
+  </si>
+  <si>
+    <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
     <t>02-0210-1</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1м REXANT</t>
   </si>
   <si>
-    <t>02-0210-05</t>
-[...2 lines deleted...]
-    <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 0,5м REXANT</t>
+    <t>02-0210-105</t>
+  </si>
+  <si>
+    <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 1,5м REXANT</t>
   </si>
   <si>
     <t>02-0210-3</t>
   </si>
   <si>
     <t>Патч-корд F/UTP, CAT 6, RJ45-RJ45, 26AWG, LSZH, серый, 3м REXANT</t>
   </si>
   <si>
-    <t>02-0210-105</t>
-[...5 lines deleted...]
-    <t>1.6.1.5 Патч-корды медные LSZH 6A UTP</t>
+    <t>1.6.1.5 Патч-корды медные LSZH 6A FTP</t>
+  </si>
+  <si>
+    <t>02-0390-7</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 7м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-10</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 10м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-05</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 0,5м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-1</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 1м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-2</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-3</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 3м REXANT</t>
+  </si>
+  <si>
+    <t>02-0390-5</t>
+  </si>
+  <si>
+    <t>Патч-корд S/FTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 5м REXANT</t>
+  </si>
+  <si>
+    <t>1.6.1.6 Патч-корды медные LSZH 6A UTP</t>
   </si>
   <si>
     <t>02-0380-05</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 0,5м REXANT</t>
   </si>
   <si>
     <t>02-0380-1</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 1м REXANT</t>
   </si>
   <si>
+    <t>02-0380-2</t>
+  </si>
+  <si>
+    <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 2м REXANT</t>
+  </si>
+  <si>
     <t>02-0380-3</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 3м REXANT</t>
   </si>
   <si>
     <t>02-0380-5</t>
   </si>
   <si>
     <t>Патч-корд U/UTP, CAT 6A (10G), RJ45-RJ45, 28AWG, LSZH, серый, 5м REXANT</t>
   </si>
   <si>
-    <t>02-0380-2</t>
-[...49 lines deleted...]
-  <si>
     <t>1.6.2 Патч-корды REXANT омедненные</t>
   </si>
   <si>
     <t>1.6.2.1 Патч-корды омедненные PVC 5е UTP</t>
   </si>
   <si>
+    <t>18-1009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
+  </si>
+  <si>
+    <t>18-1008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 7м REXANT </t>
+  </si>
+  <si>
+    <t>18-1002</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1м, REXANT</t>
+  </si>
+  <si>
     <t>18-1011</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 20м REXANT </t>
   </si>
   <si>
     <t>18-1012</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 25м REXANT </t>
   </si>
   <si>
-    <t>18-1009</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 10м REXANT </t>
+    <t>18-1004</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1,5м REXANT</t>
+  </si>
+  <si>
+    <t>18-1007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 5м REXANT </t>
+  </si>
+  <si>
+    <t>18-1006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-1005</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 2м REXANT</t>
   </si>
   <si>
-    <t>18-1008</t>
-[...8 lines deleted...]
-    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 1м, REXANT</t>
+    <t>18-1001</t>
+  </si>
+  <si>
+    <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 0,5м REXANT</t>
   </si>
   <si>
     <t>18-1010</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд, U/UTP RJ45-RJ45 CAT 5e, PVC, серый, 15м REXANT</t>
   </si>
   <si>
-    <t>18-1007</t>
-[...22 lines deleted...]
-  <si>
     <t>1.6.2.2 Патч-корды омедненные LSZH 5е UTP</t>
   </si>
   <si>
+    <t>18-8002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
     <t>18-8001</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
   </si>
   <si>
-    <t>18-8002</t>
-[...4 lines deleted...]
-  <si>
     <t>18-8004</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
   </si>
   <si>
     <t>18-8005</t>
   </si>
   <si>
     <t>Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT</t>
   </si>
   <si>
     <t>18-8006</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-8007</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд U/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>1.6.2.3 Патч-корды омедненные LSZH 5е FTP</t>
   </si>
   <si>
     <t>18-8005-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 2м REXANT </t>
   </si>
   <si>
+    <t>18-8001-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8002-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1м REXANT </t>
+  </si>
+  <si>
+    <t>18-8004-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 1,5м REXANT </t>
+  </si>
+  <si>
+    <t>18-8006-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 3м REXANT </t>
+  </si>
+  <si>
     <t>18-8007-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 5e, LSZH серый, 5м REXANT </t>
   </si>
   <si>
-    <t>18-8001-1</t>
-[...22 lines deleted...]
-  <si>
     <t>1.6.2.4 Патч-корды омедненные LSZH 6 FTP</t>
   </si>
   <si>
+    <t>18-8101-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 0,5м REXANT </t>
+  </si>
+  <si>
     <t>18-8102-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 1м REXANT </t>
   </si>
   <si>
-    <t>18-8101-1</t>
-[...4 lines deleted...]
-  <si>
     <t>18-8105-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 2м REXANT </t>
   </si>
   <si>
     <t>18-8106-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 3м REXANT </t>
   </si>
   <si>
     <t>18-8107-1</t>
   </si>
   <si>
     <t xml:space="preserve">Шнур коммутационный, патч-корд F/UTP RJ45-RJ45, CAT 6, LSZH серый, 5м REXANT </t>
   </si>
   <si>
     <t>1.7 Шкафы и стойки</t>
   </si>
   <si>
     <t>1.7.1 Настенные шкафы РФ</t>
   </si>
   <si>
     <t>1.7.1.1 Настенные шкафы 9U 600х600</t>
   </si>
   <si>
+    <t>04-0966-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
     <t>04-2231</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 9U 600×600×500мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
+    <t>04-2221</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600×500мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0966-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-0966-111</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-0966-112</t>
-[...16 lines deleted...]
-  <si>
     <t>04-0966-122</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 9U 600×600мм, дверь металл, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>1.7.1.2 Настенные шкафы 9U 600х450</t>
   </si>
   <si>
+    <t>04-2201</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450×500мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-0964-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0964-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-0964-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 9U 600×450мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
     <t>04-2211</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 9U 600×450×500мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
-    <t>04-0964-111</t>
-[...22 lines deleted...]
-  <si>
     <t>1.7.1.3 Настенные шкафы 12U 600х600</t>
   </si>
   <si>
     <t>04-2232</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 12U 600×600×635мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2222</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 12U 600×600×635мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
+    <t>04-1266-111</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-121</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-1266-122</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь металл, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
     <t>04-1266-112</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 12U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
-    <t>04-1266-121</t>
-[...16 lines deleted...]
-  <si>
     <t>1.7.1.4 Настенные шкафы 12U 600х450</t>
   </si>
   <si>
+    <t>04-2202</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 12U 600×450×635мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-2212</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 12U 600×450×635мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
-    <t>04-2202</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.1.5 Настенные шкафы 15U 600х600</t>
   </si>
   <si>
+    <t>04-2233</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×600×770мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-2223</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 15U 600×600×770мм, дверь стекло, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
-    <t>04-2233</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.1.6 Настенные шкафы 15U 600х450</t>
   </si>
   <si>
+    <t>04-2213</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 15U 600×450×770мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-2203</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 15U 600×450×770мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
-    <t>04-2213</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.1.7 Настенные шкафы 18U 600х600</t>
   </si>
   <si>
+    <t>04-2224</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×600×964мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
+    <t>04-2214</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 18U 600×450×964мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-2204</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 18U 600×450×964мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
-    <t>04-2224</t>
-[...10 lines deleted...]
-  <si>
     <t>04-2234</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 18U 600×600×964мм, дверь металл, с задней стенкой, разборный серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>1.7.1.8 Настенные шкафы 6U 600х600</t>
   </si>
   <si>
     <t>04-2230</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 6U 600×600×370мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
+    <t>04-0666-112</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
     <t>04-0664-112</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 6U 600×450мм, дверь стекло, с задней стенкой, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-0664-111</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 6U 600×450мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
+    <t>04-2220</t>
+  </si>
+  <si>
+    <t>Настенный телекоммуникационный шкаф 19" 6U 600×600×370мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
+  </si>
+  <si>
     <t>04-0666-111</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 6U 600×600мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2220</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.1.9 Настенные шкафы 6U 600х450</t>
   </si>
   <si>
     <t>04-2210</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 6U 600×450×370мм, дверь металл, с задней стенкой, разборный, серый (RAL 7035) REXANT PRO</t>
   </si>
   <si>
     <t>04-2200</t>
   </si>
   <si>
     <t>Настенный телекоммуникационный шкаф 19" 6U 600×450×370мм, дверь стекло, с задней стенкой, разборный, серый (RAL 7035)) REXANT PRO</t>
   </si>
   <si>
     <t>1.7.2 Напольные шкафы РФ</t>
   </si>
   <si>
     <t>1.7.2.1 Напольные шкафы 42U 600x800</t>
   </si>
   <si>
+    <t>04-4268-231</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600×800мм, дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2361</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2306</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-4268-232</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600×800х2055мм, дверь перфорация, перфорированная задняя дверь, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
-    <t>04-4268-231</t>
-[...4 lines deleted...]
-  <si>
     <t>04-4268-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-4266-232</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь перфорация, перфорированная задняя дверь, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
+    <t>04-2334</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-4268-211</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600×800×2054мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2334</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.2.2 Напольные шкафы 42U 600x1000</t>
   </si>
   <si>
+    <t>04-2332</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2307</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2332</t>
-[...4 lines deleted...]
-  <si>
     <t>04-2362</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600х1000мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.3 Напольные шкафы 42U 800x800</t>
   </si>
   <si>
     <t>04-2363</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2308</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-4288-211</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 800×800мм, дверь стекло, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2335</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 800х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
+    <t>04-2336</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-4288-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 800×800×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
-    <t>04-2336</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.2.4 Напольные шкафы 42U 800x1000</t>
   </si>
   <si>
+    <t>04-2364-1</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя дверь с перфорацией, разборный, черный (RAL 9005) REXANT</t>
+  </si>
+  <si>
+    <t>04-2309</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2364</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 800х1000мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2364-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.2.5 Напольные шкафы 47U 600х600</t>
   </si>
   <si>
     <t>04-2304</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 47U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.6 Напольные шкафы 47U 600х800</t>
   </si>
   <si>
     <t>04-2303</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 47U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.7 Напольные шкафы 47U 600х1000</t>
   </si>
   <si>
     <t>04-2300</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 47U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2330</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 47U 600х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.8 Напольные шкафы 47U 800х800</t>
   </si>
   <si>
     <t>04-2302</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 47U 800х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.9 Напольные шкафы 47U 800х1000</t>
   </si>
   <si>
+    <t>04-2331</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 47U 800х1000мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2301</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 47U 800х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2331</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.2.10 Напольные шкафы 22U 600x600</t>
   </si>
   <si>
     <t>04-2313</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 22U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-2339</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 22U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.11 Напольные шкафы 22U 600x800</t>
   </si>
   <si>
+    <t>04-2314</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 22U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2340</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 22U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2314</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.2.12 Напольные шкафы 22U 600x1000</t>
   </si>
   <si>
     <t>04-2315</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 22U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.13 Напольные шкафы 32U 600x600</t>
   </si>
   <si>
     <t>04-2337</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 32U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
+    <t>04-2310</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-3266-211</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 32U 600×600×1609мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-3266-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 32U 600×600×1609мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
-    <t>04-2310</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.2.14 Напольные шкафы 32U 600x800</t>
   </si>
   <si>
+    <t>04-2338</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 32U 600х800мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2311</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 32U 600х800мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2338</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.2.15 Напольные шкафы 32U 600x1000</t>
   </si>
   <si>
     <t>04-2312</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 32U 600х1000мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>1.7.2.16 Напольные шкафы 42U 600x600</t>
   </si>
   <si>
+    <t>04-2360</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, передняя и задняя распашные перфорированные двери, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
+    <t>04-2333</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, передняя и задняя дверь перфорация, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2305</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600х600мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
-    <t>04-2360</t>
-[...10 lines deleted...]
-  <si>
     <t>1.7.3 Напольные шкафы REXANT</t>
   </si>
   <si>
     <t>1.7.3.1 Напольные шкафы 18U 600х600</t>
   </si>
   <si>
     <t>04-2266-211</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 22U 600×600×1164мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
+    <t>04-1866-211</t>
+  </si>
+  <si>
+    <t>Шкаф телекоммуникационный напольный 19" 18U 600×600×987мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
+  </si>
+  <si>
     <t>04-2266-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 22U 600×600×1164мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
-    <t>04-1866-211</t>
-[...4 lines deleted...]
-  <si>
     <t>04-1866-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 18U 600×600×987мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-1866-232</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 18U 600×600мм, дверь перфорация, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>1.7.3.2 Напольные шкафы 27U 600х600</t>
   </si>
   <si>
     <t>04-2766-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 27U 600×600×1387мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>04-2766-211</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 27U 600×600×1387мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
@@ -2877,1077 +2877,1077 @@
   <si>
     <t>04-3766-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 37U 600×600×1832мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>1.7.3.4 Напольные шкафы 42U 600x600 REXANT</t>
   </si>
   <si>
     <t>04-4266-211</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600×600×2054мм, дверь стекло, задняя дверь металл, разборный, серый (RAL 7035) REXANT</t>
   </si>
   <si>
     <t>04-4266-212</t>
   </si>
   <si>
     <t>Шкаф телекоммуникационный напольный 19" 42U 600×600×2054мм, дверь стекло, задняя дверь металл, разборный, черный (RAL 9005) REXANT</t>
   </si>
   <si>
     <t>1.7.4 Антивандальные настенные шкафы</t>
   </si>
   <si>
+    <t>04-2253</t>
+  </si>
+  <si>
+    <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 10U 600×500×500мм, (ШxГxВ) RAL 7035 REXANT</t>
+  </si>
+  <si>
     <t>04-2252</t>
   </si>
   <si>
     <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 8U 600×400×450мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
     <t>04-2254</t>
   </si>
   <si>
     <t>Шкаф настенный 19" АНТИВАНДАЛЬНЫЙ распашной 14U 600×500×700мм, (ШxГxВ) RAL 7035 REXANT</t>
   </si>
   <si>
-    <t>04-2253</t>
-[...4 lines deleted...]
-  <si>
     <t>1.7.5 Полки для шкафов и стоек</t>
   </si>
   <si>
+    <t>04-2623</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 350мм, для шкафов глубиной 600мм REXANT</t>
+  </si>
+  <si>
     <t>04-2624</t>
   </si>
   <si>
     <t>Полка стационарная усиленная 19" 1U, полезная глубина 550мм, для шкафов глубиной 800мм REXANT</t>
   </si>
   <si>
     <t>04-2626</t>
   </si>
   <si>
     <t>Полка переднего крепления, стационарная, 19" 1U глубиной 250мм REXANT</t>
   </si>
   <si>
+    <t>04-2622</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 700мм, для шкафов глубиной 1000мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2620</t>
+  </si>
+  <si>
+    <t>Полка стационарная 19" 1U, полезная глубина 350мм, для шкафов глубиной 600мм REXANT</t>
+  </si>
+  <si>
     <t>04-2621</t>
   </si>
   <si>
     <t>Полка стационарная 19" 1U, полезная глубина 550мм, для шкафов глубиной 800мм REXANT</t>
   </si>
   <si>
+    <t>04-2625</t>
+  </si>
+  <si>
+    <t>Полка стационарная усиленная 19" 1U, полезная глубина 700мм, для шкафов глубиной 1000мм REXANT</t>
+  </si>
+  <si>
     <t>04-2628</t>
   </si>
   <si>
     <t>Полка переднего крепления, стационарная, 19" 2U глубиной 450мм REXANT</t>
   </si>
   <si>
     <t>04-2629</t>
   </si>
   <si>
     <t>Полка выдвижная для клавиатуры 19" 1U, глубина 450мм REXANT</t>
   </si>
   <si>
-    <t>04-2625</t>
-[...22 lines deleted...]
-  <si>
     <t>1.7.6 Организация кабеля</t>
   </si>
   <si>
+    <t>04-2651</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный вертикальный 47U с крышкой, ширина 100мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2661</t>
+  </si>
+  <si>
+    <t>Панель заглушка 19" 2U REXANT</t>
+  </si>
+  <si>
+    <t>04-2641</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный вертикальный 42U без крышки ширина 100мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2660</t>
+  </si>
+  <si>
+    <t>Панель заглушка 19" 1U REXANT</t>
+  </si>
+  <si>
+    <t>04-2640</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный вертикальный 42U с крышкой, ширина 100мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2646</t>
+  </si>
+  <si>
+    <t>Органайзер щеточный 19" 1U REXANT</t>
+  </si>
+  <si>
+    <t>04-0305</t>
+  </si>
+  <si>
+    <t>Органайзер кабельный горизонтальный, 19", 1U, 5 колец глубиной 45 мм, металл, RAL 7035</t>
+  </si>
+  <si>
     <t>04-2645</t>
   </si>
   <si>
     <t>Органайзер кабельный горизонтальный с крышкой, 19'', 2U, глубиной 72 мм, металл, RAL 7035 REXANT</t>
   </si>
   <si>
-    <t>04-2641</t>
-[...2 lines deleted...]
-    <t>Органайзер кабельный вертикальный 42U без крышки ширина 100мм REXANT</t>
+    <t>04-2662</t>
+  </si>
+  <si>
+    <t>Панель заглушка 19" 3U REXANT</t>
+  </si>
+  <si>
+    <t>04-2680</t>
+  </si>
+  <si>
+    <t>Ввод щеточный для напольных/настенных шкафов REXANT</t>
   </si>
   <si>
     <t>04-2650</t>
   </si>
   <si>
     <t>Органайзер кабельный вертикальный 47U без крышки, ширина 100мм REXANT</t>
   </si>
   <si>
-    <t>04-2640</t>
-[...46 lines deleted...]
-  <si>
     <t>1.7.7 Распределение питания PDU</t>
   </si>
   <si>
+    <t>04-0301-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0101-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0104-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 16A выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0105-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 9 розеток СЕЕ 7/4 Schuko 16A без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0201-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 20 розеток СЕЕ 7/4 Schuko 16А автомат защиты алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0202-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 10 розеток СЕЕ 7/4 Schuko 10 розеток C13 16А авт защит алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черн REXANT</t>
+  </si>
+  <si>
+    <t>04-0304-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток C13 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0305-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 9 розеток СЕЕ 7/4 Schuko 10A без выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0102-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A фильтр выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0204-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 12 розеток СЕЕ 7/4 Schuko 16A выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0205-2</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU вертикальный 13 розеток СЕЕ 7/4 Schuko 16A фильтр без выкл алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0303-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 10A выкл алюм корп гнездо C14 черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0307</t>
+  </si>
+  <si>
+    <t>Блок розеток 19", 1U, 16А, 8 розеток, корпус пластик, без шнура питания</t>
+  </si>
+  <si>
+    <t>04-0309</t>
+  </si>
+  <si>
+    <t>Блок розеток 19", 1U, 10А, 8 розеток, корпус алюминий, со шнуром питания</t>
+  </si>
+  <si>
+    <t>04-0103-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 6 розеток СЕЕ 7/4 Schuko 16A автомат защиты алюм корп шнур 2м вилка СЕЕ 7/7 Schuko черный REXANT</t>
+  </si>
+  <si>
+    <t>04-0302-1</t>
+  </si>
+  <si>
+    <t>Блок распределения питания PDU горизонтальный 1U 8 розеток СЕЕ 7/4 Schuko 10A выкл алюм корп шнур 2м вилка C14 черный REXANT</t>
+  </si>
+  <si>
     <t>04-0306</t>
   </si>
   <si>
     <t>Блок розеток 19", 1U, 16А, 8 розеток, корпус пластик, со шнуром питания</t>
   </si>
   <si>
-    <t>04-0101-1</t>
-[...94 lines deleted...]
-  <si>
     <t>1.7.8 Кабели питания для PDU</t>
   </si>
   <si>
+    <t>04-2727</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2732</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2733</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 1,8м REXANT</t>
+  </si>
+  <si>
     <t>04-2736</t>
   </si>
   <si>
     <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 0,6м REXANT</t>
   </si>
   <si>
-    <t>04-2727</t>
-[...2 lines deleted...]
-    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,2м REXANT</t>
+    <t>04-2739</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 3м REXANT</t>
   </si>
   <si>
     <t>04-2742</t>
   </si>
   <si>
     <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 3м REXANT</t>
   </si>
   <si>
+    <t>04-2724</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2726</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2738</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2740</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2722</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>04-2725</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2721</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>04-2723</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x0,75мм², 6А, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2728</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 1,8м REXANT</t>
+  </si>
+  <si>
+    <t>04-2729</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 3м REXANT</t>
+  </si>
+  <si>
+    <t>04-2730</t>
+  </si>
+  <si>
+    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 5м REXANT</t>
+  </si>
+  <si>
     <t>04-2743</t>
   </si>
   <si>
     <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 5м REXANT</t>
   </si>
   <si>
-    <t>04-2726</t>
-[...2 lines deleted...]
-    <t>Шнур сетевой IEC 320 C13 – IEC 320 C14 3x1,0мм², 10A, длина 0,6м REXANT</t>
+    <t>04-2731</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 0,6м REXANT</t>
   </si>
   <si>
     <t>04-2734</t>
   </si>
   <si>
     <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 3м REXANT</t>
   </si>
   <si>
+    <t>04-2735</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x0,75мм², 6A, длина 5м REXANT</t>
+  </si>
+  <si>
+    <t>04-2737</t>
+  </si>
+  <si>
+    <t>Шнур сетевой СЕЕ 7/7 (Schuko) – IEC 320 C13 3x1,0мм², 10A, длина 1,2м REXANT</t>
+  </si>
+  <si>
     <t>04-2741</t>
   </si>
   <si>
     <t>Шнур сетевой IEC 320 C19 – IEC 320 C20 3x1,5мм², 16A, длина 1,8м REXANT</t>
   </si>
   <si>
-    <t>04-2721</t>
-[...94 lines deleted...]
-  <si>
     <t>1.7.9 Вентиляторные модули</t>
   </si>
   <si>
     <t>04-2602</t>
   </si>
   <si>
     <t>Модуль вентиляторный потолочный с 4 вентиляторами, без термостата, для шкафов с глубиной 1000мм REXANT</t>
   </si>
   <si>
+    <t>04-2605</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный с термостатом 19" 1U с 4-мя вентиляторами REXANT</t>
+  </si>
+  <si>
+    <t>04-2600</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 2 вентиляторами, без термостата, для шкафов с глубиной 600мм REXANT</t>
+  </si>
+  <si>
+    <t>04-2601</t>
+  </si>
+  <si>
+    <t>Модуль вентиляторный потолочный с 4 вентиляторами, без термостата, для шкафов с глубиной 800мм REXANT</t>
+  </si>
+  <si>
     <t>04-2604</t>
   </si>
   <si>
     <t>Модуль вентиляторный с термостатом 19" 1U с 2-мя вентиляторами REXANT</t>
   </si>
   <si>
-    <t>04-2605</t>
-[...16 lines deleted...]
-  <si>
     <t>04-2603</t>
   </si>
   <si>
     <t>Модуль вентиляторный потолочный с 6 вентиляторами, без термостата, для шкафов с глубиной 1000мм REXANT</t>
   </si>
   <si>
     <t>1.7.10 Монтажные аксессуары</t>
   </si>
   <si>
+    <t>04-2690</t>
+  </si>
+  <si>
+    <t>Шина для заземления, 19" REXANT</t>
+  </si>
+  <si>
+    <t>04-2688</t>
+  </si>
+  <si>
+    <t>Замок для боковых дверей (напольный, настенный) REXANT</t>
+  </si>
+  <si>
+    <t>04-2681</t>
+  </si>
+  <si>
+    <t>Устройство для объединения шкафов в группу REXANT</t>
+  </si>
+  <si>
+    <t>04-2686</t>
+  </si>
+  <si>
+    <t>Комплект крепежа винт+шайба+гайка M6x16 REXANT</t>
+  </si>
+  <si>
     <t>04-2687</t>
   </si>
   <si>
     <t>Набор кабелей заземления REXANT</t>
   </si>
   <si>
-    <t>04-2690</t>
-[...22 lines deleted...]
-  <si>
     <t>04-2683</t>
   </si>
   <si>
     <t>Панель освещения 19" 1U, 220В, кабель 1,5м REXANT</t>
   </si>
   <si>
     <t>1.8 Патч-корды волоконно-оптические</t>
   </si>
   <si>
     <t>1.8.1 Патч-корды волоконно-оптические OS2 Simplex</t>
   </si>
   <si>
     <t>1.8.1.1 Патч-корды волоконно-оптические OS2 Simplex SC/UPC-SC/UPC</t>
   </si>
   <si>
     <t>50-2000</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Simplex), LSZH, 1м REXANT</t>
   </si>
   <si>
     <t>1.8.1.2 Патч-корды волоконно-оптические OS2 Simplex SC/APC-SC/APC</t>
   </si>
   <si>
+    <t>50-2022</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 1м REXANT</t>
+  </si>
+  <si>
+    <t>50-2024</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 3м REXANT</t>
+  </si>
+  <si>
+    <t>50-2023</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 2м REXANT</t>
+  </si>
+  <si>
+    <t>50-2025</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 5м REXANT</t>
+  </si>
+  <si>
     <t>50-2026</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 10м REXANT</t>
   </si>
   <si>
-    <t>50-2022</t>
-[...8 lines deleted...]
-    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 2м REXANT</t>
+    <t>50-2028</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/APC-SC/APC, (Simplex), LSZH, 20м REXANT</t>
   </si>
   <si>
     <t>50-2060</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2) SC/APC-SC/APC, (Simplex), LSZH, 7м REXANT</t>
   </si>
   <si>
-    <t>50-2024</t>
-[...16 lines deleted...]
-  <si>
     <t>1.8.1.3 Патч-корды волоконно-оптические OS2 Simplex LC/UPC-LC/UPC</t>
   </si>
   <si>
+    <t>50-2100</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 1м</t>
+  </si>
+  <si>
     <t>50-2102</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 3м REXANT</t>
   </si>
   <si>
     <t>50-2101</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 2м</t>
   </si>
   <si>
-    <t>50-2100</t>
-[...4 lines deleted...]
-  <si>
     <t>50-2103</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Simplex), LSZH, 5м</t>
   </si>
   <si>
     <t>1.8.1.4 Патч-корды волоконно-оптические OS2 Simplex SC/APC-SC/UPC</t>
   </si>
   <si>
+    <t>50-2061</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2) SC/APC-SC/UPC, (Simplex), LSZH, 7м REXANT</t>
+  </si>
+  <si>
     <t>50-2051</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 2м REXANT</t>
   </si>
   <si>
-    <t>50-2061</t>
-[...4 lines deleted...]
-  <si>
     <t>50-2052</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 3м REXANT</t>
   </si>
   <si>
     <t>50-2053</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 5м REXANT</t>
   </si>
   <si>
     <t>50-2062</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 10м REXANT</t>
   </si>
   <si>
     <t>50-2063</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-SC/UPC, (Simplex), LSZH, 15м REXANT</t>
   </si>
   <si>
     <t>1.8.2 Патч-корды волоконно-оптические OS2 duplex</t>
   </si>
   <si>
     <t>1.8.2.1 Патч-корды волоконно-оптические OS2 duplex LC/UPC-LC/UPC</t>
   </si>
   <si>
+    <t>50-2118</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Duplex), LSZH, 5м REXANT</t>
+  </si>
+  <si>
     <t>50-2115</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Duplex), LSZH, 1м</t>
   </si>
   <si>
     <t>50-2117</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), LC/UPC-LC/UPC, (Duplex), LSZH, 3м</t>
   </si>
   <si>
-    <t>50-2118</t>
-[...4 lines deleted...]
-  <si>
     <t>1.8.2.2 Патч-корды волоконно-оптические OS2 duplex LC/UPC-SC/UPC</t>
   </si>
   <si>
+    <t>50-2409</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-SC/UPC, (Duplex), LSZH, 1м REXANT</t>
+  </si>
+  <si>
+    <t>50-2410</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-SC/UPC, (Duplex), LSZH, 2м REXANT</t>
+  </si>
+  <si>
     <t>50-2411</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-SC/UPC, (Duplex), LSZH, 3м REXANT</t>
   </si>
   <si>
-    <t>50-2409</t>
-[...10 lines deleted...]
-  <si>
     <t>1.8.2.3 Патч-корды волоконно-оптические OS2 duplex SC/UPC-SC/UPC</t>
   </si>
   <si>
+    <t>50-2011</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 1м</t>
+  </si>
+  <si>
     <t>50-2012</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 2м REXANT</t>
   </si>
   <si>
-    <t>50-2011</t>
-[...4 lines deleted...]
-  <si>
     <t>50-2013</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 3м</t>
   </si>
   <si>
     <t>50-2014</t>
   </si>
   <si>
     <t>Патч-корд оптический соединительный (SM), 9/125 (OS2), SC/UPC-SC/UPC, (Duplex), LSZH, 5м REXANT</t>
   </si>
   <si>
     <t>1.8.3 Патч-корды волоконно-оптические OM2 duplex</t>
   </si>
   <si>
     <t>1.8.3.1 Патч-корды волоконно-оптические OM2 duplex 50/125 LC/PC-LC/PC</t>
   </si>
   <si>
     <t>50-3267</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (MM), 50/125 (OM2), LC/UPC-FC/UPC, (Duplex), LSZH, 1м</t>
   </si>
   <si>
     <t>1.8.4 Патч-корды волоконно-оптические OM4 duplex</t>
   </si>
   <si>
     <t>1.8.4.1 Патч-корды волоконно-оптические SC-FC</t>
   </si>
   <si>
+    <t>50-2857-1</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/APC-FC/UPC, (Duplex), PVC, 5м REXANT</t>
+  </si>
+  <si>
+    <t>50-2802</t>
+  </si>
+  <si>
+    <t>Патч-корд оптический переходной (SM), 9/125 (OS2), SC/UPC-FC/UPC, (Simplex), LSZH, 3м REXANT</t>
+  </si>
+  <si>
     <t>50-2530</t>
   </si>
   <si>
     <t>Патч-корд оптический переходной (SM), 9/125 (OS2), LC/UPC-FC/UPC, (Duplex), LSZH, 15м REXANT</t>
   </si>
   <si>
-    <t>50-2857-1</t>
-[...10 lines deleted...]
-  <si>
     <t>1.9 Оборудование для телефонии</t>
   </si>
   <si>
-    <t>1.9.1 Телефонный кабель связи</t>
+    <t>1.9.1 Плинты, коробки распределительные</t>
+  </si>
+  <si>
+    <t>04-0102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9 (монтаж на хомут) REXANT </t>
+  </si>
+  <si>
+    <t>04-0121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Плинт на 10 пар размыкаемый, маркировка 0-9, универсальный (монтаж на рейку+ хомут) REXANT </t>
+  </si>
+  <si>
+    <t>1.9.2 Телефонный кабель связи</t>
+  </si>
+  <si>
+    <t>01-8080</t>
+  </si>
+  <si>
+    <t>Провод для полевой связи П-274-М, 500 м REXANT</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>01-5002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, черный, 100м REXANT </t>
+  </si>
+  <si>
+    <t>01-5109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, черный, 100м REXANT </t>
   </si>
   <si>
     <t>01-5101-3</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы CCA, белый, 100м REXANT </t>
   </si>
   <si>
-    <t>01-8080</t>
-[...5 lines deleted...]
-    <t>метр</t>
+    <t>01-5001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы Cu, белый, 100м REXANT </t>
   </si>
   <si>
     <t>01-5514-1</t>
   </si>
   <si>
     <t xml:space="preserve">Провод ПРППМ 2х0,90мм, 500м REXANT </t>
   </si>
   <si>
-    <t>01-5002</t>
-[...10 lines deleted...]
-  <si>
     <t>01-5515-1</t>
   </si>
   <si>
     <t xml:space="preserve">Провод ПРППМ 2х1,20мм, 500м REXANT </t>
   </si>
   <si>
     <t>01-5001-3</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 2 жилы CCA, белый, 100м REXANT </t>
   </si>
   <si>
-    <t>01-5001</t>
-[...4 lines deleted...]
-  <si>
     <t>01-5101</t>
   </si>
   <si>
     <t xml:space="preserve">Кабель телефонный ШТЛП 4 жилы Cu, белый, 100м REXANT </t>
   </si>
   <si>
-    <t>1.9.2 Плинты, коробки распределительные</t>
-[...13 lines deleted...]
-  <si>
     <t>1.9.3 Разъемы, розетки ,адаптеры</t>
   </si>
   <si>
+    <t>03-0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 1 порт UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-9 (4P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-12 (6P6C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>05-1012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник телефонный UTP, RJ-14 (6P4C) (гнездо - 2 гнезда) REXANT </t>
+  </si>
+  <si>
+    <t>03-0022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Адаптер телефонный проходной UTP RJ-14 (6P4C), CAT 3 REXANT </t>
+  </si>
+  <si>
+    <t>03-0001-4</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 1 порт UTP, RJ-11 (6P2C), CAT 3 PROconnect</t>
+  </si>
+  <si>
+    <t>03-0002-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная внешняя, 2 порта UTP, RJ-11 (6P2C), CAT 3 PROconnect </t>
+  </si>
+  <si>
+    <t>03-0002</t>
+  </si>
+  <si>
+    <t>Розетка телефонная внешняя, 2 порта UTP, RJ-14 (6P4C), CAT 3 REXANT</t>
+  </si>
+  <si>
     <t>05-1001-3</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем телефонный UTP RJ-9 (4P4C), CAT 3 PROconnect </t>
   </si>
   <si>
-    <t>03-0002</t>
-[...4 lines deleted...]
-  <si>
     <t>05-1012-3</t>
   </si>
   <si>
     <t>Разъем телефонный UTP, RJ-14 (6P4C), CAT 3 PROconnect</t>
   </si>
   <si>
-    <t>05-1001</t>
-[...46 lines deleted...]
-  <si>
     <t>1.10 Кроссы, проходники, соединители колпачковые</t>
   </si>
   <si>
     <t>1.10.1 Кроссы, адаптеры, проходники, соединители колпачковые</t>
   </si>
   <si>
+    <t>03-0104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кросс соединительный, CAT 5e REXANT </t>
+  </si>
+  <si>
+    <t>03-0103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник компьютерный UTP RJ-45(8P8C) (гнездо - 2 гнезда) REXANT </t>
+  </si>
+  <si>
+    <t>03-0108</t>
+  </si>
+  <si>
+    <t>Адаптер проходной UTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>03-0109</t>
+  </si>
+  <si>
+    <t>Адаптер проходной FTP RJ-45(8P8C), CAT 6 REXANT</t>
+  </si>
+  <si>
+    <t>03-0102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник компьютерный UTP RJ-45(8P8C) (штекер - 2 гнезда) REXANT </t>
+  </si>
+  <si>
     <t>03-0101-4</t>
   </si>
   <si>
     <t xml:space="preserve">Адаптер проходной UTP RJ-45, CAT 5e PROconnect </t>
   </si>
   <si>
-    <t>03-0103</t>
-[...28 lines deleted...]
-  <si>
     <t>03-0101</t>
   </si>
   <si>
     <t>Адаптер проходной UTP RJ-45(8P8C), CAT 5e, 50 шт. REXANT</t>
   </si>
   <si>
     <t>1.10.2 Колпачковые соединители</t>
   </si>
   <si>
+    <t>07-5403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Соединитель изолированный К-3, для жил (d=0,4-0,9мм), D=1,67мм REXANT </t>
+  </si>
+  <si>
     <t>07-5402</t>
   </si>
   <si>
     <t>Соединитель изолированный К-2, для жил (d=0,4-0,9мм), D=2,08мм REXANT</t>
   </si>
   <si>
-    <t>07-5403</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5401</t>
   </si>
   <si>
     <t xml:space="preserve">Соединитель изолированный К-1, для жил (d=0,4-0,7мм), D=1,52мм REXANT </t>
   </si>
   <si>
     <t>1.11 Товары в розничной упаковке</t>
   </si>
   <si>
     <t>1.11.1 Розетки RJ-11,RJ-45</t>
   </si>
   <si>
     <t>06-0106-C</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка телефонная + сетевая LAN, на стену, (гнездо 8Р8С (RJ-45) + гнездо 6Р4С (RJ-11)) REXANT </t>
   </si>
   <si>
     <t>06-0104-B</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка сетевая LAN, на стену, 1 гнездо 8Р8С (RJ-45), CAT 5e REXANT </t>
   </si>
   <si>
     <t>06-0105-C</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка сетевая LAN, на стену, 2 гнездо 8Р8С (RJ-45), CAT 5е REXANT </t>
   </si>
   <si>
     <t>1.11.2 Разъемы RJ-10, 11, 12, 45</t>
   </si>
   <si>
     <t>05-1021-3-9</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 5e (15 µ"/ 15 микродюймов), пакет, 5шт. PROconnect </t>
   </si>
   <si>
     <t>упак</t>
   </si>
   <si>
+    <t>06-0082-A10</t>
+  </si>
+  <si>
+    <t>Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, в экране, 10шт. REXANT</t>
+  </si>
+  <si>
+    <t>05-1023-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, FTP, CAT 5e, пакет, 5шт. PROconnect </t>
+  </si>
+  <si>
     <t>06-0088-A5</t>
   </si>
   <si>
     <t>Соединитель для жил, изолированный К-2, (d=0,4-0,9мм), D=2,08мм (5 шт/уп) REXANT</t>
   </si>
   <si>
+    <t>06-0072-A5</t>
+  </si>
+  <si>
+    <t>Набор разъемов сетевых №2 (5 разъемов FTP, 5 колпачков) REXANT</t>
+  </si>
+  <si>
     <t>06-0081-A2</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, 2шт.REXANT </t>
   </si>
   <si>
     <t>06-0083-A</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), быстрозажимной, 1шт. REXANT </t>
   </si>
   <si>
     <t>06-0084-A5</t>
   </si>
   <si>
     <t xml:space="preserve">Колпачок защитный для штекера 8Р8С (RJ-45), серый, 5шт. REXANT </t>
   </si>
   <si>
-    <t>06-0082-A10</t>
-[...16 lines deleted...]
-  <si>
     <t>1.11.3 Переходники LAN</t>
   </si>
   <si>
     <t>06-0111-A</t>
   </si>
   <si>
     <t>Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) REXANT</t>
   </si>
   <si>
+    <t>06-0119-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Грозозащита информационного кабеля, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) (1шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>03-0101-9</t>
+  </si>
+  <si>
+    <t>Адаптер проходной, RJ-45 (8P8C), UTP, CAT 5e PROconnect</t>
+  </si>
+  <si>
+    <t>06-0112-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - 2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
     <t>06-0113-B</t>
   </si>
   <si>
     <t xml:space="preserve">Переходник сетевой LAN, штекер 8Р8С (RJ-45) -2 гнезда 8Р8С (RJ-45) REXANT </t>
-  </si>
-[...16 lines deleted...]
-    <t>Адаптер проходной, RJ-45 (8P8C), UTP, CAT 5e PROconnect</t>
   </si>
   <si>
     <t>1.11.4 Патч-корды в розничной упаковке</t>
   </si>
   <si>
     <t>06-3202</t>
   </si>
   <si>
     <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 1,5м REXANT </t>
   </si>
   <si>
     <t>06-3204</t>
   </si>
   <si>
     <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -4347,51 +4347,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-ftp-cat-6a-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-6a-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6a-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sf-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-baraban-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-korobka-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-ng-a-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-lszh-ng-a-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-s-ftp-cat-7-pvc-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-16pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5-pe-25pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-4pr-24awg-indoor-solid-oranzhevyy-100m-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-25m-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-50m-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-u-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-f-utp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-stp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-vysokoy-plotnosti-s-kabelnymi-organayzerami-19-1u-48-portov-utp-rj-45-cat-5e" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-utp-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-5e-tip-90-gradusov-rexant-pro" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-5e-tip-180-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-5e-tip-90-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-5e-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6-tip-90-gradusov-rexant-pro" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-chernyy-rexant-pro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-6-rexant-pro" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-s-pylezaschitnoy-shtorkoy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-utp-cat-6-rexant-pro" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-45-8p8c-ftp-cat-6a-rexant-pro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-ftp-ekranirovannyy-cat-6a-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-5e-tip-180-gradusov-samozazhimnoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-5e-tip-180-gradusov-belyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-45-8p8c-utp-cat-6-tip-180-gradusov-samozazhimnoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6a-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-samozazhimnoy-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-6-s-vstavkoy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-utp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-45-8p8c-cat-6a-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect-light" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-siniy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-seryy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-belyy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyuschiy-dlya-razemov-rj-45-chernyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-utp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-45-8p8c-rj-11-6p-4c-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-s-zaschitnym-kolpachkom-dlya-kabelya-rex" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-45-8p8c-stp-cat-6-ip68-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-7-4-2k-3-16a-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-f-utp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-s-ftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-u-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-f-utp-rj45-rj45-cat-6-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600-500mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600-500mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450-500mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450-500mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600-635mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600-635mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-cherny" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-cherny" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-450-635mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-450-635mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-600-770mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-600-770mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-450-770mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-450-770mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-450-964mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-600-964mm-dver-steklo-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-450-964mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-600-964mm-dver-metall-s-zadney-stenkoy-razbornyy-se" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600-370mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-r" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600-370mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450-370mm-dver-metall-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450-370mm-dver-steklo-s-zadney-stenkoy-razbornyy-ser" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovann" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800h2055mm-dver-perforatsiya-perforirovannaya-zadnya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800mm-dver-perforatsiya-razbornyy-seryy-ral-7035-rex" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-perforatsiya-perforirovannaya-zadnya" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovan" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovann" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800mm-dver-steklo-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800-2054mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovan" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-s-perforatsiey-raz" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbo" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600-600-1609mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600-600-1609mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-se" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-ser" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-raspashnye-perforirovann" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbor" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600-600-1164mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600-600-1164mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600-987mm-dver-steklo-zadnyaya-dver-metall-razbornyy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600-987mm-dver-steklo-zadnyaya-dver-metall-razbornyy-2" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600mm-dver-perforatsiya-razbornyy-chernyy-ral-9005-r" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-27u-600-600-1387mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-27u-600-600-1387mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-37u-600-600-1832mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-37u-600-600-1832mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-600-2054mm-dver-steklo-zadnyaya-dver-metall-razborny" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-600-2054mm-dver-steklo-zadnyaya-dver-metall-razborny-2" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-8u-600-400-450mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-14u-600-500-700mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-10u-600-500-500mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-1u-glubinoy-250mm-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-2u-glubinoy-450mm-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-vydvizhnaya-dlya-klaviatury-19-1u-glubina-450mm-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-s-kryshkoy-19-2u-glubinoy-72-mm-metall-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-bez-kryshki-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-bez-kryshki-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-s-kryshkoy-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-s-kryshkoy-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vvod-schetochnyy-dlya-napolnyh-nastennyh-shkafov-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-schetochnyy-19-1u-rexant" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-19-1u-5-kolets-glubinoy-45-mm-metall-ral-7035" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-1u-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-3u-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-2u-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-so-shnurom-pitaniya" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-16a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-7-4-schuko-16a-vykl-alyum-korp-shnur" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-9-rozetok-see-7-4-schuko-16a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-20-rozetok-see-7-4-schuko-16a-avtomat-zaschity-alyum-ko" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-10-rozetok-see-7-4-schuko-10-rozetok-c13-16a-avt-zaschi" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-13-rozetok-see-7-4-schuko-16a-filtr-bez-vykl-alyum-korp" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-10a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-7-4-schuko-10a-vykl-alyum-korp-gnezd" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-c13-10a-bez-vykl-alyum-korp-shnur-2m-vil" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-9-rozetok-see-7-4-schuko-10a-bez-vykl-alyum-korp-s" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-bez-shnura-pitaniya" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-7-4-schuko-10a-vykl-alyum-korp-shnur" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-16a-filtr-vykl-alyum-korp" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-7-4-schuko-16a-avtomat-zaschity-alyu" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-12-rozetok-see-7-4-schuko-16a-vykl-alyum-korp-shnur-2m" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-10a-8-rozetok-korpus-alyuminiy-so-shnurom-pitaniya" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x0-75mm-6a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-7-7-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-2-mya-ventilyatorami-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-4-mya-ventilyatorami-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-2-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-600mm-rex" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-800mm-rex" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-6-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-re" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kabeley-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-dlya-zazemleniya-19-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-krepezha-vint-shayba-gayka-m6x16-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-dlya-bokovyh-dverey-napolnyy-nastennyy-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-obedineniya-shkafov-v-gruppu-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-osvescheniya-19-1u-220v-kabel-1-5m-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-simplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-10m-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-7m-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-apc-sc-apc-simplex-lszh-20m-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-2m" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-1m" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-simplex-lszh-5m" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-7m-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-10m-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-sc-upc-simplex-lszh-15m-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-3m" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-lc-upc-lc-upc-duplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-sc-upc-duplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-3m" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9-125-os2-sc-upc-sc-upc-duplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-mm-50-125-om2-lc-upc-fc-upc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-lc-upc-fc-upc-duplex-lszh-15m-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-apc-fc-upc-duplex-pvc-5m-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9-125-os2-sc-upc-fc-upc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-homut-rexant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-45-8p8c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-ftp-rj-45-8p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-soedinitelnyy-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-45-8p8c-shteker-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-8p8c-cat-5e-50-sht-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-2-dlya-zhil-d-0-4-0-9mm-d-2-08mm-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-3-dlya-zhil-d-0-4-0-9mm-d-1-67mm-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-1-dlya-zhil-d-0-4-0-7mm-d-1-52mm-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4h2h0-52-mm-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-2pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uftp-cat-6a-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6a-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sftp-cat-6a-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rexant-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-nga-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sfutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-nga-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-2pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sfutp-cat-5e-pvc-4pr-24awg-indoor-stranded-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-1pr-24awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-baraban-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-korobka-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-2pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sfutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-nga-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-seryy-305m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-lszh-nga-hf-4pr-23awg-indoor-solid-oranzhevyy-305-m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-nga-lsltx-4h2h0-575mm-23awg-indoor-solid-zelenyy-305m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-pvc-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-pvc-4pr-23awg-indoor-solid-siniy-305-m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-sftp-cat-7-pvc-4pr-23awg-indoor-solid-seryy-305-m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-6-pe-4pr-23awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-s-trosom-305m-proconnect" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-proconnect" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5-pvc-4pr-26awg-indoor-solid-seryy-305m-proconnect-light" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-6-pvc-4pr-23awg-indoor-solid-seryy-305m-proconnect" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5-pe-25pr-24awg-outdoor-solid-chernyy-305m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-16pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-25pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pe-10pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-16pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-lszh-ng-a-hf-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-f-utp-cat-5e-pvc-10pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-25pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-nga-ls-4h2h0-52mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4h2h0-52-mm-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-nga-ls-4h2h0-52mm-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-seriya-light-rf-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4x2x0-52-mm-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-u-utp-cat-5e-pvc-ng-a-lsltx-4h2h0-52mm-24awg-indoor-solid-zelenyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-seryy-305m-rf-rexant-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-2pr-24awg-indoor-solid-seryy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-305m-rf-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-lszh-nga-hf-4pr-24awg-indoor-solid-oranzhevyy-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-25m-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-50m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pe-4pr-24awg-outdoor-solid-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-uutp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-omednennyy-futp-cca-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-25m-proconnect" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-50m-proconnect" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-uutp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-vitaya-para-futp-cat-5e-pvc-4pr-24awg-indoor-solid-seryy-100m-proconnect" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-stp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-vysokoy-plotnosti-s-kabelnymi-organayzerami-19-1u-48-portov-utp-rj-45-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnymi-organayzerami-19-2u-48-portov-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-s-kabelnym-organayzerom-19-1u-24-porta-rj-45-cat-6-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-pro-1u-24-porta-utp-rj-45-cat-6-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-stp-rexant-pro" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nabornaya-19-1u-24-porta-utp-rexant-pro" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-nastennaya-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-10-1u-12-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-2u-48-portov-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-kommutatsionnaya-19-1u-24-porta-utp-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-neekranirovannyy-cat-5e-tip-90-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-458p8c-utp-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-ftp-ekranirovannyy-cat-5e-tip-90-gradusov-rexant-pro" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-458p8c-ftp-cat-5e-rexant-pro" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-neekranirovannyy-cat-5e-tip-180-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-ftp-ekranirovannyy-cat-5e-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-s-pylezashchitnoy-shtorkoy-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-458p8c-utp-cat-6-rexant-pro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-neekranirovannyy-cat-6-tip-180-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-ftp-ekranirovannyy-cat-6-tip-90-gradusov-rexant-pro" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-chernyy-rexant-pro" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-ftp-ekranirovannyy-cat-6-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-458p8c-ftp-cat-6-rexant-pro" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-neekranirovannyy-cat-6-tip-90-gradusov-belyy-rexant-pro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-formata-keystone-jack-rj-458p8c-ftp-cat-6a-rexant-pro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-ftp-ekranirovannyy-cat-6a-tip-180-gradusov-samozazhimnoy-rexant-pro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-cat-5e-tip-180-gradusov-belyy-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-cat-5e-tip-180-gradusov-samozazhimnoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-keystone-jack-rj-458p8c-utp-cat-6-tip-180-gradusov-samozazhimnoy-belyy-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6a-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-458p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-rj-458p8c-pod-vituyu-paru-utp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-458p8c-cat-5e-samozazhimnoy-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-458p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-ftp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-458p8c-cat-6a-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-ftp-rj-458p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-pod-vituyu-paru-utp-cat-6-s-vstavkoy-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-ckvoznoy-utp-rj-458p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-pod-vituyu-paru-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect-light" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-utp-rj-45-8p8c-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-siniy-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-belyy-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-seryy-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-izoliruyushchiy-dlya-razemov-rj-45-chernyy-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-polevoy-zadelki-pod-vituyu-paru-ftp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-polevoy-zadelki-pod-vituyu-paru-utp-cat-6-50-50-mikrodyuymov-seriya-pro-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kombinirovannaya-vneshnyaya-utp-rj-458p8c-rj-116p-4c-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-utp-rj-45-8p8c-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-1-port-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-stp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kompyuternaya-vneshnyaya-2-porta-rj-45-8p8c-utp-cat-6-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-2-modulya-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-din-reyku-dlya-moduley-keystone-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korpus-nastennoy-rozetki-pod-1-modul-keystone-jack-belyy" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-458p8c-stp-cat-6-ip68-s-zashchitnym-kolpachkom-dlya-kabelya-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/industrialnyy-soedinitelnyy-modul-rj-458p8c-stp-cat-6-ip68-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-so-shtorkoy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h150-pod-4-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-74-2k-3-16a-belaya-rexant" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/korob-nakladnoy-dlya-litsevyh-paneley-80h80-pod-2-modulya-45h22-5-mosaic" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h150-dlya-moduley-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-plastikovyy-support" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-elektricheskaya-45x45-cee-74-2k-3-16a-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-so-shtorkoy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-22-5x45-na-1-port-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-litsevaya-80h80-dlya-modulya-mosaic-metallicheskiy-support" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vstavka-mosaic-45x45-na-2-porta-s-prozrachnoy-shtorkoy-i-uvelichennym-oknom-markirovki-belaya" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-5e-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-5e-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-2m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-2m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-2m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-3m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-3m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-5m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-5m-rexant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-5m-rexant" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-5m-rexant" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1m-rexant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-3m-rexant" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-1m-rexant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-1m-rexant" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-1m-rexant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zelenyy-1m-rexant" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-zheltyy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-2m-rexant" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-krasnyy-2m-rexant" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-chernyy-3m-rexant" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-3m-rexant" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-5m-rexant" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6-rj45-rj45-26awg-lszh-siniy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-0-3m-rexant" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-futp-cat-6-rj45-rj45-26awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-sftp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-cat-6a-10g-rj45-rj45-28awg-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-10m-rexant" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-7m-rexant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-20m-rexant" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-25m-rexant" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-15m-rexant" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-uutp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-5e-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-0-5m-rexant" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-1m-rexant" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-2m-rexant" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-3m-rexant" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-kommutatsionnyy-patch-kord-futp-rj45-rj45-cat-6-lszh-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600-500mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600-500mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450-500mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-9u-600-450-500mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600-635mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600-635mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-metall-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-450-635mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-12u-600-450-635mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-600-770mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-600-770mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-450-770mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-15u-600-450-770mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-600-964mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-450-964mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-450-964mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-18u-600-600-964mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600-370mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600-370mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-600mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450-370mm-dver-metall-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nastennyy-telekommunikatsionnyy-shkaf-19-6u-600-450-370mm-dver-steklo-s-zadney-stenkoy-razbornyy-seryy-ral-7035-rexant-pro" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800mm-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800h2055mm-dver-perforatsiya-perforirovannaya-zadnyaya-dver-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-perforatsiya-perforirovannaya-zadnyaya-dver-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-800-2054mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800mm-dver-steklo-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800-800-2054mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-dver-s-perforatsiey-raz" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-800h1000mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-600h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h1000mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-47u-800h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600-600-1609mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600-600-1609mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h800mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h800mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-32u-600h1000mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-raspashnye-perforirovannye-dveri-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-perednyaya-i-zadnyaya-dver-perforatsiya-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600h600mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600-600-1164mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600-987mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-22u-600-600-1164mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600-987mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-18u-600-600mm-dver-perforatsiya-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-27u-600-600-1387mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-27u-600-600-1387mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-37u-600-600-1832mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-37u-600-600-1832mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-600-2054mm-dver-steklo-zadnyaya-dver-metall-razbornyy-seryy-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-telekommunikatsionnyy-napolnyy-19-42u-600-600-2054mm-dver-steklo-zadnyaya-dver-metall-razbornyy-chernyy-ral-9005-rexant" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-10u-600-500-500mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-8u-600-400-450mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shkaf-nastennyy-19-antivandalnyy-raspashnoy-14u-600-500-700mm-shxgxv-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-1u-glubinoy-250mm-rexant" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-350mm-dlya-shkafov-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-19-1u-poleznaya-glubina-550mm-dlya-shkafov-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-statsionarnaya-usilennaya-19-1u-poleznaya-glubina-700mm-dlya-shkafov-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-perednego-krepleniya-statsionarnaya-19-2u-glubinoy-450mm-rexant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/polka-vydvizhnaya-dlya-klaviatury-19-1u-glubina-450mm-rexant" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-s-kryshkoy-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-2u-rexant" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-bez-kryshki-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-1u-rexant" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-42u-s-kryshkoy-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-shchetochnyy-19-1u-rexant" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-19-1u-5-kolets-glubinoy-45-mm-metall-ral-7035" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-gorizontalnyy-s-kryshkoy-19-2u-glubinoy-72-mm-metall-ral-7035-rexant" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-zaglushka-19-3u-rexant" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vvod-shchetochnyy-dlya-napolnyhnastennyh-shkafov-rexant" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/organayzer-kabelnyy-vertikalnyy-47u-bez-kryshki-shirina-100mm-rexant" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-74-schuko-10a-bez-vykl-alyum-korp-shnur-2m-vilka-c14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-74-schuko-16a-bez-vykl-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-74-schuko-16a-vykl-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-9-rozetok-see-74-schuko-16a-bez-vykl-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-20-rozetok-see-74-schuko-16a-avtomat-zashchity-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-10-rozetok-see-74-schuko-10-rozetok-c13-16a-avt-zashchit-alyum-korp-shnur-2m-vilka-see-77-schuko-chern-rexant" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-c13-10a-bez-vykl-alyum-korp-shnur-2m-vilka-c14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-9-rozetok-see-74-schuko-10a-bez-vykl-alyum-korp-shnur-2m-vilka-c14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-74-schuko-16a-filtr-vykl-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-12-rozetok-see-74-schuko-16a-vykl-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-vertikalnyy-13-rozetok-see-74-schuko-16a-filtr-bez-vykl-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-74-schuko-10a-vykl-alyum-korp-gnezdo-c14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-bez-shnura-pitaniya" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-10a-8-rozetok-korpus-alyuminiy-so-shnurom-pitaniya" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-6-rozetok-see-74-schuko-16a-avtomat-zashchity-alyum-korp-shnur-2m-vilka-see-77-schuko-chernyy-rexant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-raspredeleniya-pitaniya-pdu-gorizontalnyy-1u-8-rozetok-see-74-schuko-10a-vykl-alyum-korp-shnur-2m-vilka-c14-chernyy-rexant" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-rozetok-19-1u-16a-8-rozetok-korpus-plastik-so-shnurom-pitaniya" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x0-75mm-6a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x1-0mm-10a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x1-0mm-10a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x1-0mm-10a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x0-75mm-6a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c13-iec-320-c14-3x1-0mm-10a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x0-75mm-6a-dlina-0-6m-rexant" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x0-75mm-6a-dlina-3m-rexant" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x0-75mm-6a-dlina-5m-rexant" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-see-77-schuko-iec-320-c13-3x1-0mm-10a-dlina-1-2m-rexant" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-setevoy-iec-320-c19-iec-320-c20-3x1-5mm-16a-dlina-1-8m-rexant" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-4-mya-ventilyatorami-rexant" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-2-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-600mm-rexant" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-4-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-800mm-rexant" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-s-termostatom-19-1u-s-2-mya-ventilyatorami-rexant" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-ventilyatornyy-potolochnyy-s-6-ventilyatorami-bez-termostata-dlya-shkafov-s-glubinoy-1000mm-rexant" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shina-dlya-zazemleniya-19-rexant" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-dlya-bokovyh-dverey-napolnyy-nastennyy-rexant" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustroystvo-dlya-obedineniya-shkafov-v-gruppu-rexant" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-krepezha-vint-shayba-gayka-m6x16-rexant" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-kabeley-zazemleniya-rexant" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/panel-osveshcheniya-19-1u-220v-kabel-1-5m-rexant" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scupc-scupc-simplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-10m-rexant" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-20m-rexant" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scapc-scapc-simplex-lszh-7m-rexant" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-simplex-lszh-1m" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-simplex-lszh-2m" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-simplex-lszh-5m" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-scupc-simplex-lszh-7m-rexant" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-scupc-simplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-scupc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-scupc-simplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-scupc-simplex-lszh-10m-rexant" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-scupc-simplex-lszh-15m-rexant" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-duplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-lcupc-lcupc-duplex-lszh-3m" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-lcupc-scupc-duplex-lszh-1m-rexant" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-lcupc-scupc-duplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-lcupc-scupc-duplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scupc-scupc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scupc-scupc-duplex-lszh-2m-rexant" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scupc-scupc-duplex-lszh-3m" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-soedinitelnyy-sm-9125-os2-scupc-scupc-duplex-lszh-5m-rexant" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-mm-50125-om2-lcupc-fcupc-duplex-lszh-1m" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scapc-fcupc-duplex-pvc-5m-rexant" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-scupc-fcupc-simplex-lszh-3m-rexant" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-opticheskiy-perehodnoy-sm-9125-os2-lcupc-fcupc-duplex-lszh-15m-rexant" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-montazh-na-homut-rexant" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plint-na-10-par-razmykaemyy-markirovka-0-9-universalnyy-montazh-na-reyku-homut-rexant" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-dlya-polevoy-svyazi-p-274-m-500-m-rexant" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-chernyy-100m-rexant" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h0-90mm-500m-rexant" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/provod-prppm-2h1-20mm-500m-rexant" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-2-zhily-cca-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-telefonnyy-shtlp-4-zhily-cu-belyy-100m-rexant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-12-6p6c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-telefonnyy-utp-rj-14-6p4c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-telefonnyy-prohodnoy-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-1-port-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-11-6p2c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-vneshnyaya-2-porta-utp-rj-14-6p4c-cat-3-rexant" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-9-4p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-telefonnyy-utp-rj-14-6p4c-cat-3-proconnect" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kross-soedinitelnyy-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-458p8c-gnezdo-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-458p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-ftp-rj-458p8c-cat-6-rexant" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-kompyuternyy-utp-rj-458p8c-shteker-2-gnezda-rexant" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-45-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-utp-rj-458p8c-cat-5e-50-sht-rexant" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-3-dlya-zhil-d-0-4-0-9mm-d-1-67mm-rexant" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-2-dlya-zhil-d-0-4-0-9mm-d-2-08mm-rexant" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-izolirovannyy-k-1-dlya-zhil-d-0-4-0-7mm-d-1-52mm-rexant" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zashchitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1shtup-rexant" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I712"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -4454,296 +4454,296 @@
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
-        <v>14615.92</v>
+        <v>29303.37</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>66</v>
+        <v>346</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C7" s="3">
-        <v>22370.33</v>
+        <v>24565.76</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>399</v>
+        <v>77</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>2</v>
       </c>
       <c r="I7" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>22958.65</v>
+        <v>27816.86</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>2</v>
       </c>
       <c r="I8" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>19098.74</v>
+        <v>20435.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>27386.33</v>
+        <v>15639.03</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>215</v>
+        <v>59</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>25997.07</v>
+        <v>23936.25</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="3">
-        <v>46934.01</v>
+        <v>50219.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>55813.99</v>
+        <v>39629.52</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>81</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>37036.93</v>
+        <v>59720.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="2"/>
@@ -4754,6068 +4754,6068 @@
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="3">
-        <v>20127.62</v>
+        <v>6935.42</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>353</v>
+        <v>24</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="3">
-        <v>26016.83</v>
+        <v>20279.24</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>993</v>
+        <v>3513</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>2</v>
       </c>
       <c r="I19" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="3">
-        <v>6481.7</v>
+        <v>24487.22</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>36</v>
+        <v>395</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I20" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="3">
-        <v>18952.56</v>
+        <v>21536.55</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>1752</v>
+        <v>302</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="C22" s="3">
-        <v>19350.46</v>
+        <v>27838.01</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>322</v>
+        <v>659</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>2</v>
       </c>
       <c r="I22" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C23" s="3">
-        <v>22885.25</v>
+        <v>20704.99</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>558</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="3">
-        <v>20127.62</v>
+        <v>21536.55</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>233</v>
+        <v>1224</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="3">
-        <v>13646.72</v>
+        <v>14601.99</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>406</v>
+        <v>266</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="3">
-        <v>25758</v>
+        <v>27561.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>270</v>
+        <v>231</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>2</v>
       </c>
       <c r="I27" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="3">
-        <v>25758</v>
+        <v>27561.06</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>381</v>
+        <v>574</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C29" s="3">
-        <v>37147.36</v>
+        <v>39747.68</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>136</v>
+        <v>103</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>2</v>
       </c>
       <c r="I29" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C30" s="3">
-        <v>17335.78</v>
+        <v>18549.28</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>78</v>
+        <v>130</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C31" s="3">
-        <v>31902.68</v>
+        <v>34135.87</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>226</v>
+        <v>307</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>2</v>
       </c>
       <c r="I31" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C32" s="3">
-        <v>17043.8</v>
+        <v>18236.87</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>358</v>
+        <v>83</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>2</v>
       </c>
       <c r="I32" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="3">
-        <v>27041.52</v>
+        <v>23706.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>522</v>
+        <v>616</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>2</v>
       </c>
       <c r="I33" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C34" s="3">
-        <v>45884.9</v>
+        <v>28934.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>28</v>
+        <v>503</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>2</v>
       </c>
       <c r="I34" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C35" s="3">
-        <v>22155.79</v>
+        <v>49096.84</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>262</v>
+        <v>8</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="3">
-        <v>10470.83</v>
+        <v>11203.79</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>4</v>
       </c>
       <c r="I36" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C38" s="3">
-        <v>20975.42</v>
+        <v>25288.34</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>1332</v>
+        <v>130</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>2</v>
       </c>
       <c r="I38" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C39" s="3">
-        <v>23633.96</v>
+        <v>26678.91</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I39" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C40" s="3">
-        <v>10211.92</v>
+        <v>10926.75</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C41" s="3">
-        <v>24933.56</v>
+        <v>22443.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>300</v>
+        <v>1370</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I41" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C43" s="3">
-        <v>30645.26</v>
+        <v>23992.31</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>99</v>
+        <v>1678</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C44" s="3">
-        <v>39534.72</v>
+        <v>32790.43</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="3">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I44" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C45" s="3">
-        <v>22422.72</v>
+        <v>23634.83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="3">
-        <v>1004</v>
+        <v>346</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I45" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C46" s="3">
-        <v>22088.63</v>
+        <v>17813.12</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="3">
-        <v>155</v>
+        <v>445</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>2</v>
       </c>
       <c r="I46" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C47" s="3">
-        <v>16647.78</v>
+        <v>29683.32</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="3">
-        <v>368</v>
+        <v>580</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I47" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C48" s="3">
-        <v>27741.42</v>
+        <v>42302.15</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="3">
-        <v>377</v>
+        <v>505</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>1</v>
       </c>
       <c r="I48" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C50" s="3">
-        <v>30814.29</v>
+        <v>32971.29</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="3">
-        <v>76</v>
+        <v>111</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>2</v>
       </c>
       <c r="I50" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C51" s="3">
-        <v>35688.98</v>
+        <v>47918.21</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I51" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C52" s="3">
-        <v>44783.37</v>
+        <v>40455.14</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>1</v>
       </c>
       <c r="I52" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C53" s="3">
-        <v>39798.46</v>
+        <v>42584.35</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="3">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>1</v>
       </c>
       <c r="I53" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C54" s="3">
-        <v>30814.29</v>
+        <v>32971.29</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="3">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>2</v>
       </c>
       <c r="I54" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C55" s="3">
-        <v>26960.68</v>
+        <v>38187.21</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="3">
-        <v>160</v>
+        <v>1</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>2</v>
       </c>
       <c r="I55" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C56" s="3">
-        <v>37808.54</v>
+        <v>28847.93</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="3">
-        <v>75</v>
+        <v>308</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I56" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C57" s="3">
-        <v>64697.78</v>
+        <v>38908.45</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="3">
-        <v>125</v>
+        <v>298</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>1</v>
       </c>
       <c r="I57" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C58" s="3">
-        <v>36363.04</v>
+        <v>69226.62</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="3">
-        <v>183</v>
+        <v>102</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>1</v>
       </c>
       <c r="I58" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C60" s="3">
-        <v>30966.84</v>
+        <v>33134.52</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="3">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>1</v>
       </c>
       <c r="I60" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C61" s="3">
-        <v>37870.33</v>
+        <v>40521.25</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F61" s="3">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>1</v>
       </c>
       <c r="I61" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C64" s="3">
-        <v>18169.45</v>
+        <v>26265.63</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>1</v>
       </c>
       <c r="I64" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C65" s="3">
-        <v>24547.32</v>
+        <v>16382.94</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="3">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I65" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C66" s="3">
-        <v>15311.16</v>
+        <v>19441.31</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I66" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C68" s="3">
-        <v>6827.39</v>
+        <v>7305.31</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="3">
-        <v>1164</v>
+        <v>1485</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>2</v>
       </c>
       <c r="I68" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C69" s="3">
-        <v>9635.56</v>
+        <v>10310.05</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="3">
-        <v>374</v>
+        <v>248</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>2</v>
       </c>
       <c r="I69" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C71" s="3">
-        <v>13767.15</v>
+        <v>14730.85</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="3">
-        <v>1553</v>
+        <v>3301</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>2</v>
       </c>
       <c r="I71" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C72" s="3">
-        <v>19230.73</v>
+        <v>19521.65</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="3">
-        <v>94</v>
+        <v>226</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>2</v>
       </c>
       <c r="I72" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C73" s="3">
-        <v>8323.16</v>
+        <v>20576.88</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="3">
-        <v>321</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I73" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C74" s="3">
-        <v>18244.53</v>
+        <v>8905.78</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F74" s="3">
-        <v>181</v>
+        <v>258</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I74" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C76" s="3">
-        <v>4942.27</v>
+        <v>7981.3</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F76" s="3">
-        <v>866</v>
+        <v>1307</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>2</v>
       </c>
       <c r="I76" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C77" s="3">
-        <v>7459.16</v>
+        <v>8646.35</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F77" s="3">
-        <v>235</v>
+        <v>259</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>2</v>
       </c>
       <c r="I77" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C78" s="3">
-        <v>6169.77</v>
+        <v>6193.2</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F78" s="3">
-        <v>1966</v>
+        <v>463</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>2</v>
       </c>
       <c r="I78" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C79" s="3">
-        <v>14922.14</v>
+        <v>15966.69</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F79" s="3">
-        <v>46</v>
+        <v>101</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>2</v>
       </c>
       <c r="I79" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C80" s="3">
-        <v>5788.04</v>
+        <v>7954.62</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="3">
-        <v>591</v>
+        <v>66</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>2</v>
       </c>
       <c r="I80" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C81" s="3">
-        <v>14274.41</v>
+        <v>6601.65</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="3">
-        <v>102</v>
+        <v>5769</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>2</v>
       </c>
       <c r="I81" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C82" s="3">
-        <v>7434.22</v>
+        <v>5288.23</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="3">
-        <v>74</v>
+        <v>1080</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>2</v>
       </c>
       <c r="I82" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C83" s="3">
-        <v>6134.1</v>
+        <v>6563.49</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="3">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>2</v>
       </c>
       <c r="I83" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C84" s="3">
-        <v>8080.7</v>
+        <v>15273.62</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="3">
-        <v>303</v>
+        <v>38</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>2</v>
       </c>
       <c r="I84" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
       <c r="I86" s="2"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C87" s="3">
-        <v>108637.21</v>
+        <v>53829.96</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F87" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C88" s="3">
-        <v>68897.09</v>
+        <v>105031.59</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="3">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C89" s="3">
-        <v>48113.86</v>
+        <v>84699.39</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C90" s="3">
-        <v>48627.65</v>
+        <v>132834.59</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C91" s="3">
-        <v>105031.59</v>
+        <v>51453.06</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C93" s="3">
-        <v>76846.66</v>
+        <v>128466.27</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>1</v>
       </c>
       <c r="I93" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C94" s="3">
-        <v>49189.65</v>
+        <v>135312.2</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="3">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>1</v>
       </c>
       <c r="I94" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C95" s="3">
-        <v>117842.69</v>
+        <v>81929.2</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="3">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C96" s="3">
-        <v>108814.37</v>
+        <v>51455.97</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F96" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C97" s="3">
-        <v>46395.85</v>
+        <v>131934.43</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C98" s="3">
-        <v>110413.66</v>
+        <v>53787.15</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C99" s="3">
-        <v>102182.59</v>
+        <v>131758.44</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="3">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="2"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
       <c r="I100" s="2"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C102" s="3">
-        <v>23967.63</v>
+        <v>22115.35</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="3">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C103" s="3">
-        <v>27048.41</v>
+        <v>29057.34</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C104" s="3">
-        <v>26228.98</v>
+        <v>29057.34</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="3">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C105" s="3">
-        <v>29057.34</v>
+        <v>28941.8</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="3">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C106" s="3">
-        <v>28755.63</v>
+        <v>28596.78</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F106" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C107" s="3">
-        <v>29057.34</v>
+        <v>24371.37</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="C108" s="3">
-        <v>27296.92</v>
+        <v>30124.96</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F108" s="3">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C110" s="3">
-        <v>18448.26</v>
+        <v>23072.97</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="3">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>1</v>
       </c>
       <c r="I110" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C111" s="3">
-        <v>22486.75</v>
+        <v>24060.82</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="3">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>1</v>
       </c>
       <c r="I111" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C112" s="3">
-        <v>17391.77</v>
+        <v>18373.39</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F112" s="3">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C114" s="3">
-        <v>24808.13</v>
+        <v>23607.42</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F114" s="3">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C115" s="3">
-        <v>23607.42</v>
+        <v>30648.8</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F115" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
         <v>1</v>
       </c>
       <c r="I115" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C116" s="3">
-        <v>28643.74</v>
+        <v>24808.13</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F116" s="3">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="G116" s="3">
         <v>1</v>
       </c>
       <c r="H116" s="3">
         <v>1</v>
       </c>
       <c r="I116" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="2"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C118" s="3">
-        <v>21252.68</v>
+        <v>24171.75</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F118" s="3">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>1</v>
       </c>
       <c r="I118" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C119" s="3">
-        <v>18605.71</v>
+        <v>21285.51</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="3">
         <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>1</v>
       </c>
       <c r="I119" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C120" s="3">
-        <v>22590.42</v>
+        <v>17637.67</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F120" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>1</v>
       </c>
       <c r="I120" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C121" s="3">
-        <v>17532.9</v>
+        <v>22140.38</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="3">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>1</v>
       </c>
       <c r="I121" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C122" s="3">
-        <v>10532.95</v>
+        <v>25254.52</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="3">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I122" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C123" s="3">
-        <v>17056.83</v>
+        <v>28618.51</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>16</v>
+        <v>228</v>
       </c>
       <c r="F123" s="3">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C124" s="3">
-        <v>21252.68</v>
+        <v>24607.36</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F124" s="3">
-        <v>28</v>
+        <v>119</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C125" s="3">
-        <v>21539.51</v>
+        <v>20847.81</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F125" s="3">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C126" s="3">
-        <v>30854.91</v>
+        <v>11270.26</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>234</v>
+        <v>16</v>
       </c>
       <c r="F126" s="3">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I126" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C127" s="3">
-        <v>23488.85</v>
+        <v>22140.38</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F127" s="3">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G127" s="3">
         <v>1</v>
       </c>
       <c r="H127" s="3">
         <v>1</v>
       </c>
       <c r="I127" s="3">
         <v>305</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="2"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
       <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>238</v>
       </c>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="2"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
       <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C130" s="3">
-        <v>4094.27</v>
+        <v>6685.39</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F130" s="3">
-        <v>130</v>
+        <v>1</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I130" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C131" s="3">
-        <v>7421.13</v>
+        <v>7940.61</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="3">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="G131" s="3">
         <v>1</v>
       </c>
       <c r="H131" s="3">
         <v>6</v>
       </c>
       <c r="I131" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C132" s="3">
-        <v>6248.03</v>
+        <v>2278.12</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F132" s="3">
-        <v>1</v>
+        <v>136</v>
       </c>
       <c r="G132" s="3">
         <v>1</v>
       </c>
       <c r="H132" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I132" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C133" s="3">
-        <v>2123</v>
+        <v>4380.87</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F133" s="3">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="G133" s="3">
         <v>1</v>
       </c>
       <c r="H133" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I133" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C134" s="3">
-        <v>4064.91</v>
+        <v>2271.61</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F134" s="3">
-        <v>124</v>
+        <v>69</v>
       </c>
       <c r="G134" s="3">
         <v>1</v>
       </c>
       <c r="H134" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I134" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C135" s="3">
-        <v>7465.04</v>
+        <v>4349.45</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F135" s="3">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="G135" s="3">
         <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I135" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C136" s="3">
-        <v>2129.08</v>
+        <v>7987.59</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="3">
-        <v>105</v>
+        <v>0</v>
       </c>
       <c r="G136" s="3">
         <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I136" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B137" s="2"/>
       <c r="C137" s="2"/>
       <c r="D137" s="2"/>
       <c r="E137" s="2"/>
       <c r="F137" s="2"/>
       <c r="G137" s="2"/>
       <c r="H137" s="2"/>
       <c r="I137" s="2"/>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C138" s="3">
-        <v>2048.08</v>
+        <v>702.11</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F138" s="3">
-        <v>286</v>
+        <v>206</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I138" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C139" s="3">
-        <v>2037.37</v>
+        <v>2661.4</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F139" s="3">
-        <v>0</v>
+        <v>390</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I139" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C140" s="3">
-        <v>656.18</v>
+        <v>2191.45</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F140" s="3">
-        <v>892</v>
+        <v>724</v>
       </c>
       <c r="G140" s="3">
         <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I140" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C141" s="3">
-        <v>1271.23</v>
+        <v>1360.22</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F141" s="3">
-        <v>160</v>
+        <v>804</v>
       </c>
       <c r="G141" s="3">
         <v>1</v>
       </c>
       <c r="H141" s="3">
         <v>12</v>
       </c>
       <c r="I141" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C142" s="3">
-        <v>2487.29</v>
+        <v>1250.59</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F142" s="3">
-        <v>384</v>
+        <v>512</v>
       </c>
       <c r="G142" s="3">
         <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I142" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C143" s="3">
-        <v>1168.78</v>
+        <v>2179.99</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="3">
-        <v>283</v>
+        <v>119</v>
       </c>
       <c r="G143" s="3">
         <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I143" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C144" s="3">
-        <v>4280.71</v>
+        <v>4580.36</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F144" s="3">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="G144" s="3">
         <v>1</v>
       </c>
       <c r="H144" s="3">
         <v>8</v>
       </c>
       <c r="I144" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C145" s="3">
-        <v>8155.62</v>
+        <v>8726.51</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F145" s="3">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G145" s="3">
         <v>1</v>
       </c>
       <c r="H145" s="3">
         <v>6</v>
       </c>
       <c r="I145" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C146" s="3">
-        <v>7922.33</v>
+        <v>8476.89</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F146" s="3">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G146" s="3">
         <v>1</v>
       </c>
       <c r="H146" s="3">
         <v>1</v>
       </c>
       <c r="I146" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
         <v>272</v>
       </c>
       <c r="B147" s="2"/>
       <c r="C147" s="2"/>
       <c r="D147" s="2"/>
       <c r="E147" s="2"/>
       <c r="F147" s="2"/>
       <c r="G147" s="2"/>
       <c r="H147" s="2"/>
       <c r="I147" s="2"/>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B148" s="2"/>
       <c r="C148" s="2"/>
       <c r="D148" s="2"/>
       <c r="E148" s="2"/>
       <c r="F148" s="2"/>
       <c r="G148" s="2"/>
       <c r="H148" s="2"/>
       <c r="I148" s="2"/>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C149" s="3">
-        <v>3003.65</v>
+        <v>3294.32</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F149" s="3">
-        <v>572</v>
+        <v>529</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>20</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C150" s="3">
-        <v>5256.15</v>
+        <v>5764.81</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F150" s="3">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="G150" s="3">
         <v>1</v>
       </c>
       <c r="H150" s="3">
         <v>10</v>
       </c>
       <c r="I150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C151" s="3">
-        <v>5727.95</v>
+        <v>6282.27</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F151" s="3">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>10</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C152" s="3">
-        <v>8023.82</v>
+        <v>8800.32</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F152" s="3">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>10</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>282</v>
       </c>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
       <c r="D153" s="2"/>
       <c r="E153" s="2"/>
       <c r="F153" s="2"/>
       <c r="G153" s="2"/>
       <c r="H153" s="2"/>
       <c r="I153" s="2"/>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C154" s="3">
-        <v>4190.49</v>
+        <v>6728.27</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F154" s="3">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
         <v>10</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C155" s="3">
-        <v>6134.61</v>
+        <v>4190.49</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F155" s="3">
-        <v>129</v>
+        <v>6</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>10</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C156" s="3">
-        <v>3102.93</v>
+        <v>3403.21</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F156" s="3">
-        <v>1181</v>
+        <v>1219</v>
       </c>
       <c r="G156" s="3">
         <v>1</v>
       </c>
       <c r="H156" s="3">
         <v>25</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B157" s="2"/>
       <c r="C157" s="2"/>
       <c r="D157" s="2"/>
       <c r="E157" s="2"/>
       <c r="F157" s="2"/>
       <c r="G157" s="2"/>
       <c r="H157" s="2"/>
       <c r="I157" s="2"/>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C158" s="3">
-        <v>1565.75</v>
+        <v>1889.29</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F158" s="3">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I158" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C159" s="3">
-        <v>1722.59</v>
+        <v>1717.27</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F159" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B160" s="2"/>
       <c r="C160" s="2"/>
       <c r="D160" s="2"/>
       <c r="E160" s="2"/>
       <c r="F160" s="2"/>
       <c r="G160" s="2"/>
       <c r="H160" s="2"/>
       <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C161" s="3">
-        <v>2468.99</v>
+        <v>1704.32</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F161" s="3">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>20</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>297</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>298</v>
       </c>
       <c r="C162" s="3">
-        <v>5283.36</v>
+        <v>1431.09</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F162" s="3">
-        <v>184</v>
+        <v>406</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>299</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>300</v>
       </c>
       <c r="C163" s="3">
-        <v>1704.32</v>
+        <v>5283.37</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F163" s="3">
-        <v>1244</v>
+        <v>146</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C164" s="3">
-        <v>1431.09</v>
+        <v>2468.98</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F164" s="3">
-        <v>409</v>
+        <v>1452</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>20</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B165" s="2"/>
       <c r="C165" s="2"/>
       <c r="D165" s="2"/>
       <c r="E165" s="2"/>
       <c r="F165" s="2"/>
       <c r="G165" s="2"/>
       <c r="H165" s="2"/>
       <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
         <v>304</v>
       </c>
       <c r="B166" s="2"/>
       <c r="C166" s="2"/>
       <c r="D166" s="2"/>
       <c r="E166" s="2"/>
       <c r="F166" s="2"/>
       <c r="G166" s="2"/>
       <c r="H166" s="2"/>
       <c r="I166" s="2"/>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>306</v>
       </c>
       <c r="C167" s="3">
-        <v>116.84</v>
+        <v>140.65</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F167" s="3">
         <v>0</v>
       </c>
       <c r="G167" s="3">
         <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>307</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>308</v>
       </c>
       <c r="C168" s="3">
-        <v>237.66</v>
+        <v>128.15</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F168" s="3">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G168" s="3">
         <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C169" s="3">
-        <v>274.01</v>
+        <v>260.66</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F169" s="3">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="G169" s="3">
         <v>1</v>
       </c>
       <c r="H169" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>311</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C170" s="3">
-        <v>133.99</v>
+        <v>300.53</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F170" s="3">
-        <v>1</v>
+        <v>176</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>313</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C171" s="3">
-        <v>128.24</v>
+        <v>146.95</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F171" s="3">
-        <v>134</v>
+        <v>1</v>
       </c>
       <c r="G171" s="3">
         <v>1</v>
       </c>
       <c r="H171" s="3">
         <v>1000</v>
       </c>
       <c r="I171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>315</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C172" s="3">
-        <v>399.97</v>
+        <v>438.68</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F172" s="3">
-        <v>807</v>
+        <v>595</v>
       </c>
       <c r="G172" s="3">
         <v>1</v>
       </c>
       <c r="H172" s="3">
         <v>1000</v>
       </c>
       <c r="I172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
         <v>317</v>
       </c>
       <c r="B173" s="2"/>
       <c r="C173" s="2"/>
       <c r="D173" s="2"/>
       <c r="E173" s="2"/>
       <c r="F173" s="2"/>
       <c r="G173" s="2"/>
       <c r="H173" s="2"/>
       <c r="I173" s="2"/>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C174" s="3">
-        <v>150.52</v>
+        <v>193.71</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F174" s="3">
-        <v>1025</v>
+        <v>117</v>
       </c>
       <c r="G174" s="3">
         <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C175" s="3">
-        <v>141.43</v>
+        <v>155.79</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F175" s="3">
-        <v>883</v>
+        <v>634</v>
       </c>
       <c r="G175" s="3">
         <v>1</v>
       </c>
       <c r="H175" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I175" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C176" s="3">
-        <v>275.92</v>
+        <v>165.08</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F176" s="3">
-        <v>250</v>
+        <v>1029</v>
       </c>
       <c r="G176" s="3">
         <v>1</v>
       </c>
       <c r="H176" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C177" s="3">
-        <v>141.43</v>
+        <v>302.63</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F177" s="3">
-        <v>408</v>
+        <v>260</v>
       </c>
       <c r="G177" s="3">
         <v>1</v>
       </c>
       <c r="H177" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I177" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C178" s="3">
-        <v>229.52</v>
+        <v>155.11</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F178" s="3">
-        <v>55</v>
+        <v>212</v>
       </c>
       <c r="G178" s="3">
         <v>1</v>
       </c>
       <c r="H178" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C179" s="3">
-        <v>176.62</v>
+        <v>483.08</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F179" s="3">
-        <v>113</v>
+        <v>687</v>
       </c>
       <c r="G179" s="3">
         <v>1</v>
       </c>
       <c r="H179" s="3">
-        <v>1</v>
+        <v>600</v>
       </c>
       <c r="I179" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C180" s="3">
-        <v>142.05</v>
+        <v>251.73</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F180" s="3">
-        <v>646</v>
+        <v>366</v>
       </c>
       <c r="G180" s="3">
         <v>1</v>
       </c>
       <c r="H180" s="3">
         <v>500</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C181" s="3">
-        <v>440.46</v>
+        <v>155.11</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F181" s="3">
-        <v>684</v>
+        <v>883</v>
       </c>
       <c r="G181" s="3">
         <v>1</v>
       </c>
       <c r="H181" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B182" s="2"/>
       <c r="C182" s="2"/>
       <c r="D182" s="2"/>
       <c r="E182" s="2"/>
       <c r="F182" s="2"/>
       <c r="G182" s="2"/>
       <c r="H182" s="2"/>
       <c r="I182" s="2"/>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C183" s="3">
-        <v>353.05</v>
+        <v>387.21</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F183" s="3">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="G183" s="3">
         <v>1</v>
       </c>
       <c r="H183" s="3">
         <v>500</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C184" s="3">
-        <v>459.63</v>
+        <v>504.11</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F184" s="3">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="G184" s="3">
         <v>1</v>
       </c>
       <c r="H184" s="3">
         <v>500</v>
       </c>
       <c r="I184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B185" s="2"/>
       <c r="C185" s="2"/>
       <c r="D185" s="2"/>
       <c r="E185" s="2"/>
       <c r="F185" s="2"/>
       <c r="G185" s="2"/>
       <c r="H185" s="2"/>
       <c r="I185" s="2"/>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C186" s="3">
-        <v>121.58</v>
+        <v>97.35</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F186" s="3">
         <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>1</v>
       </c>
       <c r="H186" s="3">
         <v>1000</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C187" s="3">
-        <v>97.35</v>
+        <v>121.58</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F187" s="3">
-        <v>3831</v>
+        <v>933</v>
       </c>
       <c r="G187" s="3">
         <v>1</v>
       </c>
       <c r="H187" s="3">
         <v>1000</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
         <v>344</v>
       </c>
       <c r="B188" s="2"/>
       <c r="C188" s="2"/>
       <c r="D188" s="2"/>
       <c r="E188" s="2"/>
       <c r="F188" s="2"/>
       <c r="G188" s="2"/>
       <c r="H188" s="2"/>
       <c r="I188" s="2"/>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A189" s="3" t="s">
         <v>345</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C189" s="3">
         <v>198.09</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F189" s="3">
-        <v>1422</v>
+        <v>1236</v>
       </c>
       <c r="G189" s="3">
         <v>1</v>
       </c>
       <c r="H189" s="3">
         <v>1000</v>
       </c>
       <c r="I189" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
         <v>347</v>
       </c>
       <c r="B190" s="2"/>
       <c r="C190" s="2"/>
       <c r="D190" s="2"/>
       <c r="E190" s="2"/>
       <c r="F190" s="2"/>
       <c r="G190" s="2"/>
       <c r="H190" s="2"/>
       <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B191" s="2"/>
       <c r="C191" s="2"/>
       <c r="D191" s="2"/>
       <c r="E191" s="2"/>
       <c r="F191" s="2"/>
       <c r="G191" s="2"/>
       <c r="H191" s="2"/>
       <c r="I191" s="2"/>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C192" s="3">
-        <v>626.47</v>
+        <v>563.15</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F192" s="3">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
         <v>1</v>
       </c>
       <c r="H192" s="3">
         <v>500</v>
       </c>
       <c r="I192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
         <v>351</v>
       </c>
       <c r="B193" s="2"/>
       <c r="C193" s="2"/>
       <c r="D193" s="2"/>
       <c r="E193" s="2"/>
       <c r="F193" s="2"/>
       <c r="G193" s="2"/>
       <c r="H193" s="2"/>
       <c r="I193" s="2"/>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C194" s="3">
-        <v>13.25</v>
+        <v>23.22</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F194" s="3">
         <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>100</v>
       </c>
       <c r="H194" s="3">
         <v>5000</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C195" s="3">
-        <v>214.39</v>
+        <v>13.25</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F195" s="3">
-        <v>5595</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H195" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C196" s="3">
-        <v>9.09</v>
+        <v>214.38</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F196" s="3">
-        <v>777401</v>
+        <v>5494</v>
       </c>
       <c r="G196" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C197" s="3">
-        <v>23.21</v>
+        <v>6.97</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F197" s="3">
-        <v>700</v>
+        <v>1430000</v>
       </c>
       <c r="G197" s="3">
         <v>100</v>
       </c>
       <c r="H197" s="3">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C198" s="3">
-        <v>18.29</v>
+        <v>18.28</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F198" s="3">
-        <v>147000</v>
+        <v>388700</v>
       </c>
       <c r="G198" s="3">
         <v>100</v>
       </c>
       <c r="H198" s="3">
         <v>5000</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
         <v>362</v>
       </c>
       <c r="B199" s="2"/>
       <c r="C199" s="2"/>
       <c r="D199" s="2"/>
       <c r="E199" s="2"/>
       <c r="F199" s="2"/>
       <c r="G199" s="2"/>
       <c r="H199" s="2"/>
       <c r="I199" s="2"/>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A200" s="3" t="s">
         <v>363</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C200" s="3">
-        <v>15.1</v>
+        <v>52.52</v>
       </c>
       <c r="D200" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F200" s="3">
-        <v>24550</v>
+        <v>900</v>
       </c>
       <c r="G200" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H200" s="3">
-        <v>8000</v>
+        <v>5000</v>
       </c>
       <c r="I200" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>365</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C201" s="3">
-        <v>29.52</v>
+        <v>26.13</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F201" s="3">
         <v>0</v>
       </c>
       <c r="G201" s="3">
         <v>100</v>
       </c>
       <c r="H201" s="3">
         <v>5000</v>
       </c>
       <c r="I201" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="3" t="s">
         <v>367</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C202" s="3">
         <v>16.33</v>
       </c>
       <c r="D202" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F202" s="3">
-        <v>31550</v>
+        <v>64048</v>
       </c>
       <c r="G202" s="3">
         <v>50</v>
       </c>
       <c r="H202" s="3">
         <v>8000</v>
       </c>
       <c r="I202" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="3" t="s">
         <v>369</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C203" s="3">
         <v>14.4</v>
       </c>
       <c r="D203" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F203" s="3">
         <v>0</v>
       </c>
       <c r="G203" s="3">
         <v>100</v>
       </c>
       <c r="H203" s="3">
         <v>5000</v>
       </c>
       <c r="I203" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C204" s="3">
-        <v>52.51</v>
+        <v>15.1</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F204" s="3">
-        <v>8300</v>
+        <v>525</v>
       </c>
       <c r="G204" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H204" s="3">
-        <v>5000</v>
+        <v>8000</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
         <v>373</v>
       </c>
       <c r="B205" s="2"/>
       <c r="C205" s="2"/>
       <c r="D205" s="2"/>
       <c r="E205" s="2"/>
       <c r="F205" s="2"/>
       <c r="G205" s="2"/>
       <c r="H205" s="2"/>
       <c r="I205" s="2"/>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>374</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C206" s="3">
         <v>5.24</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F206" s="3">
-        <v>214600</v>
+        <v>244500</v>
       </c>
       <c r="G206" s="3">
         <v>100</v>
       </c>
       <c r="H206" s="3">
         <v>10000</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C207" s="3">
-        <v>5.7</v>
+        <v>5.71</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F207" s="3">
-        <v>468098</v>
+        <v>389898</v>
       </c>
       <c r="G207" s="3">
         <v>100</v>
       </c>
       <c r="H207" s="3">
         <v>10000</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
         <v>378</v>
       </c>
       <c r="B208" s="2"/>
       <c r="C208" s="2"/>
       <c r="D208" s="2"/>
       <c r="E208" s="2"/>
       <c r="F208" s="2"/>
       <c r="G208" s="2"/>
       <c r="H208" s="2"/>
       <c r="I208" s="2"/>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>379</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C209" s="3">
         <v>5.03</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F209" s="3">
-        <v>20700</v>
+        <v>13400</v>
       </c>
       <c r="G209" s="3">
         <v>100</v>
       </c>
       <c r="H209" s="3">
         <v>2500</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C210" s="3">
         <v>5.03</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F210" s="3">
-        <v>12800</v>
+        <v>20100</v>
       </c>
       <c r="G210" s="3">
         <v>100</v>
       </c>
       <c r="H210" s="3">
         <v>2500</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C211" s="3">
         <v>5.03</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F211" s="3">
-        <v>23600</v>
+        <v>17000</v>
       </c>
       <c r="G211" s="3">
         <v>100</v>
       </c>
       <c r="H211" s="3">
         <v>2500</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>385</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C212" s="3">
         <v>5.03</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F212" s="3">
-        <v>95000</v>
+        <v>41900</v>
       </c>
       <c r="G212" s="3">
         <v>100</v>
       </c>
       <c r="H212" s="3">
         <v>2500</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>387</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C213" s="3">
         <v>5.03</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F213" s="3">
-        <v>46400</v>
+        <v>131200</v>
       </c>
       <c r="G213" s="3">
         <v>100</v>
       </c>
       <c r="H213" s="3">
         <v>2500</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>389</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C214" s="3">
         <v>5.03</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F214" s="3">
-        <v>18300</v>
+        <v>13400</v>
       </c>
       <c r="G214" s="3">
         <v>100</v>
       </c>
       <c r="H214" s="3">
         <v>2500</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>391</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C215" s="3">
         <v>5.03</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F215" s="3">
-        <v>37700</v>
+        <v>40400</v>
       </c>
       <c r="G215" s="3">
         <v>100</v>
       </c>
       <c r="H215" s="3">
         <v>2500</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
         <v>393</v>
       </c>
       <c r="B216" s="2"/>
       <c r="C216" s="2"/>
       <c r="D216" s="2"/>
       <c r="E216" s="2"/>
       <c r="F216" s="2"/>
       <c r="G216" s="2"/>
       <c r="H216" s="2"/>
       <c r="I216" s="2"/>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C217" s="3">
-        <v>231.89</v>
+        <v>549.4</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F217" s="3">
-        <v>689</v>
+        <v>623</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
         <v>500</v>
       </c>
       <c r="I217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>396</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C218" s="3">
-        <v>652.58</v>
+        <v>254.34</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F218" s="3">
-        <v>624</v>
+        <v>637</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
         <v>500</v>
       </c>
       <c r="I218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
         <v>398</v>
       </c>
       <c r="B219" s="2"/>
       <c r="C219" s="2"/>
       <c r="D219" s="2"/>
       <c r="E219" s="2"/>
       <c r="F219" s="2"/>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
       <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="2" t="s">
         <v>399</v>
       </c>
       <c r="B220" s="2"/>
       <c r="C220" s="2"/>
       <c r="D220" s="2"/>
       <c r="E220" s="2"/>
       <c r="F220" s="2"/>
       <c r="G220" s="2"/>
       <c r="H220" s="2"/>
       <c r="I220" s="2"/>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C221" s="3">
-        <v>313.88</v>
+        <v>261.84</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F221" s="3">
-        <v>1506</v>
+        <v>14798</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C222" s="3">
-        <v>241.26</v>
+        <v>241.27</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F222" s="3">
-        <v>0</v>
+        <v>349</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C223" s="3">
-        <v>178.37</v>
+        <v>313.88</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F223" s="3">
-        <v>13711</v>
+        <v>1436</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C224" s="3">
-        <v>261.84</v>
+        <v>178.37</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F224" s="3">
-        <v>3334</v>
+        <v>42176</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I224" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
         <v>408</v>
       </c>
       <c r="B225" s="2"/>
       <c r="C225" s="2"/>
       <c r="D225" s="2"/>
       <c r="E225" s="2"/>
       <c r="F225" s="2"/>
       <c r="G225" s="2"/>
       <c r="H225" s="2"/>
       <c r="I225" s="2"/>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>409</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C226" s="3">
         <v>214.18</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F226" s="3">
-        <v>1919</v>
+        <v>1457</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
         <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>411</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C227" s="3">
         <v>277.73</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F227" s="3">
-        <v>291</v>
+        <v>1706</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
         <v>200</v>
       </c>
       <c r="I227" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>413</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C228" s="3">
         <v>478.7</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F228" s="3">
-        <v>192</v>
+        <v>144</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C229" s="3">
         <v>397.08</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F229" s="3">
-        <v>0</v>
+        <v>197</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
         <v>100</v>
       </c>
       <c r="I229" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="2" t="s">
         <v>417</v>
       </c>
       <c r="B230" s="2"/>
       <c r="C230" s="2"/>
       <c r="D230" s="2"/>
       <c r="E230" s="2"/>
       <c r="F230" s="2"/>
       <c r="G230" s="2"/>
       <c r="H230" s="2"/>
       <c r="I230" s="2"/>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C231" s="3">
         <v>155.52</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F231" s="3">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>300</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C232" s="3">
         <v>372.15</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F232" s="3">
         <v>0</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>250</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C233" s="3">
-        <v>128.24</v>
+        <v>128.23</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F233" s="3">
-        <v>364</v>
+        <v>164</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
         <v>300</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="2" t="s">
         <v>424</v>
       </c>
       <c r="B234" s="2"/>
       <c r="C234" s="2"/>
       <c r="D234" s="2"/>
       <c r="E234" s="2"/>
       <c r="F234" s="2"/>
       <c r="G234" s="2"/>
       <c r="H234" s="2"/>
       <c r="I234" s="2"/>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C235" s="3">
         <v>1117.16</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F235" s="3">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
         <v>1</v>
       </c>
       <c r="I235" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C236" s="3">
         <v>1449.71</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F236" s="3">
-        <v>126</v>
+        <v>101</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
         <v>150</v>
       </c>
       <c r="I236" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
         <v>429</v>
       </c>
       <c r="B237" s="2"/>
       <c r="C237" s="2"/>
       <c r="D237" s="2"/>
       <c r="E237" s="2"/>
       <c r="F237" s="2"/>
       <c r="G237" s="2"/>
       <c r="H237" s="2"/>
       <c r="I237" s="2"/>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>430</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C238" s="3">
-        <v>148.03</v>
+        <v>108.2</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F238" s="3">
-        <v>542</v>
+        <v>677</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I238" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C239" s="3">
-        <v>339.26</v>
+        <v>232.6</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F239" s="3">
-        <v>929</v>
+        <v>170</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>434</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C240" s="3">
-        <v>484.56</v>
+        <v>339.27</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F240" s="3">
-        <v>88</v>
+        <v>910</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I240" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>436</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C241" s="3">
-        <v>156.32</v>
+        <v>69.67</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F241" s="3">
-        <v>379</v>
+        <v>1693</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
         <v>1</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>438</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C242" s="3">
-        <v>339.26</v>
+        <v>132.37</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F242" s="3">
-        <v>991</v>
+        <v>541</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I242" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>440</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C243" s="3">
-        <v>116.64</v>
+        <v>484.57</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F243" s="3">
-        <v>1951</v>
+        <v>80</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>442</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C244" s="3">
-        <v>92.25</v>
+        <v>156.32</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F244" s="3">
-        <v>467</v>
+        <v>379</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
         <v>1</v>
       </c>
       <c r="I244" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>444</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C245" s="3">
-        <v>88.75</v>
+        <v>339.27</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F245" s="3">
-        <v>486</v>
+        <v>992</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I245" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>446</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>447</v>
       </c>
       <c r="C246" s="3">
-        <v>84.47</v>
+        <v>92.25</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F246" s="3">
-        <v>654</v>
+        <v>467</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
         <v>1</v>
       </c>
       <c r="I246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>448</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C247" s="3">
-        <v>79.39</v>
+        <v>88.75</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F247" s="3">
-        <v>1693</v>
+        <v>314</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>1</v>
       </c>
       <c r="I247" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>450</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C248" s="3">
-        <v>108.2</v>
+        <v>84.47</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F248" s="3">
-        <v>679</v>
+        <v>654</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I248" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C249" s="3">
-        <v>232.6</v>
+        <v>203.72</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F249" s="3">
-        <v>170</v>
+        <v>452</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
         <v>1</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="3" t="s">
         <v>454</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C250" s="3">
-        <v>203.72</v>
+        <v>116.63</v>
       </c>
       <c r="D250" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F250" s="3">
-        <v>454</v>
+        <v>1951</v>
       </c>
       <c r="G250" s="3">
         <v>1</v>
       </c>
       <c r="H250" s="3">
         <v>1</v>
       </c>
       <c r="I250" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="2" t="s">
         <v>456</v>
       </c>
       <c r="B251" s="2"/>
       <c r="C251" s="2"/>
       <c r="D251" s="2"/>
       <c r="E251" s="2"/>
       <c r="F251" s="2"/>
       <c r="G251" s="2"/>
       <c r="H251" s="2"/>
       <c r="I251" s="2"/>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
@@ -10830,4163 +10830,4163 @@
       <c r="G252" s="2"/>
       <c r="H252" s="2"/>
       <c r="I252" s="2"/>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
         <v>458</v>
       </c>
       <c r="B253" s="2"/>
       <c r="C253" s="2"/>
       <c r="D253" s="2"/>
       <c r="E253" s="2"/>
       <c r="F253" s="2"/>
       <c r="G253" s="2"/>
       <c r="H253" s="2"/>
       <c r="I253" s="2"/>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C254" s="3">
-        <v>137.56</v>
+        <v>267.1</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>258</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C255" s="3">
-        <v>127.36</v>
+        <v>310.44</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F255" s="3">
-        <v>122</v>
+        <v>597</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C256" s="3">
-        <v>173.6</v>
+        <v>399.83</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F256" s="3">
-        <v>1725</v>
+        <v>601</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C257" s="3">
-        <v>173.6</v>
+        <v>267.1</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F257" s="3">
-        <v>1201</v>
+        <v>199</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C258" s="3">
-        <v>187.69</v>
+        <v>287.44</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F258" s="3">
-        <v>600</v>
+        <v>325</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C259" s="3">
-        <v>208.14</v>
+        <v>672.5</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F259" s="3">
-        <v>423</v>
+        <v>387</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C260" s="3">
-        <v>208.14</v>
+        <v>672.5</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F260" s="3">
-        <v>563</v>
+        <v>405</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C261" s="3">
-        <v>208.14</v>
+        <v>160.12</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F261" s="3">
-        <v>914</v>
+        <v>480</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C262" s="3">
-        <v>206.65</v>
+        <v>287.44</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F262" s="3">
-        <v>507</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="I262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C263" s="3">
-        <v>243.53</v>
+        <v>672.5</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F263" s="3">
-        <v>727</v>
+        <v>0</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C264" s="3">
-        <v>243.53</v>
+        <v>267.1</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F264" s="3">
-        <v>261</v>
+        <v>958</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>230</v>
+        <v>200</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C265" s="3">
-        <v>283.05</v>
+        <v>137.56</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F265" s="3">
-        <v>619</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C266" s="3">
-        <v>397.52</v>
+        <v>137.56</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F266" s="3">
-        <v>718</v>
+        <v>183</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C267" s="3">
-        <v>416.61</v>
+        <v>137.56</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F267" s="3">
-        <v>297</v>
+        <v>355</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C268" s="3">
-        <v>416.61</v>
+        <v>139.68</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F268" s="3">
-        <v>477</v>
+        <v>13</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>489</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>490</v>
       </c>
       <c r="C269" s="3">
-        <v>416.61</v>
+        <v>137.56</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F269" s="3">
-        <v>622</v>
+        <v>2233</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>491</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>492</v>
       </c>
       <c r="C270" s="3">
-        <v>662.23</v>
+        <v>137.56</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F270" s="3">
-        <v>338</v>
+        <v>0</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C271" s="3">
-        <v>137.56</v>
+        <v>162.79</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F271" s="3">
-        <v>602</v>
+        <v>0</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
         <v>400</v>
       </c>
       <c r="I271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="3" t="s">
         <v>495</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>496</v>
       </c>
       <c r="C272" s="3">
-        <v>173.6</v>
+        <v>160.12</v>
       </c>
       <c r="D272" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F272" s="3">
-        <v>427</v>
+        <v>396</v>
       </c>
       <c r="G272" s="3">
         <v>1</v>
       </c>
       <c r="H272" s="3">
         <v>400</v>
       </c>
       <c r="I272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="3" t="s">
         <v>497</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>498</v>
       </c>
       <c r="C273" s="3">
-        <v>173.6</v>
+        <v>160.12</v>
       </c>
       <c r="D273" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F273" s="3">
-        <v>1546</v>
+        <v>1279</v>
       </c>
       <c r="G273" s="3">
         <v>1</v>
       </c>
       <c r="H273" s="3">
         <v>400</v>
       </c>
       <c r="I273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C274" s="3">
-        <v>243.53</v>
+        <v>160.12</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F274" s="3">
-        <v>219</v>
+        <v>1476</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>501</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>502</v>
       </c>
       <c r="C275" s="3">
-        <v>262.08</v>
+        <v>160.12</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F275" s="3">
-        <v>364</v>
+        <v>1164</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C276" s="3">
-        <v>262.08</v>
+        <v>205.85</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F276" s="3">
-        <v>439</v>
+        <v>93</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>505</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>506</v>
       </c>
       <c r="C277" s="3">
-        <v>528.48</v>
+        <v>208.14</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F277" s="3">
-        <v>349</v>
+        <v>309</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>507</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>508</v>
       </c>
       <c r="C278" s="3">
-        <v>613.16</v>
+        <v>208.14</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F278" s="3">
-        <v>276</v>
+        <v>5</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>509</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>510</v>
       </c>
       <c r="C279" s="3">
-        <v>613.16</v>
+        <v>208.14</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F279" s="3">
-        <v>459</v>
+        <v>546</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>511</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>512</v>
       </c>
       <c r="C280" s="3">
-        <v>613.16</v>
+        <v>184.41</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F280" s="3">
-        <v>416</v>
+        <v>903</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>513</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>514</v>
       </c>
       <c r="C281" s="3">
-        <v>137.56</v>
+        <v>226.65</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F281" s="3">
-        <v>213</v>
+        <v>435</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>515</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>516</v>
       </c>
       <c r="C282" s="3">
-        <v>173.6</v>
+        <v>267.1</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F282" s="3">
-        <v>586</v>
+        <v>690</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>517</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>518</v>
       </c>
       <c r="C283" s="3">
-        <v>262.08</v>
+        <v>267.1</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>395</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>150</v>
+        <v>230</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>519</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>520</v>
       </c>
       <c r="C284" s="3">
-        <v>613.16</v>
+        <v>287.44</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F284" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>522</v>
       </c>
       <c r="C285" s="3">
-        <v>137.56</v>
+        <v>287.44</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F285" s="3">
-        <v>365</v>
+        <v>0</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>523</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>524</v>
       </c>
       <c r="C286" s="3">
-        <v>137.56</v>
+        <v>287.44</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F286" s="3">
-        <v>2443</v>
+        <v>416</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>525</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>526</v>
       </c>
       <c r="C287" s="3">
-        <v>148.43</v>
+        <v>435.98</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F287" s="3">
-        <v>0</v>
+        <v>618</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A288" s="3" t="s">
         <v>527</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>528</v>
       </c>
       <c r="C288" s="3">
-        <v>208.14</v>
+        <v>431.48</v>
       </c>
       <c r="D288" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F288" s="3">
-        <v>360</v>
+        <v>268</v>
       </c>
       <c r="G288" s="3">
         <v>1</v>
       </c>
       <c r="H288" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A289" s="3" t="s">
         <v>529</v>
       </c>
       <c r="B289" s="3" t="s">
         <v>530</v>
       </c>
       <c r="C289" s="3">
-        <v>208.14</v>
+        <v>431.48</v>
       </c>
       <c r="D289" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F289" s="3">
-        <v>6</v>
+        <v>461</v>
       </c>
       <c r="G289" s="3">
         <v>1</v>
       </c>
       <c r="H289" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A290" s="3" t="s">
         <v>531</v>
       </c>
       <c r="B290" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C290" s="3">
-        <v>243.53</v>
+        <v>431.48</v>
       </c>
       <c r="D290" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F290" s="3">
-        <v>961</v>
+        <v>392</v>
       </c>
       <c r="G290" s="3">
         <v>1</v>
       </c>
       <c r="H290" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A291" s="3" t="s">
         <v>533</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>534</v>
       </c>
       <c r="C291" s="3">
-        <v>243.53</v>
+        <v>431.48</v>
       </c>
       <c r="D291" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F291" s="3">
-        <v>602</v>
+        <v>285</v>
       </c>
       <c r="G291" s="3">
         <v>1</v>
       </c>
       <c r="H291" s="3">
-        <v>230</v>
+        <v>150</v>
       </c>
       <c r="I291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A292" s="3" t="s">
         <v>535</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C292" s="3">
-        <v>262.08</v>
+        <v>579.63</v>
       </c>
       <c r="D292" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F292" s="3">
-        <v>0</v>
+        <v>288</v>
       </c>
       <c r="G292" s="3">
         <v>1</v>
       </c>
       <c r="H292" s="3">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="I292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A293" s="3" t="s">
         <v>537</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>538</v>
       </c>
       <c r="C293" s="3">
-        <v>416.61</v>
+        <v>672.5</v>
       </c>
       <c r="D293" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F293" s="3">
-        <v>393</v>
+        <v>273</v>
       </c>
       <c r="G293" s="3">
         <v>1</v>
       </c>
       <c r="H293" s="3">
         <v>100</v>
       </c>
       <c r="I293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A294" s="3" t="s">
         <v>539</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>540</v>
       </c>
       <c r="C294" s="3">
-        <v>416.61</v>
+        <v>614.73</v>
       </c>
       <c r="D294" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F294" s="3">
-        <v>327</v>
+        <v>383</v>
       </c>
       <c r="G294" s="3">
         <v>1</v>
       </c>
       <c r="H294" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A295" s="3" t="s">
         <v>541</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>542</v>
       </c>
       <c r="C295" s="3">
-        <v>262.08</v>
+        <v>208.14</v>
       </c>
       <c r="D295" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F295" s="3">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="G295" s="3">
         <v>1</v>
       </c>
       <c r="H295" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
         <v>543</v>
       </c>
       <c r="B296" s="2"/>
       <c r="C296" s="2"/>
       <c r="D296" s="2"/>
       <c r="E296" s="2"/>
       <c r="F296" s="2"/>
       <c r="G296" s="2"/>
       <c r="H296" s="2"/>
       <c r="I296" s="2"/>
     </row>
     <row r="297" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A297" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C297" s="3">
-        <v>231.19</v>
+        <v>209</v>
       </c>
       <c r="D297" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F297" s="3">
-        <v>402</v>
+        <v>125</v>
       </c>
       <c r="G297" s="3">
         <v>1</v>
       </c>
       <c r="H297" s="3">
         <v>400</v>
       </c>
       <c r="I297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A298" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C298" s="3">
-        <v>294.59</v>
+        <v>266.31</v>
       </c>
       <c r="D298" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F298" s="3">
-        <v>438</v>
+        <v>355</v>
       </c>
       <c r="G298" s="3">
         <v>1</v>
       </c>
       <c r="H298" s="3">
         <v>250</v>
       </c>
       <c r="I298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A299" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C299" s="3">
-        <v>354.25</v>
+        <v>503.96</v>
       </c>
       <c r="D299" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F299" s="3">
-        <v>46</v>
+        <v>273</v>
       </c>
       <c r="G299" s="3">
         <v>1</v>
       </c>
       <c r="H299" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A300" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B300" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C300" s="3">
-        <v>421.37</v>
+        <v>731.5</v>
       </c>
       <c r="D300" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F300" s="3">
-        <v>131</v>
+        <v>0</v>
       </c>
       <c r="G300" s="3">
         <v>1</v>
       </c>
       <c r="H300" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A301" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B301" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C301" s="3">
-        <v>557.49</v>
+        <v>187.09</v>
       </c>
       <c r="D301" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F301" s="3">
-        <v>374</v>
+        <v>1369</v>
       </c>
       <c r="G301" s="3">
         <v>1</v>
       </c>
       <c r="H301" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A302" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C302" s="3">
-        <v>809.2</v>
+        <v>320.24</v>
       </c>
       <c r="D302" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F302" s="3">
-        <v>427</v>
+        <v>19</v>
       </c>
       <c r="G302" s="3">
         <v>1</v>
       </c>
       <c r="H302" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A303" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C303" s="3">
-        <v>206.96</v>
+        <v>380.92</v>
       </c>
       <c r="D303" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F303" s="3">
-        <v>1394</v>
+        <v>86</v>
       </c>
       <c r="G303" s="3">
         <v>1</v>
       </c>
       <c r="H303" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
         <v>558</v>
       </c>
       <c r="B304" s="2"/>
       <c r="C304" s="2"/>
       <c r="D304" s="2"/>
       <c r="E304" s="2"/>
       <c r="F304" s="2"/>
       <c r="G304" s="2"/>
       <c r="H304" s="2"/>
       <c r="I304" s="2"/>
     </row>
     <row r="305" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A305" s="3" t="s">
         <v>559</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>560</v>
       </c>
       <c r="C305" s="3">
-        <v>147.93</v>
+        <v>162.24</v>
       </c>
       <c r="D305" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F305" s="3">
-        <v>1873</v>
+        <v>1643</v>
       </c>
       <c r="G305" s="3">
         <v>1</v>
       </c>
       <c r="H305" s="3">
         <v>400</v>
       </c>
       <c r="I305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A306" s="3" t="s">
         <v>561</v>
       </c>
       <c r="B306" s="3" t="s">
         <v>562</v>
       </c>
       <c r="C306" s="3">
-        <v>202.63</v>
+        <v>185.4</v>
       </c>
       <c r="D306" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F306" s="3">
-        <v>474</v>
+        <v>561</v>
       </c>
       <c r="G306" s="3">
         <v>1</v>
       </c>
       <c r="H306" s="3">
         <v>300</v>
       </c>
       <c r="I306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A307" s="3" t="s">
         <v>563</v>
       </c>
       <c r="B307" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C307" s="3">
-        <v>202.63</v>
+        <v>185.4</v>
       </c>
       <c r="D307" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F307" s="3">
-        <v>729</v>
+        <v>3109</v>
       </c>
       <c r="G307" s="3">
         <v>1</v>
       </c>
       <c r="H307" s="3">
         <v>300</v>
       </c>
       <c r="I307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A308" s="3" t="s">
         <v>565</v>
       </c>
       <c r="B308" s="3" t="s">
         <v>566</v>
       </c>
       <c r="C308" s="3">
-        <v>202.63</v>
+        <v>180.68</v>
       </c>
       <c r="D308" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F308" s="3">
-        <v>3262</v>
+        <v>899</v>
       </c>
       <c r="G308" s="3">
         <v>1</v>
       </c>
       <c r="H308" s="3">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="I308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A309" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B309" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C309" s="3">
-        <v>164.73</v>
+        <v>205.63</v>
       </c>
       <c r="D309" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F309" s="3">
-        <v>1014</v>
+        <v>1188</v>
       </c>
       <c r="G309" s="3">
         <v>1</v>
       </c>
       <c r="H309" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="I309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A310" s="3" t="s">
         <v>569</v>
       </c>
       <c r="B310" s="3" t="s">
         <v>570</v>
       </c>
       <c r="C310" s="3">
-        <v>233.95</v>
+        <v>214.06</v>
       </c>
       <c r="D310" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F310" s="3">
-        <v>1188</v>
+        <v>568</v>
       </c>
       <c r="G310" s="3">
         <v>1</v>
       </c>
       <c r="H310" s="3">
         <v>300</v>
       </c>
       <c r="I310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A311" s="3" t="s">
         <v>571</v>
       </c>
       <c r="B311" s="3" t="s">
         <v>572</v>
       </c>
       <c r="C311" s="3">
-        <v>233.95</v>
+        <v>214.06</v>
       </c>
       <c r="D311" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F311" s="3">
-        <v>581</v>
+        <v>97</v>
       </c>
       <c r="G311" s="3">
         <v>1</v>
       </c>
       <c r="H311" s="3">
         <v>300</v>
       </c>
       <c r="I311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A312" s="3" t="s">
         <v>573</v>
       </c>
       <c r="B312" s="3" t="s">
         <v>574</v>
       </c>
       <c r="C312" s="3">
-        <v>233.95</v>
+        <v>258.69</v>
       </c>
       <c r="D312" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F312" s="3">
-        <v>115</v>
+        <v>2348</v>
       </c>
       <c r="G312" s="3">
         <v>1</v>
       </c>
       <c r="H312" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A313" s="3" t="s">
         <v>575</v>
       </c>
       <c r="B313" s="3" t="s">
         <v>576</v>
       </c>
       <c r="C313" s="3">
-        <v>235.87</v>
+        <v>314.61</v>
       </c>
       <c r="D313" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F313" s="3">
-        <v>2581</v>
+        <v>571</v>
       </c>
       <c r="G313" s="3">
         <v>1</v>
       </c>
       <c r="H313" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A314" s="3" t="s">
         <v>577</v>
       </c>
       <c r="B314" s="3" t="s">
         <v>578</v>
       </c>
       <c r="C314" s="3">
-        <v>294.75</v>
+        <v>338.78</v>
       </c>
       <c r="D314" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F314" s="3">
-        <v>441</v>
+        <v>702</v>
       </c>
       <c r="G314" s="3">
         <v>1</v>
       </c>
       <c r="H314" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A315" s="3" t="s">
         <v>579</v>
       </c>
       <c r="B315" s="3" t="s">
         <v>580</v>
       </c>
       <c r="C315" s="3">
-        <v>294.75</v>
+        <v>338.78</v>
       </c>
       <c r="D315" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F315" s="3">
-        <v>1375</v>
+        <v>732</v>
       </c>
       <c r="G315" s="3">
         <v>1</v>
       </c>
       <c r="H315" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A316" s="3" t="s">
         <v>581</v>
       </c>
       <c r="B316" s="3" t="s">
         <v>582</v>
       </c>
       <c r="C316" s="3">
-        <v>286.86</v>
+        <v>401.15</v>
       </c>
       <c r="D316" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F316" s="3">
-        <v>571</v>
+        <v>674</v>
       </c>
       <c r="G316" s="3">
         <v>1</v>
       </c>
       <c r="H316" s="3">
         <v>200</v>
       </c>
       <c r="I316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A317" s="3" t="s">
         <v>583</v>
       </c>
       <c r="B317" s="3" t="s">
         <v>584</v>
       </c>
       <c r="C317" s="3">
-        <v>370.26</v>
+        <v>340.84</v>
       </c>
       <c r="D317" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F317" s="3">
-        <v>707</v>
+        <v>421</v>
       </c>
       <c r="G317" s="3">
         <v>1</v>
       </c>
       <c r="H317" s="3">
         <v>200</v>
       </c>
       <c r="I317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A318" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B318" s="3" t="s">
         <v>586</v>
       </c>
       <c r="C318" s="3">
-        <v>370.26</v>
+        <v>401.15</v>
       </c>
       <c r="D318" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F318" s="3">
-        <v>630</v>
+        <v>367</v>
       </c>
       <c r="G318" s="3">
         <v>1</v>
       </c>
       <c r="H318" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A319" s="3" t="s">
         <v>587</v>
       </c>
       <c r="B319" s="3" t="s">
         <v>588</v>
       </c>
       <c r="C319" s="3">
-        <v>286.86</v>
+        <v>529.24</v>
       </c>
       <c r="D319" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F319" s="3">
-        <v>827</v>
+        <v>278</v>
       </c>
       <c r="G319" s="3">
         <v>1</v>
       </c>
       <c r="H319" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A320" s="3" t="s">
         <v>589</v>
       </c>
       <c r="B320" s="3" t="s">
         <v>590</v>
       </c>
       <c r="C320" s="3">
-        <v>370.26</v>
+        <v>529.24</v>
       </c>
       <c r="D320" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F320" s="3">
-        <v>737</v>
+        <v>303</v>
       </c>
       <c r="G320" s="3">
         <v>1</v>
       </c>
       <c r="H320" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A321" s="3" t="s">
         <v>591</v>
       </c>
       <c r="B321" s="3" t="s">
         <v>592</v>
       </c>
       <c r="C321" s="3">
-        <v>438.43</v>
+        <v>657.34</v>
       </c>
       <c r="D321" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F321" s="3">
-        <v>729</v>
+        <v>660</v>
       </c>
       <c r="G321" s="3">
         <v>1</v>
       </c>
       <c r="H321" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A322" s="3" t="s">
         <v>593</v>
       </c>
       <c r="B322" s="3" t="s">
         <v>594</v>
       </c>
       <c r="C322" s="3">
-        <v>310.76</v>
+        <v>785.44</v>
       </c>
       <c r="D322" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F322" s="3">
-        <v>422</v>
+        <v>309</v>
       </c>
       <c r="G322" s="3">
         <v>1</v>
       </c>
       <c r="H322" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A323" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B323" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C323" s="3">
-        <v>438.43</v>
+        <v>785.44</v>
       </c>
       <c r="D323" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F323" s="3">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G323" s="3">
         <v>1</v>
       </c>
       <c r="H323" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A324" s="3" t="s">
         <v>597</v>
       </c>
       <c r="B324" s="3" t="s">
         <v>598</v>
       </c>
       <c r="C324" s="3">
-        <v>578.43</v>
+        <v>785.44</v>
       </c>
       <c r="D324" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F324" s="3">
-        <v>283</v>
+        <v>356</v>
       </c>
       <c r="G324" s="3">
         <v>1</v>
       </c>
       <c r="H324" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A325" s="3" t="s">
         <v>599</v>
       </c>
       <c r="B325" s="3" t="s">
         <v>600</v>
       </c>
       <c r="C325" s="3">
-        <v>578.43</v>
+        <v>185.4</v>
       </c>
       <c r="D325" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F325" s="3">
-        <v>319</v>
+        <v>810</v>
       </c>
       <c r="G325" s="3">
         <v>1</v>
       </c>
       <c r="H325" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A326" s="3" t="s">
         <v>601</v>
       </c>
       <c r="B326" s="3" t="s">
         <v>602</v>
       </c>
       <c r="C326" s="3">
-        <v>858.44</v>
+        <v>214.06</v>
       </c>
       <c r="D326" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F326" s="3">
-        <v>664</v>
+        <v>457</v>
       </c>
       <c r="G326" s="3">
         <v>1</v>
       </c>
       <c r="H326" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A327" s="3" t="s">
         <v>603</v>
       </c>
       <c r="B327" s="3" t="s">
         <v>604</v>
       </c>
       <c r="C327" s="3">
-        <v>858.44</v>
+        <v>279.4</v>
       </c>
       <c r="D327" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F327" s="3">
-        <v>322</v>
+        <v>1393</v>
       </c>
       <c r="G327" s="3">
         <v>1</v>
       </c>
       <c r="H327" s="3">
-        <v>80</v>
+        <v>250</v>
       </c>
       <c r="I327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A328" s="3" t="s">
         <v>605</v>
       </c>
       <c r="B328" s="3" t="s">
         <v>606</v>
       </c>
       <c r="C328" s="3">
-        <v>858.44</v>
+        <v>441.73</v>
       </c>
       <c r="D328" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F328" s="3">
-        <v>396</v>
+        <v>35</v>
       </c>
       <c r="G328" s="3">
         <v>1</v>
       </c>
       <c r="H328" s="3">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="I328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A329" s="3" t="s">
         <v>607</v>
       </c>
       <c r="B329" s="3" t="s">
         <v>608</v>
       </c>
       <c r="C329" s="3">
-        <v>858.44</v>
+        <v>185.4</v>
       </c>
       <c r="D329" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F329" s="3">
-        <v>356</v>
+        <v>3239</v>
       </c>
       <c r="G329" s="3">
         <v>1</v>
       </c>
       <c r="H329" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A330" s="3" t="s">
         <v>609</v>
       </c>
       <c r="B330" s="3" t="s">
         <v>610</v>
       </c>
       <c r="C330" s="3">
-        <v>202.63</v>
+        <v>368.1</v>
       </c>
       <c r="D330" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F330" s="3">
-        <v>812</v>
+        <v>172</v>
       </c>
       <c r="G330" s="3">
         <v>1</v>
       </c>
       <c r="H330" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A331" s="3" t="s">
         <v>611</v>
       </c>
       <c r="B331" s="3" t="s">
         <v>612</v>
       </c>
       <c r="C331" s="3">
-        <v>233.95</v>
+        <v>529.24</v>
       </c>
       <c r="D331" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F331" s="3">
-        <v>457</v>
+        <v>348</v>
       </c>
       <c r="G331" s="3">
         <v>1</v>
       </c>
       <c r="H331" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A332" s="3" t="s">
         <v>613</v>
       </c>
       <c r="B332" s="3" t="s">
         <v>614</v>
       </c>
       <c r="C332" s="3">
-        <v>254.75</v>
+        <v>269.68</v>
       </c>
       <c r="D332" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F332" s="3">
-        <v>1470</v>
+        <v>2046</v>
       </c>
       <c r="G332" s="3">
         <v>1</v>
       </c>
       <c r="H332" s="3">
         <v>250</v>
       </c>
       <c r="I332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A333" s="3" t="s">
         <v>615</v>
       </c>
       <c r="B333" s="3" t="s">
         <v>616</v>
       </c>
       <c r="C333" s="3">
-        <v>402.75</v>
+        <v>269.68</v>
       </c>
       <c r="D333" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F333" s="3">
-        <v>150</v>
+        <v>399</v>
       </c>
       <c r="G333" s="3">
         <v>1</v>
       </c>
       <c r="H333" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A334" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B334" s="3" t="s">
         <v>618</v>
       </c>
       <c r="C334" s="3">
-        <v>858.44</v>
+        <v>185.4</v>
       </c>
       <c r="D334" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F334" s="3">
-        <v>307</v>
+        <v>446</v>
       </c>
       <c r="G334" s="3">
         <v>1</v>
       </c>
       <c r="H334" s="3">
-        <v>80</v>
+        <v>300</v>
       </c>
       <c r="I334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A335" s="3" t="s">
         <v>619</v>
       </c>
       <c r="B335" s="3" t="s">
         <v>620</v>
       </c>
       <c r="C335" s="3">
-        <v>202.63</v>
+        <v>214.06</v>
       </c>
       <c r="D335" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F335" s="3">
-        <v>3239</v>
+        <v>580</v>
       </c>
       <c r="G335" s="3">
         <v>1</v>
       </c>
       <c r="H335" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A336" s="3" t="s">
         <v>621</v>
       </c>
       <c r="B336" s="3" t="s">
         <v>622</v>
       </c>
       <c r="C336" s="3">
-        <v>233.95</v>
+        <v>257.88</v>
       </c>
       <c r="D336" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F336" s="3">
-        <v>593</v>
+        <v>362</v>
       </c>
       <c r="G336" s="3">
         <v>1</v>
       </c>
       <c r="H336" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A337" s="3" t="s">
         <v>623</v>
       </c>
       <c r="B337" s="3" t="s">
         <v>624</v>
       </c>
       <c r="C337" s="3">
-        <v>335.62</v>
+        <v>269.68</v>
       </c>
       <c r="D337" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F337" s="3">
-        <v>357</v>
+        <v>1371</v>
       </c>
       <c r="G337" s="3">
         <v>1</v>
       </c>
       <c r="H337" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A338" s="3" t="s">
         <v>625</v>
       </c>
       <c r="B338" s="3" t="s">
         <v>626</v>
       </c>
       <c r="C338" s="3">
-        <v>578.43</v>
+        <v>308.44</v>
       </c>
       <c r="D338" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F338" s="3">
-        <v>362</v>
+        <v>625</v>
       </c>
       <c r="G338" s="3">
         <v>1</v>
       </c>
       <c r="H338" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A339" s="3" t="s">
         <v>627</v>
       </c>
       <c r="B339" s="3" t="s">
         <v>628</v>
       </c>
       <c r="C339" s="3">
-        <v>294.75</v>
+        <v>314.61</v>
       </c>
       <c r="D339" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F339" s="3">
-        <v>2050</v>
+        <v>799</v>
       </c>
       <c r="G339" s="3">
         <v>1</v>
       </c>
       <c r="H339" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A340" s="3" t="s">
         <v>629</v>
       </c>
       <c r="B340" s="3" t="s">
         <v>630</v>
       </c>
       <c r="C340" s="3">
-        <v>294.75</v>
+        <v>401.15</v>
       </c>
       <c r="D340" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F340" s="3">
-        <v>402</v>
+        <v>765</v>
       </c>
       <c r="G340" s="3">
         <v>1</v>
       </c>
       <c r="H340" s="3">
-        <v>250</v>
+        <v>150</v>
       </c>
       <c r="I340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A341" s="3" t="s">
         <v>631</v>
       </c>
       <c r="B341" s="3" t="s">
         <v>632</v>
       </c>
       <c r="C341" s="3">
-        <v>438.43</v>
+        <v>401.15</v>
       </c>
       <c r="D341" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F341" s="3">
-        <v>818</v>
+        <v>486</v>
       </c>
       <c r="G341" s="3">
         <v>1</v>
       </c>
       <c r="H341" s="3">
         <v>150</v>
       </c>
       <c r="I341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A342" s="3" t="s">
         <v>633</v>
       </c>
       <c r="B342" s="3" t="s">
         <v>634</v>
       </c>
       <c r="C342" s="3">
-        <v>578.43</v>
+        <v>529.24</v>
       </c>
       <c r="D342" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F342" s="3">
-        <v>293</v>
+        <v>434</v>
       </c>
       <c r="G342" s="3">
         <v>1</v>
       </c>
       <c r="H342" s="3">
         <v>120</v>
       </c>
       <c r="I342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A343" s="3" t="s">
         <v>635</v>
       </c>
       <c r="B343" s="3" t="s">
         <v>636</v>
       </c>
       <c r="C343" s="3">
-        <v>438.43</v>
+        <v>529.24</v>
       </c>
       <c r="D343" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F343" s="3">
-        <v>492</v>
+        <v>191</v>
       </c>
       <c r="G343" s="3">
         <v>1</v>
       </c>
       <c r="H343" s="3">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A344" s="3" t="s">
         <v>637</v>
       </c>
       <c r="B344" s="3" t="s">
         <v>638</v>
       </c>
       <c r="C344" s="3">
-        <v>672.49</v>
+        <v>737.56</v>
       </c>
       <c r="D344" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F344" s="3">
-        <v>329</v>
+        <v>253</v>
       </c>
       <c r="G344" s="3">
         <v>1</v>
       </c>
       <c r="H344" s="3">
         <v>80</v>
       </c>
       <c r="I344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A345" s="3" t="s">
         <v>639</v>
       </c>
       <c r="B345" s="3" t="s">
         <v>640</v>
       </c>
       <c r="C345" s="3">
-        <v>370.26</v>
+        <v>785.44</v>
       </c>
       <c r="D345" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F345" s="3">
-        <v>684</v>
+        <v>303</v>
       </c>
       <c r="G345" s="3">
         <v>1</v>
       </c>
       <c r="H345" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A346" s="3" t="s">
         <v>641</v>
       </c>
       <c r="B346" s="3" t="s">
         <v>642</v>
       </c>
       <c r="C346" s="3">
-        <v>578.43</v>
+        <v>338.78</v>
       </c>
       <c r="D346" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F346" s="3">
-        <v>191</v>
+        <v>625</v>
       </c>
       <c r="G346" s="3">
         <v>1</v>
       </c>
       <c r="H346" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A347" s="2" t="s">
         <v>643</v>
       </c>
       <c r="B347" s="2"/>
       <c r="C347" s="2"/>
       <c r="D347" s="2"/>
       <c r="E347" s="2"/>
       <c r="F347" s="2"/>
       <c r="G347" s="2"/>
       <c r="H347" s="2"/>
       <c r="I347" s="2"/>
     </row>
     <row r="348" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A348" s="3" t="s">
         <v>644</v>
       </c>
       <c r="B348" s="3" t="s">
         <v>645</v>
       </c>
       <c r="C348" s="3">
-        <v>827.82</v>
+        <v>907.94</v>
       </c>
       <c r="D348" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F348" s="3">
-        <v>157</v>
+        <v>105</v>
       </c>
       <c r="G348" s="3">
         <v>1</v>
       </c>
       <c r="H348" s="3">
         <v>80</v>
       </c>
       <c r="I348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A349" s="3" t="s">
         <v>646</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>647</v>
       </c>
       <c r="C349" s="3">
-        <v>439.01</v>
+        <v>481.5</v>
       </c>
       <c r="D349" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F349" s="3">
-        <v>582</v>
+        <v>550</v>
       </c>
       <c r="G349" s="3">
         <v>1</v>
       </c>
       <c r="H349" s="3">
         <v>150</v>
       </c>
       <c r="I349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A350" s="3" t="s">
         <v>648</v>
       </c>
       <c r="B350" s="3" t="s">
         <v>649</v>
       </c>
       <c r="C350" s="3">
-        <v>223.55</v>
+        <v>245.18</v>
       </c>
       <c r="D350" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F350" s="3">
-        <v>913</v>
+        <v>750</v>
       </c>
       <c r="G350" s="3">
         <v>1</v>
       </c>
       <c r="H350" s="3">
         <v>400</v>
       </c>
       <c r="I350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A351" s="3" t="s">
         <v>650</v>
       </c>
       <c r="B351" s="3" t="s">
         <v>651</v>
       </c>
       <c r="C351" s="3">
-        <v>322.01</v>
+        <v>264.27</v>
       </c>
       <c r="D351" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F351" s="3">
-        <v>951</v>
+        <v>493</v>
       </c>
       <c r="G351" s="3">
         <v>1</v>
       </c>
       <c r="H351" s="3">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="I351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A352" s="3" t="s">
         <v>652</v>
       </c>
       <c r="B352" s="3" t="s">
         <v>653</v>
       </c>
       <c r="C352" s="3">
-        <v>240.96</v>
+        <v>322.01</v>
       </c>
       <c r="D352" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F352" s="3">
-        <v>520</v>
+        <v>688</v>
       </c>
       <c r="G352" s="3">
         <v>1</v>
       </c>
       <c r="H352" s="3">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="I352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A353" s="3" t="s">
         <v>654</v>
       </c>
       <c r="B353" s="3" t="s">
         <v>655</v>
       </c>
       <c r="C353" s="3">
-        <v>661.58</v>
+        <v>404.52</v>
       </c>
       <c r="D353" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F353" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G353" s="3">
         <v>1</v>
       </c>
       <c r="H353" s="3">
-        <v>100</v>
+        <v>170</v>
       </c>
       <c r="I353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A354" s="3" t="s">
         <v>656</v>
       </c>
       <c r="B354" s="3" t="s">
         <v>657</v>
       </c>
       <c r="C354" s="3">
-        <v>391.81</v>
+        <v>661.58</v>
       </c>
       <c r="D354" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F354" s="3">
         <v>0</v>
       </c>
       <c r="G354" s="3">
         <v>1</v>
       </c>
       <c r="H354" s="3">
-        <v>170</v>
+        <v>100</v>
       </c>
       <c r="I354" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A355" s="2" t="s">
         <v>658</v>
       </c>
       <c r="B355" s="2"/>
       <c r="C355" s="2"/>
       <c r="D355" s="2"/>
       <c r="E355" s="2"/>
       <c r="F355" s="2"/>
       <c r="G355" s="2"/>
       <c r="H355" s="2"/>
       <c r="I355" s="2"/>
     </row>
     <row r="356" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A356" s="3" t="s">
         <v>659</v>
       </c>
       <c r="B356" s="3" t="s">
         <v>660</v>
       </c>
       <c r="C356" s="3">
-        <v>181.31</v>
+        <v>1470.52</v>
       </c>
       <c r="D356" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F356" s="3">
-        <v>157</v>
+        <v>2</v>
       </c>
       <c r="G356" s="3">
         <v>1</v>
       </c>
       <c r="H356" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A357" s="3" t="s">
         <v>661</v>
       </c>
       <c r="B357" s="3" t="s">
         <v>662</v>
       </c>
       <c r="C357" s="3">
-        <v>232.96</v>
+        <v>2536.65</v>
       </c>
       <c r="D357" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F357" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G357" s="3">
         <v>1</v>
       </c>
       <c r="H357" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A358" s="3" t="s">
         <v>663</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>664</v>
       </c>
       <c r="C358" s="3">
-        <v>667.06</v>
+        <v>324.53</v>
       </c>
       <c r="D358" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F358" s="3">
-        <v>247</v>
+        <v>936</v>
       </c>
       <c r="G358" s="3">
         <v>1</v>
       </c>
       <c r="H358" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A359" s="3" t="s">
         <v>665</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>666</v>
       </c>
       <c r="C359" s="3">
-        <v>745.38</v>
+        <v>377.4</v>
       </c>
       <c r="D359" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F359" s="3">
-        <v>136</v>
+        <v>552</v>
       </c>
       <c r="G359" s="3">
         <v>1</v>
       </c>
       <c r="H359" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A360" s="3" t="s">
         <v>667</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>668</v>
       </c>
       <c r="C360" s="3">
-        <v>432.88</v>
+        <v>678.98</v>
       </c>
       <c r="D360" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F360" s="3">
-        <v>1728</v>
+        <v>0</v>
       </c>
       <c r="G360" s="3">
         <v>1</v>
       </c>
       <c r="H360" s="3">
         <v>150</v>
       </c>
       <c r="I360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A361" s="2" t="s">
+      <c r="A361" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="B361" s="2"/>
-[...6 lines deleted...]
-      <c r="I361" s="2"/>
+      <c r="B361" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="C361" s="3">
+        <v>1034.44</v>
+      </c>
+      <c r="D361" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F361" s="3">
+        <v>554</v>
+      </c>
+      <c r="G361" s="3">
+        <v>1</v>
+      </c>
+      <c r="H361" s="3">
+        <v>100</v>
+      </c>
+      <c r="I361" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="362" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A362" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C362" s="3">
-        <v>1340.76</v>
+        <v>1374.58</v>
       </c>
       <c r="D362" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F362" s="3">
-        <v>64</v>
+        <v>37</v>
       </c>
       <c r="G362" s="3">
         <v>1</v>
       </c>
       <c r="H362" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A363" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B363" s="3" t="s">
+      <c r="A363" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="C363" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B363" s="2"/>
+      <c r="C363" s="2"/>
+      <c r="D363" s="2"/>
+      <c r="E363" s="2"/>
+      <c r="F363" s="2"/>
+      <c r="G363" s="2"/>
+      <c r="H363" s="2"/>
+      <c r="I363" s="2"/>
     </row>
     <row r="364" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A364" s="3" t="s">
         <v>674</v>
       </c>
       <c r="B364" s="3" t="s">
         <v>675</v>
       </c>
       <c r="C364" s="3">
-        <v>295.89</v>
+        <v>198.85</v>
       </c>
       <c r="D364" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F364" s="3">
-        <v>602</v>
+        <v>156</v>
       </c>
       <c r="G364" s="3">
         <v>1</v>
       </c>
       <c r="H364" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A365" s="3" t="s">
         <v>676</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>677</v>
       </c>
       <c r="C365" s="3">
-        <v>344.1</v>
+        <v>255.5</v>
       </c>
       <c r="D365" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F365" s="3">
-        <v>273</v>
+        <v>57</v>
       </c>
       <c r="G365" s="3">
         <v>1</v>
       </c>
       <c r="H365" s="3">
         <v>200</v>
       </c>
       <c r="I365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A366" s="3" t="s">
         <v>678</v>
       </c>
       <c r="B366" s="3" t="s">
         <v>679</v>
       </c>
       <c r="C366" s="3">
-        <v>619.07</v>
+        <v>474.77</v>
       </c>
       <c r="D366" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F366" s="3">
-        <v>14</v>
+        <v>1665</v>
       </c>
       <c r="G366" s="3">
         <v>1</v>
       </c>
       <c r="H366" s="3">
         <v>150</v>
       </c>
       <c r="I366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A367" s="3" t="s">
         <v>680</v>
       </c>
       <c r="B367" s="3" t="s">
         <v>681</v>
       </c>
       <c r="C367" s="3">
-        <v>943.16</v>
+        <v>731.61</v>
       </c>
       <c r="D367" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F367" s="3">
-        <v>285</v>
+        <v>37</v>
       </c>
       <c r="G367" s="3">
         <v>1</v>
       </c>
       <c r="H367" s="3">
         <v>100</v>
       </c>
       <c r="I367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A368" s="3" t="s">
         <v>682</v>
       </c>
       <c r="B368" s="3" t="s">
         <v>683</v>
       </c>
       <c r="C368" s="3">
-        <v>1253.29</v>
+        <v>817.52</v>
       </c>
       <c r="D368" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F368" s="3">
-        <v>1</v>
+        <v>103</v>
       </c>
       <c r="G368" s="3">
         <v>1</v>
       </c>
       <c r="H368" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A369" s="2" t="s">
         <v>684</v>
       </c>
       <c r="B369" s="2"/>
       <c r="C369" s="2"/>
       <c r="D369" s="2"/>
       <c r="E369" s="2"/>
       <c r="F369" s="2"/>
       <c r="G369" s="2"/>
       <c r="H369" s="2"/>
       <c r="I369" s="2"/>
     </row>
     <row r="370" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A370" s="2" t="s">
         <v>685</v>
       </c>
       <c r="B370" s="2"/>
       <c r="C370" s="2"/>
       <c r="D370" s="2"/>
       <c r="E370" s="2"/>
       <c r="F370" s="2"/>
       <c r="G370" s="2"/>
       <c r="H370" s="2"/>
       <c r="I370" s="2"/>
     </row>
     <row r="371" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A371" s="3" t="s">
         <v>686</v>
       </c>
       <c r="B371" s="3" t="s">
         <v>687</v>
       </c>
       <c r="C371" s="3">
-        <v>709.33</v>
+        <v>367.07</v>
       </c>
       <c r="D371" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F371" s="3">
-        <v>2512</v>
+        <v>0</v>
       </c>
       <c r="G371" s="3">
         <v>1</v>
       </c>
       <c r="H371" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I371" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="372" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A372" s="3" t="s">
         <v>688</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>689</v>
       </c>
       <c r="C372" s="3">
-        <v>1044.54</v>
+        <v>329.93</v>
       </c>
       <c r="D372" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F372" s="3">
-        <v>1306</v>
+        <v>3404</v>
       </c>
       <c r="G372" s="3">
         <v>1</v>
       </c>
       <c r="H372" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="I372" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="373" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A373" s="3" t="s">
         <v>690</v>
       </c>
       <c r="B373" s="3" t="s">
         <v>691</v>
       </c>
       <c r="C373" s="3">
-        <v>367.06</v>
+        <v>70.91</v>
       </c>
       <c r="D373" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F373" s="3">
-        <v>4585</v>
+        <v>24222</v>
       </c>
       <c r="G373" s="3">
         <v>1</v>
       </c>
       <c r="H373" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I373" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="374" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A374" s="3" t="s">
         <v>692</v>
       </c>
       <c r="B374" s="3" t="s">
         <v>693</v>
       </c>
       <c r="C374" s="3">
-        <v>104.82</v>
+        <v>709.33</v>
       </c>
       <c r="D374" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F374" s="3">
-        <v>6024</v>
+        <v>1946</v>
       </c>
       <c r="G374" s="3">
         <v>1</v>
       </c>
       <c r="H374" s="3">
-        <v>220</v>
+        <v>20</v>
       </c>
       <c r="I374" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A375" s="3" t="s">
         <v>694</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>695</v>
       </c>
       <c r="C375" s="3">
-        <v>329.94</v>
+        <v>1044.53</v>
       </c>
       <c r="D375" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F375" s="3">
-        <v>3510</v>
+        <v>938</v>
       </c>
       <c r="G375" s="3">
         <v>1</v>
       </c>
       <c r="H375" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I375" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="376" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A376" s="3" t="s">
         <v>696</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>697</v>
       </c>
       <c r="C376" s="3">
-        <v>77.26</v>
+        <v>80.98</v>
       </c>
       <c r="D376" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F376" s="3">
-        <v>27904</v>
+        <v>32443</v>
       </c>
       <c r="G376" s="3">
         <v>1</v>
       </c>
       <c r="H376" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I376" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="377" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A377" s="3" t="s">
         <v>698</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>699</v>
       </c>
       <c r="C377" s="3">
-        <v>540.74</v>
+        <v>171</v>
       </c>
       <c r="D377" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F377" s="3">
-        <v>4439</v>
+        <v>10628</v>
       </c>
       <c r="G377" s="3">
         <v>1</v>
       </c>
       <c r="H377" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I377" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="378" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A378" s="3" t="s">
         <v>700</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>701</v>
       </c>
       <c r="C378" s="3">
-        <v>225.11</v>
+        <v>120.98</v>
       </c>
       <c r="D378" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F378" s="3">
-        <v>7296</v>
+        <v>17415</v>
       </c>
       <c r="G378" s="3">
         <v>1</v>
       </c>
       <c r="H378" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I378" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="379" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A379" s="3" t="s">
         <v>702</v>
       </c>
       <c r="B379" s="3" t="s">
         <v>703</v>
       </c>
       <c r="C379" s="3">
-        <v>139.07</v>
+        <v>95.95</v>
       </c>
       <c r="D379" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F379" s="3">
-        <v>34011</v>
+        <v>20</v>
       </c>
       <c r="G379" s="3">
         <v>1</v>
       </c>
       <c r="H379" s="3">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="I379" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="380" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A380" s="3" t="s">
         <v>704</v>
       </c>
       <c r="B380" s="3" t="s">
         <v>705</v>
       </c>
       <c r="C380" s="3">
-        <v>85.76</v>
+        <v>58.4</v>
       </c>
       <c r="D380" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F380" s="3">
-        <v>17784</v>
+        <v>22896</v>
       </c>
       <c r="G380" s="3">
         <v>1</v>
       </c>
       <c r="H380" s="3">
         <v>400</v>
       </c>
       <c r="I380" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="381" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A381" s="3" t="s">
         <v>706</v>
       </c>
       <c r="B381" s="3" t="s">
         <v>707</v>
       </c>
       <c r="C381" s="3">
-        <v>80.99</v>
+        <v>540.73</v>
       </c>
       <c r="D381" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F381" s="3">
-        <v>42809</v>
+        <v>0</v>
       </c>
       <c r="G381" s="3">
         <v>1</v>
       </c>
       <c r="H381" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I381" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="382" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A382" s="2" t="s">
         <v>708</v>
       </c>
       <c r="B382" s="2"/>
       <c r="C382" s="2"/>
       <c r="D382" s="2"/>
       <c r="E382" s="2"/>
       <c r="F382" s="2"/>
       <c r="G382" s="2"/>
       <c r="H382" s="2"/>
       <c r="I382" s="2"/>
     </row>
     <row r="383" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A383" s="3" t="s">
         <v>709</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>710</v>
       </c>
       <c r="C383" s="3">
-        <v>88.11</v>
+        <v>119.72</v>
       </c>
       <c r="D383" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F383" s="3">
-        <v>9471</v>
+        <v>1588</v>
       </c>
       <c r="G383" s="3">
         <v>1</v>
       </c>
       <c r="H383" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I383" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="384" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A384" s="3" t="s">
         <v>711</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>712</v>
       </c>
       <c r="C384" s="3">
-        <v>119.72</v>
+        <v>88.12</v>
       </c>
       <c r="D384" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F384" s="3">
-        <v>3278</v>
+        <v>7491</v>
       </c>
       <c r="G384" s="3">
         <v>1</v>
       </c>
       <c r="H384" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I384" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="385" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A385" s="3" t="s">
         <v>713</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>714</v>
       </c>
       <c r="C385" s="3">
         <v>133.4</v>
       </c>
       <c r="D385" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F385" s="3">
-        <v>1917</v>
+        <v>121</v>
       </c>
       <c r="G385" s="3">
         <v>1</v>
       </c>
       <c r="H385" s="3">
         <v>200</v>
       </c>
       <c r="I385" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="386" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A386" s="3" t="s">
         <v>715</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>716</v>
       </c>
       <c r="C386" s="3">
         <v>175.5</v>
       </c>
       <c r="D386" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F386" s="3">
-        <v>4526</v>
+        <v>15</v>
       </c>
       <c r="G386" s="3">
         <v>1</v>
       </c>
       <c r="H386" s="3">
         <v>150</v>
       </c>
       <c r="I386" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="387" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A387" s="3" t="s">
         <v>717</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>718</v>
       </c>
       <c r="C387" s="3">
         <v>211.02</v>
       </c>
       <c r="D387" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F387" s="3">
-        <v>5912</v>
+        <v>1322</v>
       </c>
       <c r="G387" s="3">
         <v>1</v>
       </c>
       <c r="H387" s="3">
         <v>100</v>
       </c>
       <c r="I387" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="388" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A388" s="3" t="s">
         <v>719</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>720</v>
       </c>
       <c r="C388" s="3">
         <v>337.35</v>
       </c>
       <c r="D388" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F388" s="3">
-        <v>508</v>
+        <v>379</v>
       </c>
       <c r="G388" s="3">
         <v>1</v>
       </c>
       <c r="H388" s="3">
         <v>100</v>
       </c>
       <c r="I388" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="389" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A389" s="2" t="s">
         <v>721</v>
       </c>
       <c r="B389" s="2"/>
       <c r="C389" s="2"/>
       <c r="D389" s="2"/>
       <c r="E389" s="2"/>
       <c r="F389" s="2"/>
       <c r="G389" s="2"/>
       <c r="H389" s="2"/>
       <c r="I389" s="2"/>
     </row>
     <row r="390" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A390" s="3" t="s">
         <v>722</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>723</v>
       </c>
       <c r="C390" s="3">
         <v>196.32</v>
       </c>
       <c r="D390" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F390" s="3">
-        <v>1693</v>
+        <v>371</v>
       </c>
       <c r="G390" s="3">
         <v>1</v>
       </c>
       <c r="H390" s="3">
         <v>150</v>
       </c>
       <c r="I390" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="391" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A391" s="3" t="s">
         <v>724</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>725</v>
       </c>
       <c r="C391" s="3">
-        <v>359.16</v>
+        <v>106.32</v>
       </c>
       <c r="D391" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F391" s="3">
-        <v>0</v>
+        <v>2529</v>
       </c>
       <c r="G391" s="3">
         <v>1</v>
       </c>
       <c r="H391" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I391" s="3">
-        <v>5</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="392" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A392" s="3" t="s">
         <v>726</v>
       </c>
       <c r="B392" s="3" t="s">
         <v>727</v>
       </c>
       <c r="C392" s="3">
-        <v>106.31</v>
+        <v>126.75</v>
       </c>
       <c r="D392" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F392" s="3">
-        <v>1561</v>
+        <v>0</v>
       </c>
       <c r="G392" s="3">
         <v>1</v>
       </c>
       <c r="H392" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I392" s="3">
-        <v>0.5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="393" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A393" s="3" t="s">
         <v>728</v>
       </c>
       <c r="B393" s="3" t="s">
         <v>729</v>
       </c>
       <c r="C393" s="3">
-        <v>126.75</v>
+        <v>156.73</v>
       </c>
       <c r="D393" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F393" s="3">
-        <v>1</v>
+        <v>623</v>
       </c>
       <c r="G393" s="3">
         <v>1</v>
       </c>
       <c r="H393" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I393" s="3">
-        <v>1</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="394" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A394" s="3" t="s">
         <v>730</v>
       </c>
       <c r="B394" s="3" t="s">
         <v>731</v>
       </c>
       <c r="C394" s="3">
-        <v>156.74</v>
+        <v>245.27</v>
       </c>
       <c r="D394" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F394" s="3">
-        <v>1037</v>
+        <v>2093</v>
       </c>
       <c r="G394" s="3">
         <v>1</v>
       </c>
       <c r="H394" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I394" s="3">
-        <v>1.5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="395" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A395" s="3" t="s">
         <v>732</v>
       </c>
       <c r="B395" s="3" t="s">
         <v>733</v>
       </c>
       <c r="C395" s="3">
-        <v>245.26</v>
+        <v>359.16</v>
       </c>
       <c r="D395" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F395" s="3">
-        <v>2152</v>
+        <v>0</v>
       </c>
       <c r="G395" s="3">
         <v>1</v>
       </c>
       <c r="H395" s="3">
         <v>100</v>
       </c>
       <c r="I395" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="396" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A396" s="2" t="s">
         <v>734</v>
       </c>
       <c r="B396" s="2"/>
       <c r="C396" s="2"/>
       <c r="D396" s="2"/>
       <c r="E396" s="2"/>
       <c r="F396" s="2"/>
       <c r="G396" s="2"/>
       <c r="H396" s="2"/>
       <c r="I396" s="2"/>
     </row>
     <row r="397" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A397" s="3" t="s">
         <v>735</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>736</v>
       </c>
       <c r="C397" s="3">
-        <v>217.12</v>
+        <v>181.52</v>
       </c>
       <c r="D397" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F397" s="3">
-        <v>715</v>
+        <v>267</v>
       </c>
       <c r="G397" s="3">
         <v>1</v>
       </c>
       <c r="H397" s="3">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="I397" s="3">
-        <v>1</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="398" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A398" s="3" t="s">
         <v>737</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>738</v>
       </c>
       <c r="C398" s="3">
-        <v>181.51</v>
+        <v>217.12</v>
       </c>
       <c r="D398" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F398" s="3">
-        <v>732</v>
+        <v>428</v>
       </c>
       <c r="G398" s="3">
         <v>1</v>
       </c>
       <c r="H398" s="3">
-        <v>400</v>
+        <v>250</v>
       </c>
       <c r="I398" s="3">
-        <v>0.5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A399" s="3" t="s">
         <v>739</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>740</v>
       </c>
       <c r="C399" s="3">
         <v>332.88</v>
       </c>
       <c r="D399" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F399" s="3">
-        <v>1099</v>
+        <v>156</v>
       </c>
       <c r="G399" s="3">
         <v>1</v>
       </c>
       <c r="H399" s="3">
         <v>150</v>
       </c>
       <c r="I399" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="400" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A400" s="3" t="s">
         <v>741</v>
       </c>
       <c r="B400" s="3" t="s">
         <v>742</v>
       </c>
       <c r="C400" s="3">
-        <v>351.39</v>
+        <v>351.38</v>
       </c>
       <c r="D400" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F400" s="3">
-        <v>1581</v>
+        <v>633</v>
       </c>
       <c r="G400" s="3">
         <v>1</v>
       </c>
       <c r="H400" s="3">
         <v>100</v>
       </c>
       <c r="I400" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="401" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A401" s="3" t="s">
         <v>743</v>
       </c>
       <c r="B401" s="3" t="s">
         <v>744</v>
       </c>
       <c r="C401" s="3">
         <v>567.35</v>
       </c>
       <c r="D401" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F401" s="3">
-        <v>1488</v>
+        <v>1080</v>
       </c>
       <c r="G401" s="3">
         <v>1</v>
       </c>
       <c r="H401" s="3">
         <v>100</v>
       </c>
       <c r="I401" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="402" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A402" s="2" t="s">
         <v>745</v>
       </c>
       <c r="B402" s="2"/>
       <c r="C402" s="2"/>
       <c r="D402" s="2"/>
       <c r="E402" s="2"/>
       <c r="F402" s="2"/>
       <c r="G402" s="2"/>
       <c r="H402" s="2"/>
       <c r="I402" s="2"/>
     </row>
     <row r="403" spans="1:9" x14ac:dyDescent="0.25">
@@ -15001,2586 +15001,2586 @@
       <c r="G403" s="2"/>
       <c r="H403" s="2"/>
       <c r="I403" s="2"/>
     </row>
     <row r="404" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
         <v>747</v>
       </c>
       <c r="B404" s="2"/>
       <c r="C404" s="2"/>
       <c r="D404" s="2"/>
       <c r="E404" s="2"/>
       <c r="F404" s="2"/>
       <c r="G404" s="2"/>
       <c r="H404" s="2"/>
       <c r="I404" s="2"/>
     </row>
     <row r="405" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A405" s="3" t="s">
         <v>748</v>
       </c>
       <c r="B405" s="3" t="s">
         <v>749</v>
       </c>
       <c r="C405" s="3">
-        <v>27345.5</v>
+        <v>16401.18</v>
       </c>
       <c r="D405" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F405" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G405" s="3">
         <v>1</v>
       </c>
       <c r="H405" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I405" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A406" s="3" t="s">
         <v>750</v>
       </c>
       <c r="B406" s="3" t="s">
         <v>751</v>
       </c>
       <c r="C406" s="3">
-        <v>16401.18</v>
+        <v>27345.5</v>
       </c>
       <c r="D406" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F406" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G406" s="3">
         <v>1</v>
       </c>
       <c r="H406" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I406" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="407" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A407" s="3" t="s">
         <v>752</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>753</v>
       </c>
       <c r="C407" s="3">
-        <v>16401.18</v>
+        <v>25372.02</v>
       </c>
       <c r="D407" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F407" s="3">
         <v>0</v>
       </c>
       <c r="G407" s="3">
         <v>1</v>
       </c>
       <c r="H407" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I407" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="408" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A408" s="3" t="s">
         <v>754</v>
       </c>
       <c r="B408" s="3" t="s">
         <v>755</v>
       </c>
       <c r="C408" s="3">
-        <v>25372.02</v>
+        <v>16401.18</v>
       </c>
       <c r="D408" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F408" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G408" s="3">
         <v>1</v>
       </c>
       <c r="H408" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I408" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A409" s="3" t="s">
         <v>756</v>
       </c>
       <c r="B409" s="3" t="s">
         <v>757</v>
       </c>
       <c r="C409" s="3">
         <v>16401.18</v>
       </c>
       <c r="D409" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F409" s="3">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="G409" s="3">
         <v>1</v>
       </c>
       <c r="H409" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A410" s="3" t="s">
         <v>758</v>
       </c>
       <c r="B410" s="3" t="s">
         <v>759</v>
       </c>
       <c r="C410" s="3">
         <v>16401.18</v>
       </c>
       <c r="D410" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F410" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G410" s="3">
         <v>1</v>
       </c>
       <c r="H410" s="3">
         <v>0</v>
       </c>
       <c r="I410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A411" s="2" t="s">
         <v>760</v>
       </c>
       <c r="B411" s="2"/>
       <c r="C411" s="2"/>
       <c r="D411" s="2"/>
       <c r="E411" s="2"/>
       <c r="F411" s="2"/>
       <c r="G411" s="2"/>
       <c r="H411" s="2"/>
       <c r="I411" s="2"/>
     </row>
     <row r="412" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A412" s="3" t="s">
         <v>761</v>
       </c>
       <c r="B412" s="3" t="s">
         <v>762</v>
       </c>
       <c r="C412" s="3">
-        <v>23065.56</v>
+        <v>22975.05</v>
       </c>
       <c r="D412" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F412" s="3">
         <v>0</v>
       </c>
       <c r="G412" s="3">
         <v>1</v>
       </c>
       <c r="H412" s="3">
         <v>10</v>
       </c>
       <c r="I412" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="413" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A413" s="3" t="s">
         <v>763</v>
       </c>
       <c r="B413" s="3" t="s">
         <v>764</v>
       </c>
       <c r="C413" s="3">
         <v>14805.57</v>
       </c>
       <c r="D413" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F413" s="3">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G413" s="3">
         <v>1</v>
       </c>
       <c r="H413" s="3">
         <v>1</v>
       </c>
       <c r="I413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A414" s="3" t="s">
         <v>765</v>
       </c>
       <c r="B414" s="3" t="s">
         <v>766</v>
       </c>
       <c r="C414" s="3">
         <v>14805.57</v>
       </c>
       <c r="D414" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F414" s="3">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G414" s="3">
         <v>1</v>
       </c>
       <c r="H414" s="3">
         <v>1</v>
       </c>
       <c r="I414" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A415" s="3" t="s">
         <v>767</v>
       </c>
       <c r="B415" s="3" t="s">
         <v>768</v>
       </c>
       <c r="C415" s="3">
-        <v>22975.05</v>
+        <v>14805.57</v>
       </c>
       <c r="D415" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F415" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G415" s="3">
         <v>1</v>
       </c>
       <c r="H415" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I415" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A416" s="3" t="s">
         <v>769</v>
       </c>
       <c r="B416" s="3" t="s">
         <v>770</v>
       </c>
       <c r="C416" s="3">
-        <v>14805.57</v>
+        <v>23065.56</v>
       </c>
       <c r="D416" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F416" s="3">
         <v>0</v>
       </c>
       <c r="G416" s="3">
         <v>1</v>
       </c>
       <c r="H416" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I416" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="417" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A417" s="2" t="s">
         <v>771</v>
       </c>
       <c r="B417" s="2"/>
       <c r="C417" s="2"/>
       <c r="D417" s="2"/>
       <c r="E417" s="2"/>
       <c r="F417" s="2"/>
       <c r="G417" s="2"/>
       <c r="H417" s="2"/>
       <c r="I417" s="2"/>
     </row>
     <row r="418" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A418" s="3" t="s">
         <v>772</v>
       </c>
       <c r="B418" s="3" t="s">
         <v>773</v>
       </c>
       <c r="C418" s="3">
         <v>28383.96</v>
       </c>
       <c r="D418" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F418" s="3">
         <v>0</v>
       </c>
       <c r="G418" s="3">
         <v>1</v>
       </c>
       <c r="H418" s="3">
         <v>1</v>
       </c>
       <c r="I418" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="419" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A419" s="3" t="s">
         <v>774</v>
       </c>
       <c r="B419" s="3" t="s">
         <v>775</v>
       </c>
       <c r="C419" s="3">
         <v>28383.96</v>
       </c>
       <c r="D419" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F419" s="3">
         <v>0</v>
       </c>
       <c r="G419" s="3">
         <v>1</v>
       </c>
       <c r="H419" s="3">
         <v>1</v>
       </c>
       <c r="I419" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="420" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A420" s="3" t="s">
         <v>776</v>
       </c>
       <c r="B420" s="3" t="s">
         <v>777</v>
       </c>
       <c r="C420" s="3">
         <v>18344.14</v>
       </c>
       <c r="D420" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F420" s="3">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="G420" s="3">
         <v>1</v>
       </c>
       <c r="H420" s="3">
         <v>1</v>
       </c>
       <c r="I420" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A421" s="3" t="s">
         <v>778</v>
       </c>
       <c r="B421" s="3" t="s">
         <v>779</v>
       </c>
       <c r="C421" s="3">
         <v>18344.14</v>
       </c>
       <c r="D421" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F421" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G421" s="3">
         <v>1</v>
       </c>
       <c r="H421" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I421" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="422" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A422" s="3" t="s">
         <v>780</v>
       </c>
       <c r="B422" s="3" t="s">
         <v>781</v>
       </c>
       <c r="C422" s="3">
         <v>18344.14</v>
       </c>
       <c r="D422" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F422" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G422" s="3">
         <v>1</v>
       </c>
       <c r="H422" s="3">
         <v>0</v>
       </c>
       <c r="I422" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="423" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A423" s="3" t="s">
         <v>782</v>
       </c>
       <c r="B423" s="3" t="s">
         <v>783</v>
       </c>
       <c r="C423" s="3">
         <v>18344.14</v>
       </c>
       <c r="D423" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F423" s="3">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G423" s="3">
         <v>1</v>
       </c>
       <c r="H423" s="3">
         <v>1</v>
       </c>
       <c r="I423" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="424" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A424" s="2" t="s">
         <v>784</v>
       </c>
       <c r="B424" s="2"/>
       <c r="C424" s="2"/>
       <c r="D424" s="2"/>
       <c r="E424" s="2"/>
       <c r="F424" s="2"/>
       <c r="G424" s="2"/>
       <c r="H424" s="2"/>
       <c r="I424" s="2"/>
     </row>
     <row r="425" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A425" s="3" t="s">
         <v>785</v>
       </c>
       <c r="B425" s="3" t="s">
         <v>786</v>
       </c>
       <c r="C425" s="3">
-        <v>28476.1</v>
+        <v>29899.8</v>
       </c>
       <c r="D425" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F425" s="3">
         <v>0</v>
       </c>
       <c r="G425" s="3">
         <v>1</v>
       </c>
       <c r="H425" s="3">
         <v>1</v>
       </c>
       <c r="I425" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="426" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A426" s="3" t="s">
         <v>787</v>
       </c>
       <c r="B426" s="3" t="s">
         <v>788</v>
       </c>
       <c r="C426" s="3">
-        <v>29899.8</v>
+        <v>28476.1</v>
       </c>
       <c r="D426" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F426" s="3">
         <v>0</v>
       </c>
       <c r="G426" s="3">
         <v>1</v>
       </c>
       <c r="H426" s="3">
         <v>1</v>
       </c>
       <c r="I426" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A427" s="2" t="s">
         <v>789</v>
       </c>
       <c r="B427" s="2"/>
       <c r="C427" s="2"/>
       <c r="D427" s="2"/>
       <c r="E427" s="2"/>
       <c r="F427" s="2"/>
       <c r="G427" s="2"/>
       <c r="H427" s="2"/>
       <c r="I427" s="2"/>
     </row>
     <row r="428" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A428" s="3" t="s">
         <v>790</v>
       </c>
       <c r="B428" s="3" t="s">
         <v>791</v>
       </c>
       <c r="C428" s="3">
-        <v>34171.2</v>
+        <v>33145.96</v>
       </c>
       <c r="D428" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F428" s="3">
         <v>0</v>
       </c>
       <c r="G428" s="3">
         <v>1</v>
       </c>
       <c r="H428" s="3">
         <v>1</v>
       </c>
       <c r="I428" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="429" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A429" s="3" t="s">
         <v>792</v>
       </c>
       <c r="B429" s="3" t="s">
         <v>793</v>
       </c>
       <c r="C429" s="3">
-        <v>33145.96</v>
+        <v>34171.2</v>
       </c>
       <c r="D429" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F429" s="3">
         <v>0</v>
       </c>
       <c r="G429" s="3">
         <v>1</v>
       </c>
       <c r="H429" s="3">
         <v>1</v>
       </c>
       <c r="I429" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="430" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A430" s="2" t="s">
         <v>794</v>
       </c>
       <c r="B430" s="2"/>
       <c r="C430" s="2"/>
       <c r="D430" s="2"/>
       <c r="E430" s="2"/>
       <c r="F430" s="2"/>
       <c r="G430" s="2"/>
       <c r="H430" s="2"/>
       <c r="I430" s="2"/>
     </row>
     <row r="431" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A431" s="3" t="s">
         <v>795</v>
       </c>
       <c r="B431" s="3" t="s">
         <v>796</v>
       </c>
       <c r="C431" s="3">
         <v>29003.31</v>
       </c>
       <c r="D431" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F431" s="3">
         <v>0</v>
       </c>
       <c r="G431" s="3">
         <v>1</v>
       </c>
       <c r="H431" s="3">
         <v>1</v>
       </c>
       <c r="I431" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="432" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A432" s="3" t="s">
         <v>797</v>
       </c>
       <c r="B432" s="3" t="s">
         <v>798</v>
       </c>
       <c r="C432" s="3">
         <v>29003.31</v>
       </c>
       <c r="D432" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F432" s="3">
         <v>0</v>
       </c>
       <c r="G432" s="3">
         <v>1</v>
       </c>
       <c r="H432" s="3">
         <v>1</v>
       </c>
       <c r="I432" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="433" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A433" s="2" t="s">
         <v>799</v>
       </c>
       <c r="B433" s="2"/>
       <c r="C433" s="2"/>
       <c r="D433" s="2"/>
       <c r="E433" s="2"/>
       <c r="F433" s="2"/>
       <c r="G433" s="2"/>
       <c r="H433" s="2"/>
       <c r="I433" s="2"/>
     </row>
     <row r="434" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A434" s="3" t="s">
         <v>800</v>
       </c>
       <c r="B434" s="3" t="s">
         <v>801</v>
       </c>
       <c r="C434" s="3">
-        <v>39908</v>
+        <v>40151.06</v>
       </c>
       <c r="D434" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F434" s="3">
         <v>0</v>
       </c>
       <c r="G434" s="3">
         <v>1</v>
       </c>
       <c r="H434" s="3">
         <v>1</v>
       </c>
       <c r="I434" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="435" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A435" s="3" t="s">
         <v>802</v>
       </c>
       <c r="B435" s="3" t="s">
         <v>803</v>
       </c>
       <c r="C435" s="3">
-        <v>40151.06</v>
+        <v>35866.64</v>
       </c>
       <c r="D435" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F435" s="3">
         <v>0</v>
       </c>
       <c r="G435" s="3">
         <v>1</v>
       </c>
       <c r="H435" s="3">
         <v>1</v>
       </c>
       <c r="I435" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="436" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A436" s="3" t="s">
         <v>804</v>
       </c>
       <c r="B436" s="3" t="s">
         <v>805</v>
       </c>
       <c r="C436" s="3">
-        <v>35866.64</v>
+        <v>39908</v>
       </c>
       <c r="D436" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F436" s="3">
         <v>0</v>
       </c>
       <c r="G436" s="3">
         <v>1</v>
       </c>
       <c r="H436" s="3">
         <v>1</v>
       </c>
       <c r="I436" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="437" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A437" s="3" t="s">
         <v>806</v>
       </c>
       <c r="B437" s="3" t="s">
         <v>807</v>
       </c>
       <c r="C437" s="3">
         <v>38946.63</v>
       </c>
       <c r="D437" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F437" s="3">
         <v>0</v>
       </c>
       <c r="G437" s="3">
         <v>1</v>
       </c>
       <c r="H437" s="3">
         <v>1</v>
       </c>
       <c r="I437" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="438" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A438" s="2" t="s">
         <v>808</v>
       </c>
       <c r="B438" s="2"/>
       <c r="C438" s="2"/>
       <c r="D438" s="2"/>
       <c r="E438" s="2"/>
       <c r="F438" s="2"/>
       <c r="G438" s="2"/>
       <c r="H438" s="2"/>
       <c r="I438" s="2"/>
     </row>
     <row r="439" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A439" s="3" t="s">
         <v>809</v>
       </c>
       <c r="B439" s="3" t="s">
         <v>810</v>
       </c>
       <c r="C439" s="3">
         <v>23064.14</v>
       </c>
       <c r="D439" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F439" s="3">
         <v>0</v>
       </c>
       <c r="G439" s="3">
         <v>1</v>
       </c>
       <c r="H439" s="3">
         <v>10</v>
       </c>
       <c r="I439" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="440" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A440" s="3" t="s">
         <v>811</v>
       </c>
       <c r="B440" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C440" s="3">
-        <v>13101.4</v>
+        <v>14577.62</v>
       </c>
       <c r="D440" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F440" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G440" s="3">
         <v>1</v>
       </c>
       <c r="H440" s="3">
         <v>0</v>
       </c>
       <c r="I440" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A441" s="3" t="s">
         <v>813</v>
       </c>
       <c r="B441" s="3" t="s">
         <v>814</v>
       </c>
       <c r="C441" s="3">
         <v>13101.4</v>
       </c>
       <c r="D441" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F441" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G441" s="3">
         <v>1</v>
       </c>
       <c r="H441" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I441" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="442" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A442" s="3" t="s">
         <v>815</v>
       </c>
       <c r="B442" s="3" t="s">
         <v>816</v>
       </c>
       <c r="C442" s="3">
-        <v>14577.62</v>
+        <v>13101.4</v>
       </c>
       <c r="D442" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F442" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G442" s="3">
         <v>1</v>
       </c>
       <c r="H442" s="3">
         <v>1</v>
       </c>
       <c r="I442" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A443" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C443" s="3">
         <v>23777.56</v>
       </c>
       <c r="D443" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F443" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="G443" s="3">
         <v>1</v>
       </c>
       <c r="H443" s="3">
         <v>10</v>
       </c>
       <c r="I443" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="444" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A444" s="3" t="s">
         <v>819</v>
       </c>
       <c r="B444" s="3" t="s">
         <v>820</v>
       </c>
       <c r="C444" s="3">
         <v>14577.62</v>
       </c>
       <c r="D444" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F444" s="3">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G444" s="3">
         <v>1</v>
       </c>
       <c r="H444" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I444" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="445" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A445" s="2" t="s">
         <v>821</v>
       </c>
       <c r="B445" s="2"/>
       <c r="C445" s="2"/>
       <c r="D445" s="2"/>
       <c r="E445" s="2"/>
       <c r="F445" s="2"/>
       <c r="G445" s="2"/>
       <c r="H445" s="2"/>
       <c r="I445" s="2"/>
     </row>
     <row r="446" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A446" s="3" t="s">
         <v>822</v>
       </c>
       <c r="B446" s="3" t="s">
         <v>823</v>
       </c>
       <c r="C446" s="3">
         <v>19823.77</v>
       </c>
       <c r="D446" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F446" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G446" s="3">
         <v>1</v>
       </c>
       <c r="H446" s="3">
         <v>10</v>
       </c>
       <c r="I446" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="447" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A447" s="3" t="s">
         <v>824</v>
       </c>
       <c r="B447" s="3" t="s">
         <v>825</v>
       </c>
       <c r="C447" s="3">
         <v>19823.77</v>
       </c>
       <c r="D447" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F447" s="3">
         <v>0</v>
       </c>
       <c r="G447" s="3">
         <v>1</v>
       </c>
       <c r="H447" s="3">
         <v>10</v>
       </c>
       <c r="I447" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="448" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A448" s="2" t="s">
         <v>826</v>
       </c>
       <c r="B448" s="2"/>
       <c r="C448" s="2"/>
       <c r="D448" s="2"/>
       <c r="E448" s="2"/>
       <c r="F448" s="2"/>
       <c r="G448" s="2"/>
       <c r="H448" s="2"/>
       <c r="I448" s="2"/>
     </row>
     <row r="449" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A449" s="2" t="s">
         <v>827</v>
       </c>
       <c r="B449" s="2"/>
       <c r="C449" s="2"/>
       <c r="D449" s="2"/>
       <c r="E449" s="2"/>
       <c r="F449" s="2"/>
       <c r="G449" s="2"/>
       <c r="H449" s="2"/>
       <c r="I449" s="2"/>
     </row>
     <row r="450" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A450" s="3" t="s">
         <v>828</v>
       </c>
       <c r="B450" s="3" t="s">
         <v>829</v>
       </c>
       <c r="C450" s="3">
-        <v>127780.97</v>
+        <v>68481.16</v>
       </c>
       <c r="D450" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F450" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G450" s="3">
         <v>1</v>
       </c>
       <c r="H450" s="3">
         <v>1</v>
       </c>
       <c r="I450" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A451" s="3" t="s">
         <v>830</v>
       </c>
       <c r="B451" s="3" t="s">
         <v>831</v>
       </c>
       <c r="C451" s="3">
-        <v>109917.36</v>
+        <v>127780.97</v>
       </c>
       <c r="D451" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F451" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G451" s="3">
         <v>1</v>
       </c>
       <c r="H451" s="3">
         <v>1</v>
       </c>
       <c r="I451" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="452" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A452" s="3" t="s">
         <v>832</v>
       </c>
       <c r="B452" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C452" s="3">
-        <v>68481.16</v>
+        <v>109917.36</v>
       </c>
       <c r="D452" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F452" s="3">
         <v>0</v>
       </c>
       <c r="G452" s="3">
         <v>1</v>
       </c>
       <c r="H452" s="3">
         <v>1</v>
       </c>
       <c r="I452" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="453" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A453" s="3" t="s">
         <v>834</v>
       </c>
       <c r="B453" s="3" t="s">
         <v>835</v>
       </c>
       <c r="C453" s="3">
         <v>68481.16</v>
       </c>
       <c r="D453" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F453" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G453" s="3">
         <v>1</v>
       </c>
       <c r="H453" s="3">
         <v>1</v>
       </c>
       <c r="I453" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A454" s="3" t="s">
         <v>836</v>
       </c>
       <c r="B454" s="3" t="s">
         <v>837</v>
       </c>
       <c r="C454" s="3">
         <v>68481.16</v>
       </c>
       <c r="D454" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F454" s="3">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G454" s="3">
         <v>1</v>
       </c>
       <c r="H454" s="3">
         <v>1</v>
       </c>
       <c r="I454" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A455" s="3" t="s">
         <v>838</v>
       </c>
       <c r="B455" s="3" t="s">
         <v>839</v>
       </c>
       <c r="C455" s="3">
         <v>67612.8</v>
       </c>
       <c r="D455" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F455" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G455" s="3">
         <v>1</v>
       </c>
       <c r="H455" s="3">
         <v>1</v>
       </c>
       <c r="I455" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A456" s="3" t="s">
         <v>840</v>
       </c>
       <c r="B456" s="3" t="s">
         <v>841</v>
       </c>
       <c r="C456" s="3">
-        <v>68481.16</v>
+        <v>112116.11</v>
       </c>
       <c r="D456" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F456" s="3">
         <v>0</v>
       </c>
       <c r="G456" s="3">
         <v>1</v>
       </c>
       <c r="H456" s="3">
         <v>1</v>
       </c>
       <c r="I456" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="457" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A457" s="3" t="s">
         <v>842</v>
       </c>
       <c r="B457" s="3" t="s">
         <v>843</v>
       </c>
       <c r="C457" s="3">
-        <v>112116.11</v>
+        <v>68481.16</v>
       </c>
       <c r="D457" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F457" s="3">
         <v>0</v>
       </c>
       <c r="G457" s="3">
         <v>1</v>
       </c>
       <c r="H457" s="3">
         <v>1</v>
       </c>
       <c r="I457" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A458" s="2" t="s">
         <v>844</v>
       </c>
       <c r="B458" s="2"/>
       <c r="C458" s="2"/>
       <c r="D458" s="2"/>
       <c r="E458" s="2"/>
       <c r="F458" s="2"/>
       <c r="G458" s="2"/>
       <c r="H458" s="2"/>
       <c r="I458" s="2"/>
     </row>
     <row r="459" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A459" s="3" t="s">
         <v>845</v>
       </c>
       <c r="B459" s="3" t="s">
         <v>846</v>
       </c>
       <c r="C459" s="3">
-        <v>120452.46</v>
+        <v>124067.9</v>
       </c>
       <c r="D459" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F459" s="3">
         <v>0</v>
       </c>
       <c r="G459" s="3">
         <v>1</v>
       </c>
       <c r="H459" s="3">
         <v>1</v>
       </c>
       <c r="I459" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="460" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A460" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B460" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C460" s="3">
-        <v>124067.9</v>
+        <v>120452.46</v>
       </c>
       <c r="D460" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F460" s="3">
         <v>0</v>
       </c>
       <c r="G460" s="3">
         <v>1</v>
       </c>
       <c r="H460" s="3">
         <v>1</v>
       </c>
       <c r="I460" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A461" s="3" t="s">
         <v>849</v>
       </c>
       <c r="B461" s="3" t="s">
         <v>850</v>
       </c>
       <c r="C461" s="3">
         <v>154488.4</v>
       </c>
       <c r="D461" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F461" s="3">
         <v>0</v>
       </c>
       <c r="G461" s="3">
         <v>1</v>
       </c>
       <c r="H461" s="3">
         <v>1</v>
       </c>
       <c r="I461" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="462" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A462" s="2" t="s">
         <v>851</v>
       </c>
       <c r="B462" s="2"/>
       <c r="C462" s="2"/>
       <c r="D462" s="2"/>
       <c r="E462" s="2"/>
       <c r="F462" s="2"/>
       <c r="G462" s="2"/>
       <c r="H462" s="2"/>
       <c r="I462" s="2"/>
     </row>
     <row r="463" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A463" s="3" t="s">
         <v>852</v>
       </c>
       <c r="B463" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C463" s="3">
         <v>159343.56</v>
       </c>
       <c r="D463" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F463" s="3">
         <v>0</v>
       </c>
       <c r="G463" s="3">
         <v>1</v>
       </c>
       <c r="H463" s="3">
         <v>1</v>
       </c>
       <c r="I463" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A464" s="3" t="s">
         <v>854</v>
       </c>
       <c r="B464" s="3" t="s">
         <v>855</v>
       </c>
       <c r="C464" s="3">
         <v>132208.98</v>
       </c>
       <c r="D464" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F464" s="3">
         <v>0</v>
       </c>
       <c r="G464" s="3">
         <v>1</v>
       </c>
       <c r="H464" s="3">
         <v>1</v>
       </c>
       <c r="I464" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="465" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A465" s="3" t="s">
         <v>856</v>
       </c>
       <c r="B465" s="3" t="s">
         <v>857</v>
       </c>
       <c r="C465" s="3">
         <v>81289.49</v>
       </c>
       <c r="D465" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F465" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G465" s="3">
         <v>1</v>
       </c>
       <c r="H465" s="3">
         <v>1</v>
       </c>
       <c r="I465" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="466" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A466" s="3" t="s">
         <v>858</v>
       </c>
       <c r="B466" s="3" t="s">
         <v>859</v>
       </c>
       <c r="C466" s="3">
         <v>134850.13</v>
       </c>
       <c r="D466" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F466" s="3">
         <v>0</v>
       </c>
       <c r="G466" s="3">
         <v>1</v>
       </c>
       <c r="H466" s="3">
         <v>1</v>
       </c>
       <c r="I466" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="467" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A467" s="3" t="s">
         <v>860</v>
       </c>
       <c r="B467" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C467" s="3">
-        <v>81289.49</v>
+        <v>148562.34</v>
       </c>
       <c r="D467" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F467" s="3">
         <v>0</v>
       </c>
       <c r="G467" s="3">
         <v>1</v>
       </c>
       <c r="H467" s="3">
         <v>1</v>
       </c>
       <c r="I467" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="468" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A468" s="3" t="s">
         <v>862</v>
       </c>
       <c r="B468" s="3" t="s">
         <v>863</v>
       </c>
       <c r="C468" s="3">
-        <v>148562.34</v>
+        <v>81289.49</v>
       </c>
       <c r="D468" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F468" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G468" s="3">
         <v>1</v>
       </c>
       <c r="H468" s="3">
         <v>1</v>
       </c>
       <c r="I468" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="469" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A469" s="2" t="s">
         <v>864</v>
       </c>
       <c r="B469" s="2"/>
       <c r="C469" s="2"/>
       <c r="D469" s="2"/>
       <c r="E469" s="2"/>
       <c r="F469" s="2"/>
       <c r="G469" s="2"/>
       <c r="H469" s="2"/>
       <c r="I469" s="2"/>
     </row>
     <row r="470" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A470" s="3" t="s">
         <v>865</v>
       </c>
       <c r="B470" s="3" t="s">
         <v>866</v>
       </c>
       <c r="C470" s="3">
-        <v>171304.5</v>
+        <v>148562.34</v>
       </c>
       <c r="D470" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F470" s="3">
         <v>0</v>
       </c>
       <c r="G470" s="3">
         <v>1</v>
       </c>
       <c r="H470" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I470" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="471" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A471" s="3" t="s">
         <v>867</v>
       </c>
       <c r="B471" s="3" t="s">
         <v>868</v>
       </c>
       <c r="C471" s="3">
-        <v>148562.34</v>
+        <v>148075.2</v>
       </c>
       <c r="D471" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F471" s="3">
         <v>0</v>
       </c>
       <c r="G471" s="3">
         <v>1</v>
       </c>
       <c r="H471" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I471" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="472" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A472" s="3" t="s">
         <v>869</v>
       </c>
       <c r="B472" s="3" t="s">
         <v>870</v>
       </c>
       <c r="C472" s="3">
-        <v>148075.2</v>
+        <v>171304.5</v>
       </c>
       <c r="D472" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F472" s="3">
         <v>0</v>
       </c>
       <c r="G472" s="3">
         <v>1</v>
       </c>
       <c r="H472" s="3">
         <v>1</v>
       </c>
       <c r="I472" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="473" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A473" s="2" t="s">
         <v>871</v>
       </c>
       <c r="B473" s="2"/>
       <c r="C473" s="2"/>
       <c r="D473" s="2"/>
       <c r="E473" s="2"/>
       <c r="F473" s="2"/>
       <c r="G473" s="2"/>
       <c r="H473" s="2"/>
       <c r="I473" s="2"/>
     </row>
     <row r="474" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A474" s="3" t="s">
         <v>872</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>873</v>
       </c>
       <c r="C474" s="3">
         <v>105361.2</v>
       </c>
       <c r="D474" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F474" s="3">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G474" s="3">
         <v>1</v>
       </c>
       <c r="H474" s="3">
         <v>1</v>
       </c>
       <c r="I474" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="475" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
         <v>874</v>
       </c>
       <c r="B475" s="2"/>
       <c r="C475" s="2"/>
       <c r="D475" s="2"/>
       <c r="E475" s="2"/>
       <c r="F475" s="2"/>
       <c r="G475" s="2"/>
       <c r="H475" s="2"/>
       <c r="I475" s="2"/>
     </row>
     <row r="476" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A476" s="3" t="s">
         <v>875</v>
       </c>
       <c r="B476" s="3" t="s">
         <v>876</v>
       </c>
       <c r="C476" s="3">
         <v>116752.62</v>
       </c>
       <c r="D476" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F476" s="3">
         <v>0</v>
       </c>
       <c r="G476" s="3">
         <v>1</v>
       </c>
       <c r="H476" s="3">
         <v>1</v>
       </c>
       <c r="I476" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="477" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A477" s="2" t="s">
         <v>877</v>
       </c>
       <c r="B477" s="2"/>
       <c r="C477" s="2"/>
       <c r="D477" s="2"/>
       <c r="E477" s="2"/>
       <c r="F477" s="2"/>
       <c r="G477" s="2"/>
       <c r="H477" s="2"/>
       <c r="I477" s="2"/>
     </row>
     <row r="478" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A478" s="3" t="s">
         <v>878</v>
       </c>
       <c r="B478" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C478" s="3">
         <v>121544.72</v>
       </c>
       <c r="D478" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F478" s="3">
         <v>0</v>
       </c>
       <c r="G478" s="3">
         <v>1</v>
       </c>
       <c r="H478" s="3">
         <v>1</v>
       </c>
       <c r="I478" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="479" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A479" s="3" t="s">
         <v>880</v>
       </c>
       <c r="B479" s="3" t="s">
         <v>881</v>
       </c>
       <c r="C479" s="3">
         <v>126120.2</v>
       </c>
       <c r="D479" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F479" s="3">
         <v>0</v>
       </c>
       <c r="G479" s="3">
         <v>1</v>
       </c>
       <c r="H479" s="3">
         <v>1</v>
       </c>
       <c r="I479" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="480" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A480" s="2" t="s">
         <v>882</v>
       </c>
       <c r="B480" s="2"/>
       <c r="C480" s="2"/>
       <c r="D480" s="2"/>
       <c r="E480" s="2"/>
       <c r="F480" s="2"/>
       <c r="G480" s="2"/>
       <c r="H480" s="2"/>
       <c r="I480" s="2"/>
     </row>
     <row r="481" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A481" s="3" t="s">
         <v>883</v>
       </c>
       <c r="B481" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C481" s="3">
         <v>146194.77</v>
       </c>
       <c r="D481" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F481" s="3">
         <v>0</v>
       </c>
       <c r="G481" s="3">
         <v>1</v>
       </c>
       <c r="H481" s="3">
         <v>1</v>
       </c>
       <c r="I481" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="482" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A482" s="2" t="s">
         <v>885</v>
       </c>
       <c r="B482" s="2"/>
       <c r="C482" s="2"/>
       <c r="D482" s="2"/>
       <c r="E482" s="2"/>
       <c r="F482" s="2"/>
       <c r="G482" s="2"/>
       <c r="H482" s="2"/>
       <c r="I482" s="2"/>
     </row>
     <row r="483" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A483" s="3" t="s">
         <v>886</v>
       </c>
       <c r="B483" s="3" t="s">
         <v>887</v>
       </c>
       <c r="C483" s="3">
-        <v>156285.44</v>
+        <v>159411.7</v>
       </c>
       <c r="D483" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F483" s="3">
         <v>0</v>
       </c>
       <c r="G483" s="3">
         <v>1</v>
       </c>
       <c r="H483" s="3">
         <v>1</v>
       </c>
       <c r="I483" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="484" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A484" s="3" t="s">
         <v>888</v>
       </c>
       <c r="B484" s="3" t="s">
         <v>889</v>
       </c>
       <c r="C484" s="3">
-        <v>159411.7</v>
+        <v>156285.44</v>
       </c>
       <c r="D484" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F484" s="3">
         <v>0</v>
       </c>
       <c r="G484" s="3">
         <v>1</v>
       </c>
       <c r="H484" s="3">
         <v>1</v>
       </c>
       <c r="I484" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="485" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A485" s="2" t="s">
         <v>890</v>
       </c>
       <c r="B485" s="2"/>
       <c r="C485" s="2"/>
       <c r="D485" s="2"/>
       <c r="E485" s="2"/>
       <c r="F485" s="2"/>
       <c r="G485" s="2"/>
       <c r="H485" s="2"/>
       <c r="I485" s="2"/>
     </row>
     <row r="486" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A486" s="3" t="s">
         <v>891</v>
       </c>
       <c r="B486" s="3" t="s">
         <v>892</v>
       </c>
       <c r="C486" s="3">
         <v>65494.8</v>
       </c>
       <c r="D486" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F486" s="3">
         <v>0</v>
       </c>
       <c r="G486" s="3">
         <v>1</v>
       </c>
       <c r="H486" s="3">
         <v>1</v>
       </c>
       <c r="I486" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="487" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A487" s="3" t="s">
         <v>893</v>
       </c>
       <c r="B487" s="3" t="s">
         <v>894</v>
       </c>
       <c r="C487" s="3">
         <v>63108.22</v>
       </c>
       <c r="D487" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F487" s="3">
         <v>0</v>
       </c>
       <c r="G487" s="3">
         <v>1</v>
       </c>
       <c r="H487" s="3">
         <v>1</v>
       </c>
       <c r="I487" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="488" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A488" s="2" t="s">
         <v>895</v>
       </c>
       <c r="B488" s="2"/>
       <c r="C488" s="2"/>
       <c r="D488" s="2"/>
       <c r="E488" s="2"/>
       <c r="F488" s="2"/>
       <c r="G488" s="2"/>
       <c r="H488" s="2"/>
       <c r="I488" s="2"/>
     </row>
     <row r="489" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A489" s="3" t="s">
         <v>896</v>
       </c>
       <c r="B489" s="3" t="s">
         <v>897</v>
       </c>
       <c r="C489" s="3">
-        <v>78605.15</v>
+        <v>76315.58</v>
       </c>
       <c r="D489" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F489" s="3">
         <v>0</v>
       </c>
       <c r="G489" s="3">
         <v>1</v>
       </c>
       <c r="H489" s="3">
         <v>1</v>
       </c>
       <c r="I489" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="490" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A490" s="3" t="s">
         <v>898</v>
       </c>
       <c r="B490" s="3" t="s">
         <v>899</v>
       </c>
       <c r="C490" s="3">
-        <v>76315.58</v>
+        <v>78605.15</v>
       </c>
       <c r="D490" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F490" s="3">
         <v>0</v>
       </c>
       <c r="G490" s="3">
         <v>1</v>
       </c>
       <c r="H490" s="3">
         <v>1</v>
       </c>
       <c r="I490" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="491" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A491" s="2" t="s">
         <v>900</v>
       </c>
       <c r="B491" s="2"/>
       <c r="C491" s="2"/>
       <c r="D491" s="2"/>
       <c r="E491" s="2"/>
       <c r="F491" s="2"/>
       <c r="G491" s="2"/>
       <c r="H491" s="2"/>
       <c r="I491" s="2"/>
     </row>
     <row r="492" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A492" s="3" t="s">
         <v>901</v>
       </c>
       <c r="B492" s="3" t="s">
         <v>902</v>
       </c>
       <c r="C492" s="3">
         <v>82580.3</v>
       </c>
       <c r="D492" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F492" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G492" s="3">
         <v>1</v>
       </c>
       <c r="H492" s="3">
         <v>1</v>
       </c>
       <c r="I492" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="493" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A493" s="2" t="s">
         <v>903</v>
       </c>
       <c r="B493" s="2"/>
       <c r="C493" s="2"/>
       <c r="D493" s="2"/>
       <c r="E493" s="2"/>
       <c r="F493" s="2"/>
       <c r="G493" s="2"/>
       <c r="H493" s="2"/>
       <c r="I493" s="2"/>
     </row>
     <row r="494" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A494" s="3" t="s">
         <v>904</v>
       </c>
       <c r="B494" s="3" t="s">
         <v>905</v>
       </c>
       <c r="C494" s="3">
         <v>87990.84</v>
       </c>
       <c r="D494" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F494" s="3">
         <v>0</v>
       </c>
       <c r="G494" s="3">
         <v>1</v>
       </c>
       <c r="H494" s="3">
         <v>1</v>
       </c>
       <c r="I494" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="495" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A495" s="3" t="s">
         <v>906</v>
       </c>
       <c r="B495" s="3" t="s">
         <v>907</v>
       </c>
       <c r="C495" s="3">
-        <v>51331.02</v>
+        <v>85428</v>
       </c>
       <c r="D495" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F495" s="3">
         <v>0</v>
       </c>
       <c r="G495" s="3">
         <v>1</v>
       </c>
       <c r="H495" s="3">
         <v>1</v>
       </c>
       <c r="I495" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="496" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A496" s="3" t="s">
         <v>908</v>
       </c>
       <c r="B496" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C496" s="3">
         <v>51331.02</v>
       </c>
       <c r="D496" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F496" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G496" s="3">
         <v>1</v>
       </c>
       <c r="H496" s="3">
         <v>1</v>
       </c>
       <c r="I496" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="497" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A497" s="3" t="s">
         <v>910</v>
       </c>
       <c r="B497" s="3" t="s">
         <v>911</v>
       </c>
       <c r="C497" s="3">
-        <v>85428</v>
+        <v>51331.02</v>
       </c>
       <c r="D497" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F497" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G497" s="3">
         <v>1</v>
       </c>
       <c r="H497" s="3">
         <v>1</v>
       </c>
       <c r="I497" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="498" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A498" s="2" t="s">
         <v>912</v>
       </c>
       <c r="B498" s="2"/>
       <c r="C498" s="2"/>
       <c r="D498" s="2"/>
       <c r="E498" s="2"/>
       <c r="F498" s="2"/>
       <c r="G498" s="2"/>
       <c r="H498" s="2"/>
       <c r="I498" s="2"/>
     </row>
     <row r="499" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A499" s="3" t="s">
         <v>913</v>
       </c>
       <c r="B499" s="3" t="s">
         <v>914</v>
       </c>
       <c r="C499" s="3">
-        <v>93970.9</v>
+        <v>96789.92</v>
       </c>
       <c r="D499" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F499" s="3">
         <v>0</v>
       </c>
       <c r="G499" s="3">
         <v>1</v>
       </c>
       <c r="H499" s="3">
         <v>1</v>
       </c>
       <c r="I499" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="500" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A500" s="3" t="s">
         <v>915</v>
       </c>
       <c r="B500" s="3" t="s">
         <v>916</v>
       </c>
       <c r="C500" s="3">
-        <v>96789.92</v>
+        <v>93970.9</v>
       </c>
       <c r="D500" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F500" s="3">
         <v>0</v>
       </c>
       <c r="G500" s="3">
         <v>1</v>
       </c>
       <c r="H500" s="3">
         <v>1</v>
       </c>
       <c r="I500" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="501" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A501" s="2" t="s">
         <v>917</v>
       </c>
       <c r="B501" s="2"/>
       <c r="C501" s="2"/>
       <c r="D501" s="2"/>
       <c r="E501" s="2"/>
       <c r="F501" s="2"/>
       <c r="G501" s="2"/>
       <c r="H501" s="2"/>
       <c r="I501" s="2"/>
     </row>
     <row r="502" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A502" s="3" t="s">
         <v>918</v>
       </c>
       <c r="B502" s="3" t="s">
         <v>919</v>
       </c>
       <c r="C502" s="3">
         <v>102513.6</v>
       </c>
       <c r="D502" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F502" s="3">
         <v>0</v>
       </c>
       <c r="G502" s="3">
         <v>1</v>
       </c>
       <c r="H502" s="3">
         <v>1</v>
       </c>
       <c r="I502" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A503" s="2" t="s">
         <v>920</v>
       </c>
       <c r="B503" s="2"/>
       <c r="C503" s="2"/>
       <c r="D503" s="2"/>
       <c r="E503" s="2"/>
       <c r="F503" s="2"/>
       <c r="G503" s="2"/>
       <c r="H503" s="2"/>
       <c r="I503" s="2"/>
     </row>
     <row r="504" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A504" s="3" t="s">
         <v>921</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>922</v>
       </c>
       <c r="C504" s="3">
-        <v>98242.3</v>
+        <v>112746.65</v>
       </c>
       <c r="D504" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F504" s="3">
         <v>0</v>
       </c>
       <c r="G504" s="3">
         <v>1</v>
       </c>
       <c r="H504" s="3">
         <v>1</v>
       </c>
       <c r="I504" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="505" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A505" s="3" t="s">
         <v>923</v>
       </c>
       <c r="B505" s="3" t="s">
         <v>924</v>
       </c>
       <c r="C505" s="3">
-        <v>112746.65</v>
+        <v>101189.36</v>
       </c>
       <c r="D505" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F505" s="3">
         <v>0</v>
       </c>
       <c r="G505" s="3">
         <v>1</v>
       </c>
       <c r="H505" s="3">
         <v>1</v>
       </c>
       <c r="I505" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="506" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A506" s="3" t="s">
         <v>925</v>
       </c>
       <c r="B506" s="3" t="s">
         <v>926</v>
       </c>
       <c r="C506" s="3">
-        <v>101189.36</v>
+        <v>98242.3</v>
       </c>
       <c r="D506" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F506" s="3">
         <v>0</v>
       </c>
       <c r="G506" s="3">
         <v>1</v>
       </c>
       <c r="H506" s="3">
         <v>1</v>
       </c>
       <c r="I506" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="507" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A507" s="2" t="s">
         <v>927</v>
       </c>
       <c r="B507" s="2"/>
       <c r="C507" s="2"/>
       <c r="D507" s="2"/>
       <c r="E507" s="2"/>
       <c r="F507" s="2"/>
       <c r="G507" s="2"/>
       <c r="H507" s="2"/>
@@ -17591,2646 +17591,2646 @@
         <v>928</v>
       </c>
       <c r="B508" s="2"/>
       <c r="C508" s="2"/>
       <c r="D508" s="2"/>
       <c r="E508" s="2"/>
       <c r="F508" s="2"/>
       <c r="G508" s="2"/>
       <c r="H508" s="2"/>
       <c r="I508" s="2"/>
     </row>
     <row r="509" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A509" s="3" t="s">
         <v>929</v>
       </c>
       <c r="B509" s="3" t="s">
         <v>930</v>
       </c>
       <c r="C509" s="3">
         <v>45469.58</v>
       </c>
       <c r="D509" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F509" s="3">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G509" s="3">
         <v>1</v>
       </c>
       <c r="H509" s="3">
         <v>1</v>
       </c>
       <c r="I509" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A510" s="3" t="s">
         <v>931</v>
       </c>
       <c r="B510" s="3" t="s">
         <v>932</v>
       </c>
       <c r="C510" s="3">
-        <v>45469.58</v>
+        <v>41127.77</v>
       </c>
       <c r="D510" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F510" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G510" s="3">
         <v>1</v>
       </c>
       <c r="H510" s="3">
         <v>1</v>
       </c>
       <c r="I510" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="511" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A511" s="3" t="s">
         <v>933</v>
       </c>
       <c r="B511" s="3" t="s">
         <v>934</v>
       </c>
       <c r="C511" s="3">
-        <v>41127.77</v>
+        <v>45469.58</v>
       </c>
       <c r="D511" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F511" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G511" s="3">
         <v>1</v>
       </c>
       <c r="H511" s="3">
         <v>1</v>
       </c>
       <c r="I511" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="512" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A512" s="3" t="s">
         <v>935</v>
       </c>
       <c r="B512" s="3" t="s">
         <v>936</v>
       </c>
       <c r="C512" s="3">
         <v>41127.77</v>
       </c>
       <c r="D512" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F512" s="3">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="G512" s="3">
         <v>1</v>
       </c>
       <c r="H512" s="3">
         <v>1</v>
       </c>
       <c r="I512" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A513" s="3" t="s">
         <v>937</v>
       </c>
       <c r="B513" s="3" t="s">
         <v>938</v>
       </c>
       <c r="C513" s="3">
         <v>37759.35</v>
       </c>
       <c r="D513" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F513" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G513" s="3">
         <v>1</v>
       </c>
       <c r="H513" s="3">
         <v>1</v>
       </c>
       <c r="I513" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="514" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A514" s="2" t="s">
         <v>939</v>
       </c>
       <c r="B514" s="2"/>
       <c r="C514" s="2"/>
       <c r="D514" s="2"/>
       <c r="E514" s="2"/>
       <c r="F514" s="2"/>
       <c r="G514" s="2"/>
       <c r="H514" s="2"/>
       <c r="I514" s="2"/>
     </row>
     <row r="515" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A515" s="3" t="s">
         <v>940</v>
       </c>
       <c r="B515" s="3" t="s">
         <v>941</v>
       </c>
       <c r="C515" s="3">
         <v>69854.68</v>
       </c>
       <c r="D515" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F515" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G515" s="3">
         <v>1</v>
       </c>
       <c r="H515" s="3">
         <v>1</v>
       </c>
       <c r="I515" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="516" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A516" s="3" t="s">
         <v>942</v>
       </c>
       <c r="B516" s="3" t="s">
         <v>943</v>
       </c>
       <c r="C516" s="3">
         <v>67648.7</v>
       </c>
       <c r="D516" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F516" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G516" s="3">
         <v>1</v>
       </c>
       <c r="H516" s="3">
         <v>1</v>
       </c>
       <c r="I516" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="517" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A517" s="2" t="s">
         <v>944</v>
       </c>
       <c r="B517" s="2"/>
       <c r="C517" s="2"/>
       <c r="D517" s="2"/>
       <c r="E517" s="2"/>
       <c r="F517" s="2"/>
       <c r="G517" s="2"/>
       <c r="H517" s="2"/>
       <c r="I517" s="2"/>
     </row>
     <row r="518" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A518" s="3" t="s">
         <v>945</v>
       </c>
       <c r="B518" s="3" t="s">
         <v>946</v>
       </c>
       <c r="C518" s="3">
         <v>84104.37</v>
       </c>
       <c r="D518" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F518" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G518" s="3">
         <v>1</v>
       </c>
       <c r="H518" s="3">
         <v>1</v>
       </c>
       <c r="I518" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="519" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A519" s="3" t="s">
         <v>947</v>
       </c>
       <c r="B519" s="3" t="s">
         <v>948</v>
       </c>
       <c r="C519" s="3">
         <v>84104.37</v>
       </c>
       <c r="D519" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F519" s="3">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="G519" s="3">
         <v>1</v>
       </c>
       <c r="H519" s="3">
         <v>1</v>
       </c>
       <c r="I519" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="520" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A520" s="2" t="s">
         <v>949</v>
       </c>
       <c r="B520" s="2"/>
       <c r="C520" s="2"/>
       <c r="D520" s="2"/>
       <c r="E520" s="2"/>
       <c r="F520" s="2"/>
       <c r="G520" s="2"/>
       <c r="H520" s="2"/>
       <c r="I520" s="2"/>
     </row>
     <row r="521" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A521" s="3" t="s">
         <v>950</v>
       </c>
       <c r="B521" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C521" s="3">
         <v>63053.9</v>
       </c>
       <c r="D521" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F521" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G521" s="3">
         <v>1</v>
       </c>
       <c r="H521" s="3">
         <v>1</v>
       </c>
       <c r="I521" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="522" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A522" s="3" t="s">
         <v>952</v>
       </c>
       <c r="B522" s="3" t="s">
         <v>953</v>
       </c>
       <c r="C522" s="3">
         <v>63053.9</v>
       </c>
       <c r="D522" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F522" s="3">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="G522" s="3">
         <v>1</v>
       </c>
       <c r="H522" s="3">
         <v>1</v>
       </c>
       <c r="I522" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="523" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A523" s="2" t="s">
         <v>954</v>
       </c>
       <c r="B523" s="2"/>
       <c r="C523" s="2"/>
       <c r="D523" s="2"/>
       <c r="E523" s="2"/>
       <c r="F523" s="2"/>
       <c r="G523" s="2"/>
       <c r="H523" s="2"/>
       <c r="I523" s="2"/>
     </row>
     <row r="524" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A524" s="3" t="s">
         <v>955</v>
       </c>
       <c r="B524" s="3" t="s">
         <v>956</v>
       </c>
       <c r="C524" s="3">
-        <v>18825.59</v>
+        <v>24914.79</v>
       </c>
       <c r="D524" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F524" s="3">
         <v>0</v>
       </c>
       <c r="G524" s="3">
         <v>1</v>
       </c>
       <c r="H524" s="3">
         <v>1</v>
       </c>
       <c r="I524" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="525" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A525" s="3" t="s">
         <v>957</v>
       </c>
       <c r="B525" s="3" t="s">
         <v>958</v>
       </c>
       <c r="C525" s="3">
-        <v>29538.27</v>
+        <v>18825.59</v>
       </c>
       <c r="D525" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F525" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G525" s="3">
         <v>1</v>
       </c>
       <c r="H525" s="3">
         <v>1</v>
       </c>
       <c r="I525" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="526" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A526" s="3" t="s">
         <v>959</v>
       </c>
       <c r="B526" s="3" t="s">
         <v>960</v>
       </c>
       <c r="C526" s="3">
-        <v>24914.79</v>
+        <v>29538.27</v>
       </c>
       <c r="D526" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F526" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G526" s="3">
         <v>1</v>
       </c>
       <c r="H526" s="3">
         <v>1</v>
       </c>
       <c r="I526" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="527" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A527" s="2" t="s">
         <v>961</v>
       </c>
       <c r="B527" s="2"/>
       <c r="C527" s="2"/>
       <c r="D527" s="2"/>
       <c r="E527" s="2"/>
       <c r="F527" s="2"/>
       <c r="G527" s="2"/>
       <c r="H527" s="2"/>
       <c r="I527" s="2"/>
     </row>
     <row r="528" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A528" s="3" t="s">
         <v>962</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>963</v>
       </c>
       <c r="C528" s="3">
-        <v>5340.23</v>
+        <v>3696.67</v>
       </c>
       <c r="D528" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F528" s="3">
         <v>0</v>
       </c>
       <c r="G528" s="3">
         <v>1</v>
       </c>
       <c r="H528" s="3">
         <v>1</v>
       </c>
       <c r="I528" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="529" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A529" s="3" t="s">
         <v>964</v>
       </c>
       <c r="B529" s="3" t="s">
         <v>965</v>
       </c>
       <c r="C529" s="3">
-        <v>1996.99</v>
+        <v>5340.23</v>
       </c>
       <c r="D529" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F529" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G529" s="3">
         <v>1</v>
       </c>
       <c r="H529" s="3">
         <v>1</v>
       </c>
       <c r="I529" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="530" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A530" s="3" t="s">
         <v>966</v>
       </c>
       <c r="B530" s="3" t="s">
         <v>967</v>
       </c>
       <c r="C530" s="3">
-        <v>4407.17</v>
+        <v>1996.99</v>
       </c>
       <c r="D530" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F530" s="3">
         <v>0</v>
       </c>
       <c r="G530" s="3">
         <v>1</v>
       </c>
       <c r="H530" s="3">
         <v>1</v>
       </c>
       <c r="I530" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="531" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A531" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B531" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C531" s="3">
-        <v>3784.78</v>
+        <v>5913.78</v>
       </c>
       <c r="D531" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F531" s="3">
         <v>0</v>
       </c>
       <c r="G531" s="3">
         <v>1</v>
       </c>
       <c r="H531" s="3">
         <v>1</v>
       </c>
       <c r="I531" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A532" s="3" t="s">
         <v>970</v>
       </c>
       <c r="B532" s="3" t="s">
         <v>971</v>
       </c>
       <c r="C532" s="3">
-        <v>3632.32</v>
+        <v>2938.99</v>
       </c>
       <c r="D532" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F532" s="3">
         <v>0</v>
       </c>
       <c r="G532" s="3">
         <v>1</v>
       </c>
       <c r="H532" s="3">
         <v>1</v>
       </c>
       <c r="I532" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="533" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A533" s="3" t="s">
         <v>972</v>
       </c>
       <c r="B533" s="3" t="s">
         <v>973</v>
       </c>
       <c r="C533" s="3">
-        <v>7486.74</v>
+        <v>4407.17</v>
       </c>
       <c r="D533" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F533" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G533" s="3">
         <v>1</v>
       </c>
       <c r="H533" s="3">
         <v>1</v>
       </c>
       <c r="I533" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="534" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A534" s="3" t="s">
         <v>974</v>
       </c>
       <c r="B534" s="3" t="s">
         <v>975</v>
       </c>
       <c r="C534" s="3">
-        <v>2938.99</v>
+        <v>7486.74</v>
       </c>
       <c r="D534" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F534" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G534" s="3">
         <v>1</v>
       </c>
       <c r="H534" s="3">
         <v>1</v>
       </c>
       <c r="I534" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="535" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A535" s="3" t="s">
         <v>976</v>
       </c>
       <c r="B535" s="3" t="s">
         <v>977</v>
       </c>
       <c r="C535" s="3">
-        <v>5913.78</v>
+        <v>3784.78</v>
       </c>
       <c r="D535" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F535" s="3">
         <v>0</v>
       </c>
       <c r="G535" s="3">
         <v>1</v>
       </c>
       <c r="H535" s="3">
         <v>1</v>
       </c>
       <c r="I535" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="536" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A536" s="3" t="s">
         <v>978</v>
       </c>
       <c r="B536" s="3" t="s">
         <v>979</v>
       </c>
       <c r="C536" s="3">
-        <v>3696.67</v>
+        <v>3632.32</v>
       </c>
       <c r="D536" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F536" s="3">
         <v>0</v>
       </c>
       <c r="G536" s="3">
         <v>1</v>
       </c>
       <c r="H536" s="3">
         <v>1</v>
       </c>
       <c r="I536" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="537" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A537" s="2" t="s">
         <v>980</v>
       </c>
       <c r="B537" s="2"/>
       <c r="C537" s="2"/>
       <c r="D537" s="2"/>
       <c r="E537" s="2"/>
       <c r="F537" s="2"/>
       <c r="G537" s="2"/>
       <c r="H537" s="2"/>
       <c r="I537" s="2"/>
     </row>
     <row r="538" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A538" s="3" t="s">
         <v>981</v>
       </c>
       <c r="B538" s="3" t="s">
         <v>982</v>
       </c>
       <c r="C538" s="3">
-        <v>2787.58</v>
+        <v>6762.56</v>
       </c>
       <c r="D538" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F538" s="3">
         <v>0</v>
       </c>
       <c r="G538" s="3">
         <v>1</v>
       </c>
       <c r="H538" s="3">
         <v>1</v>
       </c>
       <c r="I538" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="539" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A539" s="3" t="s">
         <v>983</v>
       </c>
       <c r="B539" s="3" t="s">
         <v>984</v>
       </c>
       <c r="C539" s="3">
-        <v>4852.91</v>
+        <v>717.17</v>
       </c>
       <c r="D539" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F539" s="3">
         <v>0</v>
       </c>
       <c r="G539" s="3">
         <v>1</v>
       </c>
       <c r="H539" s="3">
         <v>1</v>
       </c>
       <c r="I539" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="540" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A540" s="3" t="s">
         <v>985</v>
       </c>
       <c r="B540" s="3" t="s">
         <v>986</v>
       </c>
       <c r="C540" s="3">
-        <v>4672.91</v>
+        <v>4852.91</v>
       </c>
       <c r="D540" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F540" s="3">
         <v>0</v>
       </c>
       <c r="G540" s="3">
         <v>1</v>
       </c>
       <c r="H540" s="3">
         <v>1</v>
       </c>
       <c r="I540" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="541" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A541" s="3" t="s">
         <v>987</v>
       </c>
       <c r="B541" s="3" t="s">
         <v>988</v>
       </c>
       <c r="C541" s="3">
-        <v>6798</v>
+        <v>540.33</v>
       </c>
       <c r="D541" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F541" s="3">
         <v>0</v>
       </c>
       <c r="G541" s="3">
         <v>1</v>
       </c>
       <c r="H541" s="3">
         <v>1</v>
       </c>
       <c r="I541" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="542" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A542" s="3" t="s">
         <v>989</v>
       </c>
       <c r="B542" s="3" t="s">
         <v>990</v>
       </c>
       <c r="C542" s="3">
-        <v>6762.56</v>
+        <v>6798</v>
       </c>
       <c r="D542" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F542" s="3">
         <v>0</v>
       </c>
       <c r="G542" s="3">
         <v>1</v>
       </c>
       <c r="H542" s="3">
         <v>1</v>
       </c>
       <c r="I542" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="543" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A543" s="3" t="s">
         <v>991</v>
       </c>
       <c r="B543" s="3" t="s">
         <v>992</v>
       </c>
       <c r="C543" s="3">
-        <v>1296.8</v>
+        <v>2251.71</v>
       </c>
       <c r="D543" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F543" s="3">
         <v>0</v>
       </c>
       <c r="G543" s="3">
         <v>1</v>
       </c>
       <c r="H543" s="3">
         <v>1</v>
       </c>
       <c r="I543" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="544" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A544" s="3" t="s">
         <v>993</v>
       </c>
       <c r="B544" s="3" t="s">
         <v>994</v>
       </c>
       <c r="C544" s="3">
-        <v>2251.71</v>
+        <v>1567.64</v>
       </c>
       <c r="D544" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F544" s="3">
         <v>0</v>
       </c>
       <c r="G544" s="3">
         <v>1</v>
       </c>
       <c r="H544" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="I544" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="545" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A545" s="3" t="s">
         <v>995</v>
       </c>
       <c r="B545" s="3" t="s">
         <v>996</v>
       </c>
       <c r="C545" s="3">
-        <v>1567.64</v>
+        <v>2787.58</v>
       </c>
       <c r="D545" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F545" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G545" s="3">
         <v>1</v>
       </c>
       <c r="H545" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I545" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="546" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A546" s="3" t="s">
         <v>997</v>
       </c>
       <c r="B546" s="3" t="s">
         <v>998</v>
       </c>
       <c r="C546" s="3">
-        <v>540.33</v>
+        <v>774.02</v>
       </c>
       <c r="D546" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F546" s="3">
         <v>0</v>
       </c>
       <c r="G546" s="3">
         <v>1</v>
       </c>
       <c r="H546" s="3">
         <v>1</v>
       </c>
       <c r="I546" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="547" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A547" s="3" t="s">
         <v>999</v>
       </c>
       <c r="B547" s="3" t="s">
         <v>1000</v>
       </c>
       <c r="C547" s="3">
-        <v>774.02</v>
+        <v>1296.8</v>
       </c>
       <c r="D547" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F547" s="3">
         <v>0</v>
       </c>
       <c r="G547" s="3">
         <v>1</v>
       </c>
       <c r="H547" s="3">
         <v>1</v>
       </c>
       <c r="I547" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="548" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A548" s="3" t="s">
         <v>1001</v>
       </c>
       <c r="B548" s="3" t="s">
         <v>1002</v>
       </c>
       <c r="C548" s="3">
-        <v>717.17</v>
+        <v>4672.91</v>
       </c>
       <c r="D548" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F548" s="3">
         <v>0</v>
       </c>
       <c r="G548" s="3">
         <v>1</v>
       </c>
       <c r="H548" s="3">
         <v>1</v>
       </c>
       <c r="I548" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="549" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A549" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="B549" s="2"/>
       <c r="C549" s="2"/>
       <c r="D549" s="2"/>
       <c r="E549" s="2"/>
       <c r="F549" s="2"/>
       <c r="G549" s="2"/>
       <c r="H549" s="2"/>
       <c r="I549" s="2"/>
     </row>
     <row r="550" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A550" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="B550" s="3" t="s">
         <v>1005</v>
       </c>
       <c r="C550" s="3">
-        <v>4147.23</v>
+        <v>4221.44</v>
       </c>
       <c r="D550" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F550" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G550" s="3">
         <v>1</v>
       </c>
       <c r="H550" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I550" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="551" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A551" s="3" t="s">
         <v>1006</v>
       </c>
       <c r="B551" s="3" t="s">
         <v>1007</v>
       </c>
       <c r="C551" s="3">
         <v>4130.96</v>
       </c>
       <c r="D551" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F551" s="3">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G551" s="3">
         <v>1</v>
       </c>
       <c r="H551" s="3">
         <v>25</v>
       </c>
       <c r="I551" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="552" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A552" s="3" t="s">
         <v>1008</v>
       </c>
       <c r="B552" s="3" t="s">
         <v>1009</v>
       </c>
       <c r="C552" s="3">
         <v>4246.13</v>
       </c>
       <c r="D552" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F552" s="3">
-        <v>926</v>
+        <v>911</v>
       </c>
       <c r="G552" s="3">
         <v>1</v>
       </c>
       <c r="H552" s="3">
         <v>25</v>
       </c>
       <c r="I552" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="553" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A553" s="3" t="s">
         <v>1010</v>
       </c>
       <c r="B553" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="C553" s="3">
         <v>4303.71</v>
       </c>
       <c r="D553" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F553" s="3">
-        <v>688</v>
+        <v>682</v>
       </c>
       <c r="G553" s="3">
         <v>1</v>
       </c>
       <c r="H553" s="3">
         <v>25</v>
       </c>
       <c r="I553" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="554" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A554" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="B554" s="3" t="s">
         <v>1013</v>
       </c>
       <c r="C554" s="3">
         <v>9694.86</v>
       </c>
       <c r="D554" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F554" s="3">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G554" s="3">
         <v>1</v>
       </c>
       <c r="H554" s="3">
         <v>10</v>
       </c>
       <c r="I554" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="555" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A555" s="3" t="s">
         <v>1014</v>
       </c>
       <c r="B555" s="3" t="s">
         <v>1015</v>
       </c>
       <c r="C555" s="3">
         <v>9694.86</v>
       </c>
       <c r="D555" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F555" s="3">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="G555" s="3">
         <v>1</v>
       </c>
       <c r="H555" s="3">
         <v>10</v>
       </c>
       <c r="I555" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="556" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A556" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="B556" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="C556" s="3">
-        <v>5965.31</v>
+        <v>4303.71</v>
       </c>
       <c r="D556" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F556" s="3">
+        <v>1</v>
+      </c>
+      <c r="G556" s="3">
+        <v>1</v>
+      </c>
+      <c r="H556" s="3">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I556" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="557" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A557" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="B557" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C557" s="3">
-        <v>4221.44</v>
+        <v>4086.55</v>
       </c>
       <c r="D557" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F557" s="3">
-        <v>24</v>
+        <v>653</v>
       </c>
       <c r="G557" s="3">
         <v>1</v>
       </c>
       <c r="H557" s="3">
         <v>25</v>
       </c>
       <c r="I557" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="558" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A558" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="C558" s="3">
-        <v>3718.03</v>
+        <v>4415.58</v>
       </c>
       <c r="D558" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F558" s="3">
-        <v>547</v>
+        <v>217</v>
       </c>
       <c r="G558" s="3">
         <v>1</v>
       </c>
       <c r="H558" s="3">
         <v>25</v>
       </c>
       <c r="I558" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="559" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A559" s="3" t="s">
         <v>1022</v>
       </c>
       <c r="B559" s="3" t="s">
         <v>1023</v>
       </c>
       <c r="C559" s="3">
-        <v>4303.71</v>
+        <v>5623.12</v>
       </c>
       <c r="D559" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F559" s="3">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G559" s="3">
         <v>1</v>
       </c>
       <c r="H559" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I559" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="560" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A560" s="3" t="s">
         <v>1024</v>
       </c>
       <c r="B560" s="3" t="s">
         <v>1025</v>
       </c>
       <c r="C560" s="3">
-        <v>4086.55</v>
+        <v>5965.31</v>
       </c>
       <c r="D560" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F560" s="3">
-        <v>656</v>
+        <v>19</v>
       </c>
       <c r="G560" s="3">
         <v>1</v>
       </c>
       <c r="H560" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I560" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="561" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A561" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="B561" s="3" t="s">
         <v>1027</v>
       </c>
       <c r="C561" s="3">
-        <v>3282.71</v>
+        <v>3718.03</v>
       </c>
       <c r="D561" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F561" s="3">
-        <v>0</v>
+        <v>531</v>
       </c>
       <c r="G561" s="3">
         <v>1</v>
       </c>
       <c r="H561" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I561" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="562" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A562" s="3" t="s">
         <v>1028</v>
       </c>
       <c r="B562" s="3" t="s">
         <v>1029</v>
       </c>
       <c r="C562" s="3">
-        <v>4303.71</v>
+        <v>3282.71</v>
       </c>
       <c r="D562" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F562" s="3">
-        <v>372</v>
+        <v>0</v>
       </c>
       <c r="G562" s="3">
         <v>1</v>
       </c>
       <c r="H562" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I562" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="563" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A563" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="C563" s="3">
-        <v>4415.58</v>
+        <v>4944.84</v>
       </c>
       <c r="D563" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F563" s="3">
-        <v>218</v>
+        <v>0</v>
       </c>
       <c r="G563" s="3">
         <v>1</v>
       </c>
       <c r="H563" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I563" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="564" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A564" s="3" t="s">
         <v>1032</v>
       </c>
       <c r="B564" s="3" t="s">
         <v>1033</v>
       </c>
       <c r="C564" s="3">
         <v>4762.7</v>
       </c>
       <c r="D564" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F564" s="3">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G564" s="3">
         <v>1</v>
       </c>
       <c r="H564" s="3">
         <v>25</v>
       </c>
       <c r="I564" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A565" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="B565" s="3" t="s">
         <v>1035</v>
       </c>
       <c r="C565" s="3">
-        <v>5623.12</v>
+        <v>4303.71</v>
       </c>
       <c r="D565" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F565" s="3">
-        <v>24</v>
+        <v>363</v>
       </c>
       <c r="G565" s="3">
         <v>1</v>
       </c>
       <c r="H565" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I565" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="566" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A566" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="B566" s="3" t="s">
         <v>1037</v>
       </c>
       <c r="C566" s="3">
-        <v>4944.84</v>
+        <v>4147.23</v>
       </c>
       <c r="D566" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F566" s="3">
         <v>0</v>
       </c>
       <c r="G566" s="3">
         <v>1</v>
       </c>
       <c r="H566" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I566" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="567" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A567" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="B567" s="2"/>
       <c r="C567" s="2"/>
       <c r="D567" s="2"/>
       <c r="E567" s="2"/>
       <c r="F567" s="2"/>
       <c r="G567" s="2"/>
       <c r="H567" s="2"/>
       <c r="I567" s="2"/>
     </row>
     <row r="568" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A568" s="3" t="s">
         <v>1039</v>
       </c>
       <c r="B568" s="3" t="s">
         <v>1040</v>
       </c>
       <c r="C568" s="3">
-        <v>266.52</v>
+        <v>553.85</v>
       </c>
       <c r="D568" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F568" s="3">
-        <v>91</v>
+        <v>951</v>
       </c>
       <c r="G568" s="3">
         <v>1</v>
       </c>
       <c r="H568" s="3">
         <v>100</v>
       </c>
       <c r="I568" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="569" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A569" s="3" t="s">
         <v>1041</v>
       </c>
       <c r="B569" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="C569" s="3">
-        <v>475.45</v>
+        <v>384.91</v>
       </c>
       <c r="D569" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F569" s="3">
-        <v>977</v>
+        <v>1078</v>
       </c>
       <c r="G569" s="3">
         <v>1</v>
       </c>
       <c r="H569" s="3">
         <v>100</v>
       </c>
       <c r="I569" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="570" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A570" s="3" t="s">
         <v>1043</v>
       </c>
       <c r="B570" s="3" t="s">
         <v>1044</v>
       </c>
       <c r="C570" s="3">
-        <v>1262.45</v>
+        <v>465.03</v>
       </c>
       <c r="D570" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F570" s="3">
-        <v>350</v>
+        <v>177</v>
       </c>
       <c r="G570" s="3">
         <v>1</v>
       </c>
       <c r="H570" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I570" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="571" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A571" s="3" t="s">
         <v>1045</v>
       </c>
       <c r="B571" s="3" t="s">
         <v>1046</v>
       </c>
       <c r="C571" s="3">
-        <v>1975.82</v>
+        <v>310.02</v>
       </c>
       <c r="D571" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F571" s="3">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="G571" s="3">
         <v>1</v>
       </c>
       <c r="H571" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I571" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="572" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A572" s="3" t="s">
         <v>1047</v>
       </c>
       <c r="B572" s="3" t="s">
         <v>1048</v>
       </c>
       <c r="C572" s="3">
-        <v>287.9</v>
+        <v>694.93</v>
       </c>
       <c r="D572" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F572" s="3">
-        <v>469</v>
+        <v>173</v>
       </c>
       <c r="G572" s="3">
         <v>1</v>
       </c>
       <c r="H572" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I572" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="573" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A573" s="3" t="s">
         <v>1049</v>
       </c>
       <c r="B573" s="3" t="s">
         <v>1050</v>
       </c>
       <c r="C573" s="3">
-        <v>536.31</v>
+        <v>1572.73</v>
       </c>
       <c r="D573" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F573" s="3">
-        <v>513</v>
+        <v>0</v>
       </c>
       <c r="G573" s="3">
         <v>1</v>
       </c>
       <c r="H573" s="3">
         <v>50</v>
       </c>
       <c r="I573" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="574" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A574" s="3" t="s">
         <v>1051</v>
       </c>
       <c r="B574" s="3" t="s">
         <v>1052</v>
       </c>
       <c r="C574" s="3">
-        <v>980.51</v>
+        <v>590.43</v>
       </c>
       <c r="D574" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F574" s="3">
-        <v>432</v>
+        <v>685</v>
       </c>
       <c r="G574" s="3">
         <v>1</v>
       </c>
       <c r="H574" s="3">
         <v>50</v>
       </c>
       <c r="I574" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="575" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A575" s="3" t="s">
         <v>1053</v>
       </c>
       <c r="B575" s="3" t="s">
         <v>1054</v>
       </c>
       <c r="C575" s="3">
-        <v>220.44</v>
+        <v>336.14</v>
       </c>
       <c r="D575" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F575" s="3">
-        <v>611</v>
+        <v>414</v>
       </c>
       <c r="G575" s="3">
         <v>1</v>
       </c>
       <c r="H575" s="3">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="I575" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="576" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A576" s="3" t="s">
         <v>1055</v>
       </c>
       <c r="B576" s="3" t="s">
         <v>1056</v>
       </c>
       <c r="C576" s="3">
-        <v>539.7</v>
+        <v>503.34</v>
       </c>
       <c r="D576" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F576" s="3">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="G576" s="3">
         <v>1</v>
       </c>
       <c r="H576" s="3">
         <v>60</v>
       </c>
       <c r="I576" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="577" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A577" s="3" t="s">
         <v>1057</v>
       </c>
       <c r="B577" s="3" t="s">
         <v>1058</v>
       </c>
       <c r="C577" s="3">
-        <v>1049.81</v>
+        <v>865.61</v>
       </c>
       <c r="D577" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F577" s="3">
-        <v>332</v>
+        <v>301</v>
       </c>
       <c r="G577" s="3">
         <v>1</v>
       </c>
       <c r="H577" s="3">
         <v>40</v>
       </c>
       <c r="I577" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="578" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A578" s="3" t="s">
         <v>1059</v>
       </c>
       <c r="B578" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="C578" s="3">
-        <v>251.71</v>
+        <v>346.59</v>
       </c>
       <c r="D578" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F578" s="3">
-        <v>727</v>
+        <v>1009</v>
       </c>
       <c r="G578" s="3">
         <v>1</v>
       </c>
       <c r="H578" s="3">
         <v>100</v>
       </c>
       <c r="I578" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="579" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A579" s="3" t="s">
         <v>1061</v>
       </c>
       <c r="B579" s="3" t="s">
         <v>1062</v>
       </c>
       <c r="C579" s="3">
-        <v>330.68</v>
+        <v>844.71</v>
       </c>
       <c r="D579" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F579" s="3">
-        <v>1087</v>
+        <v>108</v>
       </c>
       <c r="G579" s="3">
         <v>1</v>
       </c>
       <c r="H579" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I579" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="580" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A580" s="3" t="s">
         <v>1063</v>
       </c>
       <c r="B580" s="3" t="s">
         <v>1064</v>
       </c>
       <c r="C580" s="3">
-        <v>399.77</v>
+        <v>256.03</v>
       </c>
       <c r="D580" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F580" s="3">
-        <v>621</v>
+        <v>1395</v>
       </c>
       <c r="G580" s="3">
         <v>1</v>
       </c>
       <c r="H580" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I580" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="581" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A581" s="3" t="s">
         <v>1065</v>
       </c>
       <c r="B581" s="3" t="s">
         <v>1066</v>
       </c>
       <c r="C581" s="3">
-        <v>432.67</v>
+        <v>426.71</v>
       </c>
       <c r="D581" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F581" s="3">
-        <v>841</v>
+        <v>177</v>
       </c>
       <c r="G581" s="3">
         <v>1</v>
       </c>
       <c r="H581" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I581" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="582" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A582" s="3" t="s">
         <v>1067</v>
       </c>
       <c r="B582" s="3" t="s">
         <v>1068</v>
       </c>
       <c r="C582" s="3">
-        <v>597.19</v>
+        <v>665.32</v>
       </c>
       <c r="D582" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F582" s="3">
-        <v>209</v>
+        <v>704</v>
       </c>
       <c r="G582" s="3">
         <v>1</v>
       </c>
       <c r="H582" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I582" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="583" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A583" s="3" t="s">
         <v>1069</v>
       </c>
       <c r="B583" s="3" t="s">
         <v>1070</v>
       </c>
       <c r="C583" s="3">
-        <v>725.32</v>
+        <v>604.36</v>
       </c>
       <c r="D583" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F583" s="3">
-        <v>619</v>
+        <v>597</v>
       </c>
       <c r="G583" s="3">
         <v>1</v>
       </c>
       <c r="H583" s="3">
         <v>50</v>
       </c>
       <c r="I583" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="584" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A584" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="B584" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="C584" s="3">
-        <v>506.71</v>
+        <v>865.61</v>
       </c>
       <c r="D584" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F584" s="3">
-        <v>718</v>
+        <v>322</v>
       </c>
       <c r="G584" s="3">
         <v>1</v>
       </c>
       <c r="H584" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I584" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="585" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A585" s="3" t="s">
         <v>1073</v>
       </c>
       <c r="B585" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="C585" s="3">
-        <v>753.47</v>
+        <v>2300.74</v>
       </c>
       <c r="D585" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F585" s="3">
-        <v>349</v>
+        <v>77</v>
       </c>
       <c r="G585" s="3">
         <v>1</v>
       </c>
       <c r="H585" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I585" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A586" s="3" t="s">
         <v>1075</v>
       </c>
       <c r="B586" s="3" t="s">
         <v>1076</v>
       </c>
       <c r="C586" s="3">
-        <v>1010.84</v>
+        <v>292.6</v>
       </c>
       <c r="D586" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F586" s="3">
-        <v>322</v>
+        <v>695</v>
       </c>
       <c r="G586" s="3">
         <v>1</v>
       </c>
       <c r="H586" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I586" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A587" s="3" t="s">
         <v>1077</v>
       </c>
       <c r="B587" s="3" t="s">
         <v>1078</v>
       </c>
       <c r="C587" s="3">
-        <v>297.77</v>
+        <v>625.26</v>
       </c>
       <c r="D587" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F587" s="3">
-        <v>474</v>
+        <v>490</v>
       </c>
       <c r="G587" s="3">
         <v>1</v>
       </c>
       <c r="H587" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I587" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A588" s="3" t="s">
         <v>1079</v>
       </c>
       <c r="B588" s="3" t="s">
         <v>1080</v>
       </c>
       <c r="C588" s="3">
-        <v>366.87</v>
+        <v>877.8</v>
       </c>
       <c r="D588" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F588" s="3">
-        <v>297</v>
+        <v>348</v>
       </c>
       <c r="G588" s="3">
         <v>1</v>
       </c>
       <c r="H588" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I588" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A589" s="3" t="s">
         <v>1081</v>
       </c>
       <c r="B589" s="3" t="s">
         <v>1082</v>
       </c>
       <c r="C589" s="3">
-        <v>725.51</v>
+        <v>407.55</v>
       </c>
       <c r="D589" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F589" s="3">
-        <v>113</v>
+        <v>393</v>
       </c>
       <c r="G589" s="3">
         <v>1</v>
       </c>
       <c r="H589" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I589" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="590" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A590" s="3" t="s">
         <v>1083</v>
       </c>
       <c r="B590" s="3" t="s">
         <v>1084</v>
       </c>
       <c r="C590" s="3">
-        <v>350.42</v>
+        <v>1142.53</v>
       </c>
       <c r="D590" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F590" s="3">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="G590" s="3">
         <v>1</v>
       </c>
       <c r="H590" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I590" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="591" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A591" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="B591" s="2"/>
       <c r="C591" s="2"/>
       <c r="D591" s="2"/>
       <c r="E591" s="2"/>
       <c r="F591" s="2"/>
       <c r="G591" s="2"/>
       <c r="H591" s="2"/>
       <c r="I591" s="2"/>
     </row>
     <row r="592" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A592" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="B592" s="3" t="s">
         <v>1087</v>
       </c>
       <c r="C592" s="3">
         <v>9419.7</v>
       </c>
       <c r="D592" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F592" s="3">
         <v>0</v>
       </c>
       <c r="G592" s="3">
         <v>1</v>
       </c>
       <c r="H592" s="3">
         <v>1</v>
       </c>
       <c r="I592" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="593" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A593" s="3" t="s">
         <v>1088</v>
       </c>
       <c r="B593" s="3" t="s">
         <v>1089</v>
       </c>
       <c r="C593" s="3">
-        <v>16524.42</v>
+        <v>22512.01</v>
       </c>
       <c r="D593" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F593" s="3">
         <v>0</v>
       </c>
       <c r="G593" s="3">
         <v>1</v>
       </c>
       <c r="H593" s="3">
         <v>1</v>
       </c>
       <c r="I593" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="594" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A594" s="3" t="s">
         <v>1090</v>
       </c>
       <c r="B594" s="3" t="s">
         <v>1091</v>
       </c>
       <c r="C594" s="3">
-        <v>22512.01</v>
+        <v>6577.96</v>
       </c>
       <c r="D594" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F594" s="3">
         <v>0</v>
       </c>
       <c r="G594" s="3">
         <v>1</v>
       </c>
       <c r="H594" s="3">
         <v>1</v>
       </c>
       <c r="I594" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="595" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A595" s="3" t="s">
         <v>1092</v>
       </c>
       <c r="B595" s="3" t="s">
         <v>1093</v>
       </c>
       <c r="C595" s="3">
-        <v>6577.96</v>
+        <v>10960.41</v>
       </c>
       <c r="D595" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F595" s="3">
         <v>0</v>
       </c>
       <c r="G595" s="3">
         <v>1</v>
       </c>
       <c r="H595" s="3">
         <v>1</v>
       </c>
       <c r="I595" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="596" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A596" s="3" t="s">
         <v>1094</v>
       </c>
       <c r="B596" s="3" t="s">
         <v>1095</v>
       </c>
       <c r="C596" s="3">
-        <v>10960.41</v>
+        <v>16524.42</v>
       </c>
       <c r="D596" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F596" s="3">
         <v>0</v>
       </c>
       <c r="G596" s="3">
         <v>1</v>
       </c>
       <c r="H596" s="3">
         <v>1</v>
       </c>
       <c r="I596" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="597" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A597" s="3" t="s">
         <v>1096</v>
       </c>
       <c r="B597" s="3" t="s">
         <v>1097</v>
       </c>
       <c r="C597" s="3">
         <v>15308.7</v>
       </c>
       <c r="D597" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F597" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G597" s="3">
         <v>1</v>
       </c>
       <c r="H597" s="3">
         <v>1</v>
       </c>
       <c r="I597" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="598" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A598" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="B598" s="2"/>
       <c r="C598" s="2"/>
       <c r="D598" s="2"/>
       <c r="E598" s="2"/>
       <c r="F598" s="2"/>
       <c r="G598" s="2"/>
       <c r="H598" s="2"/>
       <c r="I598" s="2"/>
     </row>
     <row r="599" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A599" s="3" t="s">
         <v>1099</v>
       </c>
       <c r="B599" s="3" t="s">
         <v>1100</v>
       </c>
       <c r="C599" s="3">
-        <v>1309.93</v>
+        <v>3417.12</v>
       </c>
       <c r="D599" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F599" s="3">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G599" s="3">
         <v>1</v>
       </c>
       <c r="H599" s="3">
         <v>1</v>
       </c>
       <c r="I599" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="600" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A600" s="3" t="s">
         <v>1101</v>
       </c>
       <c r="B600" s="3" t="s">
         <v>1102</v>
       </c>
       <c r="C600" s="3">
-        <v>3417.12</v>
+        <v>394.28</v>
       </c>
       <c r="D600" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F600" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G600" s="3">
         <v>1</v>
       </c>
       <c r="H600" s="3">
         <v>1</v>
       </c>
       <c r="I600" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="601" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A601" s="3" t="s">
         <v>1103</v>
       </c>
       <c r="B601" s="3" t="s">
         <v>1104</v>
       </c>
       <c r="C601" s="3">
-        <v>29.56</v>
+        <v>395.91</v>
       </c>
       <c r="D601" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F601" s="3">
-        <v>9800</v>
+        <v>0</v>
       </c>
       <c r="G601" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H601" s="3">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="I601" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="602" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A602" s="3" t="s">
         <v>1105</v>
       </c>
       <c r="B602" s="3" t="s">
         <v>1106</v>
       </c>
       <c r="C602" s="3">
-        <v>394.28</v>
+        <v>29.56</v>
       </c>
       <c r="D602" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F602" s="3">
-        <v>2</v>
+        <v>11300</v>
       </c>
       <c r="G602" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H602" s="3">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="I602" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="603" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A603" s="3" t="s">
         <v>1107</v>
       </c>
       <c r="B603" s="3" t="s">
         <v>1108</v>
       </c>
       <c r="C603" s="3">
-        <v>395.91</v>
+        <v>1309.93</v>
       </c>
       <c r="D603" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F603" s="3">
         <v>0</v>
       </c>
       <c r="G603" s="3">
         <v>1</v>
       </c>
       <c r="H603" s="3">
         <v>1</v>
       </c>
       <c r="I603" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="604" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A604" s="3" t="s">
         <v>1109</v>
       </c>
       <c r="B604" s="3" t="s">
         <v>1110</v>
       </c>
       <c r="C604" s="3">
         <v>3856.04</v>
       </c>
       <c r="D604" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F604" s="3">
         <v>0</v>
       </c>
       <c r="G604" s="3">
         <v>1</v>
       </c>
       <c r="H604" s="3">
         <v>1</v>
       </c>
       <c r="I604" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="605" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A605" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="B605" s="2"/>
       <c r="C605" s="2"/>
       <c r="D605" s="2"/>
       <c r="E605" s="2"/>
       <c r="F605" s="2"/>
       <c r="G605" s="2"/>
       <c r="H605" s="2"/>
@@ -20254,928 +20254,928 @@
         <v>1113</v>
       </c>
       <c r="B607" s="2"/>
       <c r="C607" s="2"/>
       <c r="D607" s="2"/>
       <c r="E607" s="2"/>
       <c r="F607" s="2"/>
       <c r="G607" s="2"/>
       <c r="H607" s="2"/>
       <c r="I607" s="2"/>
     </row>
     <row r="608" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A608" s="3" t="s">
         <v>1114</v>
       </c>
       <c r="B608" s="3" t="s">
         <v>1115</v>
       </c>
       <c r="C608" s="3">
         <v>427.14</v>
       </c>
       <c r="D608" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F608" s="3">
-        <v>208</v>
+        <v>59</v>
       </c>
       <c r="G608" s="3">
         <v>10</v>
       </c>
       <c r="H608" s="3">
         <v>100</v>
       </c>
       <c r="I608" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="609" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A609" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="B609" s="2"/>
       <c r="C609" s="2"/>
       <c r="D609" s="2"/>
       <c r="E609" s="2"/>
       <c r="F609" s="2"/>
       <c r="G609" s="2"/>
       <c r="H609" s="2"/>
       <c r="I609" s="2"/>
     </row>
     <row r="610" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A610" s="3" t="s">
         <v>1117</v>
       </c>
       <c r="B610" s="3" t="s">
         <v>1118</v>
       </c>
       <c r="C610" s="3">
-        <v>598.01</v>
+        <v>427.14</v>
       </c>
       <c r="D610" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F610" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G610" s="3">
         <v>10</v>
       </c>
       <c r="H610" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I610" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="611" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A611" s="3" t="s">
         <v>1119</v>
       </c>
       <c r="B611" s="3" t="s">
         <v>1120</v>
       </c>
       <c r="C611" s="3">
-        <v>427.14</v>
+        <v>463.45</v>
       </c>
       <c r="D611" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F611" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G611" s="3">
         <v>10</v>
       </c>
       <c r="H611" s="3">
         <v>100</v>
       </c>
       <c r="I611" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="612" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A612" s="3" t="s">
         <v>1121</v>
       </c>
       <c r="B612" s="3" t="s">
         <v>1122</v>
       </c>
       <c r="C612" s="3">
         <v>444.24</v>
       </c>
       <c r="D612" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F612" s="3">
-        <v>125</v>
+        <v>0</v>
       </c>
       <c r="G612" s="3">
         <v>10</v>
       </c>
       <c r="H612" s="3">
         <v>10</v>
       </c>
       <c r="I612" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="613" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A613" s="3" t="s">
         <v>1123</v>
       </c>
       <c r="B613" s="3" t="s">
         <v>1124</v>
       </c>
       <c r="C613" s="3">
-        <v>540.34</v>
+        <v>501.9</v>
       </c>
       <c r="D613" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F613" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G613" s="3">
         <v>10</v>
       </c>
       <c r="H613" s="3">
         <v>100</v>
       </c>
       <c r="I613" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="614" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A614" s="3" t="s">
         <v>1125</v>
       </c>
       <c r="B614" s="3" t="s">
         <v>1126</v>
       </c>
       <c r="C614" s="3">
-        <v>463.45</v>
+        <v>598.01</v>
       </c>
       <c r="D614" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F614" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G614" s="3">
         <v>10</v>
       </c>
       <c r="H614" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I614" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="615" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A615" s="3" t="s">
         <v>1127</v>
       </c>
       <c r="B615" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="C615" s="3">
-        <v>501.9</v>
+        <v>781.79</v>
       </c>
       <c r="D615" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F615" s="3">
         <v>0</v>
       </c>
       <c r="G615" s="3">
         <v>10</v>
       </c>
       <c r="H615" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I615" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="616" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A616" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="B616" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="C616" s="3">
-        <v>781.79</v>
+        <v>540.34</v>
       </c>
       <c r="D616" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F616" s="3">
         <v>0</v>
       </c>
       <c r="G616" s="3">
         <v>10</v>
       </c>
       <c r="H616" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I616" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="617" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A617" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="B617" s="2"/>
       <c r="C617" s="2"/>
       <c r="D617" s="2"/>
       <c r="E617" s="2"/>
       <c r="F617" s="2"/>
       <c r="G617" s="2"/>
       <c r="H617" s="2"/>
       <c r="I617" s="2"/>
     </row>
     <row r="618" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A618" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="B618" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="C618" s="3">
-        <v>448.44</v>
+        <v>421.17</v>
       </c>
       <c r="D618" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F618" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G618" s="3">
         <v>10</v>
       </c>
       <c r="H618" s="3">
         <v>100</v>
       </c>
       <c r="I618" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="619" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A619" s="3" t="s">
         <v>1134</v>
       </c>
       <c r="B619" s="3" t="s">
         <v>1135</v>
       </c>
       <c r="C619" s="3">
-        <v>443.14</v>
+        <v>448.44</v>
       </c>
       <c r="D619" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F619" s="3">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="G619" s="3">
         <v>10</v>
       </c>
       <c r="H619" s="3">
         <v>100</v>
       </c>
       <c r="I619" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="620" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A620" s="3" t="s">
         <v>1136</v>
       </c>
       <c r="B620" s="3" t="s">
         <v>1137</v>
       </c>
       <c r="C620" s="3">
-        <v>421.17</v>
+        <v>443.14</v>
       </c>
       <c r="D620" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F620" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="G620" s="3">
         <v>10</v>
       </c>
       <c r="H620" s="3">
         <v>100</v>
       </c>
       <c r="I620" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="621" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A621" s="3" t="s">
         <v>1138</v>
       </c>
       <c r="B621" s="3" t="s">
         <v>1139</v>
       </c>
       <c r="C621" s="3">
         <v>494.88</v>
       </c>
       <c r="D621" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F621" s="3">
         <v>30</v>
       </c>
       <c r="G621" s="3">
         <v>10</v>
       </c>
       <c r="H621" s="3">
         <v>100</v>
       </c>
       <c r="I621" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="622" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A622" s="2" t="s">
         <v>1140</v>
       </c>
       <c r="B622" s="2"/>
       <c r="C622" s="2"/>
       <c r="D622" s="2"/>
       <c r="E622" s="2"/>
       <c r="F622" s="2"/>
       <c r="G622" s="2"/>
       <c r="H622" s="2"/>
       <c r="I622" s="2"/>
     </row>
     <row r="623" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A623" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="B623" s="3" t="s">
         <v>1142</v>
       </c>
       <c r="C623" s="3">
-        <v>444.24</v>
+        <v>540.34</v>
       </c>
       <c r="D623" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F623" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G623" s="3">
         <v>10</v>
       </c>
       <c r="H623" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I623" s="3">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="624" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A624" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="B624" s="3" t="s">
         <v>1144</v>
       </c>
       <c r="C624" s="3">
-        <v>540.34</v>
+        <v>444.24</v>
       </c>
       <c r="D624" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F624" s="3">
         <v>0</v>
       </c>
       <c r="G624" s="3">
         <v>10</v>
       </c>
       <c r="H624" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I624" s="3">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="625" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A625" s="3" t="s">
         <v>1145</v>
       </c>
       <c r="B625" s="3" t="s">
         <v>1146</v>
       </c>
       <c r="C625" s="3">
         <v>463.45</v>
       </c>
       <c r="D625" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F625" s="3">
         <v>0</v>
       </c>
       <c r="G625" s="3">
         <v>10</v>
       </c>
       <c r="H625" s="3">
         <v>10</v>
       </c>
       <c r="I625" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="626" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A626" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="B626" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="C626" s="3">
         <v>509.67</v>
       </c>
       <c r="D626" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F626" s="3">
         <v>0</v>
       </c>
       <c r="G626" s="3">
         <v>10</v>
       </c>
       <c r="H626" s="3">
         <v>100</v>
       </c>
       <c r="I626" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="627" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A627" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="C627" s="3">
         <v>598.01</v>
       </c>
       <c r="D627" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F627" s="3">
         <v>0</v>
       </c>
       <c r="G627" s="3">
         <v>10</v>
       </c>
       <c r="H627" s="3">
         <v>100</v>
       </c>
       <c r="I627" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="628" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A628" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="B628" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="C628" s="3">
         <v>686.25</v>
       </c>
       <c r="D628" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F628" s="3">
         <v>0</v>
       </c>
       <c r="G628" s="3">
         <v>10</v>
       </c>
       <c r="H628" s="3">
         <v>5</v>
       </c>
       <c r="I628" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A629" s="2" t="s">
         <v>1153</v>
       </c>
       <c r="B629" s="2"/>
       <c r="C629" s="2"/>
       <c r="D629" s="2"/>
       <c r="E629" s="2"/>
       <c r="F629" s="2"/>
       <c r="G629" s="2"/>
       <c r="H629" s="2"/>
       <c r="I629" s="2"/>
     </row>
     <row r="630" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A630" s="2" t="s">
         <v>1154</v>
       </c>
       <c r="B630" s="2"/>
       <c r="C630" s="2"/>
       <c r="D630" s="2"/>
       <c r="E630" s="2"/>
       <c r="F630" s="2"/>
       <c r="G630" s="2"/>
       <c r="H630" s="2"/>
       <c r="I630" s="2"/>
     </row>
     <row r="631" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A631" s="3" t="s">
         <v>1155</v>
       </c>
       <c r="B631" s="3" t="s">
         <v>1156</v>
       </c>
       <c r="C631" s="3">
-        <v>852.14</v>
+        <v>1005.91</v>
       </c>
       <c r="D631" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F631" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G631" s="3">
         <v>10</v>
       </c>
       <c r="H631" s="3">
         <v>100</v>
       </c>
       <c r="I631" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="632" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A632" s="3" t="s">
         <v>1157</v>
       </c>
       <c r="B632" s="3" t="s">
         <v>1158</v>
       </c>
       <c r="C632" s="3">
-        <v>929.04</v>
+        <v>852.14</v>
       </c>
       <c r="D632" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F632" s="3">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="G632" s="3">
         <v>10</v>
       </c>
       <c r="H632" s="3">
         <v>100</v>
       </c>
       <c r="I632" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="633" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A633" s="3" t="s">
         <v>1159</v>
       </c>
       <c r="B633" s="3" t="s">
         <v>1160</v>
       </c>
       <c r="C633" s="3">
-        <v>1005.91</v>
+        <v>929.04</v>
       </c>
       <c r="D633" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F633" s="3">
         <v>10</v>
       </c>
       <c r="G633" s="3">
         <v>10</v>
       </c>
       <c r="H633" s="3">
         <v>100</v>
       </c>
       <c r="I633" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="634" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A634" s="2" t="s">
         <v>1161</v>
       </c>
       <c r="B634" s="2"/>
       <c r="C634" s="2"/>
       <c r="D634" s="2"/>
       <c r="E634" s="2"/>
       <c r="F634" s="2"/>
       <c r="G634" s="2"/>
       <c r="H634" s="2"/>
       <c r="I634" s="2"/>
     </row>
     <row r="635" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A635" s="3" t="s">
         <v>1162</v>
       </c>
       <c r="B635" s="3" t="s">
         <v>1163</v>
       </c>
       <c r="C635" s="3">
-        <v>929.04</v>
+        <v>846.34</v>
       </c>
       <c r="D635" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F635" s="3">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G635" s="3">
         <v>10</v>
       </c>
       <c r="H635" s="3">
         <v>100</v>
       </c>
       <c r="I635" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="636" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A636" s="3" t="s">
         <v>1164</v>
       </c>
       <c r="B636" s="3" t="s">
         <v>1165</v>
       </c>
       <c r="C636" s="3">
-        <v>846.34</v>
+        <v>890.59</v>
       </c>
       <c r="D636" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F636" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="G636" s="3">
         <v>10</v>
       </c>
       <c r="H636" s="3">
         <v>100</v>
       </c>
       <c r="I636" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="637" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A637" s="3" t="s">
         <v>1166</v>
       </c>
       <c r="B637" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="C637" s="3">
-        <v>890.59</v>
+        <v>929.04</v>
       </c>
       <c r="D637" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F637" s="3">
-        <v>80</v>
+        <v>10</v>
       </c>
       <c r="G637" s="3">
         <v>10</v>
       </c>
       <c r="H637" s="3">
         <v>100</v>
       </c>
       <c r="I637" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="638" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A638" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="B638" s="2"/>
       <c r="C638" s="2"/>
       <c r="D638" s="2"/>
       <c r="E638" s="2"/>
       <c r="F638" s="2"/>
       <c r="G638" s="2"/>
       <c r="H638" s="2"/>
       <c r="I638" s="2"/>
     </row>
     <row r="639" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A639" s="3" t="s">
         <v>1169</v>
       </c>
       <c r="B639" s="3" t="s">
         <v>1170</v>
       </c>
       <c r="C639" s="3">
-        <v>890.59</v>
+        <v>852.14</v>
       </c>
       <c r="D639" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F639" s="3">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="G639" s="3">
         <v>10</v>
       </c>
       <c r="H639" s="3">
         <v>100</v>
       </c>
       <c r="I639" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="640" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A640" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="B640" s="3" t="s">
         <v>1172</v>
       </c>
       <c r="C640" s="3">
-        <v>852.14</v>
+        <v>890.59</v>
       </c>
       <c r="D640" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F640" s="3">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G640" s="3">
         <v>10</v>
       </c>
       <c r="H640" s="3">
         <v>100</v>
       </c>
       <c r="I640" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="641" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A641" s="3" t="s">
         <v>1173</v>
       </c>
       <c r="B641" s="3" t="s">
         <v>1174</v>
       </c>
       <c r="C641" s="3">
         <v>929.04</v>
       </c>
       <c r="D641" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F641" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="G641" s="3">
         <v>10</v>
       </c>
       <c r="H641" s="3">
         <v>100</v>
       </c>
       <c r="I641" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="642" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A642" s="3" t="s">
         <v>1175</v>
       </c>
       <c r="B642" s="3" t="s">
         <v>1176</v>
       </c>
       <c r="C642" s="3">
         <v>1005.91</v>
       </c>
       <c r="D642" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F642" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G642" s="3">
         <v>10</v>
       </c>
       <c r="H642" s="3">
         <v>100</v>
       </c>
       <c r="I642" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="643" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A643" s="2" t="s">
         <v>1177</v>
       </c>
       <c r="B643" s="2"/>
       <c r="C643" s="2"/>
       <c r="D643" s="2"/>
       <c r="E643" s="2"/>
       <c r="F643" s="2"/>
       <c r="G643" s="2"/>
       <c r="H643" s="2"/>
       <c r="I643" s="2"/>
     </row>
     <row r="644" spans="1:9" x14ac:dyDescent="0.25">
@@ -21183,1186 +21183,1186 @@
         <v>1178</v>
       </c>
       <c r="B644" s="2"/>
       <c r="C644" s="2"/>
       <c r="D644" s="2"/>
       <c r="E644" s="2"/>
       <c r="F644" s="2"/>
       <c r="G644" s="2"/>
       <c r="H644" s="2"/>
       <c r="I644" s="2"/>
     </row>
     <row r="645" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A645" s="3" t="s">
         <v>1179</v>
       </c>
       <c r="B645" s="3" t="s">
         <v>1180</v>
       </c>
       <c r="C645" s="3">
         <v>852.14</v>
       </c>
       <c r="D645" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F645" s="3">
         <v>20</v>
       </c>
       <c r="G645" s="3">
         <v>10</v>
       </c>
       <c r="H645" s="3">
         <v>100</v>
       </c>
       <c r="I645" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="646" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A646" s="2" t="s">
         <v>1181</v>
       </c>
       <c r="B646" s="2"/>
       <c r="C646" s="2"/>
       <c r="D646" s="2"/>
       <c r="E646" s="2"/>
       <c r="F646" s="2"/>
       <c r="G646" s="2"/>
       <c r="H646" s="2"/>
       <c r="I646" s="2"/>
     </row>
     <row r="647" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A647" s="2" t="s">
         <v>1182</v>
       </c>
       <c r="B647" s="2"/>
       <c r="C647" s="2"/>
       <c r="D647" s="2"/>
       <c r="E647" s="2"/>
       <c r="F647" s="2"/>
       <c r="G647" s="2"/>
       <c r="H647" s="2"/>
       <c r="I647" s="2"/>
     </row>
     <row r="648" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A648" s="3" t="s">
         <v>1183</v>
       </c>
       <c r="B648" s="3" t="s">
         <v>1184</v>
       </c>
       <c r="C648" s="3">
-        <v>1395.39</v>
+        <v>818.71</v>
       </c>
       <c r="D648" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F648" s="3">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="G648" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H648" s="3">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="I648" s="3">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="649" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A649" s="3" t="s">
         <v>1185</v>
       </c>
       <c r="B649" s="3" t="s">
         <v>1186</v>
       </c>
       <c r="C649" s="3">
-        <v>818.71</v>
+        <v>463.45</v>
       </c>
       <c r="D649" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F649" s="3">
+        <v>12</v>
+      </c>
+      <c r="G649" s="3">
+        <v>1</v>
+      </c>
+      <c r="H649" s="3">
+        <v>84</v>
+      </c>
+      <c r="I649" s="3">
         <v>3</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="650" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A650" s="3" t="s">
         <v>1187</v>
       </c>
       <c r="B650" s="3" t="s">
         <v>1188</v>
       </c>
       <c r="C650" s="3">
-        <v>463.45</v>
+        <v>1395.39</v>
       </c>
       <c r="D650" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F650" s="3">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="G650" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H650" s="3">
-        <v>84</v>
+        <v>22</v>
       </c>
       <c r="I650" s="3">
-        <v>3</v>
+        <v>15</v>
       </c>
     </row>
     <row r="651" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A651" s="2" t="s">
         <v>1189</v>
       </c>
       <c r="B651" s="2"/>
       <c r="C651" s="2"/>
       <c r="D651" s="2"/>
       <c r="E651" s="2"/>
       <c r="F651" s="2"/>
       <c r="G651" s="2"/>
       <c r="H651" s="2"/>
       <c r="I651" s="2"/>
     </row>
     <row r="652" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A652" s="2" t="s">
         <v>1190</v>
       </c>
       <c r="B652" s="2"/>
       <c r="C652" s="2"/>
       <c r="D652" s="2"/>
       <c r="E652" s="2"/>
       <c r="F652" s="2"/>
       <c r="G652" s="2"/>
       <c r="H652" s="2"/>
       <c r="I652" s="2"/>
     </row>
     <row r="653" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A653" s="3" t="s">
         <v>1191</v>
       </c>
       <c r="B653" s="3" t="s">
         <v>1192</v>
       </c>
       <c r="C653" s="3">
-        <v>1621.88</v>
+        <v>248.82</v>
       </c>
       <c r="D653" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>16</v>
+        <v>228</v>
       </c>
       <c r="F653" s="3">
-        <v>734</v>
+        <v>1710</v>
       </c>
       <c r="G653" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H653" s="3">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="I653" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="654" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A654" s="3" t="s">
         <v>1193</v>
       </c>
       <c r="B654" s="3" t="s">
         <v>1194</v>
       </c>
       <c r="C654" s="3">
-        <v>29.33</v>
+        <v>289.5</v>
       </c>
       <c r="D654" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E654" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F654" s="3">
+        <v>7010</v>
+      </c>
+      <c r="G654" s="3">
+        <v>10</v>
+      </c>
+      <c r="H654" s="3">
+        <v>250</v>
+      </c>
+      <c r="I654" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="655" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A655" s="2" t="s">
         <v>1195</v>
       </c>
-      <c r="F654" s="3">
-[...39 lines deleted...]
-      </c>
+      <c r="B655" s="2"/>
+      <c r="C655" s="2"/>
+      <c r="D655" s="2"/>
+      <c r="E655" s="2"/>
+      <c r="F655" s="2"/>
+      <c r="G655" s="2"/>
+      <c r="H655" s="2"/>
+      <c r="I655" s="2"/>
     </row>
     <row r="656" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A656" s="3" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B656" s="3" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C656" s="3">
+        <v>29.33</v>
+      </c>
+      <c r="D656" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E656" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="B656" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F656" s="3">
-        <v>79</v>
+        <v>99000</v>
       </c>
       <c r="G656" s="3">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="H656" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I656" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="657" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A657" s="3" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B657" s="3" t="s">
         <v>1200</v>
       </c>
-      <c r="B657" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="3">
-        <v>2583.67</v>
+        <v>1997.06</v>
       </c>
       <c r="D657" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E657" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F657" s="3">
-        <v>283</v>
+        <v>66</v>
       </c>
       <c r="G657" s="3">
         <v>1</v>
       </c>
       <c r="H657" s="3">
         <v>10</v>
       </c>
       <c r="I657" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="658" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A658" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B658" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="B658" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C658" s="3">
-        <v>110.64</v>
+        <v>2583.67</v>
       </c>
       <c r="D658" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>1195</v>
+        <v>16</v>
       </c>
       <c r="F658" s="3">
-        <v>9500</v>
+        <v>349</v>
       </c>
       <c r="G658" s="3">
-        <v>500</v>
+        <v>1</v>
       </c>
       <c r="H658" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I658" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="659" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A659" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B659" s="3" t="s">
         <v>1204</v>
       </c>
-      <c r="B659" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C659" s="3">
-        <v>1457.76</v>
+        <v>1621.88</v>
       </c>
       <c r="D659" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E659" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F659" s="3">
-        <v>137</v>
+        <v>1231</v>
       </c>
       <c r="G659" s="3">
         <v>1</v>
       </c>
       <c r="H659" s="3">
         <v>10</v>
       </c>
       <c r="I659" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="660" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A660" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B660" s="3" t="s">
         <v>1206</v>
-      </c>
-[...1 lines deleted...]
-        <v>1207</v>
       </c>
       <c r="C660" s="3">
         <v>1997.08</v>
       </c>
       <c r="D660" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
         <v>16</v>
       </c>
       <c r="F660" s="3">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="G660" s="3">
         <v>1</v>
       </c>
       <c r="H660" s="3">
         <v>10</v>
       </c>
       <c r="I660" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="661" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A661" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B661" s="3" t="s">
         <v>1208</v>
       </c>
-      <c r="B661" s="3" t="s">
+      <c r="C661" s="3">
+        <v>68.61</v>
+      </c>
+      <c r="D661" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E661" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F661" s="3">
+        <v>12000</v>
+      </c>
+      <c r="G661" s="3">
+        <v>500</v>
+      </c>
+      <c r="H661" s="3">
+        <v>500</v>
+      </c>
+      <c r="I661" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="662" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A662" s="3" t="s">
         <v>1209</v>
       </c>
-      <c r="C661" s="3">
-[...22 lines deleted...]
-      <c r="A662" s="2" t="s">
+      <c r="B662" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="B662" s="2"/>
-[...6 lines deleted...]
-      <c r="I662" s="2"/>
+      <c r="C662" s="3">
+        <v>110.64</v>
+      </c>
+      <c r="D662" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E662" s="3" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F662" s="3">
+        <v>8500</v>
+      </c>
+      <c r="G662" s="3">
+        <v>500</v>
+      </c>
+      <c r="H662" s="3">
+        <v>500</v>
+      </c>
+      <c r="I662" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="663" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A663" s="3" t="s">
         <v>1211</v>
       </c>
       <c r="B663" s="3" t="s">
         <v>1212</v>
       </c>
       <c r="C663" s="3">
-        <v>248.82</v>
+        <v>1457.76</v>
       </c>
       <c r="D663" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>234</v>
+        <v>16</v>
       </c>
       <c r="F663" s="3">
-        <v>2790</v>
+        <v>433</v>
       </c>
       <c r="G663" s="3">
+        <v>1</v>
+      </c>
+      <c r="H663" s="3">
         <v>10</v>
       </c>
-      <c r="H663" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I663" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="664" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A664" s="3" t="s">
         <v>1213</v>
       </c>
       <c r="B664" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="C664" s="3">
-        <v>289.5</v>
+        <v>2700.65</v>
       </c>
       <c r="D664" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>234</v>
+        <v>16</v>
       </c>
       <c r="F664" s="3">
-        <v>7120</v>
+        <v>692</v>
       </c>
       <c r="G664" s="3">
+        <v>1</v>
+      </c>
+      <c r="H664" s="3">
         <v>10</v>
       </c>
-      <c r="H664" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I664" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="665" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A665" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="B665" s="2"/>
       <c r="C665" s="2"/>
       <c r="D665" s="2"/>
       <c r="E665" s="2"/>
       <c r="F665" s="2"/>
       <c r="G665" s="2"/>
       <c r="H665" s="2"/>
       <c r="I665" s="2"/>
     </row>
     <row r="666" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A666" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="B666" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="C666" s="3">
-        <v>4.36</v>
+        <v>63.1</v>
       </c>
       <c r="D666" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F666" s="3">
-        <v>15500</v>
+        <v>22722</v>
       </c>
       <c r="G666" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H666" s="3">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="I666" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="667" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A667" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="B667" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="C667" s="3">
-        <v>94.48</v>
+        <v>4.69</v>
       </c>
       <c r="D667" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F667" s="3">
-        <v>15361</v>
+        <v>37100</v>
       </c>
       <c r="G667" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H667" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I667" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="668" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A668" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="B668" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="C668" s="3">
-        <v>4.93</v>
+        <v>6.21</v>
       </c>
       <c r="D668" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F668" s="3">
-        <v>193100</v>
+        <v>60400</v>
       </c>
       <c r="G668" s="3">
         <v>100</v>
       </c>
       <c r="H668" s="3">
         <v>20000</v>
       </c>
       <c r="I668" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="669" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A669" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="B669" s="3" t="s">
         <v>1223</v>
       </c>
       <c r="C669" s="3">
-        <v>4.69</v>
+        <v>6.01</v>
       </c>
       <c r="D669" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F669" s="3">
-        <v>41300</v>
+        <v>26200</v>
       </c>
       <c r="G669" s="3">
         <v>100</v>
       </c>
       <c r="H669" s="3">
         <v>20000</v>
       </c>
       <c r="I669" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="670" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A670" s="3" t="s">
         <v>1224</v>
       </c>
       <c r="B670" s="3" t="s">
         <v>1225</v>
       </c>
       <c r="C670" s="3">
-        <v>6.21</v>
+        <v>57.78</v>
       </c>
       <c r="D670" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F670" s="3">
-        <v>36200</v>
+        <v>6399</v>
       </c>
       <c r="G670" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H670" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I670" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="671" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A671" s="3" t="s">
         <v>1226</v>
       </c>
       <c r="B671" s="3" t="s">
         <v>1227</v>
       </c>
       <c r="C671" s="3">
-        <v>6.01</v>
+        <v>47.64</v>
       </c>
       <c r="D671" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F671" s="3">
-        <v>34200</v>
+        <v>5400</v>
       </c>
       <c r="G671" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H671" s="3">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="I671" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="672" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A672" s="3" t="s">
         <v>1228</v>
       </c>
       <c r="B672" s="3" t="s">
         <v>1229</v>
       </c>
       <c r="C672" s="3">
-        <v>63.1</v>
+        <v>60.56</v>
       </c>
       <c r="D672" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F672" s="3">
-        <v>27402</v>
+        <v>5741</v>
       </c>
       <c r="G672" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H672" s="3">
         <v>500</v>
       </c>
       <c r="I672" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="673" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A673" s="3" t="s">
         <v>1230</v>
       </c>
       <c r="B673" s="3" t="s">
         <v>1231</v>
       </c>
       <c r="C673" s="3">
-        <v>47.64</v>
+        <v>92.01</v>
       </c>
       <c r="D673" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F673" s="3">
-        <v>3200</v>
+        <v>0</v>
       </c>
       <c r="G673" s="3">
         <v>50</v>
       </c>
       <c r="H673" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I673" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="674" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A674" s="3" t="s">
         <v>1232</v>
       </c>
       <c r="B674" s="3" t="s">
         <v>1233</v>
       </c>
       <c r="C674" s="3">
-        <v>60.56</v>
+        <v>94.48</v>
       </c>
       <c r="D674" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F674" s="3">
-        <v>6591</v>
+        <v>13888</v>
       </c>
       <c r="G674" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H674" s="3">
         <v>500</v>
       </c>
       <c r="I674" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="675" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A675" s="3" t="s">
         <v>1234</v>
       </c>
       <c r="B675" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="C675" s="3">
-        <v>92.01</v>
+        <v>4.36</v>
       </c>
       <c r="D675" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F675" s="3">
-        <v>0</v>
+        <v>40400</v>
       </c>
       <c r="G675" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H675" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I675" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="676" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A676" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="B676" s="3" t="s">
         <v>1237</v>
       </c>
       <c r="C676" s="3">
-        <v>57.78</v>
+        <v>4.93</v>
       </c>
       <c r="D676" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F676" s="3">
-        <v>8699</v>
+        <v>178300</v>
       </c>
       <c r="G676" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H676" s="3">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="I676" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="677" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A677" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="B677" s="2"/>
       <c r="C677" s="2"/>
       <c r="D677" s="2"/>
       <c r="E677" s="2"/>
       <c r="F677" s="2"/>
       <c r="G677" s="2"/>
       <c r="H677" s="2"/>
       <c r="I677" s="2"/>
     </row>
     <row r="678" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A678" s="2" t="s">
         <v>1239</v>
       </c>
       <c r="B678" s="2"/>
       <c r="C678" s="2"/>
       <c r="D678" s="2"/>
       <c r="E678" s="2"/>
       <c r="F678" s="2"/>
       <c r="G678" s="2"/>
       <c r="H678" s="2"/>
       <c r="I678" s="2"/>
     </row>
     <row r="679" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A679" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="B679" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="C679" s="3">
-        <v>42.94</v>
+        <v>272.55</v>
       </c>
       <c r="D679" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F679" s="3">
-        <v>131790</v>
+        <v>1690</v>
       </c>
       <c r="G679" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H679" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I679" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="680" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A680" s="3" t="s">
         <v>1242</v>
       </c>
       <c r="B680" s="3" t="s">
         <v>1243</v>
       </c>
       <c r="C680" s="3">
         <v>85.95</v>
       </c>
       <c r="D680" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F680" s="3">
-        <v>5800</v>
+        <v>7700</v>
       </c>
       <c r="G680" s="3">
         <v>50</v>
       </c>
       <c r="H680" s="3">
         <v>1000</v>
       </c>
       <c r="I680" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="681" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A681" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="B681" s="3" t="s">
         <v>1245</v>
       </c>
       <c r="C681" s="3">
         <v>163.94</v>
       </c>
       <c r="D681" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F681" s="3">
-        <v>733</v>
+        <v>1162</v>
       </c>
       <c r="G681" s="3">
         <v>1</v>
       </c>
       <c r="H681" s="3">
         <v>500</v>
       </c>
       <c r="I681" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="682" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A682" s="3" t="s">
         <v>1246</v>
       </c>
       <c r="B682" s="3" t="s">
         <v>1247</v>
       </c>
       <c r="C682" s="3">
         <v>269.71</v>
       </c>
       <c r="D682" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F682" s="3">
-        <v>0</v>
+        <v>709</v>
       </c>
       <c r="G682" s="3">
         <v>1</v>
       </c>
       <c r="H682" s="3">
         <v>500</v>
       </c>
       <c r="I682" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="683" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A683" s="3" t="s">
         <v>1248</v>
       </c>
       <c r="B683" s="3" t="s">
         <v>1249</v>
       </c>
       <c r="C683" s="3">
-        <v>272.55</v>
+        <v>85.95</v>
       </c>
       <c r="D683" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F683" s="3">
-        <v>2030</v>
+        <v>1900</v>
       </c>
       <c r="G683" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H683" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I683" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="684" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A684" s="3" t="s">
         <v>1250</v>
       </c>
       <c r="B684" s="3" t="s">
         <v>1251</v>
       </c>
       <c r="C684" s="3">
-        <v>85.95</v>
+        <v>42.94</v>
       </c>
       <c r="D684" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F684" s="3">
-        <v>1100</v>
+        <v>113250</v>
       </c>
       <c r="G684" s="3">
         <v>50</v>
       </c>
       <c r="H684" s="3">
         <v>1000</v>
       </c>
       <c r="I684" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="685" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A685" s="3" t="s">
         <v>1252</v>
       </c>
       <c r="B685" s="3" t="s">
         <v>1253</v>
       </c>
       <c r="C685" s="3">
         <v>81.63</v>
       </c>
       <c r="D685" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F685" s="3">
-        <v>127369</v>
+        <v>159018</v>
       </c>
       <c r="G685" s="3">
         <v>50</v>
       </c>
       <c r="H685" s="3">
         <v>1000</v>
       </c>
       <c r="I685" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="686" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A686" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="B686" s="2"/>
       <c r="C686" s="2"/>
       <c r="D686" s="2"/>
       <c r="E686" s="2"/>
       <c r="F686" s="2"/>
       <c r="G686" s="2"/>
       <c r="H686" s="2"/>
       <c r="I686" s="2"/>
     </row>
     <row r="687" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A687" s="3" t="s">
         <v>1255</v>
       </c>
       <c r="B687" s="3" t="s">
         <v>1256</v>
       </c>
       <c r="C687" s="3">
-        <v>7.58</v>
+        <v>11.33</v>
       </c>
       <c r="D687" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F687" s="3">
-        <v>477200</v>
+        <v>24100</v>
       </c>
       <c r="G687" s="3">
         <v>100</v>
       </c>
       <c r="H687" s="3">
         <v>10000</v>
       </c>
       <c r="I687" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A688" s="3" t="s">
         <v>1257</v>
       </c>
       <c r="B688" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="C688" s="3">
-        <v>11.33</v>
+        <v>7.58</v>
       </c>
       <c r="D688" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F688" s="3">
-        <v>44500</v>
+        <v>407200</v>
       </c>
       <c r="G688" s="3">
         <v>100</v>
       </c>
       <c r="H688" s="3">
         <v>10000</v>
       </c>
       <c r="I688" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="689" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A689" s="3" t="s">
         <v>1259</v>
       </c>
       <c r="B689" s="3" t="s">
         <v>1260</v>
       </c>
       <c r="C689" s="3">
         <v>3.88</v>
       </c>
       <c r="D689" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F689" s="3">
-        <v>101500</v>
+        <v>930100</v>
       </c>
       <c r="G689" s="3">
         <v>100</v>
       </c>
       <c r="H689" s="3">
         <v>20000</v>
       </c>
       <c r="I689" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="690" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A690" s="2" t="s">
         <v>1261</v>
       </c>
       <c r="B690" s="2"/>
       <c r="C690" s="2"/>
       <c r="D690" s="2"/>
       <c r="E690" s="2"/>
       <c r="F690" s="2"/>
       <c r="G690" s="2"/>
       <c r="H690" s="2"/>
       <c r="I690" s="2"/>
     </row>
     <row r="691" spans="1:9" x14ac:dyDescent="0.25">
@@ -22370,586 +22370,586 @@
         <v>1262</v>
       </c>
       <c r="B691" s="2"/>
       <c r="C691" s="2"/>
       <c r="D691" s="2"/>
       <c r="E691" s="2"/>
       <c r="F691" s="2"/>
       <c r="G691" s="2"/>
       <c r="H691" s="2"/>
       <c r="I691" s="2"/>
     </row>
     <row r="692" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A692" s="3" t="s">
         <v>1263</v>
       </c>
       <c r="B692" s="3" t="s">
         <v>1264</v>
       </c>
       <c r="C692" s="3">
         <v>543.43</v>
       </c>
       <c r="D692" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F692" s="3">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="G692" s="3">
         <v>1</v>
       </c>
       <c r="H692" s="3">
         <v>10</v>
       </c>
       <c r="I692" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="693" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A693" s="3" t="s">
         <v>1265</v>
       </c>
       <c r="B693" s="3" t="s">
         <v>1266</v>
       </c>
       <c r="C693" s="3">
         <v>293.03</v>
       </c>
       <c r="D693" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F693" s="3">
-        <v>375</v>
+        <v>99</v>
       </c>
       <c r="G693" s="3">
         <v>1</v>
       </c>
       <c r="H693" s="3">
         <v>10</v>
       </c>
       <c r="I693" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="694" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A694" s="3" t="s">
         <v>1267</v>
       </c>
       <c r="B694" s="3" t="s">
         <v>1268</v>
       </c>
       <c r="C694" s="3">
         <v>470.7</v>
       </c>
       <c r="D694" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F694" s="3">
-        <v>158</v>
+        <v>291</v>
       </c>
       <c r="G694" s="3">
         <v>1</v>
       </c>
       <c r="H694" s="3">
         <v>10</v>
       </c>
       <c r="I694" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="695" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A695" s="2" t="s">
         <v>1269</v>
       </c>
       <c r="B695" s="2"/>
       <c r="C695" s="2"/>
       <c r="D695" s="2"/>
       <c r="E695" s="2"/>
       <c r="F695" s="2"/>
       <c r="G695" s="2"/>
       <c r="H695" s="2"/>
       <c r="I695" s="2"/>
     </row>
     <row r="696" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A696" s="3" t="s">
         <v>1270</v>
       </c>
       <c r="B696" s="3" t="s">
         <v>1271</v>
       </c>
       <c r="C696" s="3">
         <v>59.39</v>
       </c>
       <c r="D696" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E696" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F696" s="3">
-        <v>115</v>
+        <v>84</v>
       </c>
       <c r="G696" s="3">
         <v>1</v>
       </c>
       <c r="H696" s="3">
         <v>50</v>
       </c>
       <c r="I696" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="697" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A697" s="3" t="s">
         <v>1273</v>
       </c>
       <c r="B697" s="3" t="s">
         <v>1274</v>
       </c>
       <c r="C697" s="3">
-        <v>78.13</v>
+        <v>222.86</v>
       </c>
       <c r="D697" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E697" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F697" s="3">
-        <v>532</v>
+        <v>1049</v>
       </c>
       <c r="G697" s="3">
         <v>1</v>
       </c>
       <c r="H697" s="3">
         <v>10</v>
       </c>
       <c r="I697" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A698" s="3" t="s">
         <v>1275</v>
       </c>
       <c r="B698" s="3" t="s">
         <v>1276</v>
       </c>
       <c r="C698" s="3">
-        <v>47.36</v>
+        <v>150.88</v>
       </c>
       <c r="D698" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E698" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F698" s="3">
-        <v>397</v>
+        <v>160</v>
       </c>
       <c r="G698" s="3">
         <v>1</v>
       </c>
       <c r="H698" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I698" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="699" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A699" s="3" t="s">
         <v>1277</v>
       </c>
       <c r="B699" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="C699" s="3">
-        <v>218.86</v>
+        <v>78.13</v>
       </c>
       <c r="D699" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E699" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F699" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G699" s="3">
         <v>1</v>
       </c>
       <c r="H699" s="3">
         <v>10</v>
       </c>
       <c r="I699" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="700" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A700" s="3" t="s">
         <v>1279</v>
       </c>
       <c r="B700" s="3" t="s">
         <v>1280</v>
       </c>
       <c r="C700" s="3">
-        <v>67.61</v>
+        <v>188.07</v>
       </c>
       <c r="D700" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E700" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F700" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G700" s="3">
         <v>1</v>
       </c>
       <c r="H700" s="3">
         <v>10</v>
       </c>
       <c r="I700" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="701" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A701" s="3" t="s">
         <v>1281</v>
       </c>
       <c r="B701" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="C701" s="3">
-        <v>222.86</v>
+        <v>47.36</v>
       </c>
       <c r="D701" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E701" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F701" s="3">
-        <v>501</v>
+        <v>261</v>
       </c>
       <c r="G701" s="3">
         <v>1</v>
       </c>
       <c r="H701" s="3">
         <v>10</v>
       </c>
       <c r="I701" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="702" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A702" s="3" t="s">
         <v>1283</v>
       </c>
       <c r="B702" s="3" t="s">
         <v>1284</v>
       </c>
       <c r="C702" s="3">
-        <v>188.07</v>
+        <v>218.86</v>
       </c>
       <c r="D702" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E702" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F702" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G702" s="3">
         <v>1</v>
       </c>
       <c r="H702" s="3">
         <v>10</v>
       </c>
       <c r="I702" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="703" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A703" s="3" t="s">
         <v>1285</v>
       </c>
       <c r="B703" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="C703" s="3">
-        <v>150.88</v>
+        <v>67.61</v>
       </c>
       <c r="D703" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E703" s="3" t="s">
         <v>1272</v>
       </c>
       <c r="F703" s="3">
-        <v>277</v>
+        <v>0</v>
       </c>
       <c r="G703" s="3">
         <v>1</v>
       </c>
       <c r="H703" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I703" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="704" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A704" s="2" t="s">
         <v>1287</v>
       </c>
       <c r="B704" s="2"/>
       <c r="C704" s="2"/>
       <c r="D704" s="2"/>
       <c r="E704" s="2"/>
       <c r="F704" s="2"/>
       <c r="G704" s="2"/>
       <c r="H704" s="2"/>
       <c r="I704" s="2"/>
     </row>
     <row r="705" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A705" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="B705" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="C705" s="3">
         <v>104.06</v>
       </c>
       <c r="D705" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F705" s="3">
-        <v>425</v>
+        <v>903</v>
       </c>
       <c r="G705" s="3">
         <v>1</v>
       </c>
       <c r="H705" s="3">
         <v>10</v>
       </c>
       <c r="I705" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="706" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A706" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="B706" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="C706" s="3">
-        <v>135.65</v>
+        <v>1882.56</v>
       </c>
       <c r="D706" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F706" s="3">
-        <v>60</v>
+        <v>246</v>
       </c>
       <c r="G706" s="3">
         <v>1</v>
       </c>
       <c r="H706" s="3">
         <v>10</v>
       </c>
       <c r="I706" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="707" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A707" s="3" t="s">
         <v>1292</v>
       </c>
       <c r="B707" s="3" t="s">
         <v>1293</v>
       </c>
       <c r="C707" s="3">
-        <v>137.63</v>
+        <v>101.39</v>
       </c>
       <c r="D707" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E707" s="3" t="s">
-        <v>234</v>
+        <v>1272</v>
       </c>
       <c r="F707" s="3">
-        <v>182</v>
+        <v>766</v>
       </c>
       <c r="G707" s="3">
         <v>1</v>
       </c>
       <c r="H707" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I707" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="708" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A708" s="3" t="s">
         <v>1294</v>
       </c>
       <c r="B708" s="3" t="s">
         <v>1295</v>
       </c>
       <c r="C708" s="3">
-        <v>1882.56</v>
+        <v>137.63</v>
       </c>
       <c r="D708" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E708" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F708" s="3">
-        <v>260</v>
+        <v>195</v>
       </c>
       <c r="G708" s="3">
         <v>1</v>
       </c>
       <c r="H708" s="3">
         <v>10</v>
       </c>
       <c r="I708" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="709" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A709" s="3" t="s">
         <v>1296</v>
       </c>
       <c r="B709" s="3" t="s">
         <v>1297</v>
       </c>
       <c r="C709" s="3">
-        <v>101.39</v>
+        <v>135.65</v>
       </c>
       <c r="D709" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E709" s="3" t="s">
-        <v>1272</v>
+        <v>228</v>
       </c>
       <c r="F709" s="3">
         <v>0</v>
       </c>
       <c r="G709" s="3">
         <v>1</v>
       </c>
       <c r="H709" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I709" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="710" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A710" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="B710" s="2"/>
       <c r="C710" s="2"/>
       <c r="D710" s="2"/>
       <c r="E710" s="2"/>
       <c r="F710" s="2"/>
       <c r="G710" s="2"/>
       <c r="H710" s="2"/>
       <c r="I710" s="2"/>
     </row>
     <row r="711" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A711" s="3" t="s">
         <v>1299</v>
       </c>
       <c r="B711" s="3" t="s">
         <v>1300</v>
       </c>
       <c r="C711" s="3">
         <v>253.48</v>
       </c>
       <c r="D711" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F711" s="3">
-        <v>281</v>
+        <v>246</v>
       </c>
       <c r="G711" s="3">
         <v>1</v>
       </c>
       <c r="H711" s="3">
         <v>10</v>
       </c>
       <c r="I711" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="712" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A712" s="3" t="s">
         <v>1301</v>
       </c>
       <c r="B712" s="3" t="s">
         <v>1302</v>
       </c>
       <c r="C712" s="3">
         <v>517.13</v>
       </c>
       <c r="D712" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E712" s="3" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="F712" s="3">
-        <v>208</v>
+        <v>62</v>
       </c>
       <c r="G712" s="3">
         <v>1</v>
       </c>
       <c r="H712" s="3">
         <v>10</v>
       </c>
       <c r="I712" s="3">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="131">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A26:I26"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A49:I49"/>
     <mergeCell ref="A59:I59"/>
@@ -22978,51 +22978,51 @@
     <mergeCell ref="A166:I166"/>
     <mergeCell ref="A173:I173"/>
     <mergeCell ref="A182:I182"/>
     <mergeCell ref="A185:I185"/>
     <mergeCell ref="A188:I188"/>
     <mergeCell ref="A190:I190"/>
     <mergeCell ref="A191:I191"/>
     <mergeCell ref="A193:I193"/>
     <mergeCell ref="A199:I199"/>
     <mergeCell ref="A205:I205"/>
     <mergeCell ref="A208:I208"/>
     <mergeCell ref="A216:I216"/>
     <mergeCell ref="A219:I219"/>
     <mergeCell ref="A220:I220"/>
     <mergeCell ref="A225:I225"/>
     <mergeCell ref="A230:I230"/>
     <mergeCell ref="A234:I234"/>
     <mergeCell ref="A237:I237"/>
     <mergeCell ref="A251:I251"/>
     <mergeCell ref="A252:I252"/>
     <mergeCell ref="A253:I253"/>
     <mergeCell ref="A296:I296"/>
     <mergeCell ref="A304:I304"/>
     <mergeCell ref="A347:I347"/>
     <mergeCell ref="A355:I355"/>
-    <mergeCell ref="A361:I361"/>
+    <mergeCell ref="A363:I363"/>
     <mergeCell ref="A369:I369"/>
     <mergeCell ref="A370:I370"/>
     <mergeCell ref="A382:I382"/>
     <mergeCell ref="A389:I389"/>
     <mergeCell ref="A396:I396"/>
     <mergeCell ref="A402:I402"/>
     <mergeCell ref="A403:I403"/>
     <mergeCell ref="A404:I404"/>
     <mergeCell ref="A411:I411"/>
     <mergeCell ref="A417:I417"/>
     <mergeCell ref="A424:I424"/>
     <mergeCell ref="A427:I427"/>
     <mergeCell ref="A430:I430"/>
     <mergeCell ref="A433:I433"/>
     <mergeCell ref="A438:I438"/>
     <mergeCell ref="A445:I445"/>
     <mergeCell ref="A448:I448"/>
     <mergeCell ref="A449:I449"/>
     <mergeCell ref="A458:I458"/>
     <mergeCell ref="A462:I462"/>
     <mergeCell ref="A469:I469"/>
     <mergeCell ref="A473:I473"/>
     <mergeCell ref="A475:I475"/>
     <mergeCell ref="A477:I477"/>
     <mergeCell ref="A480:I480"/>
@@ -23040,51 +23040,51 @@
     <mergeCell ref="A517:I517"/>
     <mergeCell ref="A520:I520"/>
     <mergeCell ref="A523:I523"/>
     <mergeCell ref="A527:I527"/>
     <mergeCell ref="A537:I537"/>
     <mergeCell ref="A549:I549"/>
     <mergeCell ref="A567:I567"/>
     <mergeCell ref="A591:I591"/>
     <mergeCell ref="A598:I598"/>
     <mergeCell ref="A605:I605"/>
     <mergeCell ref="A606:I606"/>
     <mergeCell ref="A607:I607"/>
     <mergeCell ref="A609:I609"/>
     <mergeCell ref="A617:I617"/>
     <mergeCell ref="A622:I622"/>
     <mergeCell ref="A629:I629"/>
     <mergeCell ref="A630:I630"/>
     <mergeCell ref="A634:I634"/>
     <mergeCell ref="A638:I638"/>
     <mergeCell ref="A643:I643"/>
     <mergeCell ref="A644:I644"/>
     <mergeCell ref="A646:I646"/>
     <mergeCell ref="A647:I647"/>
     <mergeCell ref="A651:I651"/>
     <mergeCell ref="A652:I652"/>
-    <mergeCell ref="A662:I662"/>
+    <mergeCell ref="A655:I655"/>
     <mergeCell ref="A665:I665"/>
     <mergeCell ref="A677:I677"/>
     <mergeCell ref="A678:I678"/>
     <mergeCell ref="A686:I686"/>
     <mergeCell ref="A690:I690"/>
     <mergeCell ref="A691:I691"/>
     <mergeCell ref="A695:I695"/>
     <mergeCell ref="A704:I704"/>
     <mergeCell ref="A710:I710"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D6" r:id="rId1"/>
     <hyperlink ref="D7" r:id="rId2"/>
     <hyperlink ref="D8" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D13" r:id="rId7"/>
     <hyperlink ref="D14" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D18" r:id="rId10"/>
     <hyperlink ref="D19" r:id="rId11"/>
     <hyperlink ref="D20" r:id="rId12"/>
     <hyperlink ref="D21" r:id="rId13"/>
     <hyperlink ref="D22" r:id="rId14"/>
@@ -23352,52 +23352,52 @@
     <hyperlink ref="D334" r:id="rId276"/>
     <hyperlink ref="D335" r:id="rId277"/>
     <hyperlink ref="D336" r:id="rId278"/>
     <hyperlink ref="D337" r:id="rId279"/>
     <hyperlink ref="D338" r:id="rId280"/>
     <hyperlink ref="D339" r:id="rId281"/>
     <hyperlink ref="D340" r:id="rId282"/>
     <hyperlink ref="D341" r:id="rId283"/>
     <hyperlink ref="D342" r:id="rId284"/>
     <hyperlink ref="D343" r:id="rId285"/>
     <hyperlink ref="D344" r:id="rId286"/>
     <hyperlink ref="D345" r:id="rId287"/>
     <hyperlink ref="D346" r:id="rId288"/>
     <hyperlink ref="D348" r:id="rId289"/>
     <hyperlink ref="D349" r:id="rId290"/>
     <hyperlink ref="D350" r:id="rId291"/>
     <hyperlink ref="D351" r:id="rId292"/>
     <hyperlink ref="D352" r:id="rId293"/>
     <hyperlink ref="D353" r:id="rId294"/>
     <hyperlink ref="D354" r:id="rId295"/>
     <hyperlink ref="D356" r:id="rId296"/>
     <hyperlink ref="D357" r:id="rId297"/>
     <hyperlink ref="D358" r:id="rId298"/>
     <hyperlink ref="D359" r:id="rId299"/>
     <hyperlink ref="D360" r:id="rId300"/>
-    <hyperlink ref="D362" r:id="rId301"/>
-    <hyperlink ref="D363" r:id="rId302"/>
+    <hyperlink ref="D361" r:id="rId301"/>
+    <hyperlink ref="D362" r:id="rId302"/>
     <hyperlink ref="D364" r:id="rId303"/>
     <hyperlink ref="D365" r:id="rId304"/>
     <hyperlink ref="D366" r:id="rId305"/>
     <hyperlink ref="D367" r:id="rId306"/>
     <hyperlink ref="D368" r:id="rId307"/>
     <hyperlink ref="D371" r:id="rId308"/>
     <hyperlink ref="D372" r:id="rId309"/>
     <hyperlink ref="D373" r:id="rId310"/>
     <hyperlink ref="D374" r:id="rId311"/>
     <hyperlink ref="D375" r:id="rId312"/>
     <hyperlink ref="D376" r:id="rId313"/>
     <hyperlink ref="D377" r:id="rId314"/>
     <hyperlink ref="D378" r:id="rId315"/>
     <hyperlink ref="D379" r:id="rId316"/>
     <hyperlink ref="D380" r:id="rId317"/>
     <hyperlink ref="D381" r:id="rId318"/>
     <hyperlink ref="D383" r:id="rId319"/>
     <hyperlink ref="D384" r:id="rId320"/>
     <hyperlink ref="D385" r:id="rId321"/>
     <hyperlink ref="D386" r:id="rId322"/>
     <hyperlink ref="D387" r:id="rId323"/>
     <hyperlink ref="D388" r:id="rId324"/>
     <hyperlink ref="D390" r:id="rId325"/>
     <hyperlink ref="D391" r:id="rId326"/>
     <hyperlink ref="D392" r:id="rId327"/>
@@ -23584,57 +23584,57 @@
     <hyperlink ref="D619" r:id="rId508"/>
     <hyperlink ref="D620" r:id="rId509"/>
     <hyperlink ref="D621" r:id="rId510"/>
     <hyperlink ref="D623" r:id="rId511"/>
     <hyperlink ref="D624" r:id="rId512"/>
     <hyperlink ref="D625" r:id="rId513"/>
     <hyperlink ref="D626" r:id="rId514"/>
     <hyperlink ref="D627" r:id="rId515"/>
     <hyperlink ref="D628" r:id="rId516"/>
     <hyperlink ref="D631" r:id="rId517"/>
     <hyperlink ref="D632" r:id="rId518"/>
     <hyperlink ref="D633" r:id="rId519"/>
     <hyperlink ref="D635" r:id="rId520"/>
     <hyperlink ref="D636" r:id="rId521"/>
     <hyperlink ref="D637" r:id="rId522"/>
     <hyperlink ref="D639" r:id="rId523"/>
     <hyperlink ref="D640" r:id="rId524"/>
     <hyperlink ref="D641" r:id="rId525"/>
     <hyperlink ref="D642" r:id="rId526"/>
     <hyperlink ref="D645" r:id="rId527"/>
     <hyperlink ref="D648" r:id="rId528"/>
     <hyperlink ref="D649" r:id="rId529"/>
     <hyperlink ref="D650" r:id="rId530"/>
     <hyperlink ref="D653" r:id="rId531"/>
     <hyperlink ref="D654" r:id="rId532"/>
-    <hyperlink ref="D655" r:id="rId533"/>
-[...5 lines deleted...]
-    <hyperlink ref="D661" r:id="rId539"/>
+    <hyperlink ref="D656" r:id="rId533"/>
+    <hyperlink ref="D657" r:id="rId534"/>
+    <hyperlink ref="D658" r:id="rId535"/>
+    <hyperlink ref="D659" r:id="rId536"/>
+    <hyperlink ref="D660" r:id="rId537"/>
+    <hyperlink ref="D661" r:id="rId538"/>
+    <hyperlink ref="D662" r:id="rId539"/>
     <hyperlink ref="D663" r:id="rId540"/>
     <hyperlink ref="D664" r:id="rId541"/>
     <hyperlink ref="D666" r:id="rId542"/>
     <hyperlink ref="D667" r:id="rId543"/>
     <hyperlink ref="D668" r:id="rId544"/>
     <hyperlink ref="D669" r:id="rId545"/>
     <hyperlink ref="D670" r:id="rId546"/>
     <hyperlink ref="D671" r:id="rId547"/>
     <hyperlink ref="D672" r:id="rId548"/>
     <hyperlink ref="D673" r:id="rId549"/>
     <hyperlink ref="D674" r:id="rId550"/>
     <hyperlink ref="D675" r:id="rId551"/>
     <hyperlink ref="D676" r:id="rId552"/>
     <hyperlink ref="D679" r:id="rId553"/>
     <hyperlink ref="D680" r:id="rId554"/>
     <hyperlink ref="D681" r:id="rId555"/>
     <hyperlink ref="D682" r:id="rId556"/>
     <hyperlink ref="D683" r:id="rId557"/>
     <hyperlink ref="D684" r:id="rId558"/>
     <hyperlink ref="D685" r:id="rId559"/>
     <hyperlink ref="D687" r:id="rId560"/>
     <hyperlink ref="D688" r:id="rId561"/>
     <hyperlink ref="D689" r:id="rId562"/>
     <hyperlink ref="D692" r:id="rId563"/>
     <hyperlink ref="D693" r:id="rId564"/>