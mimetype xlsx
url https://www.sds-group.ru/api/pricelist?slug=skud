--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -8,478 +8,448 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="132">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 СКУД</t>
   </si>
   <si>
-    <t>1.1 Аудиотрубки (трубки многоквартирного домофона)</t>
+    <t>1.1 Видеодомофоны</t>
+  </si>
+  <si>
+    <t>1.1.1 Мониторы видеодомофона</t>
+  </si>
+  <si>
+    <t>45-0337</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-337)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>45-0434</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD(1080P), с детектором движения, функцией фото- и  видеозаписи. Цвет белый  (модель AC-434)</t>
+  </si>
+  <si>
+    <t>45-0332</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 4,3" формата AHD, с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-332)</t>
+  </si>
+  <si>
+    <t>45-0435-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>45-0438-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0332-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 4,3" формата AHD (модель AC-332) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0438</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи  (модель AC-438)</t>
+  </si>
+  <si>
+    <t>45-0439</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 10,1" формата AHD(1080P), с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-439)</t>
+  </si>
+  <si>
+    <t>45-0440</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 10,1" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи (модель AC-440)</t>
+  </si>
+  <si>
+    <t>45-0336</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-336)</t>
+  </si>
+  <si>
+    <t>45-0333</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с детектором движения, функцией фото- и видеозаписи (модель AC-333)</t>
+  </si>
+  <si>
+    <t>45-0438-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью SECURIC</t>
+  </si>
+  <si>
+    <t>45-0435-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью SECURIC</t>
+  </si>
+  <si>
+    <t>1.1.2 Вызывные панели</t>
+  </si>
+  <si>
+    <t>45-0317</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-317)</t>
+  </si>
+  <si>
+    <t>45-0312</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-312)</t>
+  </si>
+  <si>
+    <t>45-0316</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-316)</t>
+  </si>
+  <si>
+    <t>45-0313</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-313)</t>
+  </si>
+  <si>
+    <t>1.2 Аудиотрубки (трубки многоквартирного домофона)</t>
+  </si>
+  <si>
+    <t>45-0322</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-322, желтая REXANT</t>
+  </si>
+  <si>
+    <t>45-0321</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-321, серая REXANT</t>
+  </si>
+  <si>
+    <t>45-0347</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и отключением звука RX-347, REXANT</t>
+  </si>
+  <si>
+    <t>45-0349</t>
+  </si>
+  <si>
+    <t>Трубка домофона RX-349, REXANT</t>
   </si>
   <si>
     <t>45-0320</t>
   </si>
   <si>
     <t>Трубка домофона с индикатором и регулировкой звука RX-320, черная REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Трубка домофона с индикатором и регулировкой звука RX-322, желтая REXANT</t>
+    <t>45-0348</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулятором звука RX-348 REXANT</t>
   </si>
   <si>
     <t>45-0346</t>
   </si>
   <si>
     <t>Трубка домофона с индикатором и отключением звука RX-346, REXANT Premium</t>
   </si>
   <si>
-    <t>45-0349</t>
-[...17 lines deleted...]
-    <t>1.2 Замки и крепления</t>
+    <t>1.3 Идентификаторы (Электронные ключи / карты)</t>
+  </si>
+  <si>
+    <t>46-0255</t>
+  </si>
+  <si>
+    <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0220</t>
+  </si>
+  <si>
+    <t>Компактный электронный ключ (карта) 125KHz, формат EM Marin, белый REXANT</t>
+  </si>
+  <si>
+    <t>46-0229-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0253</t>
+  </si>
+  <si>
+    <t>Дубликатор электронных ключей 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0221-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0227-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0223-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0229</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0225</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0221</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0257</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin</t>
+  </si>
+  <si>
+    <t>46-0257-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin, индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>46-0223</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare</t>
+  </si>
+  <si>
+    <t>46-0227</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0225-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0255-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin. Индивидуальная упаковка 1 шт.</t>
+  </si>
+  <si>
+    <t>1.4 Доводчики дверные</t>
+  </si>
+  <si>
+    <t>46-0511</t>
+  </si>
+  <si>
+    <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>46-0501</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 45 кг</t>
+  </si>
+  <si>
+    <t>46-0512</t>
+  </si>
+  <si>
+    <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 85 кг</t>
+  </si>
+  <si>
+    <t>46-0503</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>1.5 Видеоглазки</t>
+  </si>
+  <si>
+    <t>45-1111</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-111) с цветным LCD-дисплеем 2.4" и функцией записи фото</t>
+  </si>
+  <si>
+    <t>45-0249</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT, с функцией записи видео/фото по движению, ночной режим работы</t>
+  </si>
+  <si>
+    <t>45-1115</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-115) с цветным LCD-дисплеем 4.3" с функцией записи фото/видео по движению, встроенный звонок, ночной режим работы</t>
+  </si>
+  <si>
+    <t>1.6 Замки и крепления</t>
+  </si>
+  <si>
+    <t>45-0901</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180</t>
+  </si>
+  <si>
+    <t>45-0907</t>
+  </si>
+  <si>
+    <t>Замок электромеханический накладной универсальный SC-10</t>
   </si>
   <si>
     <t>45-0927</t>
   </si>
   <si>
     <t>Замок электромагнитный SC-280 + монтажный уголок SECURIC</t>
   </si>
   <si>
-    <t>комплект</t>
-[...1 lines deleted...]
-  <si>
     <t>45-0909</t>
   </si>
   <si>
     <t>Замок электромеханический накладной универсальный  SC-20, с возможностью блокировки кнопки открывания</t>
   </si>
   <si>
-    <t>45-0901</t>
-[...2 lines deleted...]
-    <t>Замок электромагнитный SC-180</t>
+    <t>45-0926</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180 + монтажный уголок SECURIC</t>
   </si>
   <si>
     <t>45-0925</t>
   </si>
   <si>
     <t>Монтажный уголок для SC-500</t>
   </si>
   <si>
-    <t>45-0907</t>
-[...233 lines deleted...]
-    <t>1.5 Кнопки "ВЫХОД"</t>
+    <t>1.7 Кнопки "ВЫХОД"</t>
+  </si>
+  <si>
+    <t>45-0955</t>
+  </si>
+  <si>
+    <t>Кнопка «Выход» металлическая SB-30</t>
   </si>
   <si>
     <t>45-0961</t>
   </si>
   <si>
     <t>Кнопка «Выход» металлическая с синей подсветкой SB-60 врезного типа</t>
-  </si>
-[...70 lines deleted...]
-    <t>Видеоглазок дверной REXANT (DV-115) с цветным LCD-дисплеем 4.3" с функцией записи фото/видео по движению, встроенный звонок, ночной режим работы</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -864,56 +834,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant-28483" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant-28484" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-jeltaya-rexant-28485" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium-19338" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant-12590" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant-12582" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant-12604" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-280-montajniy-ugolok-securic-31314" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalniy-sc-20-s-vozmojnostyu-blokirovki-knopki-otkrivaniya-20887" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-180-20893" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajniy-ugolok-dlya-sc-500-20886" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalniy-sc-10-20892" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitniy-sc-180-montajniy-ugolok-securic-31313" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-333-18255" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vizivnoy-videopanelyu-securic-31482" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31481" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securi.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-tsvet-beliy-model-ac-434-28727" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornim-upravleniem-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-332-18257" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-sensornim-ekranom-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-438-28729" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31483" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vizivnoy-videopanelyu-s-knopkoy-securic-31484" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornim-upravleniem-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-336-18256" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornim-upravleniem-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-439-29319" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornim-ekranom-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-440-28722" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornim-upravleniem-s-detektorom-dvijeniya-funktsiey-foto-i-videozapisi-model-ac-337-18261" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-313-18253" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-316-28723" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-315-18254" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-317-28724" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vizivnaya-videopanel-standarta-ahd-model-ac-312-18252" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht-20147" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-zagotovka-brelok-125-khz-perezapisivaemiy-format-em-marin-individualnaya-upakovka-1-sht-20370" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht-17541" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-125khz-format-em-marin-12346" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht-17540" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klyuch-karta-elektronniy-kompaktniy-125khz-format-em-marin-beliy-rexant-29443" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktniy-elektronniy-klyuch-karta-125khz-format-em-marin-beliy-rexant-28418" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-125khz-format-em-marin-12344" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-13-56-mhz-format-mifare-12345" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-s-prorezyu-125khz-format-em-marin-13486" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnih-klyuchey-125khz-format-em-marin-15802" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-prozrachniy-125-khz-format-em-marin-15803" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht-17538" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht-17539" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-zagotovka-brelok-125-khz-perezapisivaemiy-format-em-marin-19335" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-braslet-125-khz-format-em-marin-19368" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronniy-klyuch-brelok-prozrachniy-125-khz-format-em-marin-individualnaya-upakovka-1-sht-19706" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa-20881" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-s-siney-podsvetkoy-sb-50-20882" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-sb-30-20889" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vihod-metallicheskaya-sb-70-vreznogo-tipa-20883" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg-11921" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg-28488" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg-28486" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg-28489" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-video-foto-po-dvijeniyu-nochnoy-rejim-raboti-8313" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnim-lcd-displeem-2-4-i-funktsiey-zapisi-foto-28794" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-112-s-tsvetnim-lcd-displeem-2-8-s-funktsiey-zapisi-foto-i-zvonkom-28795" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnim-lcd-displeem-4-3-s-funktsiey-zapisi-foto-video-po-dvijeniyu-vstroenniy-zvonok-nochnoy-rejim-raboti-28798" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsi" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-detektorom-dvizheniya-funktsiey-foto-i-videozap" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornym-upravleniem-detektorom-dvizheniya-funktsi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-s-knop" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-s-knop" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vyzyvnoy-videopanelyu-s-kn" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornym-upravleniem-detektorom-dvizheniya" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornym-ekranom-detektorom-dvizheniya-funk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsi-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-mo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-securi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-317" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-312" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-316" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-313" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktnyy-elektronnyy-klyuch-karta-125khz-format-em-marin-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnyh-klyuchey-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin-individualnaya-upakovka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnym-lcd-displeem-2-4-i-funktsiey-zapisi-foto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-video-foto-po-dvizheniyu-nochnoy-rezhim-raboty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnym-lcd-displeem-4-3-s-funktsiey-zapisi-foto-video-po-dvizh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-10" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-280-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-20-s-vozmozhnostyu-blokirovki-knopki-otkryvaniy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-ugolok-dlya-sc-500" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-sb-30" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I71"/>
+  <dimension ref="A1:I66"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -938,1967 +908,1817 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>1062.5</v>
+        <v>6836.05</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>2894</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>799.89</v>
+        <v>14666.36</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>1160.11</v>
+        <v>10978.82</v>
       </c>
       <c r="D7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F7" s="3">
         <v>13</v>
       </c>
-      <c r="E7" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="C8" s="3">
+        <v>8169.44</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="C8" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1000</v>
+        <v>8979.97</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>2128</v>
+        <v>12</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1062.5</v>
+        <v>6496.85</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>7010</v>
+        <v>101</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
+      <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="2"/>
-[...6 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>16748.07</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="3">
+        <v>2</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>28</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>2592.18</v>
+        <v>20974.54</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>171</v>
+        <v>10</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>2355.43</v>
+        <v>18562.33</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>359</v>
+        <v>10</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1984.86</v>
+        <v>7002.04</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>939.2</v>
+        <v>11288.23</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>1808.69</v>
+        <v>9977.75</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F16" s="3">
-        <v>360</v>
+        <v>7</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>2065.29</v>
+        <v>5955.52</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="2" t="s">
+      <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="2"/>
-[...6 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="B19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="3">
+        <v>6208.14</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>24</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>20</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>11099.54</v>
+        <v>5992.72</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>9810.96</v>
+        <v>6308.13</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>8032.88</v>
+        <v>6150.82</v>
       </c>
       <c r="D22" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="3">
         <v>13</v>
       </c>
-      <c r="E22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="3" t="s">
+      <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C23" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B23" s="2"/>
+      <c r="C23" s="2"/>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>14421.2</v>
+        <v>813.49</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>10795.3</v>
+        <v>1080.56</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>16468.11</v>
+        <v>1017</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>8829.86</v>
+        <v>953.44</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>6388.25</v>
+        <v>1080.56</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>109</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>6885</v>
+        <v>1080.56</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>4</v>
+        <v>6631</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>20623.93</v>
+        <v>1179.83</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3">
+        <v>109.11</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="3">
+        <v>2700</v>
+      </c>
+      <c r="G32" s="3">
+        <v>50</v>
+      </c>
+      <c r="H32" s="3">
+        <v>3750</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C32" s="3">
-[...22 lines deleted...]
-      <c r="A33" s="2" t="s">
+      <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B33" s="2"/>
-[...6 lines deleted...]
-      <c r="I33" s="2"/>
+      <c r="C33" s="3">
+        <v>73.51</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F33" s="3">
+        <v>3300</v>
+      </c>
+      <c r="G33" s="3">
+        <v>100</v>
+      </c>
+      <c r="H33" s="3">
+        <v>2500</v>
+      </c>
+      <c r="I33" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>6048</v>
+        <v>71.1</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>13</v>
+        <v>499</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>6202.68</v>
+        <v>1546.6</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>33</v>
+        <v>542</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>6048</v>
+        <v>55.59</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>6104.37</v>
+        <v>80.02</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>36</v>
+        <v>775</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>5892.55</v>
+        <v>91.32</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>250</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="2" t="s">
+      <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B39" s="2"/>
-[...6 lines deleted...]
-      <c r="I39" s="2"/>
+      <c r="B39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C39" s="3">
+        <v>55.04</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F39" s="3">
+        <v>100</v>
+      </c>
+      <c r="G39" s="3">
+        <v>50</v>
+      </c>
+      <c r="H39" s="3">
+        <v>500</v>
+      </c>
+      <c r="I39" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>254.22</v>
+        <v>32.9</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>362</v>
+        <v>35100</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H40" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>177.33</v>
+        <v>41.4</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>203</v>
+        <v>15750</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H41" s="3">
         <v>3750</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>56.65</v>
+        <v>149.33</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>3381</v>
+        <v>3600</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H42" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>32.35</v>
+        <v>258.54</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>47700</v>
+        <v>235</v>
       </c>
       <c r="G43" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>54.66</v>
+        <v>60.76</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>407</v>
+        <v>21600</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>250</v>
+        <v>3750</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>138.11</v>
+        <v>47.15</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>42700</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>72.28</v>
+        <v>57.61</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>3400</v>
+        <v>1614</v>
       </c>
       <c r="G46" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>40.71</v>
+        <v>180.34</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>16350</v>
+        <v>137</v>
       </c>
       <c r="G47" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>3750</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B48" s="3" t="s">
+      <c r="A48" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="C48" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
+      <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>46.36</v>
+        <v>2484.22</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>44800</v>
+        <v>18</v>
       </c>
       <c r="G49" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>1520.75</v>
+        <v>1258.16</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>592</v>
+        <v>71</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>54.12</v>
+        <v>3519.91</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="G51" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>78.68</v>
+        <v>1595.25</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>649</v>
+        <v>74</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A53" s="3" t="s">
+      <c r="A53" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>107.29</v>
+        <v>3877.23</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>2950</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>3750</v>
+        <v>30</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>146.83</v>
+        <v>6150.82</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>3700</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>69.91</v>
+        <v>13755.23</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>526</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>250</v>
+        <v>20</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>612.2</v>
+        <v>2018.6</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>1546.61</v>
+        <v>1655.49</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>345</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>1104.62</v>
+        <v>2636.25</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F60" s="3">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="C61" s="3">
+        <v>2275.7</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>345</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>12</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C61" s="3">
-[...22 lines deleted...]
-      <c r="A62" s="2" t="s">
+      <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B62" s="2"/>
-[...6 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="C62" s="3">
+        <v>2100.4</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F62" s="3">
+        <v>0</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>24</v>
+      </c>
+      <c r="I62" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>1568.58</v>
+        <v>859.65</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>122</v>
+        <v>50</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
+      <c r="A64" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="B64" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B64" s="2"/>
+      <c r="C64" s="2"/>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2"/>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2"/>
+      <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B65" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B65" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="3">
-        <v>1237.13</v>
+        <v>1123.4</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="B66" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="3">
-        <v>3461.07</v>
+        <v>622.61</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
-[...127 lines deleted...]
-      <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A4:I4"/>
     <mergeCell ref="A18:I18"/>
-    <mergeCell ref="A19:I19"/>
-[...1 lines deleted...]
-    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A23:I23"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A53:I53"/>
     <mergeCell ref="A57:I57"/>
-    <mergeCell ref="A62:I62"/>
-    <mergeCell ref="A67:I67"/>
+    <mergeCell ref="A64:I64"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D17" r:id="rId13"/>
-    <hyperlink ref="D20" r:id="rId14"/>
-[...2 lines deleted...]
-    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
-    <hyperlink ref="D31" r:id="rId25"/>
-    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
     <hyperlink ref="D34" r:id="rId27"/>
     <hyperlink ref="D35" r:id="rId28"/>
     <hyperlink ref="D36" r:id="rId29"/>
     <hyperlink ref="D37" r:id="rId30"/>
     <hyperlink ref="D38" r:id="rId31"/>
-    <hyperlink ref="D40" r:id="rId32"/>
-[...7 lines deleted...]
-    <hyperlink ref="D48" r:id="rId40"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D49" r:id="rId41"/>
     <hyperlink ref="D50" r:id="rId42"/>
     <hyperlink ref="D51" r:id="rId43"/>
     <hyperlink ref="D52" r:id="rId44"/>
-    <hyperlink ref="D53" r:id="rId45"/>
-[...6 lines deleted...]
-    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D58" r:id="rId48"/>
+    <hyperlink ref="D59" r:id="rId49"/>
+    <hyperlink ref="D60" r:id="rId50"/>
+    <hyperlink ref="D61" r:id="rId51"/>
+    <hyperlink ref="D62" r:id="rId52"/>
     <hyperlink ref="D63" r:id="rId53"/>
-    <hyperlink ref="D64" r:id="rId54"/>
-[...5 lines deleted...]
-    <hyperlink ref="D71" r:id="rId60"/>
+    <hyperlink ref="D65" r:id="rId54"/>
+    <hyperlink ref="D66" r:id="rId55"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>