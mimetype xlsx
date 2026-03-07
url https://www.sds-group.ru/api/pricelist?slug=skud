--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -48,393 +48,393 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 СКУД</t>
   </si>
   <si>
     <t>1.1 Видеодомофоны</t>
   </si>
   <si>
     <t>1.1.1 Мониторы видеодомофона</t>
   </si>
   <si>
+    <t>45-0439</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 10,1" формата AHD(1080P), с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-439)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>45-0440</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 10,1" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи (модель AC-440)</t>
+  </si>
+  <si>
+    <t>45-0438-2</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>комплект</t>
+  </si>
+  <si>
+    <t>45-0332-1</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 4,3" формата AHD (модель AC-332) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
+  </si>
+  <si>
+    <t>45-0333</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с детектором движения, функцией фото- и видеозаписи (модель AC-333)</t>
+  </si>
+  <si>
+    <t>45-0336</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-336)</t>
+  </si>
+  <si>
+    <t>45-0332</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 4,3" формата AHD, с сенсорным управлением, детектором движения, функцией фото- и видеозаписи (модель AC-332)</t>
+  </si>
+  <si>
+    <t>45-0434</t>
+  </si>
+  <si>
+    <t>Цветной монитор видеодомофона 7" формата AHD(1080P), с детектором движения, функцией фото- и  видеозаписи. Цвет белый  (модель AC-434)</t>
+  </si>
+  <si>
+    <t>45-0438</t>
+  </si>
+  <si>
+    <t>Цветной монитор  видеодомофона 7" формата AHD(1080P), с сенсорным экраном, детектором движения, функцией фото- и видеозаписи  (модель AC-438)</t>
+  </si>
+  <si>
     <t>45-0337</t>
   </si>
   <si>
     <t>Цветной монитор видеодомофона 7" формата AHD, с сенсорным управлением, с детектором движения, функцией фото- и видеозаписи (модель AC-337)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>45-0435-2</t>
   </si>
   <si>
     <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью с кнопкой SECURIC</t>
   </si>
   <si>
-    <t>комплект</t>
-[...43 lines deleted...]
-  <si>
     <t>45-0438-1</t>
   </si>
   <si>
     <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-438) в комплекте с вызывной видеопанелью SECURIC</t>
   </si>
   <si>
     <t>45-0435-1</t>
   </si>
   <si>
     <t>Цветной монитор видеодомофона 7" формата AHD (модель AC-435) в комплекте с вызывной видеопанелью SECURIC</t>
   </si>
   <si>
     <t>1.1.2 Вызывные панели</t>
   </si>
   <si>
+    <t>45-0316</t>
+  </si>
+  <si>
+    <t>Вызывная видеопанель стандарта AHD (модель AC-316)</t>
+  </si>
+  <si>
     <t>45-0317</t>
   </si>
   <si>
     <t>Вызывная видеопанель стандарта AHD (модель AC-317)</t>
   </si>
   <si>
     <t>45-0312</t>
   </si>
   <si>
     <t>Вызывная видеопанель стандарта AHD (модель AC-312)</t>
   </si>
   <si>
-    <t>45-0316</t>
-[...4 lines deleted...]
-  <si>
     <t>45-0313</t>
   </si>
   <si>
     <t>Вызывная видеопанель стандарта AHD (модель AC-313)</t>
   </si>
   <si>
     <t>1.2 Аудиотрубки (трубки многоквартирного домофона)</t>
   </si>
   <si>
+    <t>45-0320</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-320, черная REXANT</t>
+  </si>
+  <si>
+    <t>45-0321</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулировкой звука RX-321, серая REXANT</t>
+  </si>
+  <si>
+    <t>45-0347</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и отключением звука RX-347, REXANT</t>
+  </si>
+  <si>
+    <t>45-0348</t>
+  </si>
+  <si>
+    <t>Трубка домофона с индикатором и регулятором звука RX-348 REXANT</t>
+  </si>
+  <si>
     <t>45-0322</t>
   </si>
   <si>
     <t>Трубка домофона с индикатором и регулировкой звука RX-322, желтая REXANT</t>
   </si>
   <si>
-    <t>45-0321</t>
-[...10 lines deleted...]
-  <si>
     <t>45-0349</t>
   </si>
   <si>
     <t>Трубка домофона RX-349, REXANT</t>
   </si>
   <si>
-    <t>45-0320</t>
-[...10 lines deleted...]
-  <si>
     <t>45-0346</t>
   </si>
   <si>
     <t>Трубка домофона с индикатором и отключением звука RX-346, REXANT Premium</t>
   </si>
   <si>
     <t>1.3 Идентификаторы (Электронные ключи / карты)</t>
   </si>
   <si>
+    <t>46-0220</t>
+  </si>
+  <si>
+    <t>Компактный электронный ключ (карта) 125KHz, формат EM Marin, белый REXANT</t>
+  </si>
+  <si>
+    <t>46-0221</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0223</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare</t>
+  </si>
+  <si>
+    <t>46-0225</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0227</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0253</t>
+  </si>
+  <si>
+    <t>Дубликатор электронных ключей 125KHz формат EM Marin</t>
+  </si>
+  <si>
+    <t>46-0229</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin</t>
+  </si>
+  <si>
+    <t>46-0225-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0227-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (карта с прорезью) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0223-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 13,56 MHz формат Mifare Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>46-0221-1</t>
+  </si>
+  <si>
+    <t>Электронный ключ (брелок) 125KHz формат EM Marin Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
     <t>46-0255</t>
   </si>
   <si>
     <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin</t>
   </si>
   <si>
-    <t>46-0220</t>
-[...2 lines deleted...]
-    <t>Компактный электронный ключ (карта) 125KHz, формат EM Marin, белый REXANT</t>
+    <t>46-0257</t>
+  </si>
+  <si>
+    <t>Электронный ключ (браслет) 125 KHz формат EM-Marin</t>
   </si>
   <si>
     <t>46-0229-1</t>
   </si>
   <si>
     <t>Электронный ключ (брелок прозрачный) 125 kHz формат Em-Marin индивидуальная упаковка 1 шт.</t>
   </si>
   <si>
-    <t>46-0253</t>
-[...46 lines deleted...]
-  <si>
     <t>46-0257-1</t>
   </si>
   <si>
     <t>Электронный ключ (браслет) 125 KHz формат EM-Marin, индивидуальная упаковка 1 шт.</t>
   </si>
   <si>
-    <t>46-0223</t>
-[...16 lines deleted...]
-  <si>
     <t>46-0255-1</t>
   </si>
   <si>
     <t>Электронный ключ-заготовка (брелок) 125 kHz перезаписываемый формат Em-Marin. Индивидуальная упаковка 1 шт.</t>
   </si>
   <si>
     <t>1.4 Доводчики дверные</t>
   </si>
   <si>
+    <t>46-0503</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 65 кг</t>
+  </si>
+  <si>
+    <t>46-0501</t>
+  </si>
+  <si>
+    <t>Доводчик дверной для установки на дверь весом до 45 кг</t>
+  </si>
+  <si>
     <t>46-0511</t>
   </si>
   <si>
     <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 65 кг</t>
   </si>
   <si>
-    <t>46-0501</t>
-[...4 lines deleted...]
-  <si>
     <t>46-0512</t>
   </si>
   <si>
     <t>Доводчик дверной со скользящей тягой для установки на дверь весом до 85 кг</t>
   </si>
   <si>
-    <t>46-0503</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Видеоглазки</t>
   </si>
   <si>
+    <t>45-1115</t>
+  </si>
+  <si>
+    <t>Видеоглазок дверной REXANT (DV-115) с цветным LCD-дисплеем 4.3" с функцией записи фото/видео по движению, встроенный звонок, ночной режим работы</t>
+  </si>
+  <si>
     <t>45-1111</t>
   </si>
   <si>
     <t>Видеоглазок дверной REXANT (DV-111) с цветным LCD-дисплеем 2.4" и функцией записи фото</t>
   </si>
   <si>
     <t>45-0249</t>
   </si>
   <si>
     <t>Видеоглазок дверной REXANT, с функцией записи видео/фото по движению, ночной режим работы</t>
   </si>
   <si>
-    <t>45-1115</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Замки и крепления</t>
   </si>
   <si>
     <t>45-0901</t>
   </si>
   <si>
     <t>Замок электромагнитный SC-180</t>
   </si>
   <si>
+    <t>45-0925</t>
+  </si>
+  <si>
+    <t>Монтажный уголок для SC-500</t>
+  </si>
+  <si>
     <t>45-0907</t>
   </si>
   <si>
     <t>Замок электромеханический накладной универсальный SC-10</t>
   </si>
   <si>
+    <t>45-0909</t>
+  </si>
+  <si>
+    <t>Замок электромеханический накладной универсальный  SC-20, с возможностью блокировки кнопки открывания</t>
+  </si>
+  <si>
+    <t>45-0926</t>
+  </si>
+  <si>
+    <t>Замок электромагнитный SC-180 + монтажный уголок SECURIC</t>
+  </si>
+  <si>
     <t>45-0927</t>
   </si>
   <si>
     <t>Замок электромагнитный SC-280 + монтажный уголок SECURIC</t>
-  </si>
-[...16 lines deleted...]
-    <t>Монтажный уголок для SC-500</t>
   </si>
   <si>
     <t>1.7 Кнопки "ВЫХОД"</t>
   </si>
   <si>
     <t>45-0955</t>
   </si>
   <si>
     <t>Кнопка «Выход» металлическая SB-30</t>
   </si>
   <si>
     <t>45-0961</t>
   </si>
   <si>
     <t>Кнопка «Выход» металлическая с синей подсветкой SB-60 врезного типа</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -834,51 +834,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsi" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-detektorom-dvizheniya-funktsiey-foto-i-videozap" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornym-upravleniem-detektorom-dvizheniya-funktsi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-s-knop" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-s-knop" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vyzyvnoy-videopanelyu-s-kn" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornym-upravleniem-detektorom-dvizheniya" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd-1080p-s-sensornym-ekranom-detektorom-dvizheniya-funk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsi-2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-mo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-securi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-317" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-312" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-316" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-313" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktnyy-elektronnyy-klyuch-karta-125khz-format-em-marin-belyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnyh-klyuchey-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin-individualnaya-upakovka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyaschey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnym-lcd-displeem-2-4-i-funktsiey-zapisi-foto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-video-foto-po-dvizheniyu-nochnoy-rezhim-raboty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnym-lcd-displeem-4-3-s-funktsiey-zapisi-foto-video-po-dvizh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-10" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-280-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-20-s-vozmozhnostyu-blokirovki-knopki-otkryvaniy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-ugolok-dlya-sc-500" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-sb-30" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd1080p-s-sensornym-upravleniem-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-439" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-10-1-formata-ahd1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-440" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-s-knopkoy-securic" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-model-ac-332-v-komplekte-s-vyzyvnoy-videopanelyu-s-knopkoy-securic" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-333" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-336" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-4-3-formata-ahd-s-sensornym-upravleniem-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-332" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd1080p-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-tsvet-belyy-model-ac-434" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd1080p-s-sensornym-ekranom-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-438" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-s-sensornym-upravleniem-s-detektorom-dvizheniya-funktsiey-foto-i-videozapisi-model-ac-337" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-s-knopkoy-securic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-438-v-komplekte-s-vyzyvnoy-videopanelyu-securic" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tsvetnoy-monitor-videodomofona-7-formata-ahd-model-ac-435-v-komplekte-s-vyzyvnoy-videopanelyu-securic" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-316" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-317" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-312" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vyzyvnaya-videopanel-standarta-ahd-model-ac-313" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-320-chernaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-321-seraya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-347-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulyatorom-zvuka-rx-348-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-regulirovkoy-zvuka-rx-322-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-rx-349-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-domofona-s-indikatorom-i-otklyucheniem-zvuka-rx-346-rexant-premium" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kompaktnyy-elektronnyy-klyuch-karta-125khz-format-em-marin-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dublikator-elektronnyh-klyuchey-125khz-format-em-marin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-karta-s-prorezyu-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-13-56-mhz-format-mifare-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-125khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-brelok-prozrachnyy-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-braslet-125-khz-format-em-marin-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektronnyy-klyuch-zagotovka-brelok-125-khz-perezapisyvaemyy-format-em-marin-individualnaya-upakovka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-dlya-ustanovki-na-dver-vesom-do-45-kg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyashchey-tyagoy-dlya-ustanovki-na-dver-vesom-do-65-kg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dovodchik-dvernoy-so-skolzyashchey-tyagoy-dlya-ustanovki-na-dver-vesom-do-85-kg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-115-s-tsvetnym-lcd-displeem-4-3-s-funktsiey-zapisi-fotovideo-po-dvizheniyu-vstroennyy-zvonok-nochnoy-rezhim-raboty" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-dv-111-s-tsvetnym-lcd-displeem-2-4-i-funktsiey-zapisi-foto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/videoglazok-dvernoy-rexant-s-funktsiey-zapisi-videofoto-po-dvizheniyu-nochnoy-rezhim-raboty" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-ugolok-dlya-sc-500" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-10" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromehanicheskiy-nakladnoy-universalnyy-sc-20-s-vozmozhnostyu-blokirovki-knopki-otkryvaniya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-180-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zamok-elektromagnitnyy-sc-280-montazhnyy-ugolok-securic" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-sb-30" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/knopka-vyhod-metallicheskaya-s-siney-podsvetkoy-sb-60-vreznogo-tipa" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I66"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -928,1708 +928,1708 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>6836.05</v>
+        <v>14682.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>14666.36</v>
+        <v>12993.63</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>10978.82</v>
+        <v>6285.98</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="3">
+        <v>4547.8</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>8979.97</v>
+        <v>7901.76</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>6496.85</v>
+        <v>4901.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>16748.07</v>
+        <v>7685.17</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>28</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>20974.54</v>
+        <v>10266.45</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>18562.33</v>
+        <v>11723.65</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>7002.04</v>
+        <v>4785.24</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>23</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>11288.23</v>
+        <v>5718.61</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>9977.75</v>
+        <v>6984.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>5955.52</v>
+        <v>4168.86</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>6208.14</v>
+        <v>4415.69</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>5992.72</v>
+        <v>4345.7</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>6308.13</v>
+        <v>4194.9</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>6150.82</v>
+        <v>4305.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>20</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>813.49</v>
+        <v>756.39</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>32</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1080.56</v>
+        <v>756.39</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
         <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>32</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>1017</v>
+        <v>711.9</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>32</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>953.44</v>
+        <v>756.39</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>32</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1080.56</v>
+        <v>569.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>32</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1080.56</v>
+        <v>667.41</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>6631</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>32</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1179.83</v>
+        <v>825.88</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>30</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>109.11</v>
+        <v>51.46</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>2700</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H32" s="3">
-        <v>3750</v>
+        <v>2500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>73.51</v>
+        <v>35.19</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>3300</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>2500</v>
+        <v>3750</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>71.1</v>
+        <v>51.65</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>499</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
-        <v>250</v>
+        <v>3750</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>1546.6</v>
+        <v>27.97</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>542</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>55.59</v>
+        <v>40.08</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H36" s="3">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>80.02</v>
+        <v>1082.62</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>775</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>91.32</v>
+        <v>38.53</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H38" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>55.04</v>
+        <v>48.97</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>32.9</v>
+        <v>68.02</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>35100</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>5000</v>
+        <v>250</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>41.4</v>
+        <v>77.62</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>15750</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>3750</v>
+        <v>250</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>149.33</v>
+        <v>47.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>3600</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>258.54</v>
+        <v>92.74</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>235</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>1000</v>
+        <v>3750</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>60.76</v>
+        <v>104.53</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>21600</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
-        <v>3750</v>
+        <v>1000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>47.15</v>
+        <v>49.77</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>42700</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>57.61</v>
+        <v>219.76</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>1614</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>180.34</v>
+        <v>153.29</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>3750</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>2484.22</v>
+        <v>1116.68</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>1258.16</v>
+        <v>880.71</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>3519.91</v>
+        <v>1738.95</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>1595.25</v>
+        <v>2463.94</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>3877.23</v>
+        <v>9628.66</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>6150.82</v>
+        <v>2714.06</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>13755.23</v>
+        <v>4305.57</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>2018.6</v>
+        <v>1413.02</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>24</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>1655.49</v>
+        <v>601.76</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>2636.25</v>
+        <v>1158.84</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>127</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>2275.7</v>
+        <v>1592.99</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>345</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>12</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>2100.4</v>
+        <v>1470.28</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>24</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>859.65</v>
+        <v>1845.38</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F63" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C65" s="3">
-        <v>1123.4</v>
+        <v>786.38</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C66" s="3">
-        <v>622.61</v>
+        <v>435.83</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>