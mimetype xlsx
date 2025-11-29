--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -42,876 +42,876 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединители кабельные</t>
   </si>
   <si>
-    <t>1.1 Клеммные колодки винтовые</t>
+    <t>1.1 Клеммы для осветительных систем</t>
+  </si>
+  <si>
+    <t>07-2402</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на гибкие проводники (0,2-2,5)/(0,14-2,5) мм² серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-2401</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (0,2-2,5)/(0,14-2,5) мм², серая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника (0,2-2,5)/(0,14-2,5) мм², белая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411-5</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника 1.0-2.5/0.5-2.5 мм², белая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-2401-10</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (1,0-2,5)/(0,5-2,5) мм², серая (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402-05</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на 2 проводника (1,0-2,5)/(0,5-2,5) мм² (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Клеммы керамические</t>
+  </si>
+  <si>
+    <t>07-6226</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 3 пары контактов с крепежным отверстием (84 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6222</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6223</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6227</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 3 пары контактов с крепежным отверстием (45 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6228</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 3 пары контактов с крепежным отверстием REXANT (45 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-6221</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6224</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6225</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 3 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Ответвители прокалывающие</t>
+  </si>
+  <si>
+    <t>08-0791</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-0.75 мм² (ОВ) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0761</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0771</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0781</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 4.0-6.0 мм² (ОВ-3/ЗПо-1 4,0-6,0) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0426-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0427-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Сжимы ответвительные (Орехи)</t>
+  </si>
+  <si>
+    <t>07-0734</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-734М (16-35/16-25 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0733</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-733М (16-35/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0859</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-859М (50-70/4-35 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0731</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-731М (4-10/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0739</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-739М (4-10/1,5-2,5 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Клеммные колодки винтовые</t>
+  </si>
+  <si>
+    <t>07-5004-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
   </si>
   <si>
     <t>07-5006-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5010-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
     <t>07-5012-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>07-5006-2-9</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5004-2-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
   </si>
   <si>
+    <t>07-5010-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-5006-2-01</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5004-3</t>
-[...31 lines deleted...]
-  <si>
     <t>07-5004-2</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
   </si>
   <si>
     <t>07-5004-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5016-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
     <t>07-5006</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
     <t>07-5010-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
     <t>07-5014-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5006-4</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5025-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5035-3</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5004-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5014-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5016-4</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5035-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5040-4</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5025-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
-    <t>07-5004</t>
-[...38 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5010-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5025</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
   </si>
   <si>
     <t>07-5016</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>07-5012</t>
-[...26 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5006-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5010-1</t>
-[...38 lines deleted...]
-    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+    <t>07-5016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5012-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5004-5</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
   </si>
   <si>
-    <t>07-5006-5</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5010-5</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
-    <t>07-5012-5</t>
-[...11 lines deleted...]
-    <t>1.2 Соединительные изолирующие зажимы СИЗ</t>
+    <t>1.6 Соединительные изолирующие зажимы СИЗ</t>
   </si>
   <si>
     <t>07-5218</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
   </si>
   <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0759-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0232-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
     <t>07-5219</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
   </si>
   <si>
-    <t>07-5216</t>
-[...8 lines deleted...]
-    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0782</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0756</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0756-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
   </si>
   <si>
     <t>06-0230-A5</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
   </si>
   <si>
-    <t>08-0750</t>
-[...28 lines deleted...]
-  <si>
     <t>06-0230-A10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
   </si>
   <si>
-    <t>06-0233-A5</t>
-[...8 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
   </si>
   <si>
     <t>06-0232-B10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
   </si>
   <si>
-    <t>06-0231-B10</t>
-[...59 lines deleted...]
-    <t>1.3 Концевые изолированные заглушки КИЗ</t>
+    <t>1.7 Концевые изолированные заглушки КИЗ</t>
+  </si>
+  <si>
+    <t>08-0703</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-5, ø 4,0 мм (2,5-5,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0702</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-2, ø 3,0 мм (1,5-4,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0701</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-1, ø 2,8 мм (1,0-2,5 мм²) REXANT</t>
   </si>
   <si>
     <t>08-0704</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-6, ø 4,8 мм (3,0-8,0 мм²) REXANT</t>
   </si>
   <si>
     <t>08-0705</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-7, ø 5,5 мм (8,0-10,0 мм²) REXANT</t>
   </si>
   <si>
-    <t>08-0703</t>
-[...17 lines deleted...]
-    <t>1.4 Клеммники концевые изолированные</t>
+    <t>1.8 Клеммники концевые изолированные</t>
+  </si>
+  <si>
+    <t>07-5711</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5705</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5701</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5703</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5707</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5709</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5700</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм²  (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5702</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (5х1) (20 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5704</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (5х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5706</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (10х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5701</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5708</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (10х1) (10 шт./уп.)REXANT</t>
   </si>
   <si>
-    <t>07-5700</t>
-[...16 lines deleted...]
-  <si>
     <t>07-5710</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (10х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>1.5 Клеммы пружинные соединительные</t>
+    <t>1.9 Клеммы пружинные соединительные</t>
+  </si>
+  <si>
+    <t>07-6217-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-6215-1</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 3-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
   </si>
   <si>
+    <t>07-6214</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-6215-2</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 3-полюсная с заземлением и с монтажными ножками (100 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-6216-1</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 4-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6217</t>
-[...4 lines deleted...]
-  <si>
     <t>07-6217-2</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 5-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
-  </si>
-[...190 lines deleted...]
-    <t>Зажим ответвительный У-733М (16-35/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1296,51 +1296,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-proconnect-6a-6-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up-.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up-.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-seraya-.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-belaya.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-s.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-seraya-1.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-5-sht-u.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-10-1-5-2-5-mm-ip20-szhim-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-70-4-35-mm-ip20-szhim-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-10-1-5-10-mm-ip20-szhim-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-35-16-25-mm-ip20-szhim-oreh-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-35-1-5-10-mm-ip20-szhim-oreh-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-sup2-seraya-50-sht-up-rexant-24397" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-sup2-seraya-100-sht-up-rexant-24395" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-sup2-belaya-100-sht-up-rexant-24396" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-sup2-belaya-5-sht-up-rexant-27654" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-sup2-seraya-10-sht-up-rexant-28582" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-sup2-5-sht-up-rexant-28566" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-84-sht-up-rexant-24372" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24410" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-50-sht-up-rexant-24412" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-45-sht-up-rexant-24373" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-rexant-45-sht-up-24374" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24411" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-50-sht-up-rexant-24413" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24414" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-sup2-ov-krasniy-rexant-2222" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-sup2-ov-1-zpo-1-0-5-1-5-krasniy-rexant-1338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-sup2-ov-2-zpo-1-1-0-2-5-siniy-rexant-1337" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-sup2-ov-3-zpo-1-4-0-6-0-jeltiy-rexant-1339" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-sup2-ov-1-zpo-1-0-5-1-5-krasniy-v-upak-5-sht-rexant-18022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-sup2-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant-18023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-734m-16-35-16-25-mm-sup2-ip20-sjim-oreh-rexant-29073" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-733m-16-35-1-5-10-mm-sup2-ip20-sjim-oreh-rexant-29072" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-859m-50-70-4-35-mm-sup2-ip20-sjim-oreh-rexant-29075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-731m-4-10-1-5-10-mm-sup2-ip20-sjim-oreh-rexant-29071" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-739m-4-10-1-5-2-5-mm-sup2-ip20-sjim-oreh-rexant-29074" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-individualnaya-upakovka-1-sht-11869" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-11420" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15169" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15172" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht-11421" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31569" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21042" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-sup2-tok-100-a-polietilen-beliy-zvi-rexant-12576" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-jeltiy-rexant-10-sht-up-25001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-jeltiy-rexant-10-sht-up-25000" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up-25011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-jeltiy-rexant-10-sht-up-25003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up-25012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31577" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-rexant-9158" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31570" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-jeltiy-rexant-10-sht-up-25007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27988" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-cherniy-rexant-10-sht-up-25019" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-zvi-rexant-9160" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polipropilen-cherniy-zvi-rexant-9163" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-rexant-9159" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31575" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polipropilen-cherniy-zvi-rexant-9161" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-rexant-759" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-zvi-rexant-9162" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polipropilen-cherniy-zvi-rexant-9164" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polietilen-beliy-zvi-rexant-760" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-rexant-758" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-rexant-393" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-rexant-757" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-jeltiy-rexant-10-sht-up-25002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-jeltiy-rexant-10-sht-up-25005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-jeltiy-rexant-10-sht-up-25008" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-sup2-polipropilen-siniy-zvi-10-sht-up-rexant-25010" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up-25014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up-25015" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up-25017" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-beliy-rexant-10-sht-up-25018" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-jeltiy-rexant-10-sht-up-25004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-jeltiy-rexant-10-sht-up-25006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up-25009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up-25013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up-25016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27989" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21041" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-zvi-rexant-1626" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-rexant-761" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31576" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31571" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-smartkip-23642" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-smartkip-19185" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-smartkip-19186" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-smartkip-19184" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-smartkip-19187" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-3-oslash-3-3-mm-1-5-5-75-mm-sup2-oranjeviy-rexant-11840" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-10-sht-up-rexant-28586" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-10-sht-17964" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-10-sht-up-rexant-28587" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-5-sht-17960" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-1-oslash-2-7-mm-1-0-2-75-mm-sup2-seriy-rexant-11839" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-5-sht-17959" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-2-oslash-3-0-mm-1-0-3-75-mm-sup2-siniy-rexant-11833" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-4-oslash-4-8-mm-1-5-10-5-mm-sup2-jeltiy-rexant-11834" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-100-sht-up-26154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-100-sht-up-26156" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-50-sht-up-26157" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-50-sht-up-26158" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-100-sht-up-26155" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-zazemleniya-s-lepestkami-siz-99-oslash-12-mm-5-16-mm-sup2-zeleniy-100-sht-up-26159" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-4-0-13-0-mm-sup2-krasniy-10-sht-up-rexant-28568" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-10-sht-up-rexant-28584" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-10-sht-up-rexant-28588" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-10-sht-up-rexant-28585" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-3-0-17-0-mm-sup2-krasniy-rexant-11835" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-5-sht-17958" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-10-sht-17965" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-2-1-0-4-5-mm-sup2-siniy-10-sht-17967" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-10-sht-17966" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-oslash-4-0-mm-2-5-5-5-mm-sup2-rexant-7948" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-oslash-3-0-mm-1-5-4-0-mm-sup2-rexant-7947" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-oslash-2-8-mm-1-0-2-5-mm-sup2-rexant-7946" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-oslash-4-8-mm-3-0-8-0-mm-sup2-rexant-7949" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-oslash-5-5-mm-8-0-10-0-mm-sup2-rexant-7950" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-16-mm-sup2-10h1-10-sht-up-rexant-24394" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-16-mm-sup2-5h1-10-sht-up-rexant-24388" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-2-5-mm-sup2-5h1-20-sht-up-rexant-24384" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-6-mm-sup2-5h1-10-sht-up-rexant-24386" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-2-5-mm-sup2-10h1-10-sht-up-rexant-24390" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-6-mm-sup2-10h1-10-sht-up-rexant-24392" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-1-5-mm-sup2-5h1-20-sht-up-rexant-24383" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-4-mm-sup2-5h1-20-sht-up-rexant-24385" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-10-mm-sup2-5h1-10-sht-up-rexant-24387" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-1-5-mm-sup2-10h1-10-sht-up-rexant-24389" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-4-mm-sup2-10h1-10-sht-up-rexant-24391" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-10-mm-sup2-10h1-10-sht-up-rexant-24393" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montajnimi-nojkami-50-sht-up-rexant-24408" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montajnimi-nojkami-100-sht-up-rexant-24402" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant-24398" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montajnimi-nojkami-100-sht-up-rexant-24399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant-24401" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant-24404" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-50-sht-up-rexant-24406" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant-24407" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-100-sht-up-rexant-24403" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montajnimi-nojkami-50-sht-up-rexant-24405" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-50-sht-up-rexant-24409" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I143"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1377,4115 +1377,4115 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>167.79</v>
+        <v>57.31</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>518</v>
+        <v>7350</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>124.75</v>
+        <v>15.64</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>27200</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>6000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>217.62</v>
+        <v>14.93</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>426</v>
+        <v>21700</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>2000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>255.38</v>
+        <v>137.25</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>266</v>
+        <v>15</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="3">
+        <v>158.61</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>140.31</v>
+        <v>455.87</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>1046</v>
+        <v>1</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>47.56</v>
+        <v>114.51</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>13290</v>
+        <v>8736</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="H11" s="3">
-        <v>1200</v>
+        <v>840</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>38.4</v>
+        <v>91.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>8850</v>
+        <v>28400</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>1200</v>
+        <v>800</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>97.59</v>
+        <v>114.93</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1920</v>
+        <v>11700</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>93.69</v>
+        <v>166.08</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>840</v>
+        <v>14175</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>81.04</v>
+        <v>202.69</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>4280</v>
+        <v>8100</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>47.56</v>
+        <v>60.8</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>9290</v>
+        <v>35150</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>71</v>
+        <v>128.43</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>13300</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3">
+        <v>95.82</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>22700</v>
+      </c>
+      <c r="G18" s="3">
+        <v>100</v>
+      </c>
+      <c r="H18" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C18" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>76.28</v>
+        <v>18.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>4120</v>
+        <v>14100</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>51.02</v>
+        <v>5.49</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>5670</v>
+        <v>197900</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>1200</v>
+        <v>10000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>123.32</v>
+        <v>5.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>3240</v>
+        <v>128900</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>300</v>
+        <v>10000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>150.33</v>
+        <v>9.2</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3620</v>
+        <v>25500</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>4000</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>266.93</v>
+        <v>117.67</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F24" s="3">
-        <v>1010</v>
+        <v>105</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" s="3">
+        <v>113.05</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F25" s="3">
+        <v>204</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>10</v>
+      </c>
+      <c r="I25" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>103.7</v>
+        <v>56.41</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1880</v>
+        <v>786</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>148.38</v>
+        <v>52.69</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>2410</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>300</v>
+        <v>360</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>150.33</v>
+        <v>168.85</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>2010</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>314.03</v>
+        <v>51.02</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>337</v>
+        <v>590</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>335.52</v>
+        <v>52.69</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1530</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>360</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A32" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>50.52</v>
+        <v>124.75</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F33" s="3">
-        <v>28750</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>72.46</v>
+        <v>167.79</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F34" s="3">
-        <v>7180</v>
+        <v>385</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>100.13</v>
+        <v>217.62</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F35" s="3">
-        <v>2560</v>
+        <v>255</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>52.67</v>
+        <v>255.38</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F36" s="3">
-        <v>17040</v>
+        <v>69</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1200</v>
+        <v>250</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>80.46</v>
+        <v>140.31</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F37" s="3">
-        <v>1890</v>
+        <v>919</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>117.4</v>
+        <v>134.89</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F38" s="3">
-        <v>3530</v>
+        <v>60</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C39" s="3">
         <v>276.84</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>243.82</v>
+        <v>563.92</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>4060</v>
+        <v>280</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>100.47</v>
+        <v>40.32</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>7660</v>
+        <v>8560</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>118.12</v>
+        <v>49.94</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>11920</v>
+        <v>12160</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>247.86</v>
+        <v>85.09</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>640</v>
+        <v>3820</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>120</v>
+        <v>500</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>266.93</v>
+        <v>104</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1290</v>
+        <v>710</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>190.23</v>
+        <v>103.45</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>1730</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>192.95</v>
+        <v>126.03</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>1901</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>92.57</v>
+        <v>49.94</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1181</v>
+        <v>8310</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>134.89</v>
+        <v>71</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F48" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C49" s="3">
-        <v>105.95</v>
+        <v>280.28</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>2150</v>
+        <v>1010</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>238.04</v>
+        <v>190.23</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F50" s="3">
-        <v>2070</v>
+        <v>79</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>123.04</v>
+        <v>280.28</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>3430</v>
+        <v>1290</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>563.92</v>
+        <v>76.08</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>460</v>
+        <v>4650</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>195.97</v>
+        <v>123.04</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>3020</v>
       </c>
       <c r="G53" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>82.94</v>
+        <v>56.36</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>249</v>
+        <v>16100</v>
       </c>
       <c r="G54" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>43.35</v>
+        <v>192.95</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F55" s="3">
-        <v>5860</v>
+        <v>20</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>1200</v>
+        <v>250</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>47.82</v>
+        <v>105.14</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>9360</v>
+        <v>2350</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>78.47</v>
+        <v>103.95</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>7600</v>
+        <v>10640</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>107.67</v>
+        <v>105.95</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>3540</v>
+        <v>1740</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
         <v>500</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>139.38</v>
+        <v>238.04</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>830</v>
+        <v>1910</v>
       </c>
       <c r="G59" s="3">
         <v>10</v>
       </c>
       <c r="H59" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C60" s="3">
+        <v>123.27</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>3640</v>
+      </c>
+      <c r="G60" s="3">
+        <v>10</v>
+      </c>
+      <c r="H60" s="3">
+        <v>500</v>
+      </c>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>3.05</v>
+        <v>86.09</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>180300</v>
+        <v>4550</v>
       </c>
       <c r="G61" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>4800</v>
+        <v>500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>3.9</v>
+        <v>50.52</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>199700</v>
+        <v>24900</v>
       </c>
       <c r="G62" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H62" s="3">
-        <v>4800</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>1.38</v>
+        <v>62.3</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>214100</v>
+        <v>19990</v>
       </c>
       <c r="G63" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>13000</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>1.89</v>
+        <v>72.08</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>694300</v>
+        <v>5270</v>
       </c>
       <c r="G64" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>8000</v>
+        <v>500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>60.92</v>
+        <v>123.32</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>3120</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I65" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>2.68</v>
+        <v>352.3</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>76900</v>
+        <v>1610</v>
       </c>
       <c r="G66" s="3">
+        <v>10</v>
+      </c>
+      <c r="H66" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>5000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>4.53</v>
+        <v>54.59</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>53100</v>
+        <v>3440</v>
       </c>
       <c r="G67" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>4500</v>
+        <v>1200</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>6.53</v>
+        <v>148.38</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>64100</v>
+        <v>2190</v>
       </c>
       <c r="G68" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>2500</v>
+        <v>300</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>61.53</v>
+        <v>157.85</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>72</v>
+        <v>1870</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I69" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>192.15</v>
+        <v>352.3</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>66</v>
+        <v>1480</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>51.65</v>
+        <v>260.25</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>24</v>
+        <v>570</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I71" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>72.08</v>
+        <v>80.09</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>23</v>
+        <v>4070</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I72" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>91.91</v>
+        <v>157.85</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>142</v>
+        <v>3510</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I73" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>87.35</v>
+        <v>42.71</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>80</v>
+        <v>10490</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>10</v>
+        <v>1200</v>
       </c>
       <c r="I74" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>65.16</v>
+        <v>103.7</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>110</v>
+        <v>1690</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>2.91</v>
+        <v>314.03</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>127900</v>
+        <v>297</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>5000</v>
+        <v>120</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>4.76</v>
+        <v>474.75</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F77" s="3">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>5000</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>9.42</v>
+        <v>195.97</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>16000</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>1500</v>
+        <v>200</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>134.23</v>
+        <v>243.82</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>25</v>
+        <v>3310</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I79" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>131.25</v>
+        <v>105.49</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>50</v>
+        <v>3440</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I80" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>73.18</v>
+        <v>78.79</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F81" s="3">
-        <v>77</v>
+        <v>224</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>140.33</v>
+        <v>92.57</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F82" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>5.63</v>
+        <v>139.38</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>90700</v>
+        <v>1670</v>
       </c>
       <c r="G83" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>4000</v>
+        <v>300</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C84" s="3">
+        <v>47.82</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="3">
+        <v>7400</v>
+      </c>
+      <c r="G84" s="3">
+        <v>10</v>
+      </c>
+      <c r="H84" s="3">
+        <v>1200</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B84" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="C85" s="3">
+        <v>94.75</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="3">
+        <v>4980</v>
+      </c>
+      <c r="G85" s="3">
+        <v>10</v>
+      </c>
+      <c r="H85" s="3">
+        <v>500</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>13.4</v>
+        <v>43.35</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>15900</v>
+        <v>4980</v>
       </c>
       <c r="G86" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>20000</v>
+        <v>1200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C87" s="3">
+        <v>78.47</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" s="3">
+        <v>6180</v>
+      </c>
+      <c r="G87" s="3">
+        <v>10</v>
+      </c>
+      <c r="H87" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B88" s="2"/>
+      <c r="C88" s="2"/>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2"/>
+      <c r="F88" s="2"/>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2"/>
+      <c r="I88" s="2"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C89" s="3">
-        <v>1.42</v>
+        <v>3.2</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>100900</v>
       </c>
       <c r="G89" s="3">
         <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>20000</v>
+        <v>4800</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C90" s="3">
+        <v>134.23</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F90" s="3">
+        <v>56</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>10</v>
+      </c>
+      <c r="I90" s="3">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...14 lines deleted...]
-      <c r="G90" s="3">
+      <c r="C91" s="3">
+        <v>91.91</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F91" s="3">
+        <v>4</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>10</v>
+      </c>
+      <c r="I91" s="3">
         <v>100</v>
       </c>
-      <c r="H90" s="3">
-[...17 lines deleted...]
-      <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C92" s="3">
-        <v>129.42</v>
+        <v>140.33</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F92" s="3">
-        <v>2820</v>
+        <v>7</v>
       </c>
       <c r="G92" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C93" s="3">
-        <v>45.29</v>
+        <v>72.08</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F93" s="3">
-        <v>2110</v>
+        <v>362</v>
       </c>
       <c r="G93" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C94" s="3">
-        <v>41.5</v>
+        <v>1.53</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>2520</v>
+        <v>150800</v>
       </c>
       <c r="G94" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H94" s="3">
-        <v>1600</v>
+        <v>13000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C95" s="3">
-        <v>78.67</v>
+        <v>61.68</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F95" s="3">
-        <v>6560</v>
+        <v>289</v>
       </c>
       <c r="G95" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C96" s="3">
-        <v>496.28</v>
+        <v>1.98</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>910</v>
+        <v>604200</v>
       </c>
       <c r="G96" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H96" s="3">
-        <v>120</v>
+        <v>8000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="C97" s="3">
-        <v>64.26</v>
+        <v>4.1</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>3810</v>
+        <v>125900</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H97" s="3">
-        <v>800</v>
+        <v>4800</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C98" s="3">
-        <v>53.33</v>
+        <v>2.81</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>3680</v>
+        <v>73900</v>
       </c>
       <c r="G98" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H98" s="3">
-        <v>1600</v>
+        <v>5000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C99" s="3">
-        <v>96.56</v>
+        <v>4.76</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>4760</v>
+        <v>50800</v>
       </c>
       <c r="G99" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H99" s="3">
-        <v>800</v>
+        <v>4500</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C100" s="3">
-        <v>22.12</v>
+        <v>6.86</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>1780</v>
+        <v>63400</v>
       </c>
       <c r="G100" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H100" s="3">
-        <v>1600</v>
+        <v>2500</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="C101" s="3">
-        <v>216.39</v>
+        <v>9.89</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1620</v>
+        <v>14750</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H101" s="3">
-        <v>320</v>
+        <v>1500</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C102" s="3">
-        <v>149.03</v>
+        <v>3.06</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2790</v>
+        <v>125000</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H102" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C103" s="3">
+        <v>4.76</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" s="3">
+        <v>1900</v>
+      </c>
+      <c r="G103" s="3">
+        <v>100</v>
+      </c>
+      <c r="H103" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="B104" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="C103" s="3">
-[...32 lines deleted...]
-      <c r="I104" s="2"/>
+      <c r="C104" s="3">
+        <v>131.25</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F104" s="3">
+        <v>0</v>
+      </c>
+      <c r="G104" s="3">
+        <v>1</v>
+      </c>
+      <c r="H104" s="3">
+        <v>10</v>
+      </c>
+      <c r="I104" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C105" s="3">
-        <v>52.35</v>
+        <v>64.61</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F105" s="3">
-        <v>13300</v>
+        <v>104</v>
       </c>
       <c r="G105" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I105" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="B106" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C106" s="3">
-        <v>62.05</v>
+        <v>192.15</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F106" s="3">
-        <v>14900</v>
+        <v>38</v>
       </c>
       <c r="G106" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>75.93</v>
+        <v>73.18</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F107" s="3">
-        <v>2200</v>
+        <v>20</v>
       </c>
       <c r="G107" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>86.81</v>
+        <v>5.91</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>4350</v>
+        <v>61200</v>
       </c>
       <c r="G108" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>90.33</v>
+        <v>60.92</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F109" s="3">
-        <v>2450</v>
+        <v>0</v>
       </c>
       <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>10</v>
+      </c>
+      <c r="I109" s="3">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>35.04</v>
+        <v>51.65</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F110" s="3">
-        <v>8600</v>
+        <v>19</v>
       </c>
       <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>10</v>
+      </c>
+      <c r="I110" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>45.28</v>
+        <v>65.16</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F111" s="3">
-        <v>5200</v>
+        <v>79</v>
       </c>
       <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>10</v>
+      </c>
+      <c r="I111" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="C112" s="3">
+        <v>87.35</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F112" s="3">
+        <v>68</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>10</v>
+      </c>
+      <c r="I112" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="2" t="s">
         <v>227</v>
       </c>
-      <c r="C112" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C114" s="3">
-        <v>55.46</v>
+        <v>2.71</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C115" s="3">
+        <v>1.58</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F115" s="3">
+        <v>35100</v>
+      </c>
+      <c r="G115" s="3">
+        <v>100</v>
+      </c>
+      <c r="H115" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="B116" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="C115" s="3">
-[...32 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="C116" s="3">
+        <v>1.42</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F116" s="3">
+        <v>0</v>
+      </c>
+      <c r="G116" s="3">
+        <v>100</v>
+      </c>
+      <c r="H116" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>15.64</v>
+        <v>14.07</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>29700</v>
+        <v>13000</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>6000</v>
+        <v>20000</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="3">
-        <v>14.22</v>
+        <v>4.78</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>24200</v>
+        <v>1000</v>
       </c>
       <c r="G118" s="3">
         <v>100</v>
       </c>
       <c r="H118" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A119" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C120" s="3">
-        <v>158.61</v>
+        <v>496.28</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>57</v>
+        <v>840</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>10</v>
+        <v>120</v>
       </c>
       <c r="I120" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C121" s="3">
+        <v>216.39</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>1540</v>
+      </c>
+      <c r="G121" s="3">
+        <v>10</v>
+      </c>
+      <c r="H121" s="3">
+        <v>320</v>
+      </c>
+      <c r="I121" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="B122" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="C121" s="3">
-[...32 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="C122" s="3">
+        <v>41.5</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F122" s="3">
+        <v>2400</v>
+      </c>
+      <c r="G122" s="3">
+        <v>20</v>
+      </c>
+      <c r="H122" s="3">
+        <v>1600</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B123" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="3">
-        <v>95.82</v>
+        <v>78.67</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>23600</v>
+        <v>6430</v>
       </c>
       <c r="G123" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
         <v>1000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B124" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="3">
-        <v>114.51</v>
+        <v>64.26</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>19320</v>
+        <v>3700</v>
       </c>
       <c r="G124" s="3">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>840</v>
+        <v>800</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="3">
-        <v>166.08</v>
+        <v>149.03</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>15930</v>
+        <v>2420</v>
       </c>
       <c r="G125" s="3">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="H125" s="3">
-        <v>450</v>
+        <v>500</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>202.69</v>
+        <v>22.12</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>0</v>
+        <v>1720</v>
       </c>
       <c r="G126" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="H126" s="3">
-        <v>450</v>
+        <v>1600</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>114.93</v>
+        <v>50.66</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>12450</v>
+        <v>3420</v>
       </c>
       <c r="G127" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="H127" s="3">
-        <v>500</v>
+        <v>1600</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>128.43</v>
+        <v>122.95</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>6500</v>
+        <v>2950</v>
       </c>
       <c r="G128" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H128" s="3">
         <v>500</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>91.26</v>
+        <v>43.03</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>39100</v>
+        <v>2010</v>
       </c>
       <c r="G129" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H129" s="3">
         <v>800</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="C130" s="3">
+        <v>96.56</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="3">
+        <v>4000</v>
+      </c>
+      <c r="G130" s="3">
+        <v>10</v>
+      </c>
+      <c r="H130" s="3">
+        <v>800</v>
+      </c>
+      <c r="I130" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="C130" s="3">
-[...22 lines deleted...]
-      <c r="A131" s="2" t="s">
+      <c r="B131" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B131" s="2"/>
-[...6 lines deleted...]
-      <c r="I131" s="2"/>
+      <c r="C131" s="3">
+        <v>209.05</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F131" s="3">
+        <v>2270</v>
+      </c>
+      <c r="G131" s="3">
+        <v>10</v>
+      </c>
+      <c r="H131" s="3">
+        <v>300</v>
+      </c>
+      <c r="I131" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="3" t="s">
+      <c r="A132" s="2" t="s">
         <v>263</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B132" s="2"/>
+      <c r="C132" s="2"/>
+      <c r="D132" s="2"/>
+      <c r="E132" s="2"/>
+      <c r="F132" s="2"/>
+      <c r="G132" s="2"/>
+      <c r="H132" s="2"/>
+      <c r="I132" s="2"/>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>5.49</v>
+        <v>69.5</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>248700</v>
+        <v>5250</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H133" s="3">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>9.2</v>
+        <v>52.35</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>18700</v>
+        <v>13000</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>117.67</v>
+        <v>45.28</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>177</v>
+        <v>5100</v>
       </c>
       <c r="G135" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H135" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I135" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>18.2</v>
+        <v>35.04</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>15300</v>
+        <v>7500</v>
       </c>
       <c r="G136" s="3">
         <v>100</v>
       </c>
       <c r="H136" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>5.5</v>
+        <v>58.27</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>142800</v>
+        <v>6400</v>
       </c>
       <c r="G137" s="3">
         <v>100</v>
       </c>
       <c r="H137" s="3">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A138" s="2" t="s">
+      <c r="A138" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B138" s="2"/>
-[...6 lines deleted...]
-      <c r="I138" s="2"/>
+      <c r="C138" s="3">
+        <v>55.46</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F138" s="3">
+        <v>500</v>
+      </c>
+      <c r="G138" s="3">
+        <v>50</v>
+      </c>
+      <c r="H138" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I138" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C139" s="3">
-        <v>52.69</v>
+        <v>57.93</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>1648</v>
+        <v>4250</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H139" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C140" s="3">
-        <v>168.85</v>
+        <v>82.47</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>0</v>
+        <v>4400</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C141" s="3">
-        <v>51.02</v>
+        <v>62.05</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>2338</v>
+        <v>7700</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C142" s="3">
-        <v>56.41</v>
+        <v>75.93</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>3883</v>
+        <v>1000</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C143" s="3">
-        <v>52.69</v>
+        <v>90.33</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>282</v>
+        <v>2450</v>
       </c>
       <c r="G143" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A60:I60"/>
-[...6 lines deleted...]
-    <mergeCell ref="A138:I138"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A19:I19"/>
+    <mergeCell ref="A26:I26"/>
+    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A132:I132"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D10" r:id="rId7"/>
-[...119 lines deleted...]
-    <hyperlink ref="D137" r:id="rId127"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId21"/>
+    <hyperlink ref="D28" r:id="rId22"/>
+    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D30" r:id="rId24"/>
+    <hyperlink ref="D31" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D48" r:id="rId41"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D53" r:id="rId46"/>
+    <hyperlink ref="D54" r:id="rId47"/>
+    <hyperlink ref="D55" r:id="rId48"/>
+    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D57" r:id="rId50"/>
+    <hyperlink ref="D58" r:id="rId51"/>
+    <hyperlink ref="D59" r:id="rId52"/>
+    <hyperlink ref="D60" r:id="rId53"/>
+    <hyperlink ref="D61" r:id="rId54"/>
+    <hyperlink ref="D62" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
+    <hyperlink ref="D65" r:id="rId58"/>
+    <hyperlink ref="D66" r:id="rId59"/>
+    <hyperlink ref="D67" r:id="rId60"/>
+    <hyperlink ref="D68" r:id="rId61"/>
+    <hyperlink ref="D69" r:id="rId62"/>
+    <hyperlink ref="D70" r:id="rId63"/>
+    <hyperlink ref="D71" r:id="rId64"/>
+    <hyperlink ref="D72" r:id="rId65"/>
+    <hyperlink ref="D73" r:id="rId66"/>
+    <hyperlink ref="D74" r:id="rId67"/>
+    <hyperlink ref="D75" r:id="rId68"/>
+    <hyperlink ref="D76" r:id="rId69"/>
+    <hyperlink ref="D77" r:id="rId70"/>
+    <hyperlink ref="D78" r:id="rId71"/>
+    <hyperlink ref="D79" r:id="rId72"/>
+    <hyperlink ref="D80" r:id="rId73"/>
+    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D82" r:id="rId75"/>
+    <hyperlink ref="D83" r:id="rId76"/>
+    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId78"/>
+    <hyperlink ref="D86" r:id="rId79"/>
+    <hyperlink ref="D87" r:id="rId80"/>
+    <hyperlink ref="D89" r:id="rId81"/>
+    <hyperlink ref="D90" r:id="rId82"/>
+    <hyperlink ref="D91" r:id="rId83"/>
+    <hyperlink ref="D92" r:id="rId84"/>
+    <hyperlink ref="D93" r:id="rId85"/>
+    <hyperlink ref="D94" r:id="rId86"/>
+    <hyperlink ref="D95" r:id="rId87"/>
+    <hyperlink ref="D96" r:id="rId88"/>
+    <hyperlink ref="D97" r:id="rId89"/>
+    <hyperlink ref="D98" r:id="rId90"/>
+    <hyperlink ref="D99" r:id="rId91"/>
+    <hyperlink ref="D100" r:id="rId92"/>
+    <hyperlink ref="D101" r:id="rId93"/>
+    <hyperlink ref="D102" r:id="rId94"/>
+    <hyperlink ref="D103" r:id="rId95"/>
+    <hyperlink ref="D104" r:id="rId96"/>
+    <hyperlink ref="D105" r:id="rId97"/>
+    <hyperlink ref="D106" r:id="rId98"/>
+    <hyperlink ref="D107" r:id="rId99"/>
+    <hyperlink ref="D108" r:id="rId100"/>
+    <hyperlink ref="D109" r:id="rId101"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D111" r:id="rId103"/>
+    <hyperlink ref="D112" r:id="rId104"/>
+    <hyperlink ref="D114" r:id="rId105"/>
+    <hyperlink ref="D115" r:id="rId106"/>
+    <hyperlink ref="D116" r:id="rId107"/>
+    <hyperlink ref="D117" r:id="rId108"/>
+    <hyperlink ref="D118" r:id="rId109"/>
+    <hyperlink ref="D120" r:id="rId110"/>
+    <hyperlink ref="D121" r:id="rId111"/>
+    <hyperlink ref="D122" r:id="rId112"/>
+    <hyperlink ref="D123" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId114"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D127" r:id="rId117"/>
+    <hyperlink ref="D128" r:id="rId118"/>
+    <hyperlink ref="D129" r:id="rId119"/>
+    <hyperlink ref="D130" r:id="rId120"/>
+    <hyperlink ref="D131" r:id="rId121"/>
+    <hyperlink ref="D133" r:id="rId122"/>
+    <hyperlink ref="D134" r:id="rId123"/>
+    <hyperlink ref="D135" r:id="rId124"/>
+    <hyperlink ref="D136" r:id="rId125"/>
+    <hyperlink ref="D137" r:id="rId126"/>
+    <hyperlink ref="D138" r:id="rId127"/>
     <hyperlink ref="D139" r:id="rId128"/>
     <hyperlink ref="D140" r:id="rId129"/>
     <hyperlink ref="D141" r:id="rId130"/>
     <hyperlink ref="D142" r:id="rId131"/>
     <hyperlink ref="D143" r:id="rId132"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>