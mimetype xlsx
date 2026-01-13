--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,876 +42,876 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединители кабельные</t>
   </si>
   <si>
-    <t>1.1 Клеммы для осветительных систем</t>
+    <t>1.1 Клеммные колодки винтовые</t>
+  </si>
+  <si>
+    <t>07-5012-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5004-2-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5006-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5010-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>07-5004-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5025-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5014-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2-7</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5004-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5012-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
+  </si>
+  <si>
+    <t>07-5016-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>1.2 Соединительные изолирующие зажимы СИЗ</t>
+  </si>
+  <si>
+    <t>08-0756-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0232-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0782</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0759-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0230-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0230-A10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0232-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
+  </si>
+  <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
+    <t>07-5218</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-5219</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
+  </si>
+  <si>
+    <t>08-0756</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>1.3 Концевые изолированные заглушки КИЗ</t>
+  </si>
+  <si>
+    <t>08-0701</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-1, ø 2,8 мм (1,0-2,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0702</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-2, ø 3,0 мм (1,5-4,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0703</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-5, ø 4,0 мм (2,5-5,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0705</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-7, ø 5,5 мм (8,0-10,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0704</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-6, ø 4,8 мм (3,0-8,0 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Клеммники концевые изолированные</t>
+  </si>
+  <si>
+    <t>07-5700</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм²  (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5701</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5703</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5705</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5706</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5710</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5702</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5704</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5707</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5708</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (10х1) (10 шт./уп.)REXANT</t>
+  </si>
+  <si>
+    <t>07-5709</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5711</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Клеммы пружинные соединительные</t>
+  </si>
+  <si>
+    <t>07-6215-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная с заземлением и с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Клеммы для осветительных систем</t>
+  </si>
+  <si>
+    <t>07-2401-10</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (1,0-2,5)/(0,5-2,5) мм², серая (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника (0,2-2,5)/(0,14-2,5) мм², белая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411-5</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника 1.0-2.5/0.5-2.5 мм², белая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402-05</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на 2 проводника (1,0-2,5)/(0,5-2,5) мм² (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2401</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (0,2-2,5)/(0,14-2,5) мм², серая (100 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-2402</t>
   </si>
   <si>
     <t>Строительно-монтажная клемма СМК 224-201 для светильника на гибкие проводники (0,2-2,5)/(0,14-2,5) мм² серая (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...38 lines deleted...]
-    <t>1.2 Клеммы керамические</t>
+    <t>1.7 Клеммы керамические</t>
+  </si>
+  <si>
+    <t>07-6222</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6228</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 3 пары контактов с крепежным отверстием REXANT (45 шт./уп.)</t>
   </si>
   <si>
     <t>07-6226</t>
   </si>
   <si>
     <t>Клемма керамическая винтовая КВ 10 мм² 3 пары контактов с крепежным отверстием (84 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6222</t>
-[...2 lines deleted...]
-    <t>Клемма керамическая винтовая КВ 10 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+    <t>07-6227</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 3 пары контактов с крепежным отверстием (45 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6221</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6225</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 3 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-6223</t>
   </si>
   <si>
     <t>Клемма керамическая винтовая КВ 12 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6227</t>
-[...16 lines deleted...]
-  <si>
     <t>07-6224</t>
   </si>
   <si>
     <t>Клемма керамическая винтовая КВ 16 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6225</t>
-[...5 lines deleted...]
-    <t>1.3 Ответвители прокалывающие</t>
+    <t>1.8 Ответвители прокалывающие</t>
+  </si>
+  <si>
+    <t>08-0771</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0781</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 4.0-6.0 мм² (ОВ-3/ЗПо-1 4,0-6,0) желтый REXANT</t>
   </si>
   <si>
     <t>08-0791</t>
   </si>
   <si>
     <t>Ответвитель питания 0.5-0.75 мм² (ОВ) красный REXANT</t>
   </si>
   <si>
+    <t>06-0426-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0427-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
     <t>08-0761</t>
   </si>
   <si>
     <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный REXANT</t>
   </si>
   <si>
-    <t>08-0771</t>
-[...23 lines deleted...]
-    <t>1.4 Сжимы ответвительные (Орехи)</t>
+    <t>1.9 Сжимы ответвительные (Орехи)</t>
+  </si>
+  <si>
+    <t>07-0731</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-731М (4-10/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0733</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-733М (16-35/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0859</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-859М (50-70/4-35 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0739</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-739М (4-10/1,5-2,5 мм²) IP20 (сжим, орех) REXANT</t>
   </si>
   <si>
     <t>07-0734</t>
   </si>
   <si>
     <t>Зажим ответвительный У-734М (16-35/16-25 мм²) IP20 (сжим, орех) REXANT</t>
-  </si>
-[...679 lines deleted...]
-    <t>Клемма пружинная соединительная КСП 5-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1296,51 +1296,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-sup2-seraya-50-sht-up-rexant-24397" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-sup2-seraya-100-sht-up-rexant-24395" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-sup2-belaya-100-sht-up-rexant-24396" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-sup2-belaya-5-sht-up-rexant-27654" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-sup2-seraya-10-sht-up-rexant-28582" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montajnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-sup2-5-sht-up-rexant-28566" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-84-sht-up-rexant-24372" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24410" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-50-sht-up-rexant-24412" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-45-sht-up-rexant-24373" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-rexant-45-sht-up-24374" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24411" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-sup2-2-pari-kontaktov-s-krepejnim-otverstiem-50-sht-up-rexant-24413" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-sup2-3-pari-kontaktov-s-krepejnim-otverstiem-100-sht-up-rexant-24414" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-sup2-ov-krasniy-rexant-2222" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-sup2-ov-1-zpo-1-0-5-1-5-krasniy-rexant-1338" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-sup2-ov-2-zpo-1-1-0-2-5-siniy-rexant-1337" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-sup2-ov-3-zpo-1-4-0-6-0-jeltiy-rexant-1339" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-sup2-ov-1-zpo-1-0-5-1-5-krasniy-v-upak-5-sht-rexant-18022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-sup2-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant-18023" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-734m-16-35-16-25-mm-sup2-ip20-sjim-oreh-rexant-29073" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-733m-16-35-1-5-10-mm-sup2-ip20-sjim-oreh-rexant-29072" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-859m-50-70-4-35-mm-sup2-ip20-sjim-oreh-rexant-29075" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-731m-4-10-1-5-10-mm-sup2-ip20-sjim-oreh-rexant-29071" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-otvetvitelniy-u-739m-4-10-1-5-2-5-mm-sup2-ip20-sjim-oreh-rexant-29074" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-individualnaya-upakovka-1-sht-11869" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-11420" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15169" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-sup2-individualnaya-upakovka-1-sht-up-proconnect-15172" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-sup2-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht-11421" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31569" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21042" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-sup2-tok-100-a-polietilen-beliy-zvi-rexant-12576" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-jeltiy-rexant-10-sht-up-25001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-jeltiy-rexant-10-sht-up-25000" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up-25011" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-jeltiy-rexant-10-sht-up-25003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up-25012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31577" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-rexant-9158" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31570" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-jeltiy-rexant-10-sht-up-25007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27988" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-cherniy-rexant-10-sht-up-25019" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-zvi-rexant-9160" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polipropilen-cherniy-zvi-rexant-9163" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polipropilen-cherniy-zvi-rexant-9159" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31575" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polipropilen-cherniy-zvi-rexant-9161" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-rexant-759" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polipropilen-cherniy-zvi-rexant-9162" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polipropilen-cherniy-zvi-rexant-9164" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-sup2-tok-20-a-polietilen-beliy-zvi-rexant-760" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-rexant-758" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-rexant-393" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-rexant-757" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-jeltiy-rexant-10-sht-up-25002" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-jeltiy-rexant-10-sht-up-25005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-jeltiy-rexant-10-sht-up-25008" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-sup2-polipropilen-siniy-zvi-10-sht-up-rexant-25010" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up-25014" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up-25015" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up-25017" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-beliy-rexant-10-sht-up-25018" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-jeltiy-rexant-10-sht-up-25004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-jeltiy-rexant-10-sht-up-25006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up-25009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up-25013" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up-25016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-individualnaya-upakovka-1-sht-zvi-rexant-27989" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polipropilen-cherniy-individualnaya-upakovka-1-sht-rexant-21041" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-sup2-tok-60-a-polietilen-beliy-zvi-rexant-1626" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-rexant-761" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polipropilen-cherniy-zvi-individualnaya-upakovka-1-sht-rexant-31576" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-individualnaya-upakovka-1-sht-rexant-31571" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-sup2-tok-30-a-polietilen-beliy-zvi-smartkip-23642" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-sup2-tok-6-a-polietilen-beliy-zvi-smartkip-19185" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-sup2-tok-16-a-polietilen-beliy-zvi-smartkip-19186" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-sup2-tok-3-a-polietilen-beliy-zvi-smartkip-19184" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-sup2-tok-10-a-polietilen-beliy-zvi-smartkip-19187" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-3-oslash-3-3-mm-1-5-5-75-mm-sup2-oranjeviy-rexant-11840" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-10-sht-up-rexant-28586" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-10-sht-17964" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-10-sht-up-rexant-28587" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-5-sht-17960" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-1-oslash-2-7-mm-1-0-2-75-mm-sup2-seriy-rexant-11839" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-5-sht-17959" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-2-oslash-3-0-mm-1-0-3-75-mm-sup2-siniy-rexant-11833" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-4-oslash-4-8-mm-1-5-10-5-mm-sup2-jeltiy-rexant-11834" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-100-sht-up-26154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-100-sht-up-26156" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-50-sht-up-26157" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-50-sht-up-26158" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-100-sht-up-26155" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-zazemleniya-s-lepestkami-siz-99-oslash-12-mm-5-16-mm-sup2-zeleniy-100-sht-up-26159" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-4-0-13-0-mm-sup2-krasniy-10-sht-up-rexant-28568" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-10-sht-up-rexant-28584" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-10-sht-up-rexant-28588" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-10-sht-up-rexant-28585" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-3-0-17-0-mm-sup2-krasniy-rexant-11835" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-5-sht-17958" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-10-sht-17965" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-2-1-0-4-5-mm-sup2-siniy-10-sht-17967" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-10-sht-17966" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-oslash-4-0-mm-2-5-5-5-mm-sup2-rexant-7948" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-oslash-3-0-mm-1-5-4-0-mm-sup2-rexant-7947" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-oslash-2-8-mm-1-0-2-5-mm-sup2-rexant-7946" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-oslash-4-8-mm-3-0-8-0-mm-sup2-rexant-7949" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-oslash-5-5-mm-8-0-10-0-mm-sup2-rexant-7950" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-16-mm-sup2-10h1-10-sht-up-rexant-24394" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-16-mm-sup2-5h1-10-sht-up-rexant-24388" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-2-5-mm-sup2-5h1-20-sht-up-rexant-24384" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-6-mm-sup2-5h1-10-sht-up-rexant-24386" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-2-5-mm-sup2-10h1-10-sht-up-rexant-24390" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-6-mm-sup2-10h1-10-sht-up-rexant-24392" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-1-5-mm-sup2-5h1-20-sht-up-rexant-24383" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-4-mm-sup2-5h1-20-sht-up-rexant-24385" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-10-mm-sup2-5h1-10-sht-up-rexant-24387" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-1-5-mm-sup2-10h1-10-sht-up-rexant-24389" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-4-mm-sup2-10h1-10-sht-up-rexant-24391" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zajim-vintovoy-izolirovanniy-kzvi-10-mm-sup2-10h1-10-sht-up-rexant-24393" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montajnimi-nojkami-50-sht-up-rexant-24408" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montajnimi-nojkami-100-sht-up-rexant-24402" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant-24398" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montajnimi-nojkami-100-sht-up-rexant-24399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant-24401" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant-24404" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-50-sht-up-rexant-24406" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant-24407" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-100-sht-up-rexant-24403" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montajnimi-nojkami-50-sht-up-rexant-24405" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-prujinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montajnimi-nojkami-50-sht-up-rexant-24409" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-seraya-1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-5-sht-u" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-seraya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-s" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-10-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-35-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-70-4-35-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-10-1-5-2-5-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-35-16-25-mm-ip20-szhim-oreh-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I143"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1377,4115 +1377,4115 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>57.31</v>
+        <v>259.72</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7350</v>
+        <v>34</v>
       </c>
       <c r="G4" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>15.64</v>
+        <v>142.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>27200</v>
+        <v>714</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6000</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>14.93</v>
+        <v>170.64</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>21700</v>
+        <v>329</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>137.25</v>
+        <v>221.32</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>158.61</v>
+        <v>126.87</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
+      <c r="C9" s="3">
+        <v>482.82</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="3">
+        <v>6</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>50</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="C9" s="3">
-[...22 lines deleted...]
-      <c r="A10" s="2" t="s">
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="2"/>
-[...6 lines deleted...]
-      <c r="I10" s="2"/>
+      <c r="C10" s="3">
+        <v>51.38</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F10" s="3">
+        <v>21350</v>
+      </c>
+      <c r="G10" s="3">
+        <v>10</v>
+      </c>
+      <c r="H10" s="3">
+        <v>500</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>114.51</v>
+        <v>118.01</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>8736</v>
+        <v>2290</v>
       </c>
       <c r="G11" s="3">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>840</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>91.26</v>
+        <v>77.37</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>28400</v>
+        <v>2270</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>800</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>114.93</v>
+        <v>102.36</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>11700</v>
+        <v>1650</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>166.08</v>
+        <v>125.13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>14175</v>
+        <v>1600</v>
       </c>
       <c r="G14" s="3">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>450</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>202.69</v>
+        <v>242.09</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>8100</v>
+        <v>1780</v>
       </c>
       <c r="G15" s="3">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>450</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>60.8</v>
+        <v>247.96</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F16" s="3">
-        <v>35150</v>
+        <v>2810</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>128.43</v>
+        <v>317.61</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>13300</v>
+        <v>420</v>
       </c>
       <c r="G17" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>95.82</v>
+        <v>55.52</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>22700</v>
+        <v>2530</v>
       </c>
       <c r="G18" s="3">
+        <v>10</v>
+      </c>
+      <c r="H18" s="3">
+        <v>1200</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" s="3">
+        <v>256.54</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F19" s="3">
+        <v>1290</v>
+      </c>
+      <c r="G19" s="3">
+        <v>10</v>
+      </c>
+      <c r="H19" s="3">
         <v>100</v>
       </c>
-      <c r="H18" s="3">
-[...17 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>18.2</v>
+        <v>87.55</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>14100</v>
+        <v>3070</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>5.49</v>
+        <v>50.79</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>197900</v>
+        <v>5520</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>10000</v>
+        <v>1200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>5.5</v>
+        <v>105.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F22" s="3">
-        <v>128900</v>
+        <v>620</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>10000</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>9.2</v>
+        <v>86.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F23" s="3">
-        <v>25500</v>
+        <v>3360</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>4000</v>
+        <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>117.67</v>
+        <v>57.32</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F24" s="3">
-        <v>105</v>
+        <v>18380</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>1200</v>
       </c>
       <c r="I24" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>113.05</v>
+        <v>106.93</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F25" s="3">
-        <v>204</v>
+        <v>2240</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A26" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="A26" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="3">
+        <v>196.23</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>0</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>250</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>56.41</v>
+        <v>36.9</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F27" s="3">
-        <v>786</v>
+        <v>8370</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>360</v>
+        <v>1200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>52.69</v>
+        <v>105.21</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>1540</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>360</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>168.85</v>
+        <v>573.51</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>51.02</v>
+        <v>125.42</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F30" s="3">
-        <v>590</v>
+        <v>3090</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>52.69</v>
+        <v>322.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>1510</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>360</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="A32" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C32" s="3">
+        <v>105.46</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F32" s="3">
+        <v>1570</v>
+      </c>
+      <c r="G32" s="3">
+        <v>10</v>
+      </c>
+      <c r="H32" s="3">
+        <v>500</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>124.75</v>
+        <v>80.13</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>173</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>167.79</v>
+        <v>137.18</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>217.62</v>
+        <v>94.14</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>255</v>
+        <v>117</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>255.38</v>
+        <v>193.46</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>140.31</v>
+        <v>105.72</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F37" s="3">
-        <v>919</v>
+        <v>10000</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>134.89</v>
+        <v>125.37</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F38" s="3">
-        <v>60</v>
+        <v>3470</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>276.84</v>
+        <v>50.79</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F39" s="3">
-        <v>200</v>
+        <v>8050</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>563.92</v>
+        <v>63.36</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F40" s="3">
-        <v>280</v>
+        <v>4700</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>40.32</v>
+        <v>256.54</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F41" s="3">
-        <v>8560</v>
+        <v>1010</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>1200</v>
+        <v>120</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>49.94</v>
+        <v>128.17</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>12160</v>
+        <v>1896</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>1200</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>85.09</v>
+        <v>72.21</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>3820</v>
+        <v>767</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>104</v>
+        <v>73.31</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F44" s="3">
-        <v>710</v>
+        <v>5260</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>500</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>103.45</v>
+        <v>73.31</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F45" s="3">
-        <v>1730</v>
+        <v>4030</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>126.03</v>
+        <v>144.48</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F46" s="3">
-        <v>1901</v>
+        <v>3490</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>49.94</v>
+        <v>43.44</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F47" s="3">
-        <v>8310</v>
+        <v>10210</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>1200</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>71</v>
+        <v>199.3</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F48" s="3">
         <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>280.28</v>
+        <v>281.55</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F49" s="3">
-        <v>1010</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>190.23</v>
+        <v>150.9</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F50" s="3">
-        <v>79</v>
+        <v>2010</v>
       </c>
       <c r="G50" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>280.28</v>
+        <v>192.64</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F51" s="3">
-        <v>1290</v>
+        <v>1780</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>76.08</v>
+        <v>319.37</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F52" s="3">
-        <v>4650</v>
+        <v>297</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>800</v>
+        <v>120</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>123.04</v>
+        <v>322.46</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F53" s="3">
-        <v>3020</v>
+        <v>1450</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>56.36</v>
+        <v>79.8</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F54" s="3">
-        <v>16100</v>
+        <v>6000</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>192.95</v>
+        <v>44.09</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F55" s="3">
-        <v>20</v>
+        <v>3870</v>
       </c>
       <c r="G55" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>250</v>
+        <v>1200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>105.14</v>
+        <v>48.63</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F56" s="3">
-        <v>2350</v>
+        <v>3450</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>103.95</v>
+        <v>96.36</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F57" s="3">
-        <v>10640</v>
+        <v>4750</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
         <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>105.95</v>
+        <v>141.75</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F58" s="3">
-        <v>1740</v>
+        <v>950</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A59" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>123.27</v>
+        <v>74.42</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>3640</v>
+        <v>18</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>86.09</v>
+        <v>62.73</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>4550</v>
+        <v>93</v>
       </c>
       <c r="G61" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I61" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>50.52</v>
+        <v>66.27</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>24900</v>
+        <v>215</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>62.3</v>
+        <v>9.05</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F63" s="3">
-        <v>19990</v>
+        <v>13200</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H63" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>72.08</v>
+        <v>65.71</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>5270</v>
+        <v>100</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>123.32</v>
+        <v>142.72</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>3120</v>
+        <v>6</v>
       </c>
       <c r="G65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I65" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>352.3</v>
+        <v>61.96</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>54.59</v>
+        <v>73.31</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>3440</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>1200</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>148.38</v>
+        <v>93.47</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>2190</v>
+        <v>231</v>
       </c>
       <c r="G68" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>157.85</v>
+        <v>2.57</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F69" s="3">
-        <v>1870</v>
+        <v>73600</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H69" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C70" s="3">
-        <v>352.3</v>
+        <v>133.48</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1480</v>
+        <v>254</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>260.25</v>
+        <v>52.53</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>570</v>
+        <v>59</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>80.09</v>
+        <v>88.83</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>4070</v>
+        <v>258</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>157.85</v>
+        <v>136.51</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>3510</v>
+        <v>56</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>42.71</v>
+        <v>195.42</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>10490</v>
+        <v>136</v>
       </c>
       <c r="G74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>1200</v>
+        <v>10</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>103.7</v>
+        <v>6.01</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F75" s="3">
-        <v>1690</v>
+        <v>41500</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H75" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>314.03</v>
+        <v>1.56</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F76" s="3">
-        <v>297</v>
+        <v>139100</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H76" s="3">
-        <v>120</v>
+        <v>13000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>474.75</v>
+        <v>2.01</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>570400</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>8000</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>195.97</v>
+        <v>3.25</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>67700</v>
       </c>
       <c r="G78" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H78" s="3">
-        <v>200</v>
+        <v>4800</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>243.82</v>
+        <v>4.17</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F79" s="3">
-        <v>3310</v>
+        <v>99900</v>
       </c>
       <c r="G79" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H79" s="3">
-        <v>200</v>
+        <v>4800</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>105.49</v>
+        <v>3.98</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F80" s="3">
-        <v>3440</v>
+        <v>124200</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H80" s="3">
-        <v>300</v>
+        <v>5000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>78.79</v>
+        <v>4.36</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F81" s="3">
-        <v>224</v>
+        <v>50300</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H81" s="3">
-        <v>50</v>
+        <v>4500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>92.57</v>
+        <v>6.28</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F82" s="3">
-        <v>60</v>
+        <v>63100</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>2500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C83" s="3">
-        <v>139.38</v>
+        <v>4.84</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F83" s="3">
-        <v>1670</v>
+        <v>1400</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H83" s="3">
-        <v>300</v>
+        <v>5000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A84" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>94.75</v>
+        <v>1.44</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F85" s="3">
-        <v>4980</v>
+        <v>14000</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>500</v>
+        <v>20000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>43.35</v>
+        <v>1.61</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F86" s="3">
-        <v>4980</v>
+        <v>25800</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H86" s="3">
-        <v>1200</v>
+        <v>20000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>78.47</v>
+        <v>2.76</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F87" s="3">
-        <v>6180</v>
+        <v>32500</v>
       </c>
       <c r="G87" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A88" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="A88" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C88" s="3">
+        <v>4.86</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F88" s="3">
+        <v>27000</v>
+      </c>
+      <c r="G88" s="3">
+        <v>100</v>
+      </c>
+      <c r="H88" s="3">
+        <v>5000</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="C89" s="3">
-        <v>3.2</v>
+        <v>14.31</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F89" s="3">
-        <v>100900</v>
+        <v>26200</v>
       </c>
       <c r="G89" s="3">
         <v>100</v>
       </c>
       <c r="H89" s="3">
-        <v>4800</v>
+        <v>20000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A90" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>91.91</v>
+        <v>22.5</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F91" s="3">
-        <v>4</v>
+        <v>1660</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H91" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I91" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>140.33</v>
+        <v>49.33</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F92" s="3">
-        <v>7</v>
+        <v>2320</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H92" s="3">
-        <v>10</v>
+        <v>1600</v>
       </c>
       <c r="I92" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>72.08</v>
+        <v>91.29</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F93" s="3">
-        <v>362</v>
+        <v>4150</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I93" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>1.53</v>
+        <v>272.72</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F94" s="3">
-        <v>150800</v>
+        <v>1530</v>
       </c>
       <c r="G94" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>13000</v>
+        <v>320</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>61.68</v>
+        <v>43.76</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F95" s="3">
-        <v>289</v>
+        <v>1970</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>10</v>
+        <v>800</v>
       </c>
       <c r="I95" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>1.98</v>
+        <v>255.12</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F96" s="3">
-        <v>604200</v>
+        <v>2010</v>
       </c>
       <c r="G96" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>8000</v>
+        <v>300</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>4.1</v>
+        <v>61.52</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F97" s="3">
-        <v>125900</v>
+        <v>1760</v>
       </c>
       <c r="G97" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="H97" s="3">
-        <v>4800</v>
+        <v>1600</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>2.81</v>
+        <v>145.89</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F98" s="3">
-        <v>73900</v>
+        <v>2360</v>
       </c>
       <c r="G98" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>4.76</v>
+        <v>78.42</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F99" s="3">
-        <v>50800</v>
+        <v>2440</v>
       </c>
       <c r="G99" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>4500</v>
+        <v>800</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>6.86</v>
+        <v>108.02</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F100" s="3">
-        <v>63400</v>
+        <v>3650</v>
       </c>
       <c r="G100" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>2500</v>
+        <v>800</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>9.89</v>
+        <v>179.53</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F101" s="3">
-        <v>14750</v>
+        <v>2100</v>
       </c>
       <c r="G101" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>3.06</v>
+        <v>529.95</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F102" s="3">
-        <v>125000</v>
+        <v>730</v>
       </c>
       <c r="G102" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>5000</v>
+        <v>120</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A103" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>131.25</v>
+        <v>63.1</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F104" s="3">
         <v>0</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I104" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>64.61</v>
+        <v>46.05</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F105" s="3">
-        <v>104</v>
+        <v>3100</v>
       </c>
       <c r="G105" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H105" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>192.15</v>
+        <v>35.64</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F106" s="3">
-        <v>38</v>
+        <v>7100</v>
       </c>
       <c r="G106" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H106" s="3">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="I106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>73.18</v>
+        <v>59.26</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F107" s="3">
-        <v>20</v>
+        <v>3400</v>
       </c>
       <c r="G107" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H107" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I107" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>5.91</v>
+        <v>53.24</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F108" s="3">
-        <v>61200</v>
+        <v>8800</v>
       </c>
       <c r="G108" s="3">
         <v>100</v>
       </c>
       <c r="H108" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>60.92</v>
+        <v>56.4</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F109" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G109" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H109" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I109" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>51.65</v>
+        <v>77.22</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F110" s="3">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="G110" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I110" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>65.16</v>
+        <v>58.91</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F111" s="3">
-        <v>79</v>
+        <v>4250</v>
       </c>
       <c r="G111" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I111" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>87.35</v>
+        <v>83.87</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F112" s="3">
-        <v>68</v>
+        <v>2400</v>
       </c>
       <c r="G112" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I112" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="A113" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="C113" s="3">
+        <v>63.61</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F113" s="3">
+        <v>4750</v>
+      </c>
+      <c r="G113" s="3">
+        <v>50</v>
+      </c>
+      <c r="H113" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C114" s="3">
-        <v>2.71</v>
+        <v>91.87</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F114" s="3">
-        <v>0</v>
+        <v>2450</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A115" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A115" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="B115" s="2"/>
+      <c r="C115" s="2"/>
+      <c r="D115" s="2"/>
+      <c r="E115" s="2"/>
+      <c r="F115" s="2"/>
+      <c r="G115" s="2"/>
+      <c r="H115" s="2"/>
+      <c r="I115" s="2"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>1.42</v>
+        <v>161.31</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H116" s="3">
-        <v>20000</v>
+        <v>10</v>
       </c>
       <c r="I116" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>14.07</v>
+        <v>14.42</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F117" s="3">
-        <v>13000</v>
+        <v>21300</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>20000</v>
+        <v>2000</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C118" s="3">
-        <v>4.78</v>
+        <v>139.58</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>1000</v>
+        <v>12</v>
       </c>
       <c r="G118" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>5000</v>
+        <v>60</v>
       </c>
       <c r="I118" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="A119" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="C119" s="3">
+        <v>463.62</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F119" s="3">
+        <v>1</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>10</v>
+      </c>
+      <c r="I119" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C120" s="3">
-        <v>496.28</v>
+        <v>17.5</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F120" s="3">
-        <v>840</v>
+        <v>26900</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>120</v>
+        <v>6000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C121" s="3">
-        <v>216.39</v>
+        <v>58.28</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F121" s="3">
-        <v>1540</v>
+        <v>11300</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H121" s="3">
-        <v>320</v>
+        <v>2000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A122" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="B122" s="2"/>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C123" s="3">
-        <v>78.67</v>
+        <v>92.81</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F123" s="3">
-        <v>6430</v>
+        <v>22000</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H123" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C124" s="3">
-        <v>64.26</v>
+        <v>206.14</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F124" s="3">
-        <v>3700</v>
+        <v>10665</v>
       </c>
       <c r="G124" s="3">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="H124" s="3">
-        <v>800</v>
+        <v>450</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C125" s="3">
-        <v>149.03</v>
+        <v>116.46</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F125" s="3">
-        <v>2420</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="H125" s="3">
-        <v>500</v>
+        <v>840</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C126" s="3">
-        <v>22.12</v>
+        <v>168.9</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F126" s="3">
-        <v>1720</v>
+        <v>13500</v>
       </c>
       <c r="G126" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="H126" s="3">
-        <v>1600</v>
+        <v>450</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C127" s="3">
-        <v>50.66</v>
+        <v>61.83</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F127" s="3">
-        <v>3420</v>
+        <v>19150</v>
       </c>
       <c r="G127" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H127" s="3">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C128" s="3">
-        <v>122.95</v>
+        <v>97.45</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F128" s="3">
-        <v>2950</v>
+        <v>7600</v>
       </c>
       <c r="G128" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C129" s="3">
-        <v>43.03</v>
+        <v>116.88</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F129" s="3">
-        <v>2010</v>
+        <v>9500</v>
       </c>
       <c r="G129" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H129" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C130" s="3">
-        <v>96.56</v>
+        <v>130.61</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F130" s="3">
-        <v>4000</v>
+        <v>6300</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H130" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A131" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B131" s="3" t="s">
+      <c r="A131" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="C131" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B131" s="2"/>
+      <c r="C131" s="2"/>
+      <c r="D131" s="2"/>
+      <c r="E131" s="2"/>
+      <c r="F131" s="2"/>
+      <c r="G131" s="2"/>
+      <c r="H131" s="2"/>
+      <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A132" s="2" t="s">
+      <c r="A132" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B132" s="2"/>
-[...6 lines deleted...]
-      <c r="I132" s="2"/>
+      <c r="B132" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C132" s="3">
+        <v>5.59</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F132" s="3">
+        <v>122100</v>
+      </c>
+      <c r="G132" s="3">
+        <v>100</v>
+      </c>
+      <c r="H132" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I132" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C133" s="3">
-        <v>69.5</v>
+        <v>10.66</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F133" s="3">
-        <v>5250</v>
+        <v>24300</v>
       </c>
       <c r="G133" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C134" s="3">
-        <v>52.35</v>
+        <v>18.51</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F134" s="3">
-        <v>13000</v>
+        <v>8600</v>
       </c>
       <c r="G134" s="3">
         <v>100</v>
       </c>
       <c r="H134" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>45.28</v>
+        <v>119.67</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>5100</v>
+        <v>3</v>
       </c>
       <c r="G135" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H135" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I135" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>35.04</v>
+        <v>114.97</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>7500</v>
+        <v>94</v>
       </c>
       <c r="G136" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H136" s="3">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="I136" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>58.27</v>
+        <v>5.58</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F137" s="3">
-        <v>6400</v>
+        <v>191200</v>
       </c>
       <c r="G137" s="3">
         <v>100</v>
       </c>
       <c r="H137" s="3">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A138" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B138" s="3" t="s">
+      <c r="A138" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="C138" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B138" s="2"/>
+      <c r="C138" s="2"/>
+      <c r="D138" s="2"/>
+      <c r="E138" s="2"/>
+      <c r="F138" s="2"/>
+      <c r="G138" s="2"/>
+      <c r="H138" s="2"/>
+      <c r="I138" s="2"/>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C139" s="3">
-        <v>57.93</v>
+        <v>59.15</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F139" s="3">
-        <v>4250</v>
+        <v>1548</v>
       </c>
       <c r="G139" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H139" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C140" s="3">
-        <v>82.47</v>
+        <v>59.48</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F140" s="3">
-        <v>4400</v>
+        <v>236</v>
       </c>
       <c r="G140" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H140" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C141" s="3">
-        <v>62.05</v>
+        <v>194.04</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F141" s="3">
-        <v>7700</v>
+        <v>0</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H141" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C142" s="3">
-        <v>75.93</v>
+        <v>58.94</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F142" s="3">
-        <v>1000</v>
+        <v>0</v>
       </c>
       <c r="G142" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H142" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C143" s="3">
-        <v>90.33</v>
+        <v>61.38</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F143" s="3">
-        <v>2450</v>
+        <v>432</v>
       </c>
       <c r="G143" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H143" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A10:I10"/>
-[...6 lines deleted...]
-    <mergeCell ref="A132:I132"/>
+    <mergeCell ref="A59:I59"/>
+    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A103:I103"/>
+    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="A122:I122"/>
+    <mergeCell ref="A131:I131"/>
+    <mergeCell ref="A138:I138"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
-    <hyperlink ref="D11" r:id="rId7"/>
-[...119 lines deleted...]
-    <hyperlink ref="D138" r:id="rId127"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId38"/>
+    <hyperlink ref="D42" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId41"/>
+    <hyperlink ref="D45" r:id="rId42"/>
+    <hyperlink ref="D46" r:id="rId43"/>
+    <hyperlink ref="D47" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId45"/>
+    <hyperlink ref="D49" r:id="rId46"/>
+    <hyperlink ref="D50" r:id="rId47"/>
+    <hyperlink ref="D51" r:id="rId48"/>
+    <hyperlink ref="D52" r:id="rId49"/>
+    <hyperlink ref="D53" r:id="rId50"/>
+    <hyperlink ref="D54" r:id="rId51"/>
+    <hyperlink ref="D55" r:id="rId52"/>
+    <hyperlink ref="D56" r:id="rId53"/>
+    <hyperlink ref="D57" r:id="rId54"/>
+    <hyperlink ref="D58" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D62" r:id="rId58"/>
+    <hyperlink ref="D63" r:id="rId59"/>
+    <hyperlink ref="D64" r:id="rId60"/>
+    <hyperlink ref="D65" r:id="rId61"/>
+    <hyperlink ref="D66" r:id="rId62"/>
+    <hyperlink ref="D67" r:id="rId63"/>
+    <hyperlink ref="D68" r:id="rId64"/>
+    <hyperlink ref="D69" r:id="rId65"/>
+    <hyperlink ref="D70" r:id="rId66"/>
+    <hyperlink ref="D71" r:id="rId67"/>
+    <hyperlink ref="D72" r:id="rId68"/>
+    <hyperlink ref="D73" r:id="rId69"/>
+    <hyperlink ref="D74" r:id="rId70"/>
+    <hyperlink ref="D75" r:id="rId71"/>
+    <hyperlink ref="D76" r:id="rId72"/>
+    <hyperlink ref="D77" r:id="rId73"/>
+    <hyperlink ref="D78" r:id="rId74"/>
+    <hyperlink ref="D79" r:id="rId75"/>
+    <hyperlink ref="D80" r:id="rId76"/>
+    <hyperlink ref="D81" r:id="rId77"/>
+    <hyperlink ref="D82" r:id="rId78"/>
+    <hyperlink ref="D83" r:id="rId79"/>
+    <hyperlink ref="D85" r:id="rId80"/>
+    <hyperlink ref="D86" r:id="rId81"/>
+    <hyperlink ref="D87" r:id="rId82"/>
+    <hyperlink ref="D88" r:id="rId83"/>
+    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D91" r:id="rId85"/>
+    <hyperlink ref="D92" r:id="rId86"/>
+    <hyperlink ref="D93" r:id="rId87"/>
+    <hyperlink ref="D94" r:id="rId88"/>
+    <hyperlink ref="D95" r:id="rId89"/>
+    <hyperlink ref="D96" r:id="rId90"/>
+    <hyperlink ref="D97" r:id="rId91"/>
+    <hyperlink ref="D98" r:id="rId92"/>
+    <hyperlink ref="D99" r:id="rId93"/>
+    <hyperlink ref="D100" r:id="rId94"/>
+    <hyperlink ref="D101" r:id="rId95"/>
+    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D104" r:id="rId97"/>
+    <hyperlink ref="D105" r:id="rId98"/>
+    <hyperlink ref="D106" r:id="rId99"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
+    <hyperlink ref="D110" r:id="rId103"/>
+    <hyperlink ref="D111" r:id="rId104"/>
+    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D113" r:id="rId106"/>
+    <hyperlink ref="D114" r:id="rId107"/>
+    <hyperlink ref="D116" r:id="rId108"/>
+    <hyperlink ref="D117" r:id="rId109"/>
+    <hyperlink ref="D118" r:id="rId110"/>
+    <hyperlink ref="D119" r:id="rId111"/>
+    <hyperlink ref="D120" r:id="rId112"/>
+    <hyperlink ref="D121" r:id="rId113"/>
+    <hyperlink ref="D123" r:id="rId114"/>
+    <hyperlink ref="D124" r:id="rId115"/>
+    <hyperlink ref="D125" r:id="rId116"/>
+    <hyperlink ref="D126" r:id="rId117"/>
+    <hyperlink ref="D127" r:id="rId118"/>
+    <hyperlink ref="D128" r:id="rId119"/>
+    <hyperlink ref="D129" r:id="rId120"/>
+    <hyperlink ref="D130" r:id="rId121"/>
+    <hyperlink ref="D132" r:id="rId122"/>
+    <hyperlink ref="D133" r:id="rId123"/>
+    <hyperlink ref="D134" r:id="rId124"/>
+    <hyperlink ref="D135" r:id="rId125"/>
+    <hyperlink ref="D136" r:id="rId126"/>
+    <hyperlink ref="D137" r:id="rId127"/>
     <hyperlink ref="D139" r:id="rId128"/>
     <hyperlink ref="D140" r:id="rId129"/>
     <hyperlink ref="D141" r:id="rId130"/>
     <hyperlink ref="D142" r:id="rId131"/>
     <hyperlink ref="D143" r:id="rId132"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>