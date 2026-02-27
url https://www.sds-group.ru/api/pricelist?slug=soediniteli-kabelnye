--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,910 +8,904 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="543" uniqueCount="284">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединители кабельные</t>
   </si>
   <si>
     <t>1.1 Клеммные колодки винтовые</t>
   </si>
   <si>
+    <t>07-5006-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-6, 6А, 6 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5004-2-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², PP (полипропилен), черная, индивидуальная упаковка, 1 шт.</t>
+  </si>
+  <si>
+    <t>07-5010-9</t>
+  </si>
+  <si>
+    <t>Колодка клеммная КВ-10, 10А, 10 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
+  </si>
+  <si>
     <t>07-5012-9</t>
   </si>
   <si>
     <t>Колодка клеммная КВ-12, 16А, 12 мм², индивидуальная упаковка, (1 шт/уп) PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Колодка клеммная КВ-4 PROconnect, 3А, 4 мм², индивидуальная упаковка, 1 шт.</t>
+    <t>07-5004-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5012-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) REXANT </t>
+  </si>
+  <si>
+    <t>07-5010</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-4 1,5-4, ток 3 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5035-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5040-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5004-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5012-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5016-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5025-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5025-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
+    <t>07-5014</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5040</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-40 (25-40 мм²), ток 100 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5006-1</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
     <t>07-5004</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>шт</t>
+    <t>07-5016-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-16 6-16, ток 30 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5006-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-6 2,5-6, ток 6 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5025</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-25 (10-25 мм²), ток 60 A, полиэтилен белый (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5004-2-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полипропилен черный (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
+  </si>
+  <si>
+    <t>07-5010-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5014-2</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный (ЗВИ) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полиэтилен белый REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5006-4</t>
+  </si>
+  <si>
+    <t>Колодка клеммная винтовая KВ-6, 6А, 2,5-6мм² полипропилен синий ЗВИ (10 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>07-5035-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен черный REXANT (10 шт./уп.) </t>
+  </si>
+  <si>
+    <t>07-5012-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-12 4-12, ток 16 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5010-4</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен синий REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5012-01</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5016</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый (ЗВИ) REXANT </t>
   </si>
   <si>
-    <t>07-5010-2</t>
-[...130 lines deleted...]
-  <si>
     <t>07-5010-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5006-1</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5016-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A, полиэтилен белый, индивидуальная упаковка, 1 шт. (ЗВИ) REXANT</t>
   </si>
   <si>
+    <t>07-5035-3</t>
+  </si>
+  <si>
+    <t>Клеммная винтовая колодка KВ-35 10-35, ток 80 A, полипропилен желтый REXANT (10 шт./уп.)</t>
+  </si>
+  <si>
     <t>07-5012</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) REXANT</t>
   </si>
   <si>
-    <t>07-5014</t>
-[...28 lines deleted...]
-  <si>
     <t>07-5004-1</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ), индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5010-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-10 4-10, ток 10 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5014-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-14 6-14, ток 20 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
     <t>07-5025-3</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен желтый REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5004-4</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5010-2-7</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
     <t>07-5014-2-7</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-14 (6-14 мм²), ток 20 A, полипропилен черный, индивидуальная упаковка, 1 шт. REXANT</t>
   </si>
   <si>
-    <t>07-5016-4</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5025-4</t>
   </si>
   <si>
     <t>Клеммная винтовая колодка KВ-25 10-25, ток 60 A, полипропилен синий REXANT (10 шт./уп.)</t>
   </si>
   <si>
-    <t>07-5035-4</t>
-[...8 lines deleted...]
-    <t>Клеммная винтовая колодка KВ-40 25-40, ток 100 A, полипропилен синий REXANT (10 шт./уп.)</t>
+    <t>07-5004-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Клеммная колодка винтовая KВ-4 (1,5-4 мм²), ток 3 A, полиэтилен белый (ЗВИ) СМАРТКИП </t>
+  </si>
+  <si>
+    <t>07-5006-5</t>
+  </si>
+  <si>
+    <t>Клеммная колодка винтовая KВ-6 (2,5-6 мм²), ток 6 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5010-5</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-10 (4-10 мм²), ток 10 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
-    <t>07-5004-5</t>
-[...10 lines deleted...]
-  <si>
     <t>07-5012-5</t>
   </si>
   <si>
     <t>Клеммная колодка винтовая KВ-12 (4-12 мм²), ток 16 A, полиэтилен белый (ЗВИ) СМАРТКИП</t>
   </si>
   <si>
     <t>07-5016-5</t>
   </si>
   <si>
     <t xml:space="preserve">Клеммная колодка винтовая KВ-16 (6-16 мм²), ток 30 A полиэтилен белый (ЗВИ) СМАРТКИП </t>
   </si>
   <si>
     <t>1.2 Соединительные изолирующие зажимы СИЗ</t>
   </si>
   <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
+  </si>
+  <si>
+    <t>07-5218</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-5219</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>08-0756-10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
   </si>
   <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0230-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
     <t>06-0232-A5</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
   </si>
   <si>
-    <t>06-0231-B10</t>
-[...2 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+    <t>06-0230-A10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
   </si>
   <si>
     <t>08-0782</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
   </si>
   <si>
-    <t>08-0750-10</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0759-10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>06-0230-A5</t>
-[...34 lines deleted...]
-  <si>
     <t>06-0232-B10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
   </si>
   <si>
-    <t>08-0758-10</t>
-[...40 lines deleted...]
-  <si>
     <t>08-0756</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
   </si>
   <si>
-    <t>08-0758</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Концевые изолированные заглушки КИЗ</t>
   </si>
   <si>
     <t>08-0701</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-1, ø 2,8 мм (1,0-2,5 мм²) REXANT</t>
   </si>
   <si>
+    <t>08-0703</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-5, ø 4,0 мм (2,5-5,5 мм²) REXANT</t>
+  </si>
+  <si>
+    <t>08-0704</t>
+  </si>
+  <si>
+    <t>Концевая изолированная заглушка КИЗ-6, ø 4,8 мм (3,0-8,0 мм²) REXANT</t>
+  </si>
+  <si>
     <t>08-0702</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-2, ø 3,0 мм (1,5-4,0 мм²) REXANT</t>
   </si>
   <si>
-    <t>08-0703</t>
-[...4 lines deleted...]
-  <si>
     <t>08-0705</t>
   </si>
   <si>
     <t>Концевая изолированная заглушка КИЗ-7, ø 5,5 мм (8,0-10,0 мм²) REXANT</t>
   </si>
   <si>
-    <t>08-0704</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Клеммники концевые изолированные</t>
   </si>
   <si>
+    <t>07-5704</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5705</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (5х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5708</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм²  (10х1) (10 шт./уп.)REXANT</t>
+  </si>
+  <si>
+    <t>07-5709</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5702</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 4 мм² (5х1) (20 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5707</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5711</t>
+  </si>
+  <si>
+    <t>Концевой зажим винтовой изолированный КЗВИ 16 мм² (10х1) (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>07-5700</t>
   </si>
   <si>
-    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм²  (5х1) (20 шт./уп.) REXANT</t>
+    <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (5х1) (20 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5701</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 2,5 мм² (5х1) (20 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5703</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 6 мм² (5х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5705</t>
-[...4 lines deleted...]
-  <si>
     <t>07-5706</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 1,5 мм² (10х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-5710</t>
   </si>
   <si>
     <t>Концевой зажим винтовой изолированный КЗВИ 10 мм² (10х1) (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-5702</t>
-[...35 lines deleted...]
-    <t>1.5 Клеммы пружинные соединительные</t>
+    <t>1.5 Клеммы для осветительных систем</t>
+  </si>
+  <si>
+    <t>07-2401</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (0,2-2,5)/(0,14-2,5) мм², серая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника (0,2-2,5)/(0,14-2,5) мм², белая (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на гибкие проводники (0,2-2,5)/(0,14-2,5) мм² серая (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2411-5</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-112 для светильника на 2 проводника 1.0-2.5/0.5-2.5 мм², белая (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2401-10</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-101 для светильника на 1 проводник (1,0-2,5)/(0,5-2,5) мм², серая (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-2402-05</t>
+  </si>
+  <si>
+    <t>Строительно-монтажная клемма СМК 224-201 для светильника на 2 проводника (1,0-2,5)/(0,5-2,5) мм² (5 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Клеммы керамические</t>
+  </si>
+  <si>
+    <t>07-6221</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6226</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 3 пары контактов с крепежным отверстием (84 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6223</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6228</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 3 пары контактов с крепежным отверстием REXANT (45 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-6222</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 10 мм² 2 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6227</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 12 мм² 3 пары контактов с крепежным отверстием (45 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6224</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 16 мм² 2 пары контактов с крепежным отверстием (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6225</t>
+  </si>
+  <si>
+    <t>Клемма керамическая винтовая КВ 4 мм² 3 пары контактов с крепежным отверстием (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>1.7 Ответвители прокалывающие</t>
+  </si>
+  <si>
+    <t>08-0791</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-0.75 мм² (ОВ) красный REXANT</t>
+  </si>
+  <si>
+    <t>08-0761</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный REXANT</t>
+  </si>
+  <si>
+    <t>06-0427-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0781</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 4.0-6.0 мм² (ОВ-3/ЗПо-1 4,0-6,0) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0426-A</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 0.5-1.0 мм² (ОВ-1/ЗПО-1 0,5-1,5) красный, в упак. 5 шт. REXANT</t>
+  </si>
+  <si>
+    <t>08-0771</t>
+  </si>
+  <si>
+    <t>Ответвитель питания 1.0-2.5 мм² (ОВ-2/ЗПо-1 1,0-2,5) синий REXANT</t>
+  </si>
+  <si>
+    <t>1.8 Сжимы ответвительные (Орехи)</t>
+  </si>
+  <si>
+    <t>07-0731</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-731М (4-10/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0733</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-733М (16-35/1,5-10 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0859</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-859М (50-70/4-35 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0739</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-739М (4-10/1,5-2,5 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>07-0734</t>
+  </si>
+  <si>
+    <t>Зажим ответвительный У-734М (16-35/16-25 мм²) IP20 (сжим, орех) REXANT</t>
+  </si>
+  <si>
+    <t>1.9 Клеммы пружинные соединительные</t>
+  </si>
+  <si>
+    <t>07-6215</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6217-2</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 5-полюсная с заземлением и с монтажными ножками (50 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6214-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 2-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6215-1</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 3-полюсная с монтажными ножками (100 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-6216</t>
+  </si>
+  <si>
+    <t>Клемма пружинная соединительная КСП 4-полюсная (50 шт./уп.) REXANT</t>
   </si>
   <si>
     <t>07-6215-2</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 3-полюсная с заземлением и с монтажными ножками (100 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>07-6214</t>
-[...46 lines deleted...]
-  <si>
     <t>07-6217-1</t>
   </si>
   <si>
     <t>Клемма пружинная соединительная КСП 5-полюсная с монтажными ножками (50 шт./уп.) REXANT</t>
-  </si>
-[...166 lines deleted...]
-    <t>Зажим ответвительный У-734М (16-35/16-25 мм²) IP20 (сжим, орех) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1296,56 +1290,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-sht-up-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-z" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zv" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-5-0-5-2-5-mm-seraya-1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-5-0-14-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-belaya" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-5-0-5-2-5-mm-5-sht-u" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-5-0-14-2-5-mm-seraya" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-5-0-14-2-5-mm-s" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-10-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-35-1-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-70-4-35-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-10-1-5-2-5-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-35-16-25-mm-ip20-szhim-oreh-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-6-6a-6-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-4-proconnect-3a-4-mm-pp-polipropilen-chernaya-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-10-10a-10-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-kv-12-16a-12-mm-individualnaya-upakovka-1-shtup-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-4-1-5-4-tok-3-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-40-25-40-tok-100-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-individualnaya-upakovka-1-sht-zvi-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-40-25-40-mm-tok-100-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-16-6-16-tok-30-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-6-2-5-6-tok-6-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-25-10-25-mm-tok-60-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polipropilen-chernyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polietilen-belyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolodka-klemmnaya-vintovaya-kv-6-6a-2-5-6mm-polipropilen-siniy-zvi-10-shtup-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-chernyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-12-4-12-tok-16-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-individualnaya-upakovka-1-sht-zvi-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-35-10-35-tok-80-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-10-4-10-tok-10-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-14-6-14-tok-20-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-zheltyy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polipropilen-chernyy-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-14-6-14-mm-tok-20-a-polipropilen-chernyy-individualnaya-upakovka-1-sht-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-vintovaya-kolodka-kv-25-10-25-tok-60-a-polipropilen-siniy-rexant-10-sht-up" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-4-1-5-4-mm-tok-3-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-6-2-5-6-mm-tok-6-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-10-4-10-mm-tok-10-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-12-4-12-mm-tok-16-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemmnaya-kolodka-vintovaya-kv-16-6-16-mm-tok-30-a-polietilen-belyy-zvi-smartkip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-1-2-8-mm-1-0-2-5-mm-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-5-4-0-mm-2-5-5-5-mm-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-6-4-8-mm-3-0-8-0-mm-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-2-3-0-mm-1-5-4-0-mm-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevaya-izolirovannaya-zaglushka-kiz-7-5-5-mm-8-0-10-0-mm-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-4-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-16-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-2-5-mm-5h1-20-sht-up-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-6-mm-5h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-1-5-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kontsevoy-zazhim-vintovoy-izolirovannyy-kzvi-10-mm-10h1-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-0-2-2-50-14-2-5-mm-seraya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-0-2-2-50-14-2-5-mm-belaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-gibkie-provodniki-0-2-2-50-14-2-5-mm-seraya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-112-dlya-svetilnika-na-2-provodnika-1-0-2-50-5-2-5-mm-belaya-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-101-dlya-svetilnika-na-1-provodnik-1-0-2-50-5-2-5-mm-seraya-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stroitelno-montazhnaya-klemma-smk-224-201-dlya-svetilnika-na-2-provodnika-1-0-2-50-5-2-5-mm-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-84-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-rexant-45-sht-up" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-10-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-12-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-45-sht-up-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-16-mm-2-pary-kontaktov-s-krepezhnym-otverstiem-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-keramicheskaya-vintovaya-kv-4-mm-3-pary-kontaktov-s-krepezhnym-otverstiem-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-0-75-mm-ov-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1-zpo-1-0-5-1-5-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2zpo-1-1-0-2-5-siniy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-4-0-6-0-mm-ov-3-zpo-1-4-0-6-0-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-0-5-1-0-mm-ov-1zpo-1-0-5-1-5-krasnyy-v-upak-5-sht-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otvetvitel-pitaniya-1-0-2-5-mm-ov-2-zpo-1-1-0-2-5-siniy-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-731m-4-101-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-733m-16-351-5-10-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-859m-50-704-35-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-739m-4-101-5-2-5-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-otvetvitelnyy-u-734m-16-3516-25-mm-ip20-szhim-oreh-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-2-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-4-polyusnaya-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-3-polyusnaya-s-zazemleniem-i-s-montazhnymi-nozhkami-100-sht-up-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-pruzhinnaya-soedinitelnaya-ksp-5-polyusnaya-s-montazhnymi-nozhkami-50-sht-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I143"/>
+  <dimension ref="A1:I142"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1377,3986 +1371,3957 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>259.72</v>
+        <v>170.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>34</v>
+        <v>124</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>142.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>714</v>
+        <v>577</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>170.64</v>
+        <v>221.32</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>329</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>221.32</v>
+        <v>259.72</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>126.87</v>
+        <v>50.79</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>5200</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>482.82</v>
+        <v>105.21</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>6</v>
+        <v>1450</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>51.38</v>
+        <v>63.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>21350</v>
+        <v>9740</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>118.01</v>
+        <v>87.55</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>2290</v>
+        <v>12070</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>77.37</v>
+        <v>125.42</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>2270</v>
+        <v>3060</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>800</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>102.36</v>
+        <v>322.46</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>1650</v>
+        <v>1490</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>125.13</v>
+        <v>43.44</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>1600</v>
+        <v>9840</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>242.09</v>
+        <v>319.37</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>1780</v>
+        <v>297</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>247.96</v>
+        <v>322.46</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>2810</v>
+        <v>1420</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>317.61</v>
+        <v>50.79</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F17" s="3">
-        <v>420</v>
+        <v>7180</v>
       </c>
       <c r="G17" s="3">
         <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>120</v>
+        <v>1200</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>55.52</v>
+        <v>57.32</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>2530</v>
+        <v>17880</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
         <v>1200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>256.54</v>
+        <v>106.93</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F19" s="3">
-        <v>1290</v>
+        <v>2020</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>87.55</v>
+        <v>125.13</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F20" s="3">
-        <v>3070</v>
+        <v>2280</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>50.79</v>
+        <v>242.09</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>5520</v>
+        <v>1340</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>105.77</v>
+        <v>105.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F22" s="3">
-        <v>620</v>
+        <v>1450</v>
       </c>
       <c r="G22" s="3">
         <v>10</v>
       </c>
       <c r="H22" s="3">
         <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>86.54</v>
+        <v>482.82</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>3360</v>
+        <v>12</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>57.32</v>
+        <v>125.37</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F24" s="3">
-        <v>18380</v>
+        <v>4040</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>106.93</v>
+        <v>573.51</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F25" s="3">
-        <v>2240</v>
+        <v>250</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>196.23</v>
+        <v>128.17</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>1856</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>36.9</v>
+        <v>94.14</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>8370</v>
+        <v>238</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1200</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>105.21</v>
+        <v>51.38</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F28" s="3">
-        <v>1540</v>
+        <v>13510</v>
       </c>
       <c r="G28" s="3">
         <v>10</v>
       </c>
       <c r="H28" s="3">
         <v>500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>573.51</v>
+        <v>150.9</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F29" s="3">
-        <v>270</v>
+        <v>1820</v>
       </c>
       <c r="G29" s="3">
         <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>125.42</v>
+        <v>36.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F30" s="3">
-        <v>3090</v>
+        <v>8020</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>322.46</v>
+        <v>247.96</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F31" s="3">
-        <v>1510</v>
+        <v>2300</v>
       </c>
       <c r="G31" s="3">
         <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>105.46</v>
+        <v>80.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>1570</v>
+        <v>120</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>80.13</v>
+        <v>77.37</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F33" s="3">
-        <v>173</v>
+        <v>2010</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>137.18</v>
+        <v>102.36</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>1360</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>94.14</v>
+        <v>317.61</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F35" s="3">
-        <v>117</v>
+        <v>380</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>193.46</v>
+        <v>55.52</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F36" s="3">
-        <v>10</v>
+        <v>2470</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>1200</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>105.72</v>
+        <v>256.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F37" s="3">
-        <v>10000</v>
+        <v>1280</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>125.37</v>
+        <v>105.77</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F38" s="3">
-        <v>3470</v>
+        <v>2900</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
         <v>500</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>50.79</v>
+        <v>86.54</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F39" s="3">
-        <v>8050</v>
+        <v>3090</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>63.36</v>
+        <v>196.23</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>4700</v>
+        <v>44</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>256.54</v>
+        <v>118.01</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F41" s="3">
-        <v>1010</v>
+        <v>460</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>128.17</v>
+        <v>137.18</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1896</v>
+        <v>72</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>72.21</v>
+        <v>193.46</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>767</v>
+        <v>189</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>73.31</v>
+        <v>256.54</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F44" s="3">
-        <v>5260</v>
+        <v>1010</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>73.31</v>
+        <v>105.72</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F45" s="3">
-        <v>4030</v>
+        <v>8650</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>144.48</v>
+        <v>72.21</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>3490</v>
+        <v>809</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>43.44</v>
+        <v>73.31</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F47" s="3">
-        <v>10210</v>
+        <v>5100</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>199.3</v>
+        <v>73.31</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>3950</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>281.55</v>
+        <v>144.48</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F49" s="3">
-        <v>0</v>
+        <v>3450</v>
       </c>
       <c r="G49" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>150.9</v>
+        <v>199.3</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F50" s="3">
-        <v>2010</v>
+        <v>80</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>192.64</v>
+        <v>281.55</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F51" s="3">
-        <v>1780</v>
+        <v>100</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>319.37</v>
+        <v>192.64</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F52" s="3">
-        <v>297</v>
+        <v>1710</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>322.46</v>
+        <v>44.09</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F53" s="3">
-        <v>1450</v>
+        <v>6040</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>79.8</v>
+        <v>48.63</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F54" s="3">
-        <v>6000</v>
+        <v>5200</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>44.09</v>
+        <v>79.8</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F55" s="3">
-        <v>3870</v>
+        <v>4850</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>48.63</v>
+        <v>96.36</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F56" s="3">
-        <v>3450</v>
+        <v>4300</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1200</v>
+        <v>500</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>96.36</v>
+        <v>141.75</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F57" s="3">
-        <v>4750</v>
+        <v>950</v>
       </c>
       <c r="G57" s="3">
         <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
+      <c r="A58" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="B58" s="3" t="s">
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C58" s="3">
-[...22 lines deleted...]
-      <c r="A59" s="2" t="s">
+      <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B59" s="2"/>
-[...6 lines deleted...]
-      <c r="I59" s="2"/>
+      <c r="C59" s="3">
+        <v>1.56</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F59" s="3">
+        <v>134500</v>
+      </c>
+      <c r="G59" s="3">
+        <v>100</v>
+      </c>
+      <c r="H59" s="3">
+        <v>13000</v>
+      </c>
+      <c r="I59" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>74.42</v>
+        <v>2.01</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F60" s="3">
-        <v>18</v>
+        <v>554500</v>
       </c>
       <c r="G60" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H60" s="3">
-        <v>10</v>
+        <v>8000</v>
       </c>
       <c r="I60" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>62.73</v>
+        <v>2.57</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F61" s="3">
-        <v>93</v>
+        <v>73000</v>
       </c>
       <c r="G61" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I61" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>66.27</v>
+        <v>6.28</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F62" s="3">
-        <v>215</v>
+        <v>63050</v>
       </c>
       <c r="G62" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H62" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I62" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>9.05</v>
+        <v>4.84</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F63" s="3">
-        <v>13200</v>
+        <v>1200</v>
       </c>
       <c r="G63" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H63" s="3">
-        <v>1500</v>
+        <v>5000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
         <v>65.71</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>10</v>
       </c>
       <c r="I64" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>142.72</v>
+        <v>6.01</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F65" s="3">
-        <v>6</v>
+        <v>100500</v>
       </c>
       <c r="G65" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I65" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C66" s="3">
-        <v>61.96</v>
+        <v>3.25</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>161900</v>
       </c>
       <c r="G66" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I66" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C67" s="3">
-        <v>73.31</v>
+        <v>4.17</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>219400</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I67" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C68" s="3">
-        <v>93.47</v>
+        <v>66.27</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>231</v>
+        <v>41</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>10</v>
       </c>
       <c r="I68" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C69" s="3">
-        <v>2.57</v>
+        <v>93.47</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>73600</v>
+        <v>122</v>
       </c>
       <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>10</v>
+      </c>
+      <c r="I69" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C70" s="3">
         <v>133.48</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>254</v>
+        <v>68</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>10</v>
       </c>
       <c r="I70" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="3">
-        <v>52.53</v>
+        <v>74.42</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>10</v>
       </c>
       <c r="I71" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="3">
-        <v>88.83</v>
+        <v>136.51</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>258</v>
+        <v>55</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>10</v>
       </c>
       <c r="I72" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C73" s="3">
-        <v>136.51</v>
+        <v>195.42</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>56</v>
+        <v>135</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
         <v>10</v>
       </c>
       <c r="I73" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C74" s="3">
-        <v>195.42</v>
+        <v>4.36</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F74" s="3">
-        <v>136</v>
+        <v>50000</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H74" s="3">
-        <v>10</v>
+        <v>4500</v>
       </c>
       <c r="I74" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C75" s="3">
-        <v>6.01</v>
+        <v>61.96</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>41500</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>4000</v>
+        <v>10</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C76" s="3">
-        <v>1.56</v>
+        <v>73.31</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>139100</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>13000</v>
+        <v>10</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C77" s="3">
-        <v>2.01</v>
+        <v>62.73</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>570400</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>8000</v>
+        <v>10</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C78" s="3">
-        <v>3.25</v>
+        <v>52.53</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>67700</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
+        <v>10</v>
+      </c>
+      <c r="I78" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C79" s="3">
-        <v>4.17</v>
+        <v>9.05</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F79" s="3">
-        <v>99900</v>
+        <v>12850</v>
       </c>
       <c r="G79" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H79" s="3">
-        <v>4800</v>
+        <v>1500</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C80" s="3">
-        <v>3.98</v>
+        <v>142.72</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>124200</v>
+        <v>6</v>
       </c>
       <c r="G80" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C81" s="3">
-        <v>4.36</v>
+        <v>88.83</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>50300</v>
+        <v>1080</v>
       </c>
       <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>10</v>
+      </c>
+      <c r="I81" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C82" s="3">
-        <v>6.28</v>
+        <v>3.98</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F82" s="3">
-        <v>63100</v>
+        <v>123400</v>
       </c>
       <c r="G82" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H82" s="3">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
+      <c r="A83" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="C83" s="3">
-[...11 lines deleted...]
-      <c r="G83" s="3">
+      <c r="B84" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C84" s="3">
+        <v>1.44</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F84" s="3">
+        <v>79600</v>
+      </c>
+      <c r="G84" s="3">
         <v>100</v>
       </c>
-      <c r="H83" s="3">
-[...17 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="H84" s="3">
+        <v>20000</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C85" s="3">
-        <v>1.44</v>
+        <v>2.76</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F85" s="3">
-        <v>14000</v>
+        <v>36200</v>
       </c>
       <c r="G85" s="3">
         <v>100</v>
       </c>
       <c r="H85" s="3">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C86" s="3">
-        <v>1.61</v>
+        <v>14.31</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F86" s="3">
-        <v>25800</v>
+        <v>39000</v>
       </c>
       <c r="G86" s="3">
         <v>100</v>
       </c>
       <c r="H86" s="3">
         <v>20000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C87" s="3">
-        <v>2.76</v>
+        <v>1.61</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F87" s="3">
-        <v>32500</v>
+        <v>1200</v>
       </c>
       <c r="G87" s="3">
         <v>100</v>
       </c>
       <c r="H87" s="3">
-        <v>10000</v>
+        <v>20000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C88" s="3">
         <v>4.86</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F88" s="3">
-        <v>27000</v>
+        <v>21900</v>
       </c>
       <c r="G88" s="3">
         <v>100</v>
       </c>
       <c r="H88" s="3">
         <v>5000</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A89" s="3" t="s">
+      <c r="A89" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="C89" s="3">
-[...22 lines deleted...]
-      <c r="A90" s="2" t="s">
+      <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="B90" s="2"/>
-[...6 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="C90" s="3">
+        <v>145.89</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F90" s="3">
+        <v>2070</v>
+      </c>
+      <c r="G90" s="3">
+        <v>10</v>
+      </c>
+      <c r="H90" s="3">
+        <v>500</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>22.5</v>
+        <v>272.72</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F91" s="3">
-        <v>1660</v>
+        <v>1420</v>
       </c>
       <c r="G91" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>1600</v>
+        <v>320</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>49.33</v>
+        <v>108.02</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F92" s="3">
-        <v>2320</v>
+        <v>3360</v>
       </c>
       <c r="G92" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>1600</v>
+        <v>800</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>91.29</v>
+        <v>179.53</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F93" s="3">
-        <v>4150</v>
+        <v>480</v>
       </c>
       <c r="G93" s="3">
         <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>272.72</v>
+        <v>61.52</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F94" s="3">
-        <v>1530</v>
+        <v>1600</v>
       </c>
       <c r="G94" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H94" s="3">
-        <v>320</v>
+        <v>1600</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>43.76</v>
+        <v>78.42</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F95" s="3">
-        <v>1970</v>
+        <v>1740</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
         <v>800</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>255.12</v>
+        <v>529.95</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F96" s="3">
-        <v>2010</v>
+        <v>720</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>61.52</v>
+        <v>22.5</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F97" s="3">
-        <v>1760</v>
+        <v>1620</v>
       </c>
       <c r="G97" s="3">
         <v>20</v>
       </c>
       <c r="H97" s="3">
         <v>1600</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>145.89</v>
+        <v>49.33</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F98" s="3">
-        <v>2360</v>
+        <v>2280</v>
       </c>
       <c r="G98" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H98" s="3">
-        <v>500</v>
+        <v>1600</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>78.42</v>
+        <v>91.29</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F99" s="3">
-        <v>2440</v>
+        <v>3380</v>
       </c>
       <c r="G99" s="3">
         <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>108.02</v>
+        <v>43.76</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F100" s="3">
-        <v>3650</v>
+        <v>1700</v>
       </c>
       <c r="G100" s="3">
         <v>10</v>
       </c>
       <c r="H100" s="3">
         <v>800</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>179.53</v>
+        <v>255.12</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F101" s="3">
-        <v>2100</v>
+        <v>1900</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A102" s="3" t="s">
+      <c r="A102" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="B102" s="3" t="s">
+      <c r="B102" s="2"/>
+      <c r="C102" s="2"/>
+      <c r="D102" s="2"/>
+      <c r="E102" s="2"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="2"/>
+      <c r="H102" s="2"/>
+      <c r="I102" s="2"/>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C102" s="3">
-[...22 lines deleted...]
-      <c r="A103" s="2" t="s">
+      <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B103" s="2"/>
-[...6 lines deleted...]
-      <c r="I103" s="2"/>
+      <c r="C103" s="3">
+        <v>17.5</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F103" s="3">
+        <v>25600</v>
+      </c>
+      <c r="G103" s="3">
+        <v>100</v>
+      </c>
+      <c r="H103" s="3">
+        <v>6000</v>
+      </c>
+      <c r="I103" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>63.1</v>
+        <v>14.42</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>20500</v>
       </c>
       <c r="G104" s="3">
         <v>100</v>
       </c>
       <c r="H104" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>46.05</v>
+        <v>58.28</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F105" s="3">
-        <v>3100</v>
+        <v>11100</v>
       </c>
       <c r="G105" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H105" s="3">
         <v>2000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>35.64</v>
+        <v>139.58</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>7100</v>
+        <v>9</v>
       </c>
       <c r="G106" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="I106" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>59.26</v>
+        <v>161.31</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>3400</v>
+        <v>39</v>
       </c>
       <c r="G107" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I107" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
-        <v>53.24</v>
+        <v>463.62</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>8800</v>
+        <v>1</v>
       </c>
       <c r="G108" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="3">
-        <v>77.22</v>
+        <v>61.83</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F110" s="3">
-        <v>50</v>
+        <v>6730</v>
       </c>
       <c r="G110" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H110" s="3">
         <v>1000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>58.91</v>
+        <v>116.46</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F111" s="3">
-        <v>4250</v>
+        <v>2436</v>
       </c>
       <c r="G111" s="3">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="H111" s="3">
-        <v>1000</v>
+        <v>840</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>83.87</v>
+        <v>116.88</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F112" s="3">
-        <v>2400</v>
+        <v>4250</v>
       </c>
       <c r="G112" s="3">
         <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3">
-        <v>63.61</v>
+        <v>206.14</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F113" s="3">
-        <v>4750</v>
+        <v>24705</v>
       </c>
       <c r="G113" s="3">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="H113" s="3">
-        <v>1000</v>
+        <v>450</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B114" s="3" t="s">
+      <c r="C114" s="3">
+        <v>92.81</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F114" s="3">
+        <v>12500</v>
+      </c>
+      <c r="G114" s="3">
+        <v>100</v>
+      </c>
+      <c r="H114" s="3">
+        <v>800</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C114" s="3">
-[...22 lines deleted...]
-      <c r="A115" s="2" t="s">
+      <c r="B115" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B115" s="2"/>
-[...6 lines deleted...]
-      <c r="I115" s="2"/>
+      <c r="C115" s="3">
+        <v>168.9</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F115" s="3">
+        <v>11295</v>
+      </c>
+      <c r="G115" s="3">
+        <v>45</v>
+      </c>
+      <c r="H115" s="3">
+        <v>450</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
-        <v>161.31</v>
+        <v>130.61</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F116" s="3">
-        <v>74</v>
+        <v>7550</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I116" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
-        <v>14.42</v>
+        <v>97.45</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F117" s="3">
-        <v>21300</v>
+        <v>400</v>
       </c>
       <c r="G117" s="3">
         <v>100</v>
       </c>
       <c r="H117" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A118" s="3" t="s">
+      <c r="A118" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="B118" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B118" s="2"/>
+      <c r="C118" s="2"/>
+      <c r="D118" s="2"/>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2"/>
+      <c r="I118" s="2"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B119" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C119" s="3">
-        <v>463.62</v>
+        <v>18.51</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F119" s="3">
-        <v>1</v>
+        <v>8400</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I119" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B120" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C120" s="3">
-        <v>17.5</v>
+        <v>5.58</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F120" s="3">
-        <v>26900</v>
+        <v>174900</v>
       </c>
       <c r="G120" s="3">
         <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>6000</v>
+        <v>10000</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B121" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="C121" s="3">
+        <v>114.97</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F121" s="3">
+        <v>155</v>
+      </c>
+      <c r="G121" s="3">
+        <v>1</v>
+      </c>
+      <c r="H121" s="3">
+        <v>10</v>
+      </c>
+      <c r="I121" s="3">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="C121" s="3">
-[...22 lines deleted...]
-      <c r="A122" s="2" t="s">
+      <c r="B122" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B122" s="2"/>
-[...6 lines deleted...]
-      <c r="I122" s="2"/>
+      <c r="C122" s="3">
+        <v>10.66</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F122" s="3">
+        <v>21400</v>
+      </c>
+      <c r="G122" s="3">
+        <v>100</v>
+      </c>
+      <c r="H122" s="3">
+        <v>4000</v>
+      </c>
+      <c r="I122" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="3">
-        <v>92.81</v>
+        <v>119.67</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>22000</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="I123" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="3">
-        <v>206.14</v>
+        <v>5.59</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F124" s="3">
-        <v>10665</v>
+        <v>104700</v>
       </c>
       <c r="G124" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="H124" s="3">
-        <v>450</v>
+        <v>10000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A125" s="3" t="s">
+      <c r="A125" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="B125" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B125" s="2"/>
+      <c r="C125" s="2"/>
+      <c r="D125" s="2"/>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2"/>
+      <c r="G125" s="2"/>
+      <c r="H125" s="2"/>
+      <c r="I125" s="2"/>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B126" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B126" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="3">
-        <v>168.9</v>
+        <v>59.15</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F126" s="3">
-        <v>13500</v>
+        <v>3829</v>
       </c>
       <c r="G126" s="3">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>450</v>
+        <v>360</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="3">
-        <v>61.83</v>
+        <v>59.48</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F127" s="3">
-        <v>19150</v>
+        <v>1412</v>
       </c>
       <c r="G127" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>1000</v>
+        <v>360</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="3">
-        <v>97.45</v>
+        <v>194.04</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F128" s="3">
-        <v>7600</v>
+        <v>0</v>
       </c>
       <c r="G128" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H128" s="3">
-        <v>1000</v>
+        <v>120</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="3">
-        <v>116.88</v>
+        <v>58.94</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F129" s="3">
-        <v>9500</v>
+        <v>2328</v>
       </c>
       <c r="G129" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H129" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B130" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="3">
-        <v>130.61</v>
+        <v>61.38</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F130" s="3">
-        <v>6300</v>
+        <v>2146</v>
       </c>
       <c r="G130" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>500</v>
+        <v>360</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B131" s="2"/>
       <c r="C131" s="2"/>
       <c r="D131" s="2"/>
       <c r="E131" s="2"/>
       <c r="F131" s="2"/>
       <c r="G131" s="2"/>
       <c r="H131" s="2"/>
       <c r="I131" s="2"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B132" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="3">
-        <v>5.59</v>
+        <v>59.26</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F132" s="3">
-        <v>122100</v>
+        <v>3100</v>
       </c>
       <c r="G132" s="3">
         <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="3">
-        <v>10.66</v>
+        <v>77.22</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F133" s="3">
-        <v>24300</v>
+        <v>4000</v>
       </c>
       <c r="G133" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H133" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="3">
-        <v>18.51</v>
+        <v>83.87</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F134" s="3">
-        <v>8600</v>
+        <v>2400</v>
       </c>
       <c r="G134" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H134" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B135" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="B135" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="3">
-        <v>119.67</v>
+        <v>58.91</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F135" s="3">
-        <v>3</v>
+        <v>650</v>
       </c>
       <c r="G135" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H135" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I135" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B136" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="3">
-        <v>114.97</v>
+        <v>91.87</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F136" s="3">
-        <v>94</v>
+        <v>2150</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H136" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I136" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="3">
-        <v>5.58</v>
+        <v>46.05</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F137" s="3">
-        <v>191200</v>
+        <v>2500</v>
       </c>
       <c r="G137" s="3">
         <v>100</v>
       </c>
       <c r="H137" s="3">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A138" s="2" t="s">
+      <c r="A138" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B138" s="2"/>
-[...6 lines deleted...]
-      <c r="I138" s="2"/>
+      <c r="C138" s="3">
+        <v>35.64</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F138" s="3">
+        <v>7100</v>
+      </c>
+      <c r="G138" s="3">
+        <v>100</v>
+      </c>
+      <c r="H138" s="3">
+        <v>2000</v>
+      </c>
+      <c r="I138" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C139" s="3">
-        <v>59.15</v>
+        <v>53.24</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F139" s="3">
-        <v>1548</v>
+        <v>8400</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H139" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C140" s="3">
-        <v>59.48</v>
+        <v>56.4</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F140" s="3">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C141" s="3">
-        <v>194.04</v>
+        <v>63.1</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F141" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>120</v>
+        <v>1000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C142" s="3">
-        <v>58.94</v>
+        <v>63.61</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F142" s="3">
-        <v>0</v>
+        <v>4650</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>360</v>
+        <v>1000</v>
       </c>
       <c r="I142" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A59:I59"/>
-[...4 lines deleted...]
-    <mergeCell ref="A122:I122"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A89:I89"/>
+    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A118:I118"/>
+    <mergeCell ref="A125:I125"/>
     <mergeCell ref="A131:I131"/>
-    <mergeCell ref="A138:I138"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -5369,128 +5334,127 @@
     <hyperlink ref="D33" r:id="rId30"/>
     <hyperlink ref="D34" r:id="rId31"/>
     <hyperlink ref="D35" r:id="rId32"/>
     <hyperlink ref="D36" r:id="rId33"/>
     <hyperlink ref="D37" r:id="rId34"/>
     <hyperlink ref="D38" r:id="rId35"/>
     <hyperlink ref="D39" r:id="rId36"/>
     <hyperlink ref="D40" r:id="rId37"/>
     <hyperlink ref="D41" r:id="rId38"/>
     <hyperlink ref="D42" r:id="rId39"/>
     <hyperlink ref="D43" r:id="rId40"/>
     <hyperlink ref="D44" r:id="rId41"/>
     <hyperlink ref="D45" r:id="rId42"/>
     <hyperlink ref="D46" r:id="rId43"/>
     <hyperlink ref="D47" r:id="rId44"/>
     <hyperlink ref="D48" r:id="rId45"/>
     <hyperlink ref="D49" r:id="rId46"/>
     <hyperlink ref="D50" r:id="rId47"/>
     <hyperlink ref="D51" r:id="rId48"/>
     <hyperlink ref="D52" r:id="rId49"/>
     <hyperlink ref="D53" r:id="rId50"/>
     <hyperlink ref="D54" r:id="rId51"/>
     <hyperlink ref="D55" r:id="rId52"/>
     <hyperlink ref="D56" r:id="rId53"/>
     <hyperlink ref="D57" r:id="rId54"/>
-    <hyperlink ref="D58" r:id="rId55"/>
+    <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D66" r:id="rId62"/>
     <hyperlink ref="D67" r:id="rId63"/>
     <hyperlink ref="D68" r:id="rId64"/>
     <hyperlink ref="D69" r:id="rId65"/>
     <hyperlink ref="D70" r:id="rId66"/>
     <hyperlink ref="D71" r:id="rId67"/>
     <hyperlink ref="D72" r:id="rId68"/>
     <hyperlink ref="D73" r:id="rId69"/>
     <hyperlink ref="D74" r:id="rId70"/>
     <hyperlink ref="D75" r:id="rId71"/>
     <hyperlink ref="D76" r:id="rId72"/>
     <hyperlink ref="D77" r:id="rId73"/>
     <hyperlink ref="D78" r:id="rId74"/>
     <hyperlink ref="D79" r:id="rId75"/>
     <hyperlink ref="D80" r:id="rId76"/>
     <hyperlink ref="D81" r:id="rId77"/>
     <hyperlink ref="D82" r:id="rId78"/>
-    <hyperlink ref="D83" r:id="rId79"/>
+    <hyperlink ref="D84" r:id="rId79"/>
     <hyperlink ref="D85" r:id="rId80"/>
     <hyperlink ref="D86" r:id="rId81"/>
     <hyperlink ref="D87" r:id="rId82"/>
     <hyperlink ref="D88" r:id="rId83"/>
-    <hyperlink ref="D89" r:id="rId84"/>
+    <hyperlink ref="D90" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
     <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D93" r:id="rId87"/>
     <hyperlink ref="D94" r:id="rId88"/>
     <hyperlink ref="D95" r:id="rId89"/>
     <hyperlink ref="D96" r:id="rId90"/>
     <hyperlink ref="D97" r:id="rId91"/>
     <hyperlink ref="D98" r:id="rId92"/>
     <hyperlink ref="D99" r:id="rId93"/>
     <hyperlink ref="D100" r:id="rId94"/>
     <hyperlink ref="D101" r:id="rId95"/>
-    <hyperlink ref="D102" r:id="rId96"/>
+    <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
     <hyperlink ref="D107" r:id="rId100"/>
     <hyperlink ref="D108" r:id="rId101"/>
-    <hyperlink ref="D109" r:id="rId102"/>
-[...4 lines deleted...]
-    <hyperlink ref="D114" r:id="rId107"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D111" r:id="rId103"/>
+    <hyperlink ref="D112" r:id="rId104"/>
+    <hyperlink ref="D113" r:id="rId105"/>
+    <hyperlink ref="D114" r:id="rId106"/>
+    <hyperlink ref="D115" r:id="rId107"/>
     <hyperlink ref="D116" r:id="rId108"/>
     <hyperlink ref="D117" r:id="rId109"/>
-    <hyperlink ref="D118" r:id="rId110"/>
-[...2 lines deleted...]
-    <hyperlink ref="D121" r:id="rId113"/>
+    <hyperlink ref="D119" r:id="rId110"/>
+    <hyperlink ref="D120" r:id="rId111"/>
+    <hyperlink ref="D121" r:id="rId112"/>
+    <hyperlink ref="D122" r:id="rId113"/>
     <hyperlink ref="D123" r:id="rId114"/>
     <hyperlink ref="D124" r:id="rId115"/>
-    <hyperlink ref="D125" r:id="rId116"/>
-[...10 lines deleted...]
-    <hyperlink ref="D137" r:id="rId127"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D127" r:id="rId117"/>
+    <hyperlink ref="D128" r:id="rId118"/>
+    <hyperlink ref="D129" r:id="rId119"/>
+    <hyperlink ref="D130" r:id="rId120"/>
+    <hyperlink ref="D132" r:id="rId121"/>
+    <hyperlink ref="D133" r:id="rId122"/>
+    <hyperlink ref="D134" r:id="rId123"/>
+    <hyperlink ref="D135" r:id="rId124"/>
+    <hyperlink ref="D136" r:id="rId125"/>
+    <hyperlink ref="D137" r:id="rId126"/>
+    <hyperlink ref="D138" r:id="rId127"/>
     <hyperlink ref="D139" r:id="rId128"/>
     <hyperlink ref="D140" r:id="rId129"/>
     <hyperlink ref="D141" r:id="rId130"/>
     <hyperlink ref="D142" r:id="rId131"/>
-    <hyperlink ref="D143" r:id="rId132"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>