--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -8,400 +8,403 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="117">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединители, муфты, переходники, тройники для садовых шлангов</t>
   </si>
   <si>
+    <t>62-0272</t>
+  </si>
+  <si>
+    <t>Адаптер пластмассовый, 1"-1/2"-3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>62-0274</t>
+  </si>
+  <si>
+    <t>Муфта соединительная латунная, ремонтная, для шланга, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0307-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0241</t>
+  </si>
+  <si>
+    <t>Адаптер поворотный 1/2"-3/4"-1", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0308-F</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1", внутренняя резьба Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0214</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0212-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0302-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0278</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-F</t>
+  </si>
+  <si>
+    <t>Двойник для быстросъемного соединения  с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0223-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-F</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0216-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0240</t>
+  </si>
+  <si>
+    <t>Адаптер универсальный пластмассовый, 1/2"-3/4", с внешним хомутом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0301-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0306-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0211-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0300-F</t>
   </si>
   <si>
     <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>62-0221-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225</t>
+  </si>
+  <si>
+    <t>Разветвитель для шланга на 4 канала 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0213</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0223</t>
   </si>
   <si>
     <t>Разветвитель 2-х канальный на кран 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0211</t>
   </si>
   <si>
     <t>Адаптер на кран быстрого соединения 3/4" ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0213</t>
-[...14 lines deleted...]
-    <t>Коннектор для шланга, быстросъемный, 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0212</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0216</t>
   </si>
   <si>
     <t>Коннектор для шланга, быстросъемный, 1/2"  ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0221</t>
-[...20 lines deleted...]
-    <t>Разветвитель для шланга на 4 канала 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0217</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0218-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом и термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0305-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0309-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0279</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0280</t>
+  </si>
+  <si>
+    <t>62-0219</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0275</t>
   </si>
   <si>
     <t>Адаптер латунный, 3/4", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0276</t>
   </si>
   <si>
     <t>Адаптер латунный, 1/2", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0277</t>
   </si>
   <si>
     <t>Адаптер латунный, 1/2", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0272</t>
-[...10 lines deleted...]
-  <si>
     <t>62-0281</t>
   </si>
   <si>
     <t>Двойник латунный ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0222</t>
-[...28 lines deleted...]
-  <si>
     <t>62-0303-F</t>
   </si>
   <si>
     <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0301-F</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+    <t>62-0273</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281-3-F</t>
+  </si>
+  <si>
+    <t>Тройник Y для быстросъемного соединения, латунный Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0310-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга латунный, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0311-F</t>
   </si>
   <si>
     <t xml:space="preserve">Распылитель-насадка, регулируемый латунный Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
-    <t>62-0219-F</t>
-[...16 lines deleted...]
-  <si>
     <t>62-0222-3-F</t>
   </si>
   <si>
     <t xml:space="preserve">Тройник Y для быстросъемного соединения с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА </t>
-  </si>
-[...124 lines deleted...]
-    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -786,56 +789,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalnyy-na-kran-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vneshnyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vneshnyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassovyy-1-1-2-3-4-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunnyy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-latunnyy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotnyy-1-2-3-4-1-vnutrennyaya-rezba-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-vnutrennyaya-rezba-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-latunnyy-profi-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-1-2-3-4-vnutrennyaya-rezba-chetire-sezona-30472" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetire-sezona-30444" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-chetire-sezona-31734" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31735" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31739" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31747" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotniy-1-2-3-4-1-vnutrennyaya-rezba-chetire-sezona-31794" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-vnutrennyaya-rezba-profi-chetire-sezona-31748" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-latunniy-bistrosemniy-dlya-shlanga-3-4-chetire-sezona-29226" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31744" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31791" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31796" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30448" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31793" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31738" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31736" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31752" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-chetire-sezona-31733" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-2-s-vneshnim-homutom-chetire-sezona-31740" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31742" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31746" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-profi-chetire-sezona-31790" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-3-4-dyuyma-chetire-sezona-29227" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31795" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31737" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetire-sezona-29237" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vnutrennyaya-rezba-chetire-sezona-29225" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-1-2-chetire-sezona-29230" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-dyuyma-chetire-sezona-29233" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29235" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalniy-na-kran-3-4-1-2-dyuyma-chetire-sezona-29236" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-dyuyma-chetire-sezona-29223" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-i-1-2-dyuyma-chetire-sezona-29224" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-1-2-chetire-sezona-29228" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-3-4-dyuyma-chetire-sezona-29229" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-dyuyma-chetire-sezona-29232" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29234" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetire-sezona-31753" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31745" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-profi-chetire-sezona-31749" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-s-akvastopom-chetire-sezona-30449" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-3-4-s-vneshnim-homutom-chetire-sezona-30450" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-i-3-4-dyuyma-chetire-sezona-29231" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vneshnyaya-rezba-chetire-sezona-30445" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vneshnyaya-rezba-chetire-sezona-30446" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vnutrennyaya-rezba-chetire-sezona-30447" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunniy-chetire-sezona-30451" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31743" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30443" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-latunniy-profi-chetire-sezona-31741" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-3-4-s-akvastopom-profi-chetire-sezona-31750" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-latunniy-profi-chetire-sezona-31751" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31792" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I54"/>
+  <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -854,1547 +857,1576 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>261.81</v>
+        <v>93</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1631</v>
+        <v>1344</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>250</v>
+        <v>750</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>109</v>
+        <v>1305</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>55.6</v>
+        <v>106</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2516</v>
+        <v>1744</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>288</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>260</v>
+        <v>227.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>72</v>
+        <v>1109</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>674</v>
+        <v>1250</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>9</v>
+        <v>1085</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>154</v>
+        <v>392.71</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>12389</v>
+        <v>1501</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>119.6</v>
+        <v>314.64</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>717</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>87.4</v>
+        <v>431.76</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2312</v>
+        <v>2563</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>216</v>
+        <v>96</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>80.96</v>
+        <v>674</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2145</v>
+        <v>48</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>62.1</v>
+        <v>327.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3365</v>
+        <v>1729</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>240</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>926.44</v>
+        <v>148</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>21</v>
+        <v>2306</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>257.6</v>
+        <v>261.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1715</v>
+        <v>1618</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>96</v>
+        <v>150</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>279.68</v>
+        <v>594.32</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>35</v>
+        <v>118</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>96</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>279.68</v>
+        <v>157.32</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>61</v>
+        <v>1004</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>93</v>
+        <v>790</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1336</v>
+        <v>856</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>240</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>209.76</v>
+        <v>195</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>604</v>
+        <v>1781</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>240</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>312.89</v>
+        <v>144</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>592</v>
+        <v>8430</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>58.88</v>
+        <v>112</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>15578</v>
+        <v>608</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>288</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>103.13</v>
+        <v>209.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>3280</v>
+        <v>961</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>216</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>138.09</v>
+        <v>287.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1684</v>
+        <v>1760</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>227.24</v>
+        <v>327.26</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1105</v>
+        <v>1577</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>790</v>
+        <v>104</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>854</v>
+        <v>249</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>288</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>287.99</v>
+        <v>154</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1580</v>
+        <v>12423</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>287.99</v>
+        <v>261.81</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1761</v>
+        <v>1618</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>200</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>392.71</v>
+        <v>190</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1514</v>
+        <v>1395</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>392.71</v>
+        <v>926.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1878</v>
+        <v>1069</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>784.85</v>
+        <v>260</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1323</v>
+        <v>356</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>96</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>195</v>
+        <v>122</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1778</v>
+        <v>851</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>240</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>664.24</v>
+        <v>87.4</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2036</v>
+        <v>2394</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>96</v>
+        <v>216</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>144</v>
+        <v>80.96</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>8413</v>
+        <v>2216</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>209.76</v>
+        <v>250</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1420</v>
+        <v>230</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>157.32</v>
+        <v>55.6</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>994</v>
+        <v>2528</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>120</v>
+        <v>288</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>261.81</v>
+        <v>62.1</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1594</v>
+        <v>3390</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>150</v>
+        <v>240</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>314.64</v>
+        <v>119.6</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>905</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>240</v>
+        <v>288</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
         <v>170</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>10256</v>
+        <v>10620</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>216</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>122</v>
+        <v>103.13</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>616</v>
+        <v>3301</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>594.32</v>
+        <v>58.88</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>295</v>
+        <v>15709</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>404.8</v>
+        <v>163</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>33</v>
+        <v>3460</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>629.28</v>
+        <v>392.71</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>618</v>
+        <v>1829</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>750</v>
+        <v>664.24</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1441</v>
+        <v>1830</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>96</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>327.26</v>
+        <v>629.28</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1779</v>
+        <v>480</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="C44" s="3">
-        <v>978.88</v>
+        <v>209.76</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>2265</v>
+        <v>615</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>148</v>
+        <v>138.09</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>2307</v>
+        <v>1942</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>431.76</v>
+        <v>257.6</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>2723</v>
+        <v>1541</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>96</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>112</v>
+        <v>279.68</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>704</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>190</v>
+        <v>279.68</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1389</v>
+        <v>1</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>104</v>
+        <v>312.89</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>249</v>
+        <v>449</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>327.26</v>
+        <v>287.99</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1634</v>
+        <v>1610</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>106</v>
+        <v>404.8</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>1847</v>
+        <v>5</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>163</v>
+        <v>650.75</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>3423</v>
+        <v>1964</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>650.75</v>
+        <v>978.88</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>2161</v>
+        <v>2011</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>96</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3">
+        <v>784.85</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3">
+        <v>1116</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>96</v>
+      </c>
+      <c r="I54" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C54" s="3">
-[...17 lines deleted...]
-      <c r="I54" s="3">
+      <c r="B55" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C55" s="3">
+        <v>209.76</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3">
+        <v>1422</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>240</v>
+      </c>
+      <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
@@ -2411,50 +2443,51 @@
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
     <hyperlink ref="D44" r:id="rId42"/>
     <hyperlink ref="D45" r:id="rId43"/>
     <hyperlink ref="D46" r:id="rId44"/>
     <hyperlink ref="D47" r:id="rId45"/>
     <hyperlink ref="D48" r:id="rId46"/>
     <hyperlink ref="D49" r:id="rId47"/>
     <hyperlink ref="D50" r:id="rId48"/>
     <hyperlink ref="D51" r:id="rId49"/>
     <hyperlink ref="D52" r:id="rId50"/>
     <hyperlink ref="D53" r:id="rId51"/>
     <hyperlink ref="D54" r:id="rId52"/>
+    <hyperlink ref="D55" r:id="rId53"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>