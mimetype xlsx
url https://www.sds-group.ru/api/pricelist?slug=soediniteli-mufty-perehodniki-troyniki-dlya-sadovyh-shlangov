--- v1 (2025-12-06)
+++ v2 (2026-02-11)
@@ -42,369 +42,369 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединители, муфты, переходники, тройники для садовых шлангов</t>
   </si>
   <si>
+    <t>62-0280</t>
+  </si>
+  <si>
+    <t>Адаптер универсальный пластмассовый, 1/2"-3/4", с внешним хомутом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>62-0211</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0214</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Двойник для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0222-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0225</t>
+  </si>
+  <si>
+    <t>Разветвитель для шланга на 4 канала 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0311-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распылитель-насадка, регулируемый латунный Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0215-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0217-1</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0223-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 2-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0225-F</t>
+  </si>
+  <si>
+    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0303-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0305-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0306-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0310-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга латунный, быстросъемный, 3/4", с аквастопом Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0216-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0218-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом и термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0211-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0212-F</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0222-3-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Тройник Y для быстросъемного соединения с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА </t>
+  </si>
+  <si>
+    <t>62-0222-F</t>
+  </si>
+  <si>
+    <t>Двойник для быстросъемного соединения  с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0302-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 3/4" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0213</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-1-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219-F</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0309-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0300-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0277</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0278</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0240</t>
+  </si>
+  <si>
+    <t>62-0212</t>
+  </si>
+  <si>
+    <t>Адаптер на кран быстрого соединения 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0215</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0216</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный, 1/2"  ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0219</t>
+  </si>
+  <si>
+    <t>Муфта переходная для шланга 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0272</t>
   </si>
   <si>
     <t>Адаптер пластмассовый, 1"-1/2"-3/4", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>62-0273</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2"-3/4", внутренняя резьба, с переходником ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>62-0274</t>
   </si>
   <si>
     <t>Муфта соединительная латунная, ремонтная, для шланга, 3/4" ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0217-1</t>
-[...14 lines deleted...]
-    <t>Разветвитель 4-канальный на кран 1/2"-3/4" Профи ЧЕТЫРЕ СЕЗОНА</t>
+    <t>62-0275</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 3/4", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0276</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1/2", внешняя резьба ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0279</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга латунный, быстросъемный, 1/2", с аквастопом ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281</t>
+  </si>
+  <si>
+    <t>Двойник латунный ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0221-F</t>
+  </si>
+  <si>
+    <t>Муфта ремонтная для шланга 1/2" с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0281-3-F</t>
+  </si>
+  <si>
+    <t>Тройник Y для быстросъемного соединения, латунный Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0301-F</t>
+  </si>
+  <si>
+    <t>Коннектор для шланга, быстросъемный 1/2" с аквастопом, термопластичной резиной и защитой от перегибов Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>62-0304-F</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор для шланга, быстросъемный 1/2" с термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
     <t>62-0307-F</t>
   </si>
   <si>
     <t xml:space="preserve">Коннектор для шланга, быстросъемный 3/4" с аквастопом, термопластичной резиной и зажимной гайкой из цинка Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
   <si>
+    <t>62-0308-F</t>
+  </si>
+  <si>
+    <t>Адаптер латунный, 1", внутренняя резьба Профи ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>62-0241</t>
   </si>
   <si>
     <t>Адаптер поворотный 1/2"-3/4"-1", внутренняя резьба ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>62-0308-F</t>
-[...136 lines deleted...]
-  <si>
     <t>62-0223</t>
   </si>
   <si>
     <t>Разветвитель 2-х канальный на кран 1/2"-3/4" ЧЕТЫРЕ СЕЗОНА</t>
-  </si>
-[...127 lines deleted...]
-    <t xml:space="preserve">Тройник Y для быстросъемного соединения с термопластичной резиной Профи ЧЕТЫРЕ СЕЗОНА </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -789,51 +789,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-1-2-3-4-vnutrennyaya-rezba-chetire-sezona-30472" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetire-sezona-30444" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-chetire-sezona-31734" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31735" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31739" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31747" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotniy-1-2-3-4-1-vnutrennyaya-rezba-chetire-sezona-31794" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-vnutrennyaya-rezba-profi-chetire-sezona-31748" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-latunniy-bistrosemniy-dlya-shlanga-3-4-chetire-sezona-29226" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31744" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31791" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31796" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30448" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31793" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalniy-na-kran-1-2-3-4-profi-chetire-sezona-31738" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31736" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31752" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-chetire-sezona-31733" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-1-2-s-vneshnim-homutom-chetire-sezona-31740" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31742" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31746" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-profi-chetire-sezona-31790" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-3-4-dyuyma-chetire-sezona-29227" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31795" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31737" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetire-sezona-29237" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vnutrennyaya-rezba-chetire-sezona-29225" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-1-2-chetire-sezona-29230" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-dyuyma-chetire-sezona-29233" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29235" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalniy-na-kran-3-4-1-2-dyuyma-chetire-sezona-29236" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-dyuyma-chetire-sezona-29223" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bistrogo-soedineniya-3-4-i-1-2-dyuyma-chetire-sezona-29224" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-1-2-chetire-sezona-29228" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosyomniy-s-avtostopom-3-4-dyuyma-chetire-sezona-29229" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-dyuyma-chetire-sezona-29232" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bistrosyomnogo-soedineniya-chetire-sezona-29234" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetire-sezona-31753" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zajimnoy-gaykoy-iz-tsinka-profi-chetire-sezona-31745" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-profi-chetire-sezona-31749" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-1-2-s-akvastopom-chetire-sezona-30449" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassoviy-3-4-s-vneshnim-homutom-chetire-sezona-30450" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-i-3-4-dyuyma-chetire-sezona-29231" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-3-4-vneshnyaya-rezba-chetire-sezona-30445" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vneshnyaya-rezba-chetire-sezona-30446" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-vnutrennyaya-rezba-chetire-sezona-30447" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunniy-chetire-sezona-30451" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bistrosemniy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-chetire-sezona-31743" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunniy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetire-sezona-30443" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-latunniy-profi-chetire-sezona-31741" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunniy-bistrosemniy-3-4-s-akvastopom-profi-chetire-sezona-31750" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspilitel-nasadka-reguliruemiy-latunniy-profi-chetire-sezona-31751" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bistrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetire-sezona-31792" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-chetyre-sezona" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-dlya-shlanga-na-4-kanala-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/raspylitel-nasadka-reguliruemyy-latunnyy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-4-kanalnyy-na-kran-1-2-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-3-4-s-akvastopom-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-i-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-dlya-bystrosemnogo-soedineniya-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregibov-profi-ch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-universalnyy-plastmassovyy-1-2-3-4-s-vneshnim-homutom-chetyre-sezona-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-na-kran-bystrogo-soedineniya-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-chetyre-sezona" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-perehodnaya-dlya-shlanga-1-2-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-plastmassovyy-1-1-2-3-4-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-3-4-vnutrennyaya-rezba-s-perehodnikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-latunnaya-remontnaya-dlya-shlanga-3-4-chetyre-sezona" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-3-4-vneshnyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-2-vneshnyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-latunnyy-bystrosemnyy-1-2-s-akvastopom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvoynik-latunnyy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-remontnaya-dlya-shlanga-1-2-s-termoplastichnoy-rezinoy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/troynik-y-dlya-bystrosemnogo-soedineniya-latunnyy-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-akvastopom-termoplastichnoy-rezinoy-i-zaschitoy-ot-peregib" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-1-2-s-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz-tsinka-prof" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-shlanga-bystrosemnyy-3-4-s-akvastopom-termoplastichnoy-rezinoy-i-zazhimnoy-gaykoy-iz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-latunnyy-1-vnutrennyaya-rezba-profi-chetyre-sezona" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-povorotnyy-1-2-3-4-1-vnutrennyaya-rezba-chetyre-sezona" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razvetvitel-2-h-kanalnyy-na-kran-1-2-3-4-chetyre-sezona" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I55"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -857,1577 +857,1577 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>93</v>
+        <v>213.33</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1344</v>
+        <v>2359</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>750</v>
+        <v>56.55</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1305</v>
+        <v>4244</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>106</v>
+        <v>685.46</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1744</v>
+        <v>3458</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>227.24</v>
+        <v>166.6</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1109</v>
+        <v>10166</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>216</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1250</v>
+        <v>89.25</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1085</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>392.71</v>
+        <v>93</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1501</v>
+        <v>2475</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>314.64</v>
+        <v>72</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>1874</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>240</v>
+        <v>216</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>431.76</v>
+        <v>59.88</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2563</v>
+        <v>14963</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>674</v>
+        <v>73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>48</v>
+        <v>5290</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>327.26</v>
+        <v>942.19</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1729</v>
+        <v>980</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>240</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>148</v>
+        <v>718.37</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2306</v>
+        <v>1055</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>96</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>261.81</v>
+        <v>98.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1618</v>
+        <v>133</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>150</v>
+        <v>288</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>594.32</v>
+        <v>103.95</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>118</v>
+        <v>891</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>96</v>
+        <v>288</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>157.32</v>
+        <v>723.09</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1004</v>
+        <v>273</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>790</v>
+        <v>1144.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>856</v>
+        <v>298</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>195</v>
+        <v>240</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1781</v>
+        <v>1491</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>240</v>
+        <v>150</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>144</v>
+        <v>280</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>8430</v>
+        <v>749</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>112</v>
+        <v>290</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>608</v>
+        <v>1458</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>288</v>
+        <v>240</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>209.76</v>
+        <v>790</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>961</v>
+        <v>1904</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>287.99</v>
+        <v>120</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1760</v>
+        <v>8275</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>200</v>
+        <v>288</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>327.26</v>
+        <v>140</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1577</v>
+        <v>3205</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>240</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>249</v>
+        <v>152</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>288</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>12423</v>
+        <v>2107</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>261.81</v>
+        <v>140</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1618</v>
+        <v>1426</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>190</v>
+        <v>134</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>1395</v>
+        <v>1000</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>926.44</v>
+        <v>220</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1069</v>
+        <v>245</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>260</v>
+        <v>264.42</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>356</v>
+        <v>5870</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>96</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>122</v>
+        <v>173</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>851</v>
+        <v>1122</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>87.4</v>
+        <v>153</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>2394</v>
+        <v>1787</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>80.96</v>
+        <v>607.98</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2216</v>
+        <v>1741</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>250</v>
+        <v>190</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>230</v>
+        <v>1496</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>55.6</v>
+        <v>284.43</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2528</v>
+        <v>3794</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>288</v>
+        <v>96</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>62.1</v>
+        <v>604.42</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3390</v>
+        <v>1488</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="C36" s="3">
-        <v>119.6</v>
+        <v>192</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>905</v>
+        <v>897</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>288</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>170</v>
+        <v>63.16</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>10620</v>
+        <v>849</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>216</v>
+        <v>240</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>103.13</v>
+        <v>156.62</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>3301</v>
+        <v>11438</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>216</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>58.88</v>
+        <v>82.95</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>15709</v>
+        <v>3645</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>288</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>163</v>
+        <v>99</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>3460</v>
+        <v>1588</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>240</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>392.71</v>
+        <v>94.58</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>1829</v>
+        <v>990</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>240</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>664.24</v>
+        <v>411.68</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>1830</v>
+        <v>1579</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>96</v>
       </c>
       <c r="I42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>629.28</v>
+        <v>686.48</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>480</v>
+        <v>1164</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>96</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>209.76</v>
+        <v>261.98</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>615</v>
+        <v>1225</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>138.09</v>
+        <v>284.43</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>1942</v>
+        <v>3107</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>257.6</v>
+        <v>639.98</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>1541</v>
+        <v>286</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>96</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>279.68</v>
+        <v>318.21</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>296</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>96</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>279.68</v>
+        <v>135</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1</v>
+        <v>1282</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>312.89</v>
+        <v>530</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>449</v>
+        <v>1927</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>96</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>287.99</v>
+        <v>210</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1610</v>
+        <v>1631</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>404.8</v>
+        <v>250</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>5</v>
+        <v>681</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>650.75</v>
+        <v>320</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>1964</v>
+        <v>1384</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>978.88</v>
+        <v>395.19</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>2011</v>
+        <v>2468</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>96</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>784.85</v>
+        <v>319.99</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>1116</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>209.76</v>
+        <v>254.25</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>1422</v>
+        <v>2033</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>