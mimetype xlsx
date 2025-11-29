--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -54,189 +54,189 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединительные изолирующие зажимы СИЗ</t>
   </si>
   <si>
     <t>07-5218</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0759-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>06-0232-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
     <t>07-5219</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
   </si>
   <si>
-    <t>07-5216</t>
-[...8 lines deleted...]
-    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0782</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0756</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0756-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
   </si>
   <si>
     <t>06-0230-A5</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
   </si>
   <si>
-    <t>упак</t>
-[...31 lines deleted...]
-  <si>
     <t>06-0230-A10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
   </si>
   <si>
-    <t>06-0233-A5</t>
-[...8 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
   </si>
   <si>
     <t>06-0232-B10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
-  </si>
-[...58 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-3-oslash-3-3-mm-1-5-5-75-mm-sup2-oranjeviy-rexant-11840" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-10-sht-up-rexant-28586" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-10-sht-17964" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-10-sht-up-rexant-28587" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-5-sht-17960" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-1-oslash-2-7-mm-1-0-2-75-mm-sup2-seriy-rexant-11839" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-5-sht-17959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-2-oslash-3-0-mm-1-0-3-75-mm-sup2-siniy-rexant-11833" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-4-oslash-4-8-mm-1-5-10-5-mm-sup2-jeltiy-rexant-11834" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-100-sht-up-26154" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-100-sht-up-26156" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-50-sht-up-26157" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-50-sht-up-26158" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-100-sht-up-26155" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-zazemleniya-s-lepestkami-siz-99-oslash-12-mm-5-16-mm-sup2-zeleniy-100-sht-up-26159" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-4-0-13-0-mm-sup2-krasniy-10-sht-up-rexant-28568" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-10-sht-up-rexant-28584" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-10-sht-up-rexant-28588" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-10-sht-up-rexant-28585" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-3-0-17-0-mm-sup2-krasniy-rexant-11835" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-5-sht-17958" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-10-sht-17965" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-2-1-0-4-5-mm-sup2-siniy-10-sht-17967" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-10-sht-17966" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,736 +689,736 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3.05</v>
+        <v>3.2</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>180300</v>
+        <v>100900</v>
       </c>
       <c r="G3" s="3">
         <v>100</v>
       </c>
       <c r="H3" s="3">
         <v>4800</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>3.9</v>
+        <v>134.23</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>199700</v>
+        <v>56</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>4800</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C5" s="3">
+        <v>91.91</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>214100</v>
+        <v>4</v>
       </c>
       <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>10</v>
+      </c>
+      <c r="I5" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>1.89</v>
+        <v>140.33</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>694300</v>
+        <v>7</v>
       </c>
       <c r="G6" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8000</v>
+        <v>10</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>60.92</v>
+        <v>72.08</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>362</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>2.68</v>
+        <v>1.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>76900</v>
+        <v>150800</v>
       </c>
       <c r="G8" s="3">
         <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>5000</v>
+        <v>13000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>4.53</v>
+        <v>61.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>53100</v>
+        <v>289</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4500</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>6.53</v>
+        <v>1.98</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>64100</v>
+        <v>604200</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>2500</v>
+        <v>8000</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>61.53</v>
+        <v>4.1</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>72</v>
+        <v>125900</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>192.15</v>
+        <v>2.81</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>66</v>
+        <v>73900</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>51.65</v>
+        <v>4.76</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>24</v>
+        <v>50800</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>10</v>
+        <v>4500</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>72.08</v>
+        <v>6.86</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>23</v>
+        <v>63400</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>91.91</v>
+        <v>9.89</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>142</v>
+        <v>14750</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>87.35</v>
+        <v>3.06</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>80</v>
+        <v>125000</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>65.16</v>
+        <v>4.76</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>110</v>
+        <v>1900</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>2.91</v>
+        <v>131.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>127900</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>4.76</v>
+        <v>64.61</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>2500</v>
+        <v>104</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>9.42</v>
+        <v>192.15</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>16000</v>
+        <v>38</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>134.23</v>
+        <v>73.18</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>131.25</v>
+        <v>5.91</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>50</v>
+        <v>61200</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>73.18</v>
+        <v>60.92</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>77</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>140.33</v>
+        <v>51.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>5.63</v>
+        <v>65.16</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>90700</v>
+        <v>79</v>
       </c>
       <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>10</v>
+      </c>
+      <c r="I25" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>61.68</v>
+        <v>87.35</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>