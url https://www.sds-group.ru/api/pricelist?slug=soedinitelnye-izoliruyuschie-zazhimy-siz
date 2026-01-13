--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединительные изолирующие зажимы СИЗ</t>
   </si>
   <si>
+    <t>08-0756-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0232-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0782</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0759-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0230-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>06-0230-A10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0232-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
+  </si>
+  <si>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
+  </si>
+  <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
     <t>07-5218</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...49 lines deleted...]
-  <si>
     <t>07-5219</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
   </si>
   <si>
-    <t>08-0750</t>
-[...2 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+    <t>08-0756</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
   </si>
   <si>
     <t>08-0758</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
   </si>
   <si>
     <t>08-0759</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
   </si>
   <si>
-    <t>08-0782</t>
-[...10 lines deleted...]
-  <si>
     <t>08-0707</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
-  </si>
-[...52 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-3-oslash-3-3-mm-1-5-5-75-mm-sup2-oranjeviy-rexant-11840" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-10-sht-up-rexant-28586" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-10-sht-17964" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-10-sht-up-rexant-28587" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-4-1-5-9-5-mm-sup2-jeltiy-5-sht-17960" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-1-oslash-2-7-mm-1-0-2-75-mm-sup2-seriy-rexant-11839" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-5-sht-17959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-2-oslash-3-0-mm-1-0-3-75-mm-sup2-siniy-rexant-11833" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-4-oslash-4-8-mm-1-5-10-5-mm-sup2-jeltiy-rexant-11834" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-100-sht-up-26154" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-13-oslash-13-mm-1-5-16-mm-sup2-krasniy-100-sht-up-26156" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-15-oslash-14-9-mm-4-16-mm-sup2-seriy-50-sht-up-26157" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-50-sht-up-26158" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-100-sht-up-26155" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-zazemleniya-s-lepestkami-siz-99-oslash-12-mm-5-16-mm-sup2-zeleniy-100-sht-up-26159" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-4-0-13-0-mm-sup2-krasniy-10-sht-up-rexant-28568" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-11-oslash-9-8-mm-1-8-5-mm-sup2-jeltiy-10-sht-up-rexant-28584" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-17-oslash-17-8-mm-5-32-mm-sup2-siniy-10-sht-up-rexant-28588" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-s-lepestkami-siz-12-oslash-11-2-mm-1-12-75-mm-sup2-korichneviy-10-sht-up-rexant-28585" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-siz-5-oslash-5-4-mm-3-0-17-0-mm-sup2-krasniy-rexant-11835" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-5-sht-17958" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-1-1-0-3-0-mm-sup2-seriy-10-sht-17965" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-2-1-0-4-5-mm-sup2-siniy-10-sht-17967" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelniy-izoliruyuschiy-zajim-rexant-siz-3-1-5-6-mm-sup2-oranjeviy-10-sht-17966" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,736 +689,736 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3.2</v>
+        <v>74.42</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>100900</v>
+        <v>18</v>
       </c>
       <c r="G3" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>4800</v>
+        <v>10</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>134.23</v>
+        <v>62.73</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>91.91</v>
+        <v>66.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>4</v>
+        <v>215</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>9.05</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>7</v>
+        <v>13200</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>1500</v>
       </c>
       <c r="I6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>72.08</v>
+        <v>65.71</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>362</v>
+        <v>100</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>1.53</v>
+        <v>142.72</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>150800</v>
+        <v>6</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>13000</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>61.68</v>
+        <v>61.96</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>289</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1.98</v>
+        <v>73.31</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>604200</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>8000</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>4.1</v>
+        <v>93.47</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>125900</v>
+        <v>231</v>
       </c>
       <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>10</v>
+      </c>
+      <c r="I11" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>2.81</v>
+        <v>2.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F12" s="3">
-        <v>73900</v>
+        <v>73600</v>
       </c>
       <c r="G12" s="3">
         <v>100</v>
       </c>
       <c r="H12" s="3">
         <v>5000</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>4.76</v>
+        <v>133.48</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>50800</v>
+        <v>254</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>4500</v>
+        <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>6.86</v>
+        <v>52.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>63400</v>
+        <v>59</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>9.89</v>
+        <v>88.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>14750</v>
+        <v>258</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1500</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>3.06</v>
+        <v>136.51</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>125000</v>
+        <v>56</v>
       </c>
       <c r="G16" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>4.76</v>
+        <v>195.42</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1900</v>
+        <v>136</v>
       </c>
       <c r="G17" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>131.25</v>
+        <v>6.01</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>41500</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>64.61</v>
+        <v>1.56</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F19" s="3">
-        <v>104</v>
+        <v>139100</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>13000</v>
       </c>
       <c r="I19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>192.15</v>
+        <v>2.01</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>38</v>
+        <v>570400</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>8000</v>
       </c>
       <c r="I20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>73.18</v>
+        <v>3.25</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>20</v>
+        <v>67700</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>5.91</v>
+        <v>4.17</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F22" s="3">
-        <v>61200</v>
+        <v>99900</v>
       </c>
       <c r="G22" s="3">
         <v>100</v>
       </c>
       <c r="H22" s="3">
-        <v>4000</v>
+        <v>4800</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>60.92</v>
+        <v>3.98</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>124200</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I23" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>51.65</v>
+        <v>4.36</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F24" s="3">
-        <v>19</v>
+        <v>50300</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>4500</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>65.16</v>
+        <v>6.28</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F25" s="3">
-        <v>79</v>
+        <v>63100</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>2500</v>
       </c>
       <c r="I25" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>87.35</v>
+        <v>4.84</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F26" s="3">
-        <v>68</v>
+        <v>1400</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I26" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>