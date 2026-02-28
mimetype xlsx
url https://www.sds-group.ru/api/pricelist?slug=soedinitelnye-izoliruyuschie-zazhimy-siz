--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,201 +42,201 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Соединительные изолирующие зажимы СИЗ</t>
   </si>
   <si>
+    <t>07-5216</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-1, ø 2,7 мм (1,0-2,75 мм²) серый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>07-5217</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-2, ø 3,0 мм (1,0-3,75 мм²) синий REXANT</t>
+  </si>
+  <si>
+    <t>08-0750</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0759</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (50 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0707</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>08-0750-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-11 ø 9,8 мм (1-8,5 мм²), желтый (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>07-5220</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (3,0-17,0 мм²) красный REXANT</t>
+  </si>
+  <si>
+    <t>07-5218</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-3, ø 3,3 мм (1,5-5,75 мм²) оранжевый REXANT</t>
+  </si>
+  <si>
+    <t>07-5219</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-4, ø 4,8 мм (1,5-10,5 мм²) желтый REXANT</t>
+  </si>
+  <si>
+    <t>06-0231-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-B10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 10 шт.</t>
+  </si>
+  <si>
+    <t>07-5220-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим СИЗ-5, ø 5,4 мм (4,0-13,0 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
     <t>08-0756-10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>08-0758-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0782-10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (10 шт./уп.) REXANT</t>
+  </si>
+  <si>
+    <t>08-0758</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-13 ø 13 мм (1,5-16 мм²), красный (100 шт./уп.)</t>
+  </si>
+  <si>
+    <t>06-0230-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 5 шт.</t>
+  </si>
+  <si>
+    <t>06-0233-A5</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-4", 1,5-9,5 мм², желтый, 5 шт.</t>
   </si>
   <si>
     <t>06-0232-A5</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 5 шт.</t>
   </si>
   <si>
-    <t>06-0231-B10</t>
-[...2 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT "СИЗ-2", 1,0-4,5 мм², синий, 10 шт.</t>
+    <t>06-0230-A10</t>
+  </si>
+  <si>
+    <t>Соединительный изолирующий зажим REXANT "СИЗ-1", 1,0-3,0 мм², серый, 10 шт.</t>
   </si>
   <si>
     <t>08-0782</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-17 ø 17,8 мм (5-32 мм²), синий (50 шт./уп.)</t>
   </si>
   <si>
-    <t>шт</t>
-[...7 lines deleted...]
-  <si>
     <t>08-0759-10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим с лепестками СИЗ-15 ø 14,9 мм (4-16 мм²), серый (10 шт./уп.) REXANT</t>
   </si>
   <si>
-    <t>06-0230-A5</t>
-[...34 lines deleted...]
-  <si>
     <t>06-0232-B10</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT "СИЗ-3", 1,5-6 мм², оранжевый, 10 шт.</t>
   </si>
   <si>
-    <t>08-0758-10</t>
-[...40 lines deleted...]
-  <si>
     <t>08-0756</t>
   </si>
   <si>
     <t>Соединительный изолирующий зажим REXANT с лепестками СИЗ-12 ø 11,2 мм (1-12,75 мм²), коричневый (100 шт./уп.)</t>
-  </si>
-[...16 lines deleted...]
-    <t>Соединительный изолирующий зажим REXANT заземления с лепестками СИЗ-99 ø 12 мм (5-16 мм²), зеленый (100 шт./уп.)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -621,51 +621,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rex" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-1-2-7-mm-1-0-2-75-mm-seryy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-2-3-0-mm-1-0-3-75-mm-siniy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-100-sht-up" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-50-sht-up" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-zazemleniya-s-lepestkami-siz-99-12-mm-5-16-mm-zelenyy-100" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-11-9-8-mm-1-8-5-mm-zheltyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-5-5-4-mm-3-0-17-0-mm-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-3-3-3-mm-1-5-5-75-mm-oranzhevyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-4-4-8-mm-1-5-10-5-mm-zheltyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-2-1-0-4-5-mm-siniy-10-sht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-10-sht" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-siz-5-5-4-mm-4-0-13-0-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-13-13-mm-1-5-16-mm-krasnyy-100-sht-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-5-sht" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-4-1-5-9-5-mm-zheltyy-5-sht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-5-sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-1-1-0-3-0-mm-seryy-10-sht" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-17-17-8-mm-5-32-mm-siniy-50-sht-up" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyushchiy-zazhim-s-lepestkami-siz-15-14-9-mm-4-16-mm-seryy-10-sht-up-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-siz-3-1-5-6-mm-oranzhevyy-10-sht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitelnyy-izoliruyuschiy-zazhim-rexant-s-lepestkami-siz-12-11-2-mm-1-12-75-mm-korichnevyy-100-sh" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I26"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -689,727 +689,727 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>74.42</v>
+        <v>1.56</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>18</v>
+        <v>134500</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H3" s="3">
-        <v>10</v>
+        <v>13000</v>
       </c>
       <c r="I3" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>62.73</v>
+        <v>2.01</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>93</v>
+        <v>554500</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>8000</v>
       </c>
       <c r="I4" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>66.27</v>
+        <v>2.57</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>215</v>
+        <v>73000</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I5" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>9.05</v>
+        <v>6.28</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>13200</v>
+        <v>63050</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>65.71</v>
+        <v>4.84</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
+        <v>1200</v>
+      </c>
+      <c r="G7" s="3">
         <v>100</v>
       </c>
-      <c r="G7" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="C8" s="3">
+        <v>65.71</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="C8" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>61.96</v>
+        <v>6.01</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>100500</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>4000</v>
       </c>
       <c r="I9" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>73.31</v>
+        <v>3.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>161900</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I10" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>93.47</v>
+        <v>4.17</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>231</v>
+        <v>219400</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>4800</v>
       </c>
       <c r="I11" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>2.57</v>
+        <v>66.27</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>73600</v>
+        <v>41</v>
       </c>
       <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>10</v>
+      </c>
+      <c r="I12" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>133.48</v>
+        <v>93.47</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>254</v>
+        <v>122</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>52.53</v>
+        <v>133.48</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>88.83</v>
+        <v>74.42</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>258</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
         <v>136.51</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
         <v>195.42</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>6.01</v>
+        <v>4.36</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>41500</v>
+        <v>50000</v>
       </c>
       <c r="G18" s="3">
         <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>4000</v>
+        <v>4500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>1.56</v>
+        <v>61.96</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>139100</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>13000</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>2.01</v>
+        <v>73.31</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F20" s="3">
-        <v>570400</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>8000</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>3.25</v>
+        <v>62.73</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F21" s="3">
-        <v>67700</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>4800</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>4.17</v>
+        <v>52.53</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F22" s="3">
-        <v>99900</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>10</v>
+      </c>
+      <c r="I22" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>3.98</v>
+        <v>9.05</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>124200</v>
+        <v>12850</v>
       </c>
       <c r="G23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H23" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>4.36</v>
+        <v>142.72</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F24" s="3">
-        <v>50300</v>
+        <v>6</v>
       </c>
       <c r="G24" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>4500</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>6.28</v>
+        <v>88.83</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F25" s="3">
-        <v>63100</v>
+        <v>1080</v>
       </c>
       <c r="G25" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>4.84</v>
+        <v>3.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1400</v>
+        <v>123400</v>
       </c>
       <c r="G26" s="3">
         <v>100</v>
       </c>
       <c r="H26" s="3">
         <v>5000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>