--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -60,123 +60,123 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Спецодежда</t>
   </si>
   <si>
     <t>09-0202-2</t>
   </si>
   <si>
     <t>Перчатки х/б нейлоновые с покрытием ПВХ «Точка», белые REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>пар</t>
   </si>
   <si>
     <t>09-0202-1</t>
   </si>
   <si>
     <t>Перчатки х/б с покрытием ПВХ «Точка», 5 нитей, 48-50 г, белые REXANT</t>
   </si>
   <si>
+    <t>09-0201</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с покрытием ПВХ «Волна», 5 нитей, 7,5 класс вязки, 54-56 г</t>
+  </si>
+  <si>
+    <t>09-0262</t>
+  </si>
+  <si>
+    <t>Перчатки нейлоновые с частичным покрытием ладони и пальцев ПВХ «Точка», черные</t>
+  </si>
+  <si>
+    <t>09-0260</t>
+  </si>
+  <si>
+    <t>Перчатки нейлоновые с частичным покрытием ладони и пальцев ПВХ «Точка», белые</t>
+  </si>
+  <si>
+    <t>09-0211</t>
+  </si>
+  <si>
+    <t>Перчатки полушерстяные с покрытием ПВХ «Зима», 7 нитей, 75-77 г, черные</t>
+  </si>
+  <si>
+    <t>09-0209</t>
+  </si>
+  <si>
+    <t>Перчатки х/б стандарт с покрытием ПВХ, размер M, 10 класс вязки, 5 нитей, черные</t>
+  </si>
+  <si>
+    <t>09-0212</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с покрытием ПВХ «Точка», 7,5 класс вязки, 4 нити, 63-65 г</t>
+  </si>
+  <si>
     <t>09-0214</t>
   </si>
   <si>
     <t>Перчатки х/б с покрытием ПВХ «Волна», 10 класс вязки, 5 нитей, 55-56 г</t>
   </si>
   <si>
+    <t>09-0220</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с одинарным латексным покрытием, 10 класс вязки, 5 нитей, 36 г, красные</t>
+  </si>
+  <si>
+    <t>09-0302</t>
+  </si>
+  <si>
+    <t>Бахилы полиэтиленовые 2,3 г (100 шт., 50 пар)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-0251</t>
+  </si>
+  <si>
+    <t>Перчатки спилковые (спилок + х/б ткань), кожевенный спилок класса АВ, материал подкладки 100% х/б</t>
+  </si>
+  <si>
     <t>09-0236</t>
   </si>
   <si>
     <t>Перчатки х/б с нитриловым покрытием, подкладка 100% хлопок</t>
   </si>
   <si>
     <t>09-0207</t>
   </si>
   <si>
     <t>Перчатки х/б с покрытием ПВХ «Актив», 3 нити, 32-34 г</t>
-  </si>
-[...55 lines deleted...]
-    <t>Перчатки х/б с покрытием ПВХ «Точка», 7,5 класс вязки, 4 нити, 63-65 г</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -561,51 +561,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-belie-neylonovie-tochka-pvh-rexant-9969" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-5-nitey-48-50-g-rexant-6904" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-naneseniem-pvh-5-nitey-55-56-g-10-klass-vyazki-volna-6276" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-nitrilovim-pokritiem-podkladka-100-hlopok-6660" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-aktiv-3-niti-32-34-g-7984" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bahili-polietilenovie-2-3-g-100-sht-50-par-2013" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-5-nitey-54-56-g-7-5-klass-vyazki-volna-3542" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-odinarnim-lateksnim-pokritiem-5-nitey-36-g-10-klass-vyazki-krasnogo-tsveta-6278" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-spilkovie-spilok-h-b-tkan-kojevenniy-spilok-klassa-av-material-podkladki-100-h-b-6659" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovie-s-chastichnim-pokritiem-ladoni-i-paltsev-tochka-pvh-belie-6663" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovie-s-chastichnim-pokritiem-ladoni-i-paltsev-tochka-pvh-chernie-6662" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-polusherstyanie-s-pokritiem-pvh-zima-chernie-7-nitey-75-77-g-4336" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-standart-s-pvh-10-klass-vyazki-5-nitey-chernie-m-3547" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-naneseniem-pvh-tochka-4-niti-63-65-g-7-5-klass-vyazki-6275" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-belie-neylonovie-tochka-pvh-rexant-9969" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-5-nitey-48-50-g-rexant-6904" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-5-nitey-54-56-g-7-5-klass-vyazki-volna-3542" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovie-s-chastichnim-pokritiem-ladoni-i-paltsev-tochka-pvh-chernie-6662" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovie-s-chastichnim-pokritiem-ladoni-i-paltsev-tochka-pvh-belie-6663" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-polusherstyanie-s-pokritiem-pvh-zima-chernie-7-nitey-75-77-g-4336" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-standart-s-pvh-10-klass-vyazki-5-nitey-chernie-m-3547" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-naneseniem-pvh-tochka-4-niti-63-65-g-7-5-klass-vyazki-6275" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-naneseniem-pvh-5-nitey-55-56-g-10-klass-vyazki-volna-6276" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-odinarnim-lateksnim-pokritiem-5-nitey-36-g-10-klass-vyazki-krasnogo-tsveta-6278" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bahili-polietilenovie-2-3-g-100-sht-50-par-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-spilkovie-spilok-h-b-tkan-kojevenniy-spilok-klassa-av-material-podkladki-100-h-b-6659" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-nitrilovim-pokritiem-podkladka-100-hlopok-6660" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-aktiv-3-niti-32-34-g-7984" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -638,428 +638,428 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>125.45</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>580</v>
+        <v>310</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>69.85</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1809</v>
+        <v>300</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>74.03</v>
+        <v>50.2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>3660</v>
+        <v>1850</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>250</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>305.63</v>
+        <v>86.52</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>20</v>
+        <v>380</v>
       </c>
       <c r="G6" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>47.39</v>
+        <v>86.52</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>270</v>
+        <v>290</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>128.84</v>
+        <v>97.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1085</v>
+        <v>480</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>50.2</v>
+        <v>49</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>390</v>
+        <v>540</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>250</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>67.67</v>
+        <v>62.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>461.8</v>
+        <v>74.03</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>80</v>
+        <v>2940</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>86.52</v>
+        <v>67.67</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>128.84</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>390</v>
+        <v>590</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>97.34</v>
+        <v>461.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1030</v>
+        <v>20</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>49</v>
+        <v>305.63</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3280</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>62.73</v>
+        <v>47.39</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>110</v>
+        <v>610</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>