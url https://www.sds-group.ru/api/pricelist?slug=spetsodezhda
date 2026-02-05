--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -60,123 +60,123 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Спецодежда</t>
   </si>
   <si>
     <t>09-0202-2</t>
   </si>
   <si>
     <t>Перчатки х/б нейлоновые с покрытием ПВХ «Точка», белые REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>пар</t>
   </si>
   <si>
     <t>09-0202-1</t>
   </si>
   <si>
     <t>Перчатки х/б с покрытием ПВХ «Точка», 5 нитей, 48-50 г, белые REXANT</t>
   </si>
   <si>
+    <t>09-0211</t>
+  </si>
+  <si>
+    <t>Перчатки полушерстяные с покрытием ПВХ «Зима», 7 нитей, 75-77 г, черные</t>
+  </si>
+  <si>
+    <t>09-0209</t>
+  </si>
+  <si>
+    <t>Перчатки х/б стандарт с покрытием ПВХ, размер M, 10 класс вязки, 5 нитей, черные</t>
+  </si>
+  <si>
+    <t>09-0251</t>
+  </si>
+  <si>
+    <t>Перчатки спилковые (спилок + х/б ткань), кожевенный спилок класса АВ, материал подкладки 100% х/б</t>
+  </si>
+  <si>
+    <t>09-0302</t>
+  </si>
+  <si>
+    <t>Бахилы полиэтиленовые 2,3 г (100 шт., 50 пар)</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>09-0236</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с нитриловым покрытием, подкладка 100% хлопок</t>
+  </si>
+  <si>
+    <t>09-0207</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с покрытием ПВХ «Актив», 3 нити, 32-34 г</t>
+  </si>
+  <si>
+    <t>09-0220</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с одинарным латексным покрытием, 10 класс вязки, 5 нитей, 36 г, красные</t>
+  </si>
+  <si>
+    <t>09-0260</t>
+  </si>
+  <si>
+    <t>Перчатки нейлоновые с частичным покрытием ладони и пальцев ПВХ «Точка», белые</t>
+  </si>
+  <si>
+    <t>09-0262</t>
+  </si>
+  <si>
+    <t>Перчатки нейлоновые с частичным покрытием ладони и пальцев ПВХ «Точка», черные</t>
+  </si>
+  <si>
+    <t>09-0212</t>
+  </si>
+  <si>
+    <t>Перчатки х/б с покрытием ПВХ «Точка», 7,5 класс вязки, 4 нити, 63-65 г</t>
+  </si>
+  <si>
     <t>09-0201</t>
   </si>
   <si>
     <t>Перчатки х/б с покрытием ПВХ «Волна», 5 нитей, 7,5 класс вязки, 54-56 г</t>
   </si>
   <si>
-    <t>09-0262</t>
-[...28 lines deleted...]
-  <si>
     <t>09-0214</t>
   </si>
   <si>
     <t>Перчатки х/б с покрытием ПВХ «Волна», 10 класс вязки, 5 нитей, 55-56 г</t>
-  </si>
-[...31 lines deleted...]
-    <t>Перчатки х/б с покрытием ПВХ «Актив», 3 нити, 32-34 г</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -561,51 +561,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-belie-neylonovie-tochka-pvh-rexant-9969" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-5-nitey-48-50-g-rexant-6904" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-5-nitey-54-56-g-7-5-klass-vyazki-volna-3542" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovie-s-chastichnim-pokritiem-ladoni-i-paltsev-tochka-pvh-chernie-6662" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovie-s-chastichnim-pokritiem-ladoni-i-paltsev-tochka-pvh-belie-6663" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-polusherstyanie-s-pokritiem-pvh-zima-chernie-7-nitey-75-77-g-4336" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-standart-s-pvh-10-klass-vyazki-5-nitey-chernie-m-3547" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-naneseniem-pvh-tochka-4-niti-63-65-g-7-5-klass-vyazki-6275" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-naneseniem-pvh-5-nitey-55-56-g-10-klass-vyazki-volna-6276" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-odinarnim-lateksnim-pokritiem-5-nitey-36-g-10-klass-vyazki-krasnogo-tsveta-6278" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bahili-polietilenovie-2-3-g-100-sht-50-par-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-spilkovie-spilok-h-b-tkan-kojevenniy-spilok-klassa-av-material-podkladki-100-h-b-6659" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-nitrilovim-pokritiem-podkladka-100-hlopok-6660" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokritiem-pvh-aktiv-3-niti-32-34-g-7984" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-neylonovye-s-pokrytiem-pvh-tochka-belye-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokrytiem-pvh-tochka-5-nitey-48-50-g-belye-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-polusherstyanye-s-pokrytiem-pvh-zima-7-nitey-75-77-g-chernye" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-standart-s-pokrytiem-pvh-razmer-m-10-klass-vyazki-5-nitey-chernye" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-spilkovye-spilok-h-b-tkan-kozhevennyy-spilok-klassa-av-material-podkladki-100-h-b" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/bahily-polietilenovye-2-3-g-100-sht-50-par" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-nitrilovym-pokrytiem-podkladka-100-hlopok" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokrytiem-pvh-aktiv-3-niti-32-34-g" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-odinarnym-lateksnym-pokrytiem-10-klass-vyazki-5-nitey-36-g-krasnye" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovye-s-chastichnym-pokrytiem-ladoni-i-paltsev-pvh-tochka-belye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-neylonovye-s-chastichnym-pokrytiem-ladoni-i-paltsev-pvh-tochka-chernye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokrytiem-pvh-tochka-7-5-klass-vyazki-4-niti-63-65-g" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokrytiem-pvh-volna-5-nitey-7-5-klass-vyazki-54-56-g" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perchatki-h-b-s-pokrytiem-pvh-volna-10-klass-vyazki-5-nitey-55-56-g" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -629,443 +629,443 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>125.45</v>
+        <v>127.58</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>310</v>
+        <v>128</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>69.85</v>
+        <v>71.04</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>50.2</v>
+        <v>98.99</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1850</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>86.52</v>
+        <v>49.83</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>380</v>
+        <v>1190</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>86.52</v>
+        <v>469.65</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>97.34</v>
+        <v>131.03</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>480</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>49</v>
+        <v>310.83</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H9" s="3">
-        <v>250</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>62.73</v>
+        <v>48.2</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>74.03</v>
+        <v>68.82</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2940</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>67.67</v>
+        <v>87.99</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>128.84</v>
+        <v>87.99</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>590</v>
+        <v>150</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>461.8</v>
+        <v>63.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>305.63</v>
+        <v>51.05</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>47.39</v>
+        <v>75.29</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>610</v>
+        <v>1310</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
   </hyperlinks>