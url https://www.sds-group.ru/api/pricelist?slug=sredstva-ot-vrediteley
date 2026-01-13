--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,577 +8,583 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="177">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Средства от вредителей</t>
   </si>
   <si>
     <t>1.1 От комаров и прочих летающих насекомых</t>
   </si>
   <si>
+    <t>71-0126-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>71-0071-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0096-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>71-0186-F</t>
+  </si>
+  <si>
+    <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
     <t>71-0091-F</t>
   </si>
   <si>
     <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
+    <t>70-0491</t>
+  </si>
+  <si>
+    <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0228</t>
+  </si>
+  <si>
+    <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
+  </si>
+  <si>
+    <t>71-0024</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>71-0031</t>
+  </si>
+  <si>
+    <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0222</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
+  </si>
+  <si>
+    <t>71-0034</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0686</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0021</t>
+  </si>
+  <si>
+    <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
+  </si>
+  <si>
+    <t>70-0470</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0656</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0076</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
+  </si>
+  <si>
+    <t>70-0460</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>71-0221</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
+  </si>
+  <si>
+    <t>71-0227</t>
+  </si>
+  <si>
+    <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
+  </si>
+  <si>
+    <t>70-0441</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0676</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0006</t>
+  </si>
+  <si>
+    <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой  лампой, S 20м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>70-0480</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
   </si>
   <si>
     <t>70-0440</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
   </si>
   <si>
-    <t>71-0656</t>
-[...8 lines deleted...]
-    <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
+    <t>71-0046</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0056</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0035</t>
+  </si>
+  <si>
+    <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
+  </si>
+  <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
+    <t>71-0224</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0223</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0036</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
+  </si>
+  <si>
+    <t>70-0410</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В REXANT</t>
   </si>
   <si>
     <t>71-0016</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
   </si>
   <si>
     <t>71-0014</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
   </si>
   <si>
-    <t>71-0036</t>
-[...8 lines deleted...]
-    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+    <t>70-0420</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
   </si>
   <si>
     <t>71-0066</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
   </si>
   <si>
+    <t>71-0136</t>
+  </si>
+  <si>
+    <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
+  </si>
+  <si>
     <t>71-0146</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
   </si>
   <si>
     <t>71-0156</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
   </si>
   <si>
-    <t>70-0410</t>
-[...34 lines deleted...]
-  <si>
     <t>71-0044</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
   </si>
   <si>
     <t>71-0054</t>
   </si>
   <si>
     <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
   </si>
   <si>
     <t>70-0430</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
   </si>
   <si>
-    <t>70-0491</t>
-[...121 lines deleted...]
-  <si>
     <t>1.2 От кротов и прочих земляных вредителей</t>
   </si>
   <si>
     <t>71-0097-F</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 25м, на 2 солнечных панелях с садовым фонариком ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0157-F</t>
   </si>
   <si>
     <t>Отпугиватель кротов ультразвуковой R 25м SCREW на солнечной батарее ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>71-0022</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 35м, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0047</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м, на солнечной батарее, с подсветкой REXANT</t>
+  </si>
+  <si>
+    <t>71-0037</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х2) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0012</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 20м, пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0107</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R-20м x8) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0067</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 30м х2 черный) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отпугиватель кротов ультразвуковой R25 POWER на солнечной батарее REXANT </t>
+  </si>
+  <si>
+    <t>71-0117</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х4) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0007</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м на солнечной батарее REXANT</t>
+  </si>
+  <si>
     <t>71-0042</t>
   </si>
   <si>
     <t>Отпугиватель кротов ультразвуковой R30 с отсеком для батареек REXANT</t>
   </si>
   <si>
     <t>71-0017</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 20м, на солнечной батарее REXANT</t>
   </si>
   <si>
-    <t>71-0007</t>
-[...34 lines deleted...]
-  <si>
     <t>71-0027</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель змей R 30м, на солнечной батарее, с подсветкой, REXANT</t>
   </si>
   <si>
+    <t>71-0077</t>
+  </si>
+  <si>
+    <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) кристалл REXANT</t>
+  </si>
+  <si>
     <t>71-0087</t>
   </si>
   <si>
     <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) камень REXANT</t>
   </si>
   <si>
-    <t>71-0052</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 От мышей, крыс и прочих грызунов</t>
   </si>
   <si>
     <t>71-0078-F</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель грызунов S 40м² с ночником, 220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>71-0068</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей грызунов S 90м², 220В, 3 шт. REXANT</t>
+  </si>
+  <si>
+    <t>71-0101</t>
+  </si>
+  <si>
+    <t>Набор живоловок-мышеловок, зеленый ABS-пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0048</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 15м², 12В, автомобильный REXANT</t>
+  </si>
+  <si>
     <t>71-0028</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель грызунов S 30м², 220В REXANT</t>
   </si>
   <si>
     <t>71-0666</t>
   </si>
   <si>
     <t>Ловушка-уничтожитель крыс и мышей 6Вт, 23,5х10,2х11,3см REXANT</t>
   </si>
   <si>
-    <t>71-0101</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Универсальные устройства от насекомых, грызунов, птиц и прочих</t>
   </si>
   <si>
+    <t>71-0039</t>
+  </si>
+  <si>
+    <t>Универсальный ультразвуковой отпугиватель R 15м, 3Вт REXANT</t>
+  </si>
+  <si>
+    <t>71-0009</t>
+  </si>
+  <si>
+    <t>Отпугиватель вредителей с изменяемой частотой излучения, R 9м, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0019</t>
+  </si>
+  <si>
+    <t>Отпугиватель вредителей ПРОФИ с изменяемой частотой излучения, R 90м, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0041</t>
+  </si>
+  <si>
+    <t>Ловушка-пылесос для насекомых с фонариком REXANT</t>
+  </si>
+  <si>
+    <t>71-0018</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель вредителей S 60м², 220В, с LED-индикатором REXANT</t>
+  </si>
+  <si>
     <t>71-0038</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель вредителей S 90м², с LED-индикатором REXANT</t>
   </si>
   <si>
-    <t>71-0009</t>
-[...10 lines deleted...]
-  <si>
     <t>71-0089</t>
   </si>
   <si>
     <t>Отпугиватель птиц и других животных на солнечной батарее, бабочка REXANT</t>
   </si>
   <si>
-    <t>71-0039</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5 Для отпугивания и дрессировки собак</t>
   </si>
   <si>
     <t>71-0099</t>
   </si>
   <si>
     <t>Ультразвуковой Антилай для собак со встроенным микрофоном, S 4м² REXANT</t>
   </si>
   <si>
     <t>71-0069</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель, тренер собак, S 8м.кв REXANT</t>
   </si>
   <si>
     <t>71-0079</t>
   </si>
   <si>
     <t>Звуковой отпугиватель животных с датчиком движения, на солнечной батарее REXANT</t>
   </si>
   <si>
     <t>1.6 От ползающих насекомых</t>
   </si>
   <si>
+    <t>71-0011</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель муравьев S 30м², 220В REXANT</t>
+  </si>
+  <si>
     <t>71-0025</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель тараканов S 30м², 220В REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ультразвуковой отпугиватель муравьев S 30м², 220В REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -963,56 +969,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnyh-panelyah-s-sadovym-fonarikom-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kamen-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kristall-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-30m-h2-chernyy-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-40m-s-nochnikom-220v-chetyre-sezona.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtozhitel-krys-i-myshey-6vt-23-5h10-2h11-3sm-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-zhivolovok-myshelovok-zelenyy-abs-plastik-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-gryzunov-s-90m-220v-3-sht-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-15m-12v-avtomobilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-s-led-indikatorom-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-9m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-60m-220v-s-led-indikatorom-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-zhivotnyh-na-solnechnoy-bataree-babochka-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-pylesos-dlya-nasekomyh-s-fonarikom-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennym-mikrofonom-s-4m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-s-8m-kv-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-zhivotnyh-s-datchikom-dvizheniya-na-solnechnoy-bataree-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-220v-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-220v-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnyh-panelyah-s-sadovym-fonarikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-30m-h2-chernyy-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kristall-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kamen-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-40m-s-nochnikom-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-gryzunov-s-90m-220v-3-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-zhivolovok-myshelovok-zelenyy-abs-plastik-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-15m-12v-avtomobilnyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtozhitel-krys-i-myshey-6vt-23-5h10-2h11-3sm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-9m-220v-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-pylesos-dlya-nasekomyh-s-fonarikom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-60m-220v-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-zhivotnyh-na-solnechnoy-bataree-babochka-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennym-mikrofonom-s-4m-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-s-8m-kv-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-zhivotnyh-s-datchikom-dvizheniya-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-220v-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I86"/>
+  <dimension ref="A1:I87"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1044,2458 +1050,2488 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>482.28</v>
+        <v>1900.77</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>248</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4980</v>
+        <v>1322.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>90</v>
+        <v>363</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3890</v>
+        <v>3956.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>47</v>
+        <v>396</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1300</v>
+        <v>5064.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>651</v>
+        <v>385</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1869</v>
+        <v>490.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>10</v>
+        <v>150</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1940</v>
+        <v>1307.17</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>522</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2400</v>
+        <v>610.2</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2</v>
+        <v>192</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>795.67</v>
+        <v>223.74</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3</v>
+        <v>106</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1480</v>
+        <v>542.48</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>375</v>
+        <v>752.58</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1</v>
+        <v>141</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>4604.03</v>
+        <v>739.07</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>6610.22</v>
+        <v>416.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>188</v>
+        <v>462</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>713.45</v>
+        <v>790.69</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>428.44</v>
+        <v>610.02</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>587.58</v>
+        <v>2949.3</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
+        <v>477</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>20</v>
+      </c>
+      <c r="I18" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>690</v>
+        <v>2440.8</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>6752</v>
+        <v>136</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>8446.39</v>
+        <v>2176.38</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>433</v>
+        <v>154</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>286.62</v>
+        <v>1371.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1448</v>
+        <v>1</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1100</v>
+        <v>589.86</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>1178</v>
+        <v>880</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>410</v>
+        <v>335.61</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>2910</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>777.47</v>
+        <v>809.2</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>1885.66</v>
+        <v>832.74</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
         <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1885.66</v>
+        <v>701.73</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2</v>
+        <v>646</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>650.25</v>
+        <v>1493.91</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>192</v>
+        <v>869</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1285.32</v>
+        <v>1972.98</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>506</v>
+        <v>42</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>726.72</v>
+        <v>6722.59</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>580</v>
+        <v>8589.98</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>1629</v>
+        <v>805</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1348.32</v>
+        <v>366.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
+        <v>2022</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>100</v>
+      </c>
+      <c r="I31" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>580</v>
+        <v>1118.7</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>137</v>
+        <v>244</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>330</v>
+        <v>589.86</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>2413</v>
+        <v>1449</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>580</v>
+        <v>589.86</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1063</v>
+        <v>1368</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>60</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>690</v>
+        <v>610.2</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>550</v>
+        <v>631</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>740</v>
+        <v>589.86</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>188</v>
+        <v>876</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>599.82</v>
+        <v>4682.3</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>263</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>533.41</v>
+        <v>701.73</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>7055</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>160</v>
+        <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>818.82</v>
+        <v>1505.16</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>12</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>2140</v>
+        <v>381.37</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>360.77</v>
+        <v>1118.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>2297</v>
+        <v>1257</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>2900</v>
+        <v>725.58</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>549</v>
+        <v>57</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>600</v>
+        <v>291.49</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>246</v>
+        <v>1515</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>1100</v>
+        <v>435.72</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>600</v>
+        <v>597.57</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>580</v>
+        <v>1917.72</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>864</v>
+        <v>39</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1468.94</v>
+        <v>1821.83</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>1871</v>
+        <v>34</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A48" s="2" t="s">
+      <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B48" s="2"/>
-[...6 lines deleted...]
-      <c r="I48" s="2"/>
+      <c r="B48" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C48" s="3">
+        <v>661.3</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F48" s="3">
+        <v>679</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>72</v>
+      </c>
+      <c r="I48" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="C49" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>1153</v>
+        <v>1627.2</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>928</v>
+        <v>2147</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>890</v>
+        <v>1172.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>36</v>
+        <v>187</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>610</v>
+        <v>1749.24</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>274</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>1542</v>
+        <v>1849.23</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>586</v>
+        <v>145</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>2241</v>
+        <v>1230.57</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="F54" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>1720</v>
+        <v>802.41</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>36</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>1818.32</v>
+        <v>4099.53</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F56" s="3">
-        <v>275</v>
+        <v>393</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>12</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>789</v>
+        <v>2240.4</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F57" s="3">
-        <v>1</v>
+        <v>582</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>1210</v>
+        <v>1220.4</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>187</v>
+        <v>1056</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>1592</v>
+        <v>2279.1</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F59" s="3">
-        <v>937</v>
+        <v>1</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>1989.19</v>
+        <v>1568.21</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>409</v>
+        <v>72</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>1200</v>
+        <v>905.13</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1081</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>1952</v>
+        <v>620.37</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I62" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>2202.95</v>
+        <v>1619.06</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>1117</v>
+        <v>888</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>4031</v>
+        <v>1985.18</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="F64" s="3">
-        <v>532</v>
+        <v>69</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I64" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="2" t="s">
+      <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="B65" s="2"/>
-[...6 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="B65" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C65" s="3">
+        <v>2023.01</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F65" s="3">
+        <v>396</v>
+      </c>
+      <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
+        <v>30</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A66" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B66" s="3" t="s">
+      <c r="A66" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="C66" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B66" s="2"/>
+      <c r="C66" s="2"/>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2"/>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2"/>
+      <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
-        <v>561</v>
+        <v>985.47</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
+        <v>412</v>
+      </c>
+      <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
+        <v>100</v>
+      </c>
+      <c r="I67" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>4843</v>
+        <v>1139.1</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F68" s="3">
-        <v>361</v>
+        <v>184</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>990</v>
+        <v>1006.83</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>48</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>1120.06</v>
+        <v>683.42</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>619</v>
+        <v>1</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>672</v>
+        <v>570.54</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>59</v>
+        <v>4988</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="2" t="s">
+      <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B72" s="2"/>
-[...6 lines deleted...]
-      <c r="I72" s="2"/>
+      <c r="B72" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C72" s="3">
+        <v>4925.33</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F72" s="3">
+        <v>0</v>
+      </c>
+      <c r="G72" s="3">
+        <v>1</v>
+      </c>
+      <c r="H72" s="3">
+        <v>20</v>
+      </c>
+      <c r="I72" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B73" s="3" t="s">
+      <c r="A73" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="C73" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>1200</v>
+        <v>2278.08</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1373</v>
+        <v>54</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>791</v>
+        <v>1220.4</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>187</v>
+        <v>237</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>865</v>
+        <v>1830.6</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>405</v>
+        <v>184</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>2240</v>
+        <v>1066.79</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>1800</v>
+        <v>804.45</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>165</v>
+        <v>2599</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>1048.96</v>
+        <v>1379.05</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>538</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
+      <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="B80" s="2"/>
-[...6 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="B80" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="C80" s="3">
+        <v>879.7</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="3">
+        <v>376</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>144</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A81" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B81" s="3" t="s">
+      <c r="A81" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C81" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>695</v>
+        <v>1099.33</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1343</v>
+        <v>608</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>2934</v>
+        <v>706.81</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1</v>
+        <v>484</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
+        <v>48</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="C84" s="3">
+        <v>2983.88</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F84" s="3">
+        <v>0</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
         <v>24</v>
       </c>
-      <c r="I83" s="3">
-[...14 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A85" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B85" s="3" t="s">
+      <c r="A85" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="C85" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B85" s="2"/>
+      <c r="C85" s="2"/>
+      <c r="D85" s="2"/>
+      <c r="E85" s="2"/>
+      <c r="F85" s="2"/>
+      <c r="G85" s="2"/>
+      <c r="H85" s="2"/>
+      <c r="I85" s="2"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
-        <v>535</v>
+        <v>544.09</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>192</v>
       </c>
       <c r="I86" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C87" s="3">
+        <v>602.06</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F87" s="3">
+        <v>2506</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>192</v>
+      </c>
+      <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A48:I48"/>
-[...3 lines deleted...]
-    <mergeCell ref="A84:I84"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A66:I66"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A81:I81"/>
+    <mergeCell ref="A85:I85"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
     <hyperlink ref="D27" r:id="rId24"/>
     <hyperlink ref="D28" r:id="rId25"/>
     <hyperlink ref="D29" r:id="rId26"/>
     <hyperlink ref="D30" r:id="rId27"/>
     <hyperlink ref="D31" r:id="rId28"/>
     <hyperlink ref="D32" r:id="rId29"/>
     <hyperlink ref="D33" r:id="rId30"/>
     <hyperlink ref="D34" r:id="rId31"/>
     <hyperlink ref="D35" r:id="rId32"/>
     <hyperlink ref="D36" r:id="rId33"/>
     <hyperlink ref="D37" r:id="rId34"/>
     <hyperlink ref="D38" r:id="rId35"/>
     <hyperlink ref="D39" r:id="rId36"/>
     <hyperlink ref="D40" r:id="rId37"/>
     <hyperlink ref="D41" r:id="rId38"/>
     <hyperlink ref="D42" r:id="rId39"/>
     <hyperlink ref="D43" r:id="rId40"/>
     <hyperlink ref="D44" r:id="rId41"/>
     <hyperlink ref="D45" r:id="rId42"/>
     <hyperlink ref="D46" r:id="rId43"/>
     <hyperlink ref="D47" r:id="rId44"/>
-    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D48" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
-    <hyperlink ref="D66" r:id="rId61"/>
+    <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D67" r:id="rId62"/>
     <hyperlink ref="D68" r:id="rId63"/>
     <hyperlink ref="D69" r:id="rId64"/>
     <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
-    <hyperlink ref="D73" r:id="rId67"/>
+    <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
-    <hyperlink ref="D81" r:id="rId74"/>
+    <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D82" r:id="rId75"/>
     <hyperlink ref="D83" r:id="rId76"/>
-    <hyperlink ref="D85" r:id="rId77"/>
+    <hyperlink ref="D84" r:id="rId77"/>
     <hyperlink ref="D86" r:id="rId78"/>
+    <hyperlink ref="D87" r:id="rId79"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>