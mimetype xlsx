--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -8,583 +8,577 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="175">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Средства от вредителей</t>
   </si>
   <si>
     <t>1.1 От комаров и прочих летающих насекомых</t>
   </si>
   <si>
+    <t>71-0071-F</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух с ночником R 13, настольный/подвесной ЧЕТЫРЕ СЕЗОНА</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>71-0126-F</t>
   </si>
   <si>
     <t>Антимоскитная лампа S 40м² 3Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>71-0096-F</t>
   </si>
   <si>
     <t>Антимоскитная лампа вертикальная S 60м², 2х6Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0186-F</t>
   </si>
   <si>
     <t>Антимоскитная лампа вертикальная S 80м², 2х10Вт/220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0091-F</t>
   </si>
   <si>
     <t>Ловушка для ос R 30м ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>70-0440</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0440 1000В, с подставкой REXANT</t>
+  </si>
+  <si>
+    <t>71-0036</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа, 2х6Вт, 220В, S 60м² REXANT</t>
+  </si>
+  <si>
+    <t>70-0410</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0410 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0686</t>
+  </si>
+  <si>
+    <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, металл REXANT</t>
+  </si>
+  <si>
+    <t>71-0016</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 30м² 1Вт/220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0044</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0054</t>
+  </si>
+  <si>
+    <t>Ночник-фумигатор USB, S 30м², темно-синий REXANT</t>
+  </si>
+  <si>
+    <t>71-0220</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, коричневая REXANT</t>
+  </si>
+  <si>
+    <t>71-0223</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, белая REXANT</t>
+  </si>
+  <si>
+    <t>71-0224</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0225</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, розовая с цветами REXANT</t>
+  </si>
+  <si>
+    <t>71-0014</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель комаров S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0046</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 80м², 2х10Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0056</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+  </si>
+  <si>
+    <t>70-0420</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0420 ПРОФИ, 1000В, с фонариком и аккумулятором REXANT</t>
+  </si>
+  <si>
+    <t>70-0480</t>
+  </si>
+  <si>
+    <t>Мухобойка-антимоскитная лампа электрическая складная REXANT</t>
+  </si>
+  <si>
+    <t>70-0470</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая со счетчиком уничтоженных насекомых REXANT</t>
+  </si>
+  <si>
+    <t>71-0051</t>
+  </si>
+  <si>
+    <t>Отпугиватель мух и других насекомых, настольный/подвесной REXANT</t>
+  </si>
+  <si>
+    <t>71-0066</t>
+  </si>
+  <si>
+    <t>Антимоскитная инсектицидная лампа S 20м², 10Вт/E27 REXANT</t>
+  </si>
+  <si>
+    <t>71-0034</t>
+  </si>
+  <si>
+    <t>Фумигатор USB, S 30м², белый REXANT</t>
+  </si>
+  <si>
+    <t>71-0146</t>
+  </si>
+  <si>
+    <t>Лампа Т8 для уничтожителя, S 80м², 10Вт REXANT</t>
+  </si>
+  <si>
+    <t>70-0430</t>
+  </si>
+  <si>
+    <t>Мухобойка электрическая 0430 mini, 800В REXANT</t>
+  </si>
+  <si>
+    <t>71-0226</t>
+  </si>
+  <si>
+    <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, зеленая REXANT</t>
+  </si>
+  <si>
     <t>70-0491</t>
   </si>
   <si>
     <t>Набор мухобоек электрических 800В (RX-450x2) REXANT</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
-    <t>71-0225</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0228</t>
   </si>
   <si>
     <t>Детская антимоскитная сетка для коляски 70х130см REXANT</t>
   </si>
   <si>
     <t>71-0024</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель комаров c USB, R 3м REXANT</t>
   </si>
   <si>
     <t>71-0031</t>
   </si>
   <si>
     <t>Ловушка для ос R 30м, на солнечной батарее REXANT</t>
   </si>
   <si>
     <t>71-0222</t>
   </si>
   <si>
     <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, красная REXANT</t>
   </si>
   <si>
-    <t>71-0034</t>
-[...10 lines deleted...]
-  <si>
     <t>71-0021</t>
   </si>
   <si>
     <t>Брелок отпугиватель комаров ультразвуковой, R 3м REXANT</t>
   </si>
   <si>
-    <t>70-0470</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0656</t>
   </si>
   <si>
     <t>Антимоскитная инсектицидная лампа S 35м², 4Вт/220В REXANT</t>
   </si>
   <si>
     <t>71-0076</t>
   </si>
   <si>
     <t>Антимоскитный инсектицидный кемпинговый фонарь трехрежимный, UV-подсветка, с аккумулятором, USB REXANT</t>
   </si>
   <si>
     <t>70-0460</t>
   </si>
   <si>
     <t>Мухобойка электрическая RX-460 Black, с фонариком и аккумулятором REXANT</t>
   </si>
   <si>
     <t>71-0221</t>
   </si>
   <si>
     <t>Дверная антимоскитная сетка 210х100см, с магнитами по всей длине, черная REXANT</t>
   </si>
   <si>
     <t>71-0227</t>
   </si>
   <si>
     <t>Оконная антимоскитная сетка 1,5х1,5м, с клейкой лентой, белая REXANT</t>
   </si>
   <si>
     <t>70-0441</t>
   </si>
   <si>
     <t>Мухобойка электрическая 0410 GAME OVER EDITION, 800В REXANT</t>
   </si>
   <si>
     <t>71-0676</t>
   </si>
   <si>
     <t>Антимоскитный инсектицидный садовый светильник R 20м, на солнечной батарее, пластик REXANT</t>
   </si>
   <si>
     <t>71-0006</t>
   </si>
   <si>
-    <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой  лампой, S 20м², 220В REXANT</t>
-[...23 lines deleted...]
-    <t>Антимоскитная инсектицидная лампа S 100м², 2х15Вт, 220В REXANT</t>
+    <t>Уничтожитель насекомых инсектицидный с ультрафиолетовой лампой, S 20м², 220В REXANT</t>
   </si>
   <si>
     <t>71-0035</t>
   </si>
   <si>
     <t>Лампа антимоскитная для отпугивания насекомых REXANT</t>
   </si>
   <si>
-    <t>71-0051</t>
-[...64 lines deleted...]
-  <si>
     <t>71-0136</t>
   </si>
   <si>
     <t>Лампа Т5 для уничтожителя, S 60м², 6Вт REXANT</t>
   </si>
   <si>
-    <t>71-0146</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0156</t>
   </si>
   <si>
     <t>Лампа Т8 для уничтожителя, S 100м², 15Вт REXANT</t>
   </si>
   <si>
-    <t>71-0044</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 От кротов и прочих земляных вредителей</t>
   </si>
   <si>
     <t>71-0097-F</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 25м, на 2 солнечных панелях с садовым фонариком ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
     <t>71-0157-F</t>
   </si>
   <si>
     <t>Отпугиватель кротов ультразвуковой R 25м SCREW на солнечной батарее ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>71-0117</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х4) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0007</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 30м на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0077</t>
+  </si>
+  <si>
+    <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) кристалл REXANT</t>
+  </si>
+  <si>
+    <t>71-0087</t>
+  </si>
+  <si>
+    <t>Набор отпугивателей кротов с садовым фонариком (R 20м х2) камень REXANT</t>
+  </si>
+  <si>
+    <t>71-0017</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель кротов R 20м, на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0037</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R 20м х2) на солнечной батарее REXANT</t>
+  </si>
+  <si>
     <t>71-0022</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 35м, металл REXANT</t>
   </si>
   <si>
+    <t>71-0107</t>
+  </si>
+  <si>
+    <t>Набор ультразвуковых отпугивателей кротов (R-20м x8) на солнечной батарее REXANT</t>
+  </si>
+  <si>
+    <t>71-0027</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель змей R 30м, на солнечной батарее, с подсветкой, REXANT</t>
+  </si>
+  <si>
+    <t>71-0042</t>
+  </si>
+  <si>
+    <t>Отпугиватель кротов ультразвуковой R30 с отсеком для батареек REXANT</t>
+  </si>
+  <si>
+    <t>71-0052</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Отпугиватель кротов ультразвуковой R25 POWER на солнечной батарее REXANT </t>
+  </si>
+  <si>
     <t>71-0047</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 30м, на солнечной батарее, с подсветкой REXANT</t>
   </si>
   <si>
-    <t>71-0037</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0012</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель кротов R 20м, пластик REXANT</t>
   </si>
   <si>
-    <t>71-0107</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0067</t>
   </si>
   <si>
     <t>Набор ультразвуковых отпугивателей кротов (R 30м х2 черный) на солнечной батарее REXANT</t>
   </si>
   <si>
-    <t>71-0052</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3 От мышей, крыс и прочих грызунов</t>
   </si>
   <si>
     <t>71-0078-F</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель грызунов S 40м² с ночником, 220В ЧЕТЫРЕ СЕЗОНА</t>
   </si>
   <si>
+    <t>71-0101</t>
+  </si>
+  <si>
+    <t>Набор живоловок-мышеловок, зеленый ABS-пластик REXANT</t>
+  </si>
+  <si>
+    <t>71-0028</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов S 30м², 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0666</t>
+  </si>
+  <si>
+    <t>Ловушка-уничтожитель крыс и мышей 6Вт, 23,5х10,2х11,3см REXANT</t>
+  </si>
+  <si>
     <t>71-0068</t>
   </si>
   <si>
     <t>Набор ультразвуковых отпугивателей грызунов S 90м², 220В, 3 шт. REXANT</t>
   </si>
   <si>
-    <t>71-0101</t>
-[...4 lines deleted...]
-  <si>
     <t>71-0048</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель грызунов S 15м², 12В, автомобильный REXANT</t>
   </si>
   <si>
-    <t>71-0028</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Универсальные устройства от насекомых, грызунов, птиц и прочих</t>
   </si>
   <si>
+    <t>71-0018</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель вредителей S 60м², 220В, с LED-индикатором REXANT</t>
+  </si>
+  <si>
     <t>71-0039</t>
   </si>
   <si>
     <t>Универсальный ультразвуковой отпугиватель R 15м, 3Вт REXANT</t>
   </si>
   <si>
+    <t>71-0019</t>
+  </si>
+  <si>
+    <t>Отпугиватель вредителей ПРОФИ с изменяемой частотой излучения, R 90м, 220В REXANT</t>
+  </si>
+  <si>
+    <t>71-0038</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель вредителей S 90м², с LED-индикатором REXANT</t>
+  </si>
+  <si>
     <t>71-0009</t>
   </si>
   <si>
     <t>Отпугиватель вредителей с изменяемой частотой излучения, R 9м, 220В REXANT</t>
   </si>
   <si>
-    <t>71-0019</t>
-[...22 lines deleted...]
-  <si>
     <t>71-0089</t>
   </si>
   <si>
     <t>Отпугиватель птиц и других животных на солнечной батарее, бабочка REXANT</t>
   </si>
   <si>
     <t>1.5 Для отпугивания и дрессировки собак</t>
   </si>
   <si>
     <t>71-0099</t>
   </si>
   <si>
     <t>Ультразвуковой Антилай для собак со встроенным микрофоном, S 4м² REXANT</t>
   </si>
   <si>
+    <t>71-0079</t>
+  </si>
+  <si>
+    <t>Звуковой отпугиватель животных с датчиком движения, на солнечной батарее REXANT</t>
+  </si>
+  <si>
     <t>71-0069</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель, тренер собак, S 8м.кв REXANT</t>
   </si>
   <si>
-    <t>71-0079</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 От ползающих насекомых</t>
   </si>
   <si>
+    <t>71-0025</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель тараканов S 30м², 220В REXANT</t>
+  </si>
+  <si>
     <t>71-0011</t>
   </si>
   <si>
     <t>Ультразвуковой отпугиватель муравьев S 30м², 220В REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ультразвуковой отпугиватель тараканов S 30м², 220В REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -969,56 +963,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyy-podvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt-220v-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyy-podvesnoy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt-220v-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vt-e27-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnyh-panelyah-s-sadovym-fonarikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-30m-h2-chernyy-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kristall-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kamen-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-40m-s-nochnikom-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-gryzunov-s-90m-220v-3-sht-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-zhivolovok-myshelovok-zelenyy-abs-plastik-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-15m-12v-avtomobilnyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtozhitel-krys-i-myshey-6vt-23-5h10-2h11-3sm-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-9m-220v-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-pylesos-dlya-nasekomyh-s-fonarikom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-60m-220v-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-zhivotnyh-na-solnechnoy-bataree-babochka-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennym-mikrofonom-s-4m-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-s-8m-kv-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-zhivotnyh-s-datchikom-dvizheniya-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-220v-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-s-nochnikom-r-13-nastolnyypodvesnoy-chetyre-sezona" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-s-40m-3vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-60m-2h6vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-lampa-vertikalnaya-s-80m-2h10vt220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-chetyre-sezona" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0440-1000v-s-podstavkoy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-2h6vt-220v-s-60m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-800v-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-metall-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-30m-1vt220v-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nochnik-fumigator-usb-s-30m-temno-siniy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-korichnevaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-belaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-rozovaya-s-tsvetami-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-80m-2h10vt-220v-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-100m-2h15vt-220v-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0420-profi-1000v-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-antimoskitnaya-lampa-elektricheskaya-skladnaya-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-so-schetchikom-unichtozhennyh-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-muh-i-drugih-nasekomyh-nastolnyypodvesnoy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-20m-10vte27-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/fumigator-usb-s-30m-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-80m-10vt-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0430-mini-800v-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-muhoboek-elektricheskih-800v-rx-450x2-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/detskaya-antimoskitnaya-setka-dlya-kolyaski-70h130sm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-komarov-c-usb-r-3m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-dlya-os-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/brelok-otpugivatel-komarov-ultrazvukovoy-r-3m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnaya-insektitsidnaya-lampa-s-35m-4vt220v-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-kempingovyy-fonar-trehrezhimnyy-uv-podsvetka-s-akkumulyatorom-usb-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-rx-460-black-s-fonarikom-i-akkumulyatorom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/dvernaya-antimoskitnaya-setka-210h100sm-s-magnitami-po-vsey-dline-chernaya-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/okonnaya-antimoskitnaya-setka-1-5h1-5m-s-kleykoy-lentoy-belaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/muhoboyka-elektricheskaya-0410-game-over-edition-800v-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/antimoskitnyy-insektitsidnyy-sadovyy-svetilnik-r-20m-na-solnechnoy-bataree-plastik-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/unichtozhitel-nasekomyh-insektitsidnyy-s-ultrafioletovoy-lampoy-s-20m-220v-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-antimoskitnaya-dlya-otpugivaniya-nasekomyh-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t5-dlya-unichtozhitelya-s-60m-6vt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lampa-t8-dlya-unichtozhitelya-s-100m-15vt-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-25m-na-2-solnechnyh-panelyah-s-sadovym-fonarikom-chetyre-sezona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r-25m-screw-na-solnechnoy-bataree-chetyre-sezona" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h4-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kristall-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-otpugivateley-krotov-s-sadovym-fonarikom-r-20m-h2-kamen-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-h2-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-35m-metall-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-20m-x8-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-zmey-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r30-s-otsekom-dlya-batareek-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-krotov-ultrazvukovoy-r25-power-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-30m-na-solnechnoy-bataree-s-podsvetkoy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-krotov-r-20m-plastik-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-krotov-r-30m-h2-chernyy-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-40m-s-nochnikom-220v-chetyre-sezona" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-zhivolovok-myshelovok-zelenyy-abs-plastik-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lovushka-unichtozhitel-krys-i-myshey-6vt-23-5h10-2h11-3sm-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-ultrazvukovyh-otpugivateley-gryzunov-s-90m-220v-3-sht-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-gryzunov-s-15m-12v-avtomobilnyy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-60m-220v-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/universalnyy-ultrazvukovoy-otpugivatel-r-15m-3vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-profi-s-izmenyaemoy-chastotoy-izlucheniya-r-90m-220v-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-vrediteley-s-90m-s-led-indikatorom-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-vrediteley-s-izmenyaemoy-chastotoy-izlucheniya-r-9m-220v-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/otpugivatel-ptits-i-drugih-zhivotnyh-na-solnechnoy-bataree-babochka-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-antilay-dlya-sobak-so-vstroennym-mikrofonom-s-4m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zvukovoy-otpugivatel-zhivotnyh-s-datchikom-dvizheniya-na-solnechnoy-bataree-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-trener-sobak-s-8m-kv-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-tarakanov-s-30m-220v-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ultrazvukovoy-otpugivatel-muravev-s-30m-220v-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I86"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1050,1342 +1044,1342 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1900.77</v>
+        <v>1322.1</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>341</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1322.1</v>
+        <v>1900.77</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>3956.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
         <v>5064.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>490.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>36</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1307.17</v>
+        <v>1972.98</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>522</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>610.2</v>
+        <v>4682.3</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>192</v>
+        <v>243</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>223.74</v>
+        <v>701.73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>106</v>
+        <v>7018</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>542.48</v>
+        <v>790.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>752.58</v>
+        <v>1505.16</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>739.07</v>
+        <v>1917.72</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>416.97</v>
+        <v>1821.83</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>462</v>
+        <v>33</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>790.69</v>
+        <v>589.86</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1</v>
+        <v>1449</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>610.02</v>
+        <v>589.86</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1</v>
+        <v>261</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>2949.3</v>
+        <v>610.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>477</v>
+        <v>636</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>2440.8</v>
+        <v>610.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>136</v>
+        <v>186</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>2176.38</v>
+        <v>381.37</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>1371.24</v>
+        <v>6722.59</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="3">
-        <v>589.86</v>
+        <v>8589.98</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>880</v>
+        <v>678</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>335.61</v>
+        <v>1118.7</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2910</v>
+        <v>1138</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>809.2</v>
+        <v>1493.91</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>14</v>
+        <v>1134</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>832.74</v>
+        <v>2949.3</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>607</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>701.73</v>
+        <v>1118.7</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>646</v>
+        <v>274</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="3">
-        <v>1493.91</v>
+        <v>725.58</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>869</v>
+        <v>37</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="3">
-        <v>1972.98</v>
+        <v>416.97</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>42</v>
+        <v>467</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>6722.59</v>
+        <v>435.72</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>8589.98</v>
+        <v>661.3</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>805</v>
+        <v>853</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>366.9</v>
+        <v>589.86</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>2022</v>
+        <v>1369</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="C32" s="3">
+        <v>1307.17</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C32" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3">
-        <v>244</v>
+        <v>565</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>589.86</v>
+        <v>223.74</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>1449</v>
+        <v>103</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>589.86</v>
+        <v>542.48</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>1368</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>60</v>
+        <v>160</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>610.2</v>
+        <v>752.58</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>631</v>
+        <v>89</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>589.86</v>
+        <v>739.07</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>876</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>60</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>4682.3</v>
+        <v>610.02</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>263</v>
+        <v>1</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>701.73</v>
+        <v>2440.8</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>7055</v>
+        <v>115</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>1505.16</v>
+        <v>2176.38</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>33</v>
+        <v>227</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>381.37</v>
+        <v>1371.24</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>1118.7</v>
+        <v>589.86</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>1257</v>
+        <v>842</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>725.58</v>
+        <v>335.61</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>57</v>
+        <v>2844</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>291.49</v>
+        <v>809.2</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1515</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>435.72</v>
+        <v>832.74</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
         <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>597.57</v>
+        <v>701.73</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>644</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>1917.72</v>
+        <v>366.9</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>39</v>
+        <v>2017</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>1821.83</v>
+        <v>291.49</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>34</v>
+        <v>1419</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>48</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>661.3</v>
+        <v>597.57</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>679</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
@@ -2406,1051 +2400,1022 @@
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
         <v>1172.6</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>1749.24</v>
+        <v>2279.1</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>1849.23</v>
+        <v>1568.21</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>145</v>
+        <v>40</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>1230.57</v>
+        <v>1985.18</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>24</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>802.41</v>
+        <v>2023.01</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>384</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>4099.53</v>
+        <v>620.37</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>393</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>2240.4</v>
+        <v>1230.57</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="F57" s="3">
-        <v>582</v>
+        <v>49</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>1220.4</v>
+        <v>1749.24</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1056</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>2279.1</v>
+        <v>4099.53</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="F59" s="3">
-        <v>1</v>
+        <v>387</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>1568.21</v>
+        <v>1619.06</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>72</v>
+        <v>897</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>10</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C61" s="3">
         <v>905.13</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>40</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C62" s="3">
-        <v>620.37</v>
+        <v>1220.4</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>211</v>
+        <v>1051</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="I62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C63" s="3">
-        <v>1619.06</v>
+        <v>1849.23</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>888</v>
+        <v>148</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C64" s="3">
-        <v>1985.18</v>
+        <v>802.41</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="I64" s="3">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C65" s="3">
-        <v>2023.01</v>
+        <v>2240.4</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="F65" s="3">
-        <v>396</v>
+        <v>550</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="2"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
       <c r="I66" s="2"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C67" s="3">
         <v>985.47</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>412</v>
+        <v>133</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="3">
-        <v>1139.1</v>
+        <v>1006.83</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>184</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C69" s="3">
-        <v>1006.83</v>
+        <v>570.54</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>0</v>
+        <v>4636</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>48</v>
+        <v>192</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="3">
-        <v>683.42</v>
+        <v>4925.33</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C71" s="3">
-        <v>570.54</v>
+        <v>1139.1</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="F71" s="3">
-        <v>4988</v>
+        <v>164</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>192</v>
+        <v>60</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C72" s="3">
-        <v>4925.33</v>
+        <v>683.42</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>2278.08</v>
+        <v>804.45</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>54</v>
+        <v>2611</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>1220.4</v>
+        <v>2278.08</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>237</v>
+        <v>82</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
         <v>1830.6</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>24</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>1066.79</v>
+        <v>1379.05</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>552</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>804.45</v>
+        <v>1220.4</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>2599</v>
+        <v>320</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>1379.05</v>
+        <v>879.7</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>538</v>
+        <v>372</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A80" s="3" t="s">
+      <c r="A80" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="B80" s="3" t="s">
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C80" s="3">
-[...22 lines deleted...]
-      <c r="A81" s="2" t="s">
+      <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B81" s="2"/>
-[...6 lines deleted...]
-      <c r="I81" s="2"/>
+      <c r="C81" s="3">
+        <v>1099.33</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="3">
+        <v>493</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>60</v>
+      </c>
+      <c r="I81" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>1099.33</v>
+        <v>2983.88</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
         <v>706.81</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>484</v>
+        <v>111</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>48</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A84" s="3" t="s">
+      <c r="A84" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="B84" s="2"/>
+      <c r="C84" s="2"/>
+      <c r="D84" s="2"/>
+      <c r="E84" s="2"/>
+      <c r="F84" s="2"/>
+      <c r="G84" s="2"/>
+      <c r="H84" s="2"/>
+      <c r="I84" s="2"/>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A85" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="C84" s="3">
-[...22 lines deleted...]
-      <c r="A85" s="2" t="s">
+      <c r="B85" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B85" s="2"/>
-[...6 lines deleted...]
-      <c r="I85" s="2"/>
+      <c r="C85" s="3">
+        <v>602.06</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F85" s="3">
+        <v>1992</v>
+      </c>
+      <c r="G85" s="3">
+        <v>1</v>
+      </c>
+      <c r="H85" s="3">
+        <v>192</v>
+      </c>
+      <c r="I85" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
         <v>544.09</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
         <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>192</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A49:I49"/>
     <mergeCell ref="A66:I66"/>
     <mergeCell ref="A73:I73"/>
-    <mergeCell ref="A81:I81"/>
-    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A84:I84"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
     <hyperlink ref="D21" r:id="rId18"/>
     <hyperlink ref="D22" r:id="rId19"/>
     <hyperlink ref="D23" r:id="rId20"/>
     <hyperlink ref="D24" r:id="rId21"/>
     <hyperlink ref="D25" r:id="rId22"/>
     <hyperlink ref="D26" r:id="rId23"/>
@@ -3482,56 +3447,55 @@
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
     <hyperlink ref="D60" r:id="rId56"/>
     <hyperlink ref="D61" r:id="rId57"/>
     <hyperlink ref="D62" r:id="rId58"/>
     <hyperlink ref="D63" r:id="rId59"/>
     <hyperlink ref="D64" r:id="rId60"/>
     <hyperlink ref="D65" r:id="rId61"/>
     <hyperlink ref="D67" r:id="rId62"/>
     <hyperlink ref="D68" r:id="rId63"/>
     <hyperlink ref="D69" r:id="rId64"/>
     <hyperlink ref="D70" r:id="rId65"/>
     <hyperlink ref="D71" r:id="rId66"/>
     <hyperlink ref="D72" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
-    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId74"/>
     <hyperlink ref="D82" r:id="rId75"/>
     <hyperlink ref="D83" r:id="rId76"/>
-    <hyperlink ref="D84" r:id="rId77"/>
+    <hyperlink ref="D85" r:id="rId77"/>
     <hyperlink ref="D86" r:id="rId78"/>
-    <hyperlink ref="D87" r:id="rId79"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>