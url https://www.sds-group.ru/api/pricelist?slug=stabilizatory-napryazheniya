--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -45,282 +45,282 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Стабилизаторы напряжения</t>
   </si>
   <si>
     <t>1.1 Стабилизаторы напольные</t>
   </si>
   <si>
+    <t>11-5002</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-1500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-5007</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения АСН-10000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5005</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-5000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5006</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-8000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5000</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5001</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-1000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5003</t>
   </si>
   <si>
     <t>Стабилизатор напряжения AСН-2000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-5004</t>
   </si>
   <si>
     <t>Стабилизатор напряжения AСН-3000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5007</t>
-[...4 lines deleted...]
-  <si>
     <t>11-5008</t>
   </si>
   <si>
     <t>Стабилизатор напряжения АСН-12000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5006</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Стабилизаторы настенные</t>
   </si>
   <si>
+    <t>11-5015</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-2000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5017</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-1000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5013</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-5000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5012</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-8000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5011</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-10000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5014</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-3000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5011</t>
-[...8 lines deleted...]
-    <t>Стабилизатор напряжения настенный АСНN-8000/1-Ц REXANT</t>
+    <t>11-5016</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-1500/1-Ц REXANT</t>
   </si>
   <si>
     <t>11-5018</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-500/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5015</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3 Стабилизаторы переносные</t>
   </si>
   <si>
+    <t>11-5029</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-1000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5037</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-500 REXANT</t>
+  </si>
+  <si>
     <t>11-5032</t>
   </si>
   <si>
     <t>Стабилизатор напряжения портативный REX-PR-2000 REXANT</t>
   </si>
   <si>
-    <t>11-5037</t>
-[...10 lines deleted...]
-  <si>
     <t>11-5031</t>
   </si>
   <si>
     <t>Стабилизатор напряжения портативный REX-PR-1500 REXANT</t>
   </si>
   <si>
     <t>1.4 Стабилизаторы напольные пониженного напряжения</t>
   </si>
   <si>
+    <t>11-5026</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-8000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5023</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-2000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5025</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-5000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5019</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-500 REXANT</t>
+  </si>
+  <si>
     <t>11-5021</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-1000 REXANT</t>
   </si>
   <si>
     <t>11-5022</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-1500 REXANT</t>
   </si>
   <si>
-    <t>11-5023</t>
-[...14 lines deleted...]
-    <t>Стабилизатор пониженного напряжения REX-FR-8000 REXANT</t>
+    <t>11-5024</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-3000 REXANT</t>
   </si>
   <si>
     <t>11-5027</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-10000 REXANT</t>
   </si>
   <si>
-    <t>11-5024</t>
-[...10 lines deleted...]
-  <si>
     <t>1.5 Стабилизаторы настенные пониженного напряжения</t>
   </si>
   <si>
+    <t>11-5042</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-1000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5047</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-8000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5046</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-5000 REXANT</t>
+  </si>
+  <si>
     <t>11-5041</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-500 REXANT</t>
   </si>
   <si>
-    <t>11-5042</t>
-[...10 lines deleted...]
-  <si>
     <t>11-5043</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-1500 REXANT</t>
   </si>
   <si>
+    <t>11-5044</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-2000 REXANT</t>
+  </si>
+  <si>
     <t>11-5045</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-3000 REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Стабилизатор пониженного напряжения настенный REX-WR-2000 REXANT</t>
   </si>
   <si>
     <t>11-5048</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-10000 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -711,51 +711,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-2000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-3000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-10000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-12000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-8000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-5000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-500-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-1000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-1500-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-3000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-10000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-8000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-500-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-2000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-1500-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-1000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-5000-1-ts-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-2000-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-500-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1000-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1500-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1000-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1500-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-2000-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-500-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-8000-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-10000-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-3000-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-5000-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-500-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1000-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-5000-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1500-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-3000-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-8000-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-2000-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-10000-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-1500-1-ts-rexant-13689" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-10000-1-ts-rexant-13696" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-5000-1-ts-rexant-13692" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-8000-1-ts-rexant-13695" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-500-1-ts-rexant-13694" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-1000-1-ts-rexant-13693" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-2000-1-ts-rexant-13690" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-3000-1-ts-rexant-13691" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-12000-1-ts-rexant-13697" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-2000-1-ts-rexant-19529" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-1000-1-ts-rexant-19527" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-5000-1-ts-rexant-19525" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-8000-1-ts-rexant-19530" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-10000-1-ts-rexant-19524" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-3000-1-ts-rexant-19526" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-1500-1-ts-rexant-19531" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-500-1-ts-rexant-19528" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-1000-rexant-29634" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-500-rexant-29637" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-2000-rexant-29636" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-1500-rexant-29635" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-8000-rexant-29624" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-2000-rexant-29621" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-5000-rexant-29623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-500-rexant-29618" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-1000-rexant-29619" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-1500-rexant-29620" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-3000-rexant-29622" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-10000-rexant-29625" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-1000-rexant-29627" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-8000-rexant-29632" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-5000-rexant-29631" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-500-rexant-29626" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-1500-rexant-29628" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-2000-rexant-29629" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-3000-rexant-29630" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-10000-rexant-29633" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -792,1156 +792,1156 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>8512.74</v>
+        <v>7050.16</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>328</v>
+        <v>263</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>14342.2</v>
+        <v>28184.58</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>28184.58</v>
+        <v>17256.41</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>264</v>
+        <v>306</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>35156.61</v>
+        <v>23851.22</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>253</v>
+        <v>128</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>23851.22</v>
+        <v>4790.65</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>124</v>
+        <v>150</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>17256.41</v>
+        <v>5322.95</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>316</v>
+        <v>281</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>4790.65</v>
+        <v>8512.74</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>233</v>
+        <v>292</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>5322.95</v>
+        <v>14342.2</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>354</v>
+        <v>239</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>7050.16</v>
+        <v>35156.61</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>285</v>
+        <v>246</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>15372.18</v>
+        <v>9369.43</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>134</v>
+        <v>75</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>31388.14</v>
+        <v>6748.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>169</v>
+        <v>375</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>25421.41</v>
+        <v>18826.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>5328.76</v>
+        <v>25421.41</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>9369.43</v>
+        <v>31388.14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>7927.01</v>
+        <v>15372.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>9</v>
+        <v>123</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>6748.27</v>
+        <v>7927.01</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>391</v>
+        <v>150</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>18826.61</v>
+        <v>5328.76</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>139</v>
+        <v>70</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>9208.99</v>
+        <v>7363.41</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>172</v>
+        <v>81</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
         <v>5480.48</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>8</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>7363.41</v>
+        <v>9208.99</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
         <v>7877.8</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>7828.38</v>
+        <v>28476.01</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>9027.77</v>
+        <v>10030.86</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>100</v>
+        <v>138</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>4</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>10030.86</v>
+        <v>17448.94</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>152</v>
+        <v>85</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
         <v>5385.51</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>28476.01</v>
+        <v>7828.38</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>31844.43</v>
+        <v>9027.77</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>161</v>
+        <v>94</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
         <v>15878.54</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>2</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>17448.94</v>
+        <v>31844.43</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>6749.93</v>
+        <v>7813.61</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>7813.61</v>
+        <v>29858.12</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
         <v>19687.56</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>2</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>10073.7</v>
+        <v>6749.93</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>17131.04</v>
+        <v>10073.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>186</v>
+        <v>82</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>29858.12</v>
+        <v>11222</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>122</v>
+        <v>147</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>11222</v>
+        <v>17131.04</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>168</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>33851.08</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>185</v>
+        <v>159</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A36:I36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>