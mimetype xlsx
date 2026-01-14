--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -57,270 +57,270 @@
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Стабилизаторы напряжения</t>
   </si>
   <si>
     <t>1.1 Стабилизаторы напольные</t>
   </si>
   <si>
     <t>11-5002</t>
   </si>
   <si>
     <t>Стабилизатор напряжения AСН-1500/1-Ц REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>11-5005</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-5000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5008</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения АСН-12000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5007</t>
   </si>
   <si>
     <t>Стабилизатор напряжения АСН-10000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5005</t>
-[...2 lines deleted...]
-    <t>Стабилизатор напряжения AСН-5000/1-Ц REXANT</t>
+    <t>11-5001</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-1000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5000</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5003</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-2000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5004</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-3000/1-Ц REXANT</t>
   </si>
   <si>
     <t>11-5006</t>
   </si>
   <si>
     <t>Стабилизатор напряжения AСН-8000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5000</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2 Стабилизаторы настенные</t>
   </si>
   <si>
+    <t>11-5012</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-8000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5014</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-3000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5015</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-2000/1-Ц REXANT</t>
   </si>
   <si>
+    <t>11-5016</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-1500/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5017</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-1000/1-Ц REXANT</t>
   </si>
   <si>
+    <t>11-5018</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5011</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-10000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5013</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-5000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5012</t>
-[...28 lines deleted...]
-  <si>
     <t>1.3 Стабилизаторы переносные</t>
   </si>
   <si>
+    <t>11-5031</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-1500 REXANT</t>
+  </si>
+  <si>
+    <t>11-5032</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-2000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5037</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-500 REXANT</t>
+  </si>
+  <si>
     <t>11-5029</t>
   </si>
   <si>
     <t>Стабилизатор напряжения портативный REX-PR-1000 REXANT</t>
   </si>
   <si>
-    <t>11-5037</t>
-[...16 lines deleted...]
-  <si>
     <t>1.4 Стабилизаторы напольные пониженного напряжения</t>
   </si>
   <si>
+    <t>11-5024</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-3000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5027</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-10000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5021</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-1000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5019</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-500 REXANT</t>
+  </si>
+  <si>
     <t>11-5026</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-8000 REXANT</t>
   </si>
   <si>
+    <t>11-5022</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-1500 REXANT</t>
+  </si>
+  <si>
     <t>11-5023</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-2000 REXANT</t>
   </si>
   <si>
     <t>11-5025</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-5000 REXANT</t>
   </si>
   <si>
-    <t>11-5019</t>
-[...28 lines deleted...]
-  <si>
     <t>1.5 Стабилизаторы настенные пониженного напряжения</t>
   </si>
   <si>
     <t>11-5042</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-1000 REXANT</t>
   </si>
   <si>
+    <t>11-5046</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-5000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5043</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-1500 REXANT</t>
+  </si>
+  <si>
+    <t>11-5044</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-2000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5041</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-500 REXANT</t>
+  </si>
+  <si>
+    <t>11-5045</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-3000 REXANT</t>
+  </si>
+  <si>
     <t>11-5047</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-8000 REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Стабилизатор пониженного напряжения настенный REX-WR-3000 REXANT</t>
   </si>
   <si>
     <t>11-5048</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-10000 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -711,51 +711,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-1500-1-ts-rexant-13689" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-10000-1-ts-rexant-13696" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-5000-1-ts-rexant-13692" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-8000-1-ts-rexant-13695" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-500-1-ts-rexant-13694" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-1000-1-ts-rexant-13693" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-2000-1-ts-rexant-13690" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-3000-1-ts-rexant-13691" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-asn-12000-1-ts-rexant-13697" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-2000-1-ts-rexant-19529" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-1000-1-ts-rexant-19527" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-5000-1-ts-rexant-19525" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-8000-1-ts-rexant-19530" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-10000-1-ts-rexant-19524" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-3000-1-ts-rexant-19526" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-1500-1-ts-rexant-19531" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-nastenniy-asnn-500-1-ts-rexant-19528" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-1000-rexant-29634" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-500-rexant-29637" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-2000-rexant-29636" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryajeniya-portativniy-rex-pr-1500-rexant-29635" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-8000-rexant-29624" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-2000-rexant-29621" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-5000-rexant-29623" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-500-rexant-29618" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-1000-rexant-29619" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-1500-rexant-29620" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-3000-rexant-29622" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-rex-fr-10000-rexant-29625" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-1000-rexant-29627" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-8000-rexant-29632" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-5000-rexant-29631" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-500-rexant-29626" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-1500-rexant-29628" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-2000-rexant-29629" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-3000-rexant-29630" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponijennogo-napryajeniya-nastenniy-rex-wr-10000-rexant-29633" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-1500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-5000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-12000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-10000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-1000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-2000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-3000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-8000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-8000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-3000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-2000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-1500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-1000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-10000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-5000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1500-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-2000-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-500-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1000-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-3000-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-10000-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1000-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-500-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-8000-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1500-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-2000-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-5000-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1000-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-5000-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1500-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-2000-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-500-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-3000-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-8000-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-10000-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -792,1156 +792,1156 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>7050.16</v>
+        <v>7170.01</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>28184.58</v>
+        <v>17549.77</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>256</v>
+        <v>286</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>17256.41</v>
+        <v>32178.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>306</v>
+        <v>244</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>23851.22</v>
+        <v>25797.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>128</v>
+        <v>258</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>1</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>4790.65</v>
+        <v>5413.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>150</v>
+        <v>207</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>5322.95</v>
+        <v>4872.09</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>281</v>
+        <v>140</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>4</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>8512.74</v>
+        <v>8657.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>292</v>
+        <v>259</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>4</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>14342.2</v>
+        <v>14586.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>35156.61</v>
+        <v>24256.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>246</v>
+        <v>128</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>9369.43</v>
+        <v>25853.57</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>6748.27</v>
+        <v>15633.51</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>375</v>
+        <v>107</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>18826.61</v>
+        <v>9528.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>25421.41</v>
+        <v>8061.77</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>65</v>
+        <v>137</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>31388.14</v>
+        <v>6862.99</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>138</v>
+        <v>355</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>15372.18</v>
+        <v>5419.35</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>7927.01</v>
+        <v>31921.74</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>150</v>
+        <v>126</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>5328.76</v>
+        <v>19146.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>7363.41</v>
+        <v>8011.72</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>5480.48</v>
+        <v>9365.54</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>9208.99</v>
+        <v>5573.65</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>7877.8</v>
+        <v>7488.59</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>28476.01</v>
+        <v>16148.48</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>102</v>
+        <v>175</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>10030.86</v>
+        <v>32385.79</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>17448.94</v>
+        <v>7961.46</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>5385.51</v>
+        <v>5477.06</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>6</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>7828.38</v>
+        <v>28960.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>9027.77</v>
+        <v>9181.24</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>15878.54</v>
+        <v>10201.38</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>180</v>
+        <v>127</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>31844.43</v>
+        <v>17745.57</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>159</v>
+        <v>72</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>7813.61</v>
+        <v>7946.44</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>29858.12</v>
+        <v>20022.25</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>111</v>
+        <v>76</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>19687.56</v>
+        <v>10244.95</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>6749.93</v>
+        <v>11412.77</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>101</v>
+        <v>164</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>10073.7</v>
+        <v>6864.68</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>4</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>11222</v>
+        <v>17422.27</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>147</v>
+        <v>180</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>17131.04</v>
+        <v>28847.42</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>168</v>
+        <v>113</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>33851.08</v>
+        <v>30983.89</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A36:I36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>