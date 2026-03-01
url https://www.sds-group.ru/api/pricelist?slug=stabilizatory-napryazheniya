--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -45,276 +45,276 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Стабилизаторы напряжения</t>
   </si>
   <si>
     <t>1.1 Стабилизаторы напольные</t>
   </si>
   <si>
+    <t>11-5003</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-2000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-5006</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-8000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5008</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения АСН-12000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5000</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5001</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-1000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5004</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения AСН-3000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5007</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения АСН-10000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5002</t>
   </si>
   <si>
     <t>Стабилизатор напряжения AСН-1500/1-Ц REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-5005</t>
   </si>
   <si>
     <t>Стабилизатор напряжения AСН-5000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5008</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Стабилизаторы настенные</t>
   </si>
   <si>
+    <t>11-5015</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-2000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5016</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-1500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5017</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-1000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5018</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-500/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5013</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-5000/1-Ц REXANT</t>
+  </si>
+  <si>
+    <t>11-5011</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения настенный АСНN-10000/1-Ц REXANT</t>
+  </si>
+  <si>
     <t>11-5012</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-8000/1-Ц REXANT</t>
   </si>
   <si>
     <t>11-5014</t>
   </si>
   <si>
     <t>Стабилизатор напряжения настенный АСНN-3000/1-Ц REXANT</t>
   </si>
   <si>
-    <t>11-5015</t>
-[...34 lines deleted...]
-  <si>
     <t>1.3 Стабилизаторы переносные</t>
   </si>
   <si>
+    <t>11-5037</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-500 REXANT</t>
+  </si>
+  <si>
+    <t>11-5029</t>
+  </si>
+  <si>
+    <t>Стабилизатор напряжения портативный REX-PR-1000 REXANT</t>
+  </si>
+  <si>
     <t>11-5031</t>
   </si>
   <si>
     <t>Стабилизатор напряжения портативный REX-PR-1500 REXANT</t>
   </si>
   <si>
     <t>11-5032</t>
   </si>
   <si>
     <t>Стабилизатор напряжения портативный REX-PR-2000 REXANT</t>
   </si>
   <si>
-    <t>11-5037</t>
-[...10 lines deleted...]
-  <si>
     <t>1.4 Стабилизаторы напольные пониженного напряжения</t>
   </si>
   <si>
+    <t>11-5021</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-1000 REXANT</t>
+  </si>
+  <si>
     <t>11-5024</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-3000 REXANT</t>
   </si>
   <si>
+    <t>11-5025</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-5000 REXANT</t>
+  </si>
+  <si>
     <t>11-5027</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-10000 REXANT</t>
   </si>
   <si>
-    <t>11-5021</t>
-[...4 lines deleted...]
-  <si>
     <t>11-5019</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-500 REXANT</t>
   </si>
   <si>
+    <t>11-5022</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения REX-FR-1500 REXANT</t>
+  </si>
+  <si>
     <t>11-5026</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-8000 REXANT</t>
   </si>
   <si>
-    <t>11-5022</t>
-[...4 lines deleted...]
-  <si>
     <t>11-5023</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения REX-FR-2000 REXANT</t>
   </si>
   <si>
-    <t>11-5025</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Стабилизаторы настенные пониженного напряжения</t>
   </si>
   <si>
+    <t>11-5041</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-500 REXANT</t>
+  </si>
+  <si>
     <t>11-5042</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-1000 REXANT</t>
   </si>
   <si>
+    <t>11-5043</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-1500 REXANT</t>
+  </si>
+  <si>
+    <t>11-5044</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-2000 REXANT</t>
+  </si>
+  <si>
+    <t>11-5045</t>
+  </si>
+  <si>
+    <t>Стабилизатор пониженного напряжения настенный REX-WR-3000 REXANT</t>
+  </si>
+  <si>
     <t>11-5046</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-5000 REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Стабилизатор пониженного напряжения настенный REX-WR-3000 REXANT</t>
   </si>
   <si>
     <t>11-5047</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-8000 REXANT</t>
   </si>
   <si>
     <t>11-5048</t>
   </si>
   <si>
     <t>Стабилизатор пониженного напряжения настенный REX-WR-10000 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -711,51 +711,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-1500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-5000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-12000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-10000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-1000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-2000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-3000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-8000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-8000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-3000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-2000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-1500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-1000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-500-1-ts-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-10000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-5000-1-ts-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1500-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-2000-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-500-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1000-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-3000-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-10000-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1000-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-500-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-8000-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1500-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-2000-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-5000-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1000-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-5000-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1500-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-2000-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-500-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-3000-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-8000-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-10000-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-20001-ts-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-80001-ts-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-120001-ts-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-5001-ts-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-10001-ts-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-30001-ts-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-100001-ts-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-15001-ts-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-asn-50001-ts-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-20001-ts-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-15001-ts-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-10001-ts-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-5001-ts-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-50001-ts-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-100001-ts-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-80001-ts-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-nastennyy-asnn-30001-ts-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-500-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1000-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-1500-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-napryazheniya-portativnyy-rex-pr-2000-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1000-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-3000-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-5000-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-10000-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-500-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-1500-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-8000-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-rex-fr-2000-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-500-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1000-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-1500-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-2000-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-3000-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-5000-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-8000-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stabilizator-ponizhennogo-napryazheniya-nastennyy-rex-wr-10000-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I44"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -792,1156 +792,1156 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>7170.01</v>
+        <v>8657.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>17549.77</v>
+        <v>24256.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>286</v>
+        <v>125</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>32178.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>25797.34</v>
+        <v>4872.09</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>258</v>
+        <v>91</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
         <v>5413.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>207</v>
+        <v>132</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>4</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>4872.09</v>
+        <v>14586.02</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>140</v>
+        <v>205</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>8657.46</v>
+        <v>25797.34</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>259</v>
+        <v>228</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>14586.02</v>
+        <v>7170.01</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>24256.69</v>
+        <v>17549.77</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>128</v>
+        <v>269</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>25853.57</v>
+        <v>9528.71</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>15633.51</v>
+        <v>8061.77</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>9528.71</v>
+        <v>6862.99</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>21</v>
+        <v>340</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>8061.77</v>
+        <v>5419.35</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>6862.99</v>
+        <v>19146.66</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>355</v>
+        <v>93</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>5419.35</v>
+        <v>31921.74</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>31921.74</v>
+        <v>25853.57</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>126</v>
+        <v>9</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>19146.66</v>
+        <v>15633.51</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>8011.72</v>
+        <v>5573.65</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>9365.54</v>
+        <v>7488.59</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>4</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>5573.65</v>
+        <v>8011.72</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>7488.59</v>
+        <v>9365.54</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>16148.48</v>
+        <v>7961.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>175</v>
+        <v>91</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>32385.79</v>
+        <v>16148.48</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>7961.46</v>
+        <v>17745.57</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>5477.06</v>
+        <v>32385.79</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>285</v>
+        <v>148</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>28960.1</v>
+        <v>5477.06</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>99</v>
+        <v>272</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
         <v>9181.24</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>10201.38</v>
+        <v>28960.1</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>17745.57</v>
+        <v>10201.38</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>7946.44</v>
+        <v>6864.68</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>122</v>
+        <v>88</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>4</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>20022.25</v>
+        <v>7946.44</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
         <v>10244.95</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>4</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
         <v>11412.77</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>4</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>6864.68</v>
+        <v>17422.27</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>97</v>
+        <v>179</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>17422.27</v>
+        <v>20022.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>180</v>
+        <v>66</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>2</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
         <v>28847.42</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>113</v>
+        <v>107</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>1</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>30983.89</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A27:I27"/>
     <mergeCell ref="A36:I36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>