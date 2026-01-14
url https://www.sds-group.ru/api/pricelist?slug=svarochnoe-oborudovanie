--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -8,709 +8,715 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="221">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочное оборудование</t>
   </si>
   <si>
     <t>1.1 Сварочные аппараты</t>
   </si>
   <si>
     <t>1.1.1 Аппараты для сварки труб</t>
   </si>
   <si>
+    <t>11-1000</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1003</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
+  </si>
+  <si>
     <t>11-1001</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1002</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
   </si>
   <si>
-    <t>11-1003</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.2 Сварочные аппараты MMA</t>
   </si>
   <si>
     <t>11-0911</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-180А</t>
   </si>
   <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
+  </si>
+  <si>
     <t>11-0913</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-220А</t>
   </si>
   <si>
     <t>11-0910</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-160А</t>
   </si>
   <si>
-    <t>11-0912</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
   </si>
   <si>
     <t>11-0927</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
   </si>
   <si>
     <t>11-0926</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
   </si>
   <si>
     <t>1.1.4 Сварочные аппараты MINI</t>
   </si>
   <si>
     <t>11-0915</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
   </si>
   <si>
     <t>11-0916</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
   </si>
   <si>
     <t>1.2 Аксессуары для сварочных аппаратов</t>
   </si>
   <si>
     <t>1.2.1 Провода и кабель для сварочных аппаратов</t>
   </si>
   <si>
+    <t>01-8413-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8413-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
     <t>01-8414-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...17 lines deleted...]
-    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
+    <t>01-8410-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
   </si>
   <si>
     <t>01-8414-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
   </si>
   <si>
+    <t>01-8412-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
     <t>01-8411-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
   </si>
   <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
     <t>01-8412-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
   </si>
   <si>
-    <t>01-8412-10</t>
-[...2 lines deleted...]
-    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
   </si>
   <si>
     <t>01-8412-3</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
   </si>
   <si>
-    <t>01-8411-3</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2.2 Клеммы заземления</t>
   </si>
   <si>
+    <t>16-0054-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0052-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
     <t>16-0083-9</t>
   </si>
   <si>
-    <t>Клемма заземления магнитная 315 А САТУРН РОССИЯ</t>
-[...5 lines deleted...]
-    <t>Зажим «крокодил» 200 А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+    <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
   </si>
   <si>
     <t>16-0053-9</t>
   </si>
   <si>
-    <t>Зажим «крокодил» 315 А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
-[...5 lines deleted...]
-    <t>Зажим «крокодил» 400 А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>12-4863</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 500A REXANT</t>
+  </si>
+  <si>
+    <t>16-0055</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
   </si>
   <si>
     <t>12-4861</t>
   </si>
   <si>
-    <t>Клемма заземления магнитная  200 A REXANT</t>
+    <t>Клемма заземления магнитная 200A REXANT</t>
   </si>
   <si>
     <t>16-0053</t>
   </si>
   <si>
     <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
   </si>
   <si>
-    <t>16-0055</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.3 Электрододержатели</t>
   </si>
   <si>
     <t>16-0704-9</t>
   </si>
   <si>
-    <t>Держатель электрода 400 A (латунь) САТУРН РОССИЯ</t>
+    <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0702-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
     <t>16-0703-9</t>
   </si>
   <si>
-    <t>Держатель электрода 315 A (латунь) САТУРН РОССИЯ</t>
-[...5 lines deleted...]
-    <t>Держатель электрода 200 A (латунь) САТУРН РОССИЯ</t>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
     <t>16-0855</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 300 А Italian type</t>
+    <t>Держатель электрода 300А Italian type REXANT</t>
   </si>
   <si>
     <t>16-0856</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А Italian type</t>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
   </si>
   <si>
     <t>16-0851</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А С-type</t>
-[...11 lines deleted...]
-    <t>Держатель электрода REXANT 300 А С-type</t>
+    <t>Держатель электрода 500А С-type REXANT</t>
   </si>
   <si>
     <t>16-0853</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 300 А American type</t>
+    <t>Держатель электрода 300А American type REXANT</t>
   </si>
   <si>
     <t>16-0854</t>
   </si>
   <si>
-    <t>Держатель электрода REXANT 500 А American type</t>
+    <t>Держатель электрода 500А American type REXANT</t>
   </si>
   <si>
     <t>1.2.4 Вилки и разъемы для сварочного кабеля</t>
   </si>
   <si>
+    <t>16-0885</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0881</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0882</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
+  </si>
+  <si>
     <t>16-0880</t>
   </si>
   <si>
-    <t>Розетка панельная (гнездо) REXANT модель СКРП (гн.) 10-25</t>
+    <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
   </si>
   <si>
     <t>16-0884</t>
   </si>
   <si>
-    <t>Розетка кабельная (гнездо) REXANT модель СКР (гн.) 35-50</t>
-[...23 lines deleted...]
-    <t>Розетка кабельная (гнездо) REXANT модель СКР (гн.) 10-25</t>
+    <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
   </si>
   <si>
     <t>1.2.5 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0764</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0775</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0776</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0781</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0777</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0783</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0778</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
+  </si>
+  <si>
+    <t>16-0799</t>
+  </si>
+  <si>
+    <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0763</t>
   </si>
   <si>
-    <t>Сварочный кабель с клеммой заземления REXANT 16 мм² 200 А СКР 10-25 3 м</t>
-[...65 lines deleted...]
-    <t xml:space="preserve">Комплект сварочных проводов REXANT СКР 35-50 25 мм² 3 м </t>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
   </si>
   <si>
     <t>1.3 Расходные материалы для сварочных работ</t>
   </si>
   <si>
     <t>1.3.1 Электроды</t>
   </si>
   <si>
+    <t>11-0956</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-0960</t>
+  </si>
+  <si>
+    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+  </si>
+  <si>
     <t>11-0962</t>
   </si>
   <si>
     <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
   </si>
   <si>
-    <t>упак</t>
+    <t>11-0953</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
+  </si>
+  <si>
+    <t>11-0950</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0969</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0952</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
   </si>
   <si>
     <t>11-0970</t>
   </si>
   <si>
     <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
   </si>
   <si>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0958</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
+  </si>
+  <si>
     <t>11-0957</t>
   </si>
   <si>
     <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
   </si>
   <si>
-    <t>11-0950</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3.2 Сварочная проволока</t>
   </si>
   <si>
+    <t>KR-11-0982-5</t>
+  </si>
+  <si>
+    <t>Сварочная проволока омедненная Св08Г2С-О (ER70S-6; SG2) 5 кг 1,0 мм D200 KRANZ</t>
+  </si>
+  <si>
     <t>KR-11-0981-5</t>
   </si>
   <si>
     <t>Сварочная проволока омедненная Св08Г2С-О (ER70S-6; SG2) 5 кг 0,8 мм D200 KRANZ</t>
   </si>
   <si>
-    <t>KR-11-0982-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Сварочный инструмент</t>
   </si>
   <si>
     <t>1.4.1 Магнитные угольники для сварки</t>
   </si>
   <si>
+    <t>12-4830</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4826</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4835</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4836</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4839</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4831</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
     <t>12-4827</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
   </si>
   <si>
-    <t>12-4824</t>
-[...8 lines deleted...]
-    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+    <t>12-4825</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
   </si>
   <si>
     <t>12-4832</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
   </si>
   <si>
-    <t>12-4825</t>
-[...2 lines deleted...]
-    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
+    <t>12-4837</t>
+  </si>
+  <si>
+    <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
   </si>
   <si>
     <t>12-4833</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
   </si>
   <si>
-    <t>12-4830</t>
-[...34 lines deleted...]
-  <si>
     <t>1.4.2 Труборезы для пластиковых труб</t>
   </si>
   <si>
+    <t>11-1018</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
+  </si>
+  <si>
+    <t>11-1019</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
+  </si>
+  <si>
     <t>11-1017</t>
   </si>
   <si>
-    <t>Труборез для пластиковых труб 42 мм REXANT RA-65Mn</t>
-[...11 lines deleted...]
-    <t>Труборез для пластиковых труб 42 мм REXANT RSA-SK5</t>
+    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
   </si>
   <si>
     <t>1.5 Защита и спецодежда для сварки</t>
   </si>
   <si>
     <t>1.5.1 Сварочные маски и щитки</t>
   </si>
   <si>
+    <t>KR-16-0797</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 777 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0795</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 100 KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-0796</t>
   </si>
   <si>
     <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 400 KRANZ</t>
   </si>
   <si>
     <t>KR-16-0798</t>
   </si>
   <si>
     <t xml:space="preserve">Маска сварщика с черным минеральным стеклом DIN 9 KRANZ </t>
-  </si>
-[...10 lines deleted...]
-    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 777 KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1095,56 +1101,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-1000-vt-rexant-rx-1000-20264" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-800-vt-rexant-rx-800-20266" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-700-vt-rexant-rx-700-20265" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon-20263" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-180a-15797" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-220a-15798" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-160a-15795" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-200a-15796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-200-kranz-30106" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-160-kranz-30105" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-160-rexant-30103" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-190-rexant-30104" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-10-metrov-rexant-20989" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-3-metra-rexant-20984" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-5-metrov-rexant-20985" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h35-mm-sup2-dlina-10-metrov-rexant-20986" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h50-mm-sup2-dlina-5-metrov-rexant-20988" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-5-metrov-rexant-19727" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-5-metrov-rexant-20994" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-10-metrov-rexant-20993" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h25-mm-sup2-dlina-3-metra-rexant-20992" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-3-metra-rexant-20990" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h16-mm-sup2-dlina-10-metrov-rexant-20991" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochniy-kgtp-hl-1h10-mm-sup2-dlina-10-metrov-rexant-24256" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315-a-saturn-rossiya-19859" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-200-a-140-mm-dlya-svarki-latun-saturn-profi-rossiya-19856" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-315-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19858" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zajim-krokodil-400-a-170-mm-dlya-svarki-latun-saturn-profi-rossiya-19862" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200-a-rexant-19099" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300-a-170-mm-dlya-svarki-rexant-14571" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500-a-200-mm-dlya-svarki-rexant-14553" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500-a-rexant-19096" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-400-a-latun-saturn-rossiya-19855" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-315-a-latun-saturn-rossiya-19857" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-200-a-latun-saturn-rossiya-19860" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-italian-type-22038" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-italian-type-22039" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-s-type-22035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-e-type-24791" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-s-type-22034" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-300-a-american-type-22036" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derjatel-elektroda-rexant-500-a-american-type-22037" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-10-25-22030" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-35-50-22029" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-10-25-22032" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-rexant-model-skrp-gn-35-50-22031" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-rexant-model-skr-sht-35-50-22033" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-rexant-model-skr-gn-10-25-22028" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28165" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-klemmoy-zazemleniya-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28166" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-5-m-28557" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-25-mm-sup2-3-m-28172" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-16-mm-sup2-200-a-skr-10-25-3-m-28163" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-25-mm-sup2-3-m-28169" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-rexant-skr-35-50-25-mm-5-m.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-5-m-28168" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-10-25-16-mm-sup2-3-m-28167" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-rexant-skr-10-25-16-mm-sup2-3-m-28171" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-kabel-s-elektrododerjatelem-rexant-25-mm-sup2-300-a-skr-10-25-3-m-28164" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnih-provodov-rexant-skr-35-50-25-mm-sup2-3-m-28170" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-uoni-13-55-350-mm-3-mm-pachka-1-kg-20023" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-5-kg-rexant-28749" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ano-21-3-mm-1-kg-19736" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-rexant-350-mm-3-mm-pachka-1-kg-19560" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg-19561" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ok-46-350-mm-3-mm-pachka-1-kg-20022" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-mp-3c-350-mm-3-mm-pachka-5-kg-19564" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg-19562" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg-19735" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg-20021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350-mm-ok-46-3-mm-pachka-3-kg-rexant-28748" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg-19728" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz-28768" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-1-0-mm-d200-kranz-28769" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant-27872" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant-27869" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant-27871" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant-12451" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant-27870" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant-12453" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant-15456" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirniy-derjatel-dlya-svarki-usilie-34-kg-rexant-27873" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant-19098" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant-12452" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-11-3-kg-rexant-19097" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-23-kg-rexant-19100" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-ra-65mn-29307" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rs-65mn-29309" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rsa-sk5-29308" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz-28644" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-chernim-mineralnim-steklom-din-9-kranz-28642" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz-28643" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz-28645" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-13-55-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-1-0-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-chernym-mineralnym-steklom-din-9-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I114"/>
+  <dimension ref="A1:I115"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1189,2982 +1195,3011 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>4953.43</v>
+        <v>6711.6</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>1005</v>
+        <v>571</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>3582.69</v>
+        <v>2380.5</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>148</v>
+        <v>549</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>2340.71</v>
+        <v>5037.64</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>589</v>
+        <v>245</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>6599.41</v>
+        <v>3643.6</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>698</v>
+        <v>121</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>9322.04</v>
+        <v>9480.51</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>11538.98</v>
+        <v>10342.36</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>153</v>
+        <v>137</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>7627.12</v>
+        <v>11735.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>186</v>
+        <v>144</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>10169.48</v>
+        <v>7756.78</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>26254.24</v>
+        <v>26700.56</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>17796.61</v>
+        <v>18099.15</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>6779.65</v>
+        <v>6894.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>8125.01</v>
+        <v>8263.14</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="3">
-        <v>16502.63</v>
+        <v>13095.17</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="3">
-        <v>22</v>
+        <v>79</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="3">
-        <v>3376.27</v>
+        <v>5889.99</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="3">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I23" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="3">
-        <v>5791.53</v>
+        <v>3433.67</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F24" s="3">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I24" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="3">
-        <v>12876.27</v>
+        <v>16783.17</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F25" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="3">
-        <v>8135.59</v>
+        <v>3852.54</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F26" s="3">
-        <v>4</v>
+        <v>97</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I26" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="3">
-        <v>2830.51</v>
+        <v>8273.9</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>4750.85</v>
+        <v>8446.27</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>68</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>8305.08</v>
+        <v>2878.63</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F29" s="3">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I29" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>2652.54</v>
+        <v>5721.92</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F30" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I30" s="3">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>1837.29</v>
+        <v>4831.61</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F31" s="3">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>5626.27</v>
+        <v>1868.52</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F32" s="3">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="I32" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="3">
-        <v>3788.14</v>
+        <v>2697.63</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F33" s="3">
-        <v>347</v>
+        <v>14</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="3">
-        <v>2570.11</v>
+        <v>2015.27</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>1246.98</v>
+        <v>1268.18</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>1586.22</v>
+        <v>2613.8</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>1981.58</v>
+        <v>1613.19</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>40</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>525</v>
+        <v>1683.92</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>2169</v>
+        <v>1215</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="3">
-        <v>480.77</v>
+        <v>594.56</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>5017</v>
+        <v>4026</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>584.62</v>
+        <v>533.93</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>6360</v>
+        <v>1720</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>1655.77</v>
+        <v>488.94</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>1625</v>
+        <v>5626</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C44" s="3">
-        <v>1820</v>
+        <v>1850.94</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C45" s="3">
-        <v>1735</v>
+        <v>1678.05</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C46" s="3">
-        <v>1650</v>
+        <v>1764.5</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="3">
-        <v>560</v>
+        <v>569.52</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>1099</v>
+        <v>900</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C48" s="3">
-        <v>644.23</v>
+        <v>655.18</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1047</v>
+        <v>471</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>25</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C49" s="3">
-        <v>509.62</v>
+        <v>488.94</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>1169</v>
+        <v>237</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>50</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3">
-        <v>530</v>
+        <v>539.01</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>2828</v>
+        <v>2386</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>480.77</v>
+        <v>518.28</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>1535</v>
+        <v>675</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C52" s="3">
-        <v>675</v>
+        <v>686.47</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>296</v>
+        <v>160</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>25</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="3">
-        <v>675</v>
+        <v>686.47</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>25</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C55" s="3">
-        <v>254.17</v>
+        <v>593.37</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>3561</v>
+        <v>5590</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C56" s="3">
-        <v>600.12</v>
+        <v>534.04</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1660</v>
+        <v>1653</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C57" s="3">
-        <v>282.39</v>
+        <v>287.19</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>4424</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>250</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C58" s="3">
-        <v>525.11</v>
+        <v>258.49</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>1973</v>
+        <v>3170</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C59" s="3">
-        <v>583.45</v>
+        <v>263.29</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>6012</v>
+        <v>432</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>200</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C60" s="3">
-        <v>258.89</v>
+        <v>610.32</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>2154</v>
+        <v>1736</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C62" s="3">
-        <v>2703.13</v>
+        <v>3954.17</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C63" s="3">
-        <v>3888.07</v>
+        <v>7117.51</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C64" s="3">
-        <v>10406.07</v>
+        <v>10582.97</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>5</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C65" s="3">
-        <v>3881</v>
+        <v>2832.39</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C66" s="3">
-        <v>2703.13</v>
+        <v>3732.39</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>20</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C67" s="3">
-        <v>6998.53</v>
+        <v>4576.5</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>9</v>
+        <v>78</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C68" s="3">
-        <v>9439.24</v>
+        <v>7820.46</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C69" s="3">
-        <v>7689.73</v>
+        <v>7159.68</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C70" s="3">
-        <v>4500</v>
+        <v>3946.98</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C71" s="3">
-        <v>2785.04</v>
+        <v>9599.71</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C72" s="3">
-        <v>3670</v>
+        <v>3597.01</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C73" s="3">
-        <v>7040</v>
+        <v>2749.08</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A74" s="2" t="s">
+      <c r="A74" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B74" s="2"/>
-[...6 lines deleted...]
-      <c r="I74" s="2"/>
+      <c r="B74" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C74" s="3">
+        <v>2749.08</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F74" s="3">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
+        <v>12</v>
+      </c>
+      <c r="I74" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A76" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B76" s="3" t="s">
+      <c r="A76" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C76" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B77" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B77" s="3" t="s">
+      <c r="C77" s="3">
+        <v>550.15</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="C77" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F77" s="3">
-        <v>208</v>
+        <v>1</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>1</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C78" s="3">
-        <v>582.55</v>
+        <v>606.56</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F78" s="3">
-        <v>191</v>
+        <v>314</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C79" s="3">
-        <v>554.81</v>
+        <v>521.92</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F79" s="3">
-        <v>286</v>
+        <v>337</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C80" s="3">
-        <v>1545.04</v>
+        <v>2418.18</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F80" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>1</v>
       </c>
       <c r="I80" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C81" s="3">
-        <v>638.03</v>
+        <v>564.24</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F81" s="3">
-        <v>946</v>
+        <v>901</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>1</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C82" s="3">
-        <v>2521.87</v>
+        <v>648.88</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F82" s="3">
-        <v>48</v>
+        <v>950</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C83" s="3">
-        <v>2377.76</v>
+        <v>1842.72</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F83" s="3">
-        <v>20</v>
+        <v>95</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C84" s="3">
-        <v>582.55</v>
+        <v>1571.31</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F84" s="3">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C85" s="3">
-        <v>596.42</v>
+        <v>2975.09</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F85" s="3">
-        <v>322</v>
+        <v>363</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C86" s="3">
-        <v>1811.92</v>
+        <v>2564.74</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F86" s="3">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C87" s="3">
-        <v>540.95</v>
+        <v>592.45</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>71</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A88" s="2" t="s">
+      <c r="A88" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B88" s="2"/>
-[...6 lines deleted...]
-      <c r="I88" s="2"/>
+      <c r="B88" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C88" s="3">
+        <v>592.45</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F88" s="3">
+        <v>243</v>
+      </c>
+      <c r="G88" s="3">
+        <v>1</v>
+      </c>
+      <c r="H88" s="3">
+        <v>1</v>
+      </c>
+      <c r="I88" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A89" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B89" s="3" t="s">
+      <c r="A89" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C89" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="3">
-        <v>3463.85</v>
+        <v>3522.74</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="2" t="s">
+      <c r="A91" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B91" s="2"/>
-[...6 lines deleted...]
-      <c r="I91" s="2"/>
+      <c r="B91" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C91" s="3">
+        <v>2413.21</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F91" s="3">
+        <v>2686</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>1</v>
+      </c>
+      <c r="I91" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A93" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B93" s="3" t="s">
+      <c r="A93" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="C93" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B93" s="2"/>
+      <c r="C93" s="2"/>
+      <c r="D93" s="2"/>
+      <c r="E93" s="2"/>
+      <c r="F93" s="2"/>
+      <c r="G93" s="2"/>
+      <c r="H93" s="2"/>
+      <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C94" s="3">
-        <v>341.05</v>
+        <v>991.57</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>3072</v>
+        <v>1520</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C95" s="3">
-        <v>1012.09</v>
+        <v>1029.3</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>1307</v>
+        <v>1289</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>24</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C96" s="3">
-        <v>723.08</v>
+        <v>3869.03</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>2119</v>
+        <v>50</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C97" s="3">
-        <v>624.75</v>
+        <v>4879.73</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>2754</v>
+        <v>46</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C98" s="3">
-        <v>1305.77</v>
+        <v>692.34</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1331</v>
+        <v>883</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C99" s="3">
-        <v>975</v>
+        <v>346.85</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>2674</v>
+        <v>3022</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C100" s="3">
-        <v>1252.66</v>
+        <v>410.72</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>618</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C101" s="3">
-        <v>680.77</v>
+        <v>1824.08</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>990</v>
+        <v>182</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C102" s="3">
-        <v>403.85</v>
+        <v>635.37</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>2927</v>
+        <v>2726</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C103" s="3">
-        <v>3804.36</v>
+        <v>735.37</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>52</v>
+        <v>1486</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C104" s="3">
-        <v>4798.16</v>
+        <v>1273.96</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>51</v>
+        <v>608</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="2" t="s">
+      <c r="A105" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="B105" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C105" s="3">
+        <v>1327.97</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>1001</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>24</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B106" s="3" t="s">
+      <c r="A106" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="C106" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C107" s="3">
-        <v>700</v>
+        <v>961.06</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>453</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>50</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C108" s="3">
-        <v>945</v>
+        <v>711.9</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="2" t="s">
+      <c r="A109" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="B109" s="2"/>
-[...6 lines deleted...]
-      <c r="I109" s="2"/>
+      <c r="B109" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C109" s="3">
+        <v>630.54</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="3">
+        <v>0</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>50</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B111" s="3" t="s">
+      <c r="A111" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="C111" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C112" s="3">
-        <v>1144.66</v>
+        <v>2609.47</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>83</v>
+        <v>415</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C113" s="3">
-        <v>1826.92</v>
+        <v>1857.98</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>455</v>
+        <v>423</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C114" s="3">
-        <v>2565.85</v>
+        <v>2346.92</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>171</v>
+        <v>217</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C115" s="3">
+        <v>1164.12</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>351</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>1</v>
+      </c>
+      <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="A61:I61"/>
-    <mergeCell ref="A74:I74"/>
     <mergeCell ref="A75:I75"/>
-    <mergeCell ref="A88:I88"/>
-    <mergeCell ref="A91:I91"/>
+    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A89:I89"/>
     <mergeCell ref="A92:I92"/>
-    <mergeCell ref="A105:I105"/>
-    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A93:I93"/>
+    <mergeCell ref="A106:I106"/>
     <mergeCell ref="A110:I110"/>
+    <mergeCell ref="A111:I111"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D19" r:id="rId12"/>
     <hyperlink ref="D22" r:id="rId13"/>
     <hyperlink ref="D23" r:id="rId14"/>
     <hyperlink ref="D24" r:id="rId15"/>
     <hyperlink ref="D25" r:id="rId16"/>
     <hyperlink ref="D26" r:id="rId17"/>
     <hyperlink ref="D27" r:id="rId18"/>
     <hyperlink ref="D28" r:id="rId19"/>
     <hyperlink ref="D29" r:id="rId20"/>
     <hyperlink ref="D30" r:id="rId21"/>
     <hyperlink ref="D31" r:id="rId22"/>
     <hyperlink ref="D32" r:id="rId23"/>
@@ -4183,83 +4218,84 @@
     <hyperlink ref="D47" r:id="rId36"/>
     <hyperlink ref="D48" r:id="rId37"/>
     <hyperlink ref="D49" r:id="rId38"/>
     <hyperlink ref="D50" r:id="rId39"/>
     <hyperlink ref="D51" r:id="rId40"/>
     <hyperlink ref="D52" r:id="rId41"/>
     <hyperlink ref="D53" r:id="rId42"/>
     <hyperlink ref="D55" r:id="rId43"/>
     <hyperlink ref="D56" r:id="rId44"/>
     <hyperlink ref="D57" r:id="rId45"/>
     <hyperlink ref="D58" r:id="rId46"/>
     <hyperlink ref="D59" r:id="rId47"/>
     <hyperlink ref="D60" r:id="rId48"/>
     <hyperlink ref="D62" r:id="rId49"/>
     <hyperlink ref="D63" r:id="rId50"/>
     <hyperlink ref="D64" r:id="rId51"/>
     <hyperlink ref="D65" r:id="rId52"/>
     <hyperlink ref="D66" r:id="rId53"/>
     <hyperlink ref="D67" r:id="rId54"/>
     <hyperlink ref="D68" r:id="rId55"/>
     <hyperlink ref="D69" r:id="rId56"/>
     <hyperlink ref="D70" r:id="rId57"/>
     <hyperlink ref="D71" r:id="rId58"/>
     <hyperlink ref="D72" r:id="rId59"/>
     <hyperlink ref="D73" r:id="rId60"/>
-    <hyperlink ref="D76" r:id="rId61"/>
+    <hyperlink ref="D74" r:id="rId61"/>
     <hyperlink ref="D77" r:id="rId62"/>
     <hyperlink ref="D78" r:id="rId63"/>
     <hyperlink ref="D79" r:id="rId64"/>
     <hyperlink ref="D80" r:id="rId65"/>
     <hyperlink ref="D81" r:id="rId66"/>
     <hyperlink ref="D82" r:id="rId67"/>
     <hyperlink ref="D83" r:id="rId68"/>
     <hyperlink ref="D84" r:id="rId69"/>
     <hyperlink ref="D85" r:id="rId70"/>
     <hyperlink ref="D86" r:id="rId71"/>
     <hyperlink ref="D87" r:id="rId72"/>
-    <hyperlink ref="D89" r:id="rId73"/>
+    <hyperlink ref="D88" r:id="rId73"/>
     <hyperlink ref="D90" r:id="rId74"/>
-    <hyperlink ref="D93" r:id="rId75"/>
+    <hyperlink ref="D91" r:id="rId75"/>
     <hyperlink ref="D94" r:id="rId76"/>
     <hyperlink ref="D95" r:id="rId77"/>
     <hyperlink ref="D96" r:id="rId78"/>
     <hyperlink ref="D97" r:id="rId79"/>
     <hyperlink ref="D98" r:id="rId80"/>
     <hyperlink ref="D99" r:id="rId81"/>
     <hyperlink ref="D100" r:id="rId82"/>
     <hyperlink ref="D101" r:id="rId83"/>
     <hyperlink ref="D102" r:id="rId84"/>
     <hyperlink ref="D103" r:id="rId85"/>
     <hyperlink ref="D104" r:id="rId86"/>
-    <hyperlink ref="D106" r:id="rId87"/>
+    <hyperlink ref="D105" r:id="rId87"/>
     <hyperlink ref="D107" r:id="rId88"/>
     <hyperlink ref="D108" r:id="rId89"/>
-    <hyperlink ref="D111" r:id="rId90"/>
+    <hyperlink ref="D109" r:id="rId90"/>
     <hyperlink ref="D112" r:id="rId91"/>
     <hyperlink ref="D113" r:id="rId92"/>
     <hyperlink ref="D114" r:id="rId93"/>
+    <hyperlink ref="D115" r:id="rId94"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>