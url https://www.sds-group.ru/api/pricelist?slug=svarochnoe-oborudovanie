--- v1 (2026-01-14)
+++ v2 (2026-03-05)
@@ -8,715 +8,709 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="219">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочное оборудование</t>
   </si>
   <si>
     <t>1.1 Сварочные аппараты</t>
   </si>
   <si>
     <t>1.1.1 Аппараты для сварки труб</t>
   </si>
   <si>
+    <t>11-1001</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1002</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
+  </si>
+  <si>
     <t>11-1000</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1003</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
   </si>
   <si>
-    <t>11-1001</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.2 Сварочные аппараты MMA</t>
   </si>
   <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
+  </si>
+  <si>
+    <t>11-0913</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-220А</t>
+  </si>
+  <si>
+    <t>11-0910</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-160А</t>
+  </si>
+  <si>
     <t>11-0911</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-180А</t>
   </si>
   <si>
-    <t>11-0912</t>
-[...16 lines deleted...]
-  <si>
     <t>1.1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
   </si>
   <si>
+    <t>11-0926</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
+  </si>
+  <si>
     <t>11-0927</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
   </si>
   <si>
-    <t>11-0926</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 Сварочные аппараты MINI</t>
   </si>
   <si>
     <t>11-0915</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
   </si>
   <si>
     <t>11-0916</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
   </si>
   <si>
     <t>1.2 Аксессуары для сварочных аппаратов</t>
   </si>
   <si>
     <t>1.2.1 Провода и кабель для сварочных аппаратов</t>
   </si>
   <si>
+    <t>01-8410-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х10 мм², длина 10 метров REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>01-8412-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8413-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 5 метров REXANT</t>
+  </si>
+  <si>
     <t>01-8413-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...11 lines deleted...]
-    <t>Кабель гибкий сварочный КГтп-ХЛ 1х35 мм², длина 3 метра REXANT</t>
+    <t>01-8414-5</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
   </si>
   <si>
     <t>01-8414-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 10 метров REXANT</t>
   </si>
   <si>
-    <t>01-8410-10</t>
-[...8 lines deleted...]
-    <t>Кабель гибкий сварочный КГтп-ХЛ 1х50 мм², длина 5 метров REXANT</t>
+    <t>01-8411-3</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 3 метра REXANT</t>
+  </si>
+  <si>
+    <t>01-8411-10</t>
+  </si>
+  <si>
+    <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 10 метров REXANT</t>
   </si>
   <si>
     <t>01-8412-10</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 10 метров REXANT</t>
   </si>
   <si>
     <t>01-8411-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х16 мм², длина 5 метров REXANT</t>
   </si>
   <si>
-    <t>01-8411-10</t>
-[...4 lines deleted...]
-  <si>
     <t>01-8412-5</t>
   </si>
   <si>
     <t>Кабель гибкий сварочный КГтп-ХЛ 1х25 мм², длина 5 метров REXANT</t>
   </si>
   <si>
-    <t>01-8411-3</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2.2 Клеммы заземления</t>
   </si>
   <si>
+    <t>16-0053</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 300А 170мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0055</t>
+  </si>
+  <si>
+    <t>Клемма заземления типа «крокодил» 500А 200мм для сварки REXANT</t>
+  </si>
+  <si>
+    <t>16-0052-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 200А 140 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0053-9</t>
+  </si>
+  <si>
+    <t>Зажим «крокодил» 315А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
+  </si>
+  <si>
+    <t>12-4861</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 200A REXANT</t>
+  </si>
+  <si>
+    <t>12-4863</t>
+  </si>
+  <si>
+    <t>Клемма заземления магнитная 500A REXANT</t>
+  </si>
+  <si>
     <t>16-0054-9</t>
   </si>
   <si>
     <t>Зажим «крокодил» 400А 170 мм для сварки (латунь) САТУРН Профи РОССИЯ</t>
   </si>
   <si>
-    <t>16-0052-9</t>
-[...4 lines deleted...]
-  <si>
     <t>16-0083-9</t>
   </si>
   <si>
     <t>Клемма заземления магнитная 315А САТУРН РОССИЯ</t>
   </si>
   <si>
-    <t>16-0053-9</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.3 Электрододержатели</t>
   </si>
   <si>
+    <t>16-0855</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0856</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А Italian type REXANT</t>
+  </si>
+  <si>
+    <t>16-0703-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 315A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
+    <t>16-0850</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0851</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А С-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0853</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0854</t>
+  </si>
+  <si>
+    <t>Держатель электрода 500А American type REXANT</t>
+  </si>
+  <si>
+    <t>16-0857-6</t>
+  </si>
+  <si>
+    <t>Держатель электрода 300А E-type REXANT</t>
+  </si>
+  <si>
+    <t>16-0702-9</t>
+  </si>
+  <si>
+    <t>Держатель электрода 200A (латунь) САТУРН РОССИЯ</t>
+  </si>
+  <si>
     <t>16-0704-9</t>
   </si>
   <si>
     <t>Держатель электрода 400A (латунь) САТУРН РОССИЯ</t>
   </si>
   <si>
-    <t>16-0702-9</t>
-[...52 lines deleted...]
-  <si>
     <t>1.2.4 Вилки и разъемы для сварочного кабеля</t>
   </si>
   <si>
+    <t>16-0883</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0884</t>
+  </si>
+  <si>
+    <t>Розетка кабельная (гнездо) СКР 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0880</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 10-25 REXANT</t>
+  </si>
+  <si>
+    <t>16-0881</t>
+  </si>
+  <si>
+    <t>Розетка панельная (гнездо) СКРП 35-50 REXANT</t>
+  </si>
+  <si>
+    <t>16-0882</t>
+  </si>
+  <si>
+    <t>Вилка кабельная (вставка) СКР 10-25 REXANT</t>
+  </si>
+  <si>
     <t>16-0885</t>
   </si>
   <si>
     <t>Вилка кабельная (вставка) СКР 35-50 REXANT</t>
   </si>
   <si>
-    <t>16-0881</t>
-[...28 lines deleted...]
-  <si>
     <t>1.2.5 Комплекты сварочных проводов</t>
   </si>
   <si>
+    <t>16-0753</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0754</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с электрододержателем 25мм² 300А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0763</t>
+  </si>
+  <si>
+    <t>Сварочный кабель с клеммой заземления 16мм² 200А СКР 10-25 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0764</t>
   </si>
   <si>
     <t>Сварочный кабель с клеммой заземления 25мм² 300А СКР 10-25 3м REXANT</t>
   </si>
   <si>
+    <t>16-0772</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 3м REXANT</t>
+  </si>
+  <si>
+    <t>16-0773</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 10-25 16мм² 5м REXANT</t>
+  </si>
+  <si>
     <t>16-0775</t>
   </si>
   <si>
     <t>Комплект сварочных проводов СКР 10-25 25мм² 3м REXANT</t>
   </si>
   <si>
     <t>16-0776</t>
   </si>
   <si>
     <t>Комплект сварочных проводов СКР 10-25 25мм² 5м REXANT</t>
   </si>
   <si>
+    <t>16-0777</t>
+  </si>
+  <si>
+    <t>Комплект сварочных проводов СКР 35-50 25мм² 3м REXANT</t>
+  </si>
+  <si>
     <t>16-0781</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 16мм² 3м REXANT</t>
   </si>
   <si>
-    <t>16-0754</t>
-[...22 lines deleted...]
-  <si>
     <t>16-0783</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 10-25 25мм² 3м REXANT</t>
   </si>
   <si>
     <t>16-0778</t>
   </si>
   <si>
     <t>Комплект сварочных проводов СКР 35-50 25мм² 5м REXANT</t>
   </si>
   <si>
     <t>16-0799</t>
   </si>
   <si>
     <t>Удлинитель сварочного кабеля шт.-гн. СКР 35-50, 25мм², 3м REXANT</t>
   </si>
   <si>
-    <t>16-0753</t>
-[...10 lines deleted...]
-  <si>
     <t>1.3 Расходные материалы для сварочных работ</t>
   </si>
   <si>
     <t>1.3.1 Электроды</t>
   </si>
   <si>
+    <t>11-0957</t>
+  </si>
+  <si>
+    <t>Электрод 350мм АНО-21 3мм 1кг REXANT</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>11-0950</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 1кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0952</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 3 кг</t>
+  </si>
+  <si>
+    <t>11-0969</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 3кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0970</t>
+  </si>
+  <si>
+    <t>Электрод 350мм ОК-46 3мм пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0951</t>
+  </si>
+  <si>
+    <t>Электрод MP-3C, 350мм/3мм, пачка 5кг REXANT</t>
+  </si>
+  <si>
+    <t>11-0953</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм MP-3C 4 мм пачка 5 кг</t>
+  </si>
+  <si>
+    <t>11-0960</t>
+  </si>
+  <si>
+    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+  </si>
+  <si>
     <t>11-0956</t>
   </si>
   <si>
     <t>Электрод 450 мм MP-3C 4 мм пачка 1 кг</t>
   </si>
   <si>
-    <t>упак</t>
-[...5 lines deleted...]
-    <t>Электрод REXANT ОЗС-12, 350 мм/3 мм, пачка 1 кг</t>
+    <t>11-0958</t>
+  </si>
+  <si>
+    <t>Электрод 450 мм АНО-21 4 мм 1 кг</t>
+  </si>
+  <si>
+    <t>11-0961</t>
+  </si>
+  <si>
+    <t>Электрод ОК-46, 350мм/3мм, пачка 1кг REXANT</t>
   </si>
   <si>
     <t>11-0962</t>
   </si>
   <si>
     <t>Электрод УОНИ-13/55, 350мм/3мм, пачка 1кг REXANT</t>
   </si>
   <si>
-    <t>11-0953</t>
-[...52 lines deleted...]
-  <si>
     <t>1.3.2 Сварочная проволока</t>
   </si>
   <si>
-    <t>KR-11-0982-5</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-11-0981-5</t>
   </si>
   <si>
     <t>Сварочная проволока омедненная Св08Г2С-О (ER70S-6; SG2) 5 кг 0,8 мм D200 KRANZ</t>
   </si>
   <si>
     <t>1.4 Сварочный инструмент</t>
   </si>
   <si>
     <t>1.4.1 Магнитные угольники для сварки</t>
   </si>
   <si>
+    <t>12-4827</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4833</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4825</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4826</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4837</t>
+  </si>
+  <si>
+    <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4831</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4832</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
+  </si>
+  <si>
     <t>12-4830</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
   </si>
   <si>
-    <t>12-4826</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4835</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
   </si>
   <si>
     <t>12-4836</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
   </si>
   <si>
     <t>12-4839</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
   </si>
   <si>
-    <t>12-4824</t>
-[...40 lines deleted...]
-  <si>
     <t>1.4.2 Труборезы для пластиковых труб</t>
   </si>
   <si>
+    <t>11-1017</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
+  </si>
+  <si>
     <t>11-1018</t>
   </si>
   <si>
     <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
   </si>
   <si>
     <t>11-1019</t>
   </si>
   <si>
     <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
   </si>
   <si>
-    <t>11-1017</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5 Защита и спецодежда для сварки</t>
   </si>
   <si>
     <t>1.5.1 Сварочные маски и щитки</t>
   </si>
   <si>
+    <t>KR-16-0798</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Маска сварщика с черным минеральным стеклом DIN 9 KRANZ </t>
+  </si>
+  <si>
+    <t>KR-16-0795</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 100 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-16-0796</t>
+  </si>
+  <si>
+    <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 400 KRANZ</t>
+  </si>
+  <si>
     <t>KR-16-0797</t>
   </si>
   <si>
     <t>Маска сварщика с автоматическим светофильтром «Хамелеон» АСФ 777 KRANZ</t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">Маска сварщика с черным минеральным стеклом DIN 9 KRANZ </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1101,56 +1095,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm-3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-13-55-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm-3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-1-0-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarschika-s-chernym-mineralnym-steklom-din-9-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h10-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h35-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h50-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-3-metra-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-10-metrov-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h16-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kabel-gibkiy-svarochnyy-kgtp-hl-1h25-mm-dlina-5-metrov-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-300a-170mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-tipa-krokodil-500a-200mm-dlya-svarki-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-200a-140-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-315a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-200a-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-500a-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zazhim-krokodil-400a-170-mm-dlya-svarki-latun-saturn-profi-rossiya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klemma-zazemleniya-magnitnaya-315a-saturn-rossiya" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-italian-type-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-315a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-s-type-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-s-type-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-american-type-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-500a-american-type-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-300a-e-type-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-200a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/derzhatel-elektroda-400a-latun-saturn-rossiya" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-kabelnaya-gnezdo-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-10-25-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-panelnaya-gnezdo-skrp-35-50-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-10-25-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/vilka-kabelnaya-vstavka-skr-35-50-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-elektrododerzhatelem-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-16mm-200a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-kabel-s-klemmoy-zazemleniya-25mm-300a-skr-10-25-3m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-16mm-5m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-10-25-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-16mm-3m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-10-25-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svarochnyh-provodov-skr-35-50-25mm-5m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-svarochnogo-kabelya-sht-gn-skr-35-50-25mm-3m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ano-21-3mm-1kg-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-3-kg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-3kg-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-350mm-ok-46-3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-mp-3c-350mm3mm-pachka-5kg-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-5-kg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-rexant-ozs-12-350-mm3-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-mp-3c-4-mm-pachka-1-kg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-450-mm-ano-21-4-mm-1-kg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-ok-46-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektrod-uoni-1355-350mm3mm-pachka-1kg-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnaya-provoloka-omednennaya-sv08g2s-o-er70s-6-sg2-5-kg-0-8-mm-d200-kranz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-chernym-mineralnym-steklom-din-9-kranz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-avtomaticheskim-svetofiltrom-hameleon-asf-100-kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-avtomaticheskim-svetofiltrom-hameleon-asf-400-kranz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/maska-svarshchika-s-avtomaticheskim-svetofiltrom-hameleon-asf-777-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I115"/>
+  <dimension ref="A1:I114"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1195,3011 +1189,2982 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>6711.6</v>
+        <v>3677.48</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>571</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>2380.5</v>
+        <v>2769.14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>549</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>5037.64</v>
+        <v>4899.47</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>3643.6</v>
+        <v>1809.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>9480.51</v>
+        <v>7239.65</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>10342.36</v>
+        <v>8214.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>11735.14</v>
+        <v>5429.75</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>7756.78</v>
+        <v>6636.36</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>26700.56</v>
+        <v>12669.41</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="3">
-        <v>18099.15</v>
+        <v>18690.39</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
-        <v>6894.9</v>
+        <v>4826.43</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>91</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>8263.14</v>
+        <v>5784.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>141</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="3">
-        <v>13095.17</v>
+        <v>2812.35</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I22" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="3">
-        <v>5889.99</v>
+        <v>2104.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="3">
-        <v>3433.67</v>
+        <v>2540.92</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F24" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>4</v>
       </c>
       <c r="I24" s="3">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="3">
-        <v>16783.17</v>
+        <v>4299.69</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F25" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I25" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C26" s="3">
-        <v>3852.54</v>
+        <v>9559.47</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F26" s="3">
-        <v>97</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I26" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C27" s="3">
-        <v>8273.9</v>
+        <v>6039.95</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>8446.27</v>
+        <v>12419.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I28" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>2878.63</v>
+        <v>1438.76</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F29" s="3">
-        <v>66</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I29" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>5721.92</v>
+        <v>4234.22</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>9</v>
       </c>
       <c r="I30" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>4831.61</v>
+        <v>6165.78</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F31" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I31" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C32" s="3">
-        <v>1868.52</v>
+        <v>2216.55</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F32" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I32" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="3">
-        <v>2697.63</v>
+        <v>3527.08</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F33" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I33" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="3">
-        <v>2015.27</v>
+        <v>391.15</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="3">
-        <v>1268.18</v>
+        <v>481.59</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="3">
-        <v>2613.8</v>
+        <v>1014.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="3">
-        <v>1613.19</v>
+        <v>1274.42</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>40</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>1683.92</v>
+        <v>427.14</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>1215</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="3">
-        <v>594.56</v>
+        <v>1347.14</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>4026</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>533.93</v>
+        <v>1592.06</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>1720</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>488.94</v>
+        <v>2012.63</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>5626</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C44" s="3">
-        <v>1850.94</v>
+        <v>455.62</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C45" s="3">
-        <v>1678.05</v>
+        <v>524.14</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C46" s="3">
-        <v>1764.5</v>
+        <v>1411.6</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="3">
-        <v>569.52</v>
+        <v>391.15</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C48" s="3">
-        <v>655.18</v>
+        <v>414.62</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>471</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C49" s="3">
-        <v>488.94</v>
+        <v>549.18</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>237</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3">
-        <v>539.01</v>
+        <v>549.18</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>2386</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C51" s="3">
-        <v>518.28</v>
+        <v>431.21</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>675</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>50</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C52" s="3">
-        <v>686.47</v>
+        <v>1342.44</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="3">
-        <v>686.47</v>
+        <v>1480.75</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C55" s="3">
-        <v>593.37</v>
+        <v>223.8</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>5590</v>
+        <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C56" s="3">
-        <v>534.04</v>
+        <v>488.26</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>1653</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C57" s="3">
-        <v>287.19</v>
+        <v>219.72</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C58" s="3">
-        <v>258.49</v>
+        <v>427.23</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>3170</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C59" s="3">
-        <v>263.29</v>
+        <v>244.11</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>432</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C60" s="3">
-        <v>610.32</v>
+        <v>474.7</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>1736</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>200</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C62" s="3">
-        <v>3954.17</v>
+        <v>2116.79</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>20</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C63" s="3">
-        <v>7117.51</v>
+        <v>2724.64</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C64" s="3">
-        <v>10582.97</v>
+        <v>2116.79</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C65" s="3">
-        <v>2832.39</v>
+        <v>2886.54</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>20</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C66" s="3">
-        <v>3732.39</v>
+        <v>3340.85</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C67" s="3">
-        <v>4576.5</v>
+        <v>5708.94</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C68" s="3">
-        <v>7820.46</v>
+        <v>5195.78</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C69" s="3">
-        <v>7159.68</v>
+        <v>7725.57</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C70" s="3">
-        <v>3946.98</v>
+        <v>5226.57</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C71" s="3">
-        <v>9599.71</v>
+        <v>2180.94</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C72" s="3">
-        <v>3597.01</v>
+        <v>2881.3</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I72" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C73" s="3">
-        <v>2749.08</v>
+        <v>7007.79</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C74" s="3">
-        <v>2749.08</v>
+        <v>3021.49</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="2"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C77" s="3">
-        <v>550.15</v>
+        <v>473.96</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>1</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C78" s="3">
-        <v>606.56</v>
+        <v>451.39</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F78" s="3">
-        <v>314</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C79" s="3">
-        <v>521.92</v>
+        <v>1241.33</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F79" s="3">
-        <v>337</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C80" s="3">
-        <v>2418.18</v>
+        <v>1455.75</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>1</v>
       </c>
       <c r="I80" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C81" s="3">
-        <v>564.24</v>
+        <v>2290.82</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F81" s="3">
-        <v>901</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>1</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C82" s="3">
-        <v>648.88</v>
+        <v>1974.85</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F82" s="3">
-        <v>950</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C83" s="3">
-        <v>1842.72</v>
+        <v>1862</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F83" s="3">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C84" s="3">
-        <v>1571.31</v>
+        <v>485.25</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F84" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C85" s="3">
-        <v>2975.09</v>
+        <v>440.12</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F85" s="3">
-        <v>363</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C86" s="3">
-        <v>2564.74</v>
+        <v>473.96</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F86" s="3">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C87" s="3">
-        <v>592.45</v>
+        <v>519.1</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F87" s="3">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C88" s="3">
-        <v>592.45</v>
+        <v>417.54</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F88" s="3">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="2"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
       <c r="I89" s="2"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C90" s="3">
-        <v>3522.74</v>
+        <v>1689.25</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
         <v>0</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="3" t="s">
+      <c r="A91" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="B91" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="2"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
       <c r="I92" s="2"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A93" s="2" t="s">
+      <c r="A93" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B93" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B93" s="2"/>
-[...6 lines deleted...]
-      <c r="I93" s="2"/>
+      <c r="C93" s="3">
+        <v>1459.26</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F93" s="3">
+        <v>0</v>
+      </c>
+      <c r="G93" s="3">
+        <v>1</v>
+      </c>
+      <c r="H93" s="3">
+        <v>18</v>
+      </c>
+      <c r="I93" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C94" s="3">
-        <v>991.57</v>
+        <v>1062.38</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C95" s="3">
-        <v>1029.3</v>
+        <v>277.48</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C96" s="3">
-        <v>3869.03</v>
+        <v>508.3</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C97" s="3">
-        <v>4879.73</v>
+        <v>823.44</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C98" s="3">
-        <v>692.34</v>
+        <v>1019.17</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>883</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C99" s="3">
-        <v>346.85</v>
+        <v>328.58</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>3022</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C100" s="3">
-        <v>410.72</v>
+        <v>588.3</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
         <v>0</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C101" s="3">
-        <v>1824.08</v>
+        <v>793.26</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C102" s="3">
-        <v>635.37</v>
+        <v>2824.39</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>2726</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C103" s="3">
-        <v>735.37</v>
+        <v>3562.2</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>1486</v>
+        <v>0</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C104" s="3">
-        <v>1273.96</v>
+        <v>553.87</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="3" t="s">
+      <c r="A105" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="B105" s="2"/>
+      <c r="C105" s="2"/>
+      <c r="D105" s="2"/>
+      <c r="E105" s="2"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="2"/>
+      <c r="I105" s="2"/>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C105" s="3">
-[...22 lines deleted...]
-      <c r="A106" s="2" t="s">
+      <c r="B106" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="B106" s="2"/>
-[...6 lines deleted...]
-      <c r="I106" s="2"/>
+      <c r="C106" s="3">
+        <v>504.43</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F106" s="3">
+        <v>0</v>
+      </c>
+      <c r="G106" s="3">
+        <v>1</v>
+      </c>
+      <c r="H106" s="3">
+        <v>50</v>
+      </c>
+      <c r="I106" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C107" s="3">
-        <v>961.06</v>
+        <v>768.85</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
         <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>50</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C108" s="3">
-        <v>711.9</v>
+        <v>569.52</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A109" s="3" t="s">
+      <c r="A109" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B109" s="2"/>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2"/>
+      <c r="E109" s="2"/>
+      <c r="F109" s="2"/>
+      <c r="G109" s="2"/>
+      <c r="H109" s="2"/>
+      <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
+      <c r="A111" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B111" s="2"/>
-[...6 lines deleted...]
-      <c r="I111" s="2"/>
+      <c r="C111" s="3">
+        <v>931.3</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F111" s="3">
+        <v>0</v>
+      </c>
+      <c r="G111" s="3">
+        <v>1</v>
+      </c>
+      <c r="H111" s="3">
+        <v>1</v>
+      </c>
+      <c r="I111" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C112" s="3">
-        <v>2609.47</v>
+        <v>1412.06</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>415</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>1</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C113" s="3">
-        <v>1857.98</v>
+        <v>1807.13</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F113" s="3">
-        <v>423</v>
+        <v>0</v>
       </c>
       <c r="G113" s="3">
         <v>1</v>
       </c>
       <c r="H113" s="3">
         <v>1</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C114" s="3">
-        <v>2346.92</v>
+        <v>1931.01</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>217</v>
+        <v>0</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
         <v>1</v>
       </c>
       <c r="I114" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A9:I9"/>
     <mergeCell ref="A14:I14"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A54:I54"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A75:I75"/>
     <mergeCell ref="A76:I76"/>
     <mergeCell ref="A89:I89"/>
+    <mergeCell ref="A91:I91"/>
     <mergeCell ref="A92:I92"/>
-    <mergeCell ref="A93:I93"/>
-    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A105:I105"/>
+    <mergeCell ref="A109:I109"/>
     <mergeCell ref="A110:I110"/>
-    <mergeCell ref="A111:I111"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D15" r:id="rId9"/>
     <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D18" r:id="rId11"/>
     <hyperlink ref="D19" r:id="rId12"/>
     <hyperlink ref="D22" r:id="rId13"/>
     <hyperlink ref="D23" r:id="rId14"/>
     <hyperlink ref="D24" r:id="rId15"/>
     <hyperlink ref="D25" r:id="rId16"/>
     <hyperlink ref="D26" r:id="rId17"/>
     <hyperlink ref="D27" r:id="rId18"/>
     <hyperlink ref="D28" r:id="rId19"/>
     <hyperlink ref="D29" r:id="rId20"/>
     <hyperlink ref="D30" r:id="rId21"/>
     <hyperlink ref="D31" r:id="rId22"/>
     <hyperlink ref="D32" r:id="rId23"/>
@@ -4232,70 +4197,69 @@
     <hyperlink ref="D63" r:id="rId50"/>
     <hyperlink ref="D64" r:id="rId51"/>
     <hyperlink ref="D65" r:id="rId52"/>
     <hyperlink ref="D66" r:id="rId53"/>
     <hyperlink ref="D67" r:id="rId54"/>
     <hyperlink ref="D68" r:id="rId55"/>
     <hyperlink ref="D69" r:id="rId56"/>
     <hyperlink ref="D70" r:id="rId57"/>
     <hyperlink ref="D71" r:id="rId58"/>
     <hyperlink ref="D72" r:id="rId59"/>
     <hyperlink ref="D73" r:id="rId60"/>
     <hyperlink ref="D74" r:id="rId61"/>
     <hyperlink ref="D77" r:id="rId62"/>
     <hyperlink ref="D78" r:id="rId63"/>
     <hyperlink ref="D79" r:id="rId64"/>
     <hyperlink ref="D80" r:id="rId65"/>
     <hyperlink ref="D81" r:id="rId66"/>
     <hyperlink ref="D82" r:id="rId67"/>
     <hyperlink ref="D83" r:id="rId68"/>
     <hyperlink ref="D84" r:id="rId69"/>
     <hyperlink ref="D85" r:id="rId70"/>
     <hyperlink ref="D86" r:id="rId71"/>
     <hyperlink ref="D87" r:id="rId72"/>
     <hyperlink ref="D88" r:id="rId73"/>
     <hyperlink ref="D90" r:id="rId74"/>
-    <hyperlink ref="D91" r:id="rId75"/>
+    <hyperlink ref="D93" r:id="rId75"/>
     <hyperlink ref="D94" r:id="rId76"/>
     <hyperlink ref="D95" r:id="rId77"/>
     <hyperlink ref="D96" r:id="rId78"/>
     <hyperlink ref="D97" r:id="rId79"/>
     <hyperlink ref="D98" r:id="rId80"/>
     <hyperlink ref="D99" r:id="rId81"/>
     <hyperlink ref="D100" r:id="rId82"/>
     <hyperlink ref="D101" r:id="rId83"/>
     <hyperlink ref="D102" r:id="rId84"/>
     <hyperlink ref="D103" r:id="rId85"/>
     <hyperlink ref="D104" r:id="rId86"/>
-    <hyperlink ref="D105" r:id="rId87"/>
+    <hyperlink ref="D106" r:id="rId87"/>
     <hyperlink ref="D107" r:id="rId88"/>
     <hyperlink ref="D108" r:id="rId89"/>
-    <hyperlink ref="D109" r:id="rId90"/>
+    <hyperlink ref="D111" r:id="rId90"/>
     <hyperlink ref="D112" r:id="rId91"/>
     <hyperlink ref="D113" r:id="rId92"/>
     <hyperlink ref="D114" r:id="rId93"/>
-    <hyperlink ref="D115" r:id="rId94"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>