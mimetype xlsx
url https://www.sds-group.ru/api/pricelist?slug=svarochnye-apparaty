--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -42,138 +42,138 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочные аппараты</t>
   </si>
   <si>
-    <t>1.1 Аппараты для сварки труб</t>
+    <t>1.1 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
+  </si>
+  <si>
+    <t>11-0926</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-0927</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
+  </si>
+  <si>
+    <t>1.2 Сварочные аппараты MINI</t>
+  </si>
+  <si>
+    <t>11-0916</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
+  </si>
+  <si>
+    <t>11-0915</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Аппараты для сварки труб</t>
+  </si>
+  <si>
+    <t>11-1000</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
+  </si>
+  <si>
+    <t>11-1003</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
   </si>
   <si>
     <t>11-1001</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1002</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
   </si>
   <si>
-    <t>11-1003</t>
-[...11 lines deleted...]
-    <t>1.2 Сварочные аппараты MMA</t>
+    <t>1.4 Сварочные аппараты MMA</t>
+  </si>
+  <si>
+    <t>11-0910</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-160А</t>
   </si>
   <si>
     <t>11-0911</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-180А</t>
   </si>
   <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
+  </si>
+  <si>
     <t>11-0913</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-220А</t>
-  </si>
-[...40 lines deleted...]
-    <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -558,51 +558,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-1000-vt-rexant-rx-1000-20264" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-800-vt-rexant-rx-800-20266" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-700-vt-rexant-rx-700-20265" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon-20263" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-180a-15797" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-220a-15798" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-160a-15795" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-200a-15796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-200-kranz-30106" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-160-kranz-30105" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-160-rexant-30103" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-190-rexant-30104" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-160-kranz-30105" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-200-kranz-30106" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-190-rexant-30104" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-160-rexant-30103" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon-20263" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-700-vt-rexant-rx-700-20265" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-1000-vt-rexant-rx-1000-20264" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-800-vt-rexant-rx-800-20266" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-160a-15795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-180a-15797" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-200a-15796" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-220a-15798" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -639,448 +639,448 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>4953.43</v>
+        <v>17796.61</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1005</v>
+        <v>93</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>3582.69</v>
+        <v>26254.24</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>6599.41</v>
+        <v>8125.01</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>698</v>
+        <v>148</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="2" t="s">
+      <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="2"/>
-[...6 lines deleted...]
-      <c r="I8" s="2"/>
+      <c r="C8" s="3">
+        <v>6779.65</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
+        <v>100</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>4</v>
+      </c>
+      <c r="I8" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="3" t="s">
+      <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>11538.98</v>
+        <v>6599.41</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>153</v>
+        <v>613</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>7627.12</v>
+        <v>2340.71</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>186</v>
+        <v>561</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>10169.48</v>
+        <v>4953.43</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>143</v>
+        <v>876</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="C13" s="3">
+        <v>3582.69</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>126</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>20</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
+      <c r="I14" s="2"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>17796.61</v>
+        <v>7627.12</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>98</v>
+        <v>188</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2" t="s">
+      <c r="A16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>9322.04</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>136</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>2</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>6779.65</v>
+        <v>10169.48</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>87</v>
+        <v>137</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>8125.01</v>
+        <v>11538.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A8:I8"/>
-[...1 lines deleted...]
-    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A14:I14"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D6" r:id="rId3"/>
-[...6 lines deleted...]
-    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D7" r:id="rId3"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">