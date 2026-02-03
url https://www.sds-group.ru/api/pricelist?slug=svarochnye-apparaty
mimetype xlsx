--- v1 (2025-12-08)
+++ v2 (2026-02-03)
@@ -42,138 +42,138 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочные аппараты</t>
   </si>
   <si>
-    <t>1.1 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
+    <t>1.1 Аппараты для сварки труб</t>
+  </si>
+  <si>
+    <t>11-1000</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1003</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
+  </si>
+  <si>
+    <t>11-1001</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
+  </si>
+  <si>
+    <t>11-1002</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
+  </si>
+  <si>
+    <t>1.2 Сварочные аппараты MMA</t>
+  </si>
+  <si>
+    <t>11-0911</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-180А</t>
+  </si>
+  <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
+  </si>
+  <si>
+    <t>11-0913</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-220А</t>
+  </si>
+  <si>
+    <t>11-0910</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-160А</t>
+  </si>
+  <si>
+    <t>1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
+  </si>
+  <si>
+    <t>11-0927</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
   </si>
   <si>
     <t>11-0926</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...11 lines deleted...]
-    <t>1.2 Сварочные аппараты MINI</t>
+    <t>1.4 Сварочные аппараты MINI</t>
+  </si>
+  <si>
+    <t>11-0915</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
   </si>
   <si>
     <t>11-0916</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Сварочный аппарат инверторный REXANT АС-220А</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -558,51 +558,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-160-kranz-30105" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-poluavtomaticheskiy-mig-200-kranz-30106" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-190-rexant-30104" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-mini-160-rexant-30103" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon-20263" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-700-vt-rexant-rx-700-20265" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-1000-vt-rexant-rx-1000-20264" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-dlya-trub-800-vt-rexant-rx-800-20266" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-160a-15795" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-180a-15797" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-200a-15796" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochniy-apparat-invertorniy-rexant-as-220a-15798" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -639,448 +639,448 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>17796.61</v>
+        <v>6711.6</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>93</v>
+        <v>543</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>26254.24</v>
+        <v>2380.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>120</v>
+        <v>540</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
+      <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="2"/>
-[...6 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="B6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="3">
+        <v>5037.64</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="3">
+        <v>191</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>10</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>8125.01</v>
+        <v>3643.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>148</v>
+        <v>115</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A8" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="3" t="s">
+      <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="3">
-[...2 lines deleted...]
-      <c r="D8" s="4" t="s">
+      <c r="B8" s="2"/>
+      <c r="C8" s="2"/>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2"/>
+      <c r="F8" s="2"/>
+      <c r="G8" s="2"/>
+      <c r="H8" s="2"/>
+      <c r="I8" s="2"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="3">
+        <v>9480.51</v>
+      </c>
+      <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="E8" s="3" t="s">
+      <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F8" s="3">
-[...23 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="F9" s="3">
+        <v>139</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>2</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>6599.41</v>
+        <v>10342.36</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>613</v>
+        <v>137</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>2340.71</v>
+        <v>11735.14</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>561</v>
+        <v>145</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>4953.43</v>
+        <v>7756.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>876</v>
+        <v>181</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C13" s="3">
-[...2 lines deleted...]
-      <c r="D13" s="4" t="s">
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="3">
+        <v>26700.56</v>
+      </c>
+      <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="3" t="s">
+      <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="F13" s="3">
-[...23 lines deleted...]
-      <c r="I14" s="2"/>
+      <c r="F14" s="3">
+        <v>110</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
+        <v>1</v>
+      </c>
+      <c r="I14" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>7627.12</v>
+        <v>18099.15</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>188</v>
+        <v>90</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="C16" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>10169.48</v>
+        <v>6894.9</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>137</v>
+        <v>92</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>11538.98</v>
+        <v>8263.14</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>150</v>
+        <v>142</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A6:I6"/>
-[...1 lines deleted...]
-    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A16:I16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
-    <hyperlink ref="D7" r:id="rId3"/>
-[...6 lines deleted...]
-    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D17" r:id="rId11"/>
     <hyperlink ref="D18" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">