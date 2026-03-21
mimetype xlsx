--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -45,120 +45,120 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочные аппараты</t>
   </si>
   <si>
     <t>1.1 Аппараты для сварки труб</t>
   </si>
   <si>
+    <t>11-1001</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 1000 Вт REXANT RX-1000</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>11-1002</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат для труб 800 Вт REXANT RX-800</t>
+  </si>
+  <si>
     <t>11-1000</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 900 Вт REXANT RX-900 (Japan teflon)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>11-1003</t>
   </si>
   <si>
     <t>Сварочный аппарат для труб 700 Вт REXANT RX-700</t>
   </si>
   <si>
-    <t>11-1001</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Сварочные аппараты MMA</t>
   </si>
   <si>
+    <t>11-0912</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-200А</t>
+  </si>
+  <si>
+    <t>11-0913</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-220А</t>
+  </si>
+  <si>
+    <t>11-0910</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный REXANT АС-160А</t>
+  </si>
+  <si>
     <t>11-0911</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный REXANT АС-180А</t>
   </si>
   <si>
-    <t>11-0912</t>
-[...16 lines deleted...]
-  <si>
     <t>1.3 Полуавтоматические сварочные аппараты инверторного типа MIG/MAG</t>
   </si>
   <si>
+    <t>11-0926</t>
+  </si>
+  <si>
+    <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
+  </si>
+  <si>
     <t>11-0927</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный полуавтоматический MIG-200 KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Сварочный аппарат инверторный полуавтоматический MIG-160 KRANZ</t>
   </si>
   <si>
     <t>1.4 Сварочные аппараты MINI</t>
   </si>
   <si>
     <t>11-0915</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-160 REXANT</t>
   </si>
   <si>
     <t>11-0916</t>
   </si>
   <si>
     <t>Сварочный аппарат инверторный MINI-190 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -558,51 +558,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-1000-vt-rexant-rx-1000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-800-vt-rexant-rx-800" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-900-vt-rexant-rx-900-japan-teflon" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-dlya-trub-700-vt-rexant-rx-700" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-200a" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-220a" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-160a" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-rexant-as-180a" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-160-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-poluavtomaticheskiy-mig-200-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-160-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svarochnyy-apparat-invertornyy-mini-190-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I18"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -639,418 +639,418 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>6711.6</v>
+        <v>3228.85</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>543</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>2380.5</v>
+        <v>2455.39</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>5037.64</v>
+        <v>4447.39</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>191</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>3643.6</v>
+        <v>1667.61</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>9480.51</v>
+        <v>6730.77</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>139</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>2</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>10342.36</v>
+        <v>8214.6</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>11735.14</v>
+        <v>4711.53</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>2</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>7756.78</v>
+        <v>6057.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>26700.56</v>
+        <v>11442.31</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>1</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>18099.15</v>
+        <v>15094.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="3">
-        <v>6894.9</v>
+        <v>4711.53</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="3">
-        <v>8263.14</v>
+        <v>5384.62</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>142</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A13:I13"/>
     <mergeCell ref="A16:I16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>