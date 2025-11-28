--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -45,147 +45,147 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочный инструмент</t>
   </si>
   <si>
     <t>1.1 Магнитные угольники для сварки</t>
   </si>
   <si>
+    <t>12-4827</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4836</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4837</t>
+  </si>
+  <si>
+    <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
+  </si>
+  <si>
     <t>12-4833</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4831</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
   </si>
   <si>
-    <t>12-4827</t>
-[...2 lines deleted...]
-    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
   </si>
   <si>
     <t>12-4825</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
   </si>
   <si>
     <t>12-4826</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
   </si>
   <si>
-    <t>12-4837</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4832</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
   </si>
   <si>
     <t>12-4830</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
   </si>
   <si>
     <t>12-4835</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
   </si>
   <si>
     <t>12-4839</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
   </si>
   <si>
-    <t>12-4836</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Труборезы для пластиковых труб</t>
   </si>
   <si>
+    <t>11-1017</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
+  </si>
+  <si>
     <t>11-1018</t>
   </si>
   <si>
-    <t>Труборез для пластиковых труб 42 мм REXANT RSA-SK5</t>
-[...5 lines deleted...]
-    <t>Труборез для пластиковых труб 42 мм REXANT RA-65Mn</t>
+    <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
   </si>
   <si>
     <t>11-1019</t>
   </si>
   <si>
-    <t>Труборез для пластиковых труб 42 мм REXANT RS-65Mn</t>
+    <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,51 +570,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rexant-rsa-sk5.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rexant-ra-65mn.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rexant-rs-65mn.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant-27872" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-23-kg-rexant-19100" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirniy-derjatel-dlya-svarki-usilie-34-kg-rexant-27873" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant-12453" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant-12452" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant-27869" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant-27870" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant-27871" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant-12451" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant-15456" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-11-3-kg-rexant-19097" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant-19098" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-ra-65mn-29307" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rsa-sk5-29308" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rs-65mn-29309" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -651,479 +651,479 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1305.77</v>
+        <v>1793.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1345</v>
+        <v>188</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>403.85</v>
+        <v>4798.16</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2955</v>
+        <v>47</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1793.59</v>
+        <v>1252.66</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>196</v>
+        <v>616</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>624.75</v>
+        <v>1305.77</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>2768</v>
+        <v>1037</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>1012.09</v>
+        <v>403.85</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1311</v>
+        <v>2310</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>1252.66</v>
+        <v>341.05</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>618</v>
+        <v>3041</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>723.08</v>
+        <v>624.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>466</v>
+        <v>2737</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>975</v>
+        <v>1012.09</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2693</v>
+        <v>1299</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>3804.36</v>
+        <v>723.08</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>58</v>
+        <v>1599</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>680.77</v>
+        <v>975</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>791</v>
+        <v>2452</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>4798.16</v>
+        <v>3804.36</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>341.05</v>
+        <v>680.77</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>3094</v>
+        <v>949</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>945</v>
+        <v>620</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>620</v>
+        <v>945</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
         <v>700</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>479</v>
+        <v>420</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>