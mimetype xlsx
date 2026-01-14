--- v1 (2025-11-28)
+++ v2 (2026-01-14)
@@ -45,147 +45,147 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочный инструмент</t>
   </si>
   <si>
     <t>1.1 Магнитные угольники для сварки</t>
   </si>
   <si>
+    <t>12-4830</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4826</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4835</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4836</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4839</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4831</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
     <t>12-4827</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
+    <t>12-4825</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4832</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
   </si>
   <si>
     <t>12-4837</t>
   </si>
   <si>
     <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
   </si>
   <si>
     <t>12-4833</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
   </si>
   <si>
-    <t>12-4831</t>
-[...46 lines deleted...]
-  <si>
     <t>1.2 Труборезы для пластиковых труб</t>
   </si>
   <si>
+    <t>11-1018</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
+  </si>
+  <si>
+    <t>11-1019</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
+  </si>
+  <si>
     <t>11-1017</t>
   </si>
   <si>
     <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,51 +570,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant-27872" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-23-kg-rexant-19100" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirniy-derjatel-dlya-svarki-usilie-34-kg-rexant-27873" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant-12453" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant-12452" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant-27869" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant-27870" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant-27871" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant-12451" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant-15456" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-otklyuchaemiy-na-3-ugla-usilie-11-3-kg-rexant-19097" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitniy-ugolnik-derjatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant-19098" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-ra-65mn-29307" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rsa-sk5-29308" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovih-trub-42-mm-rexant-rs-65mn-29309" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -651,479 +651,479 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1793.59</v>
+        <v>991.57</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>188</v>
+        <v>1520</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>4798.16</v>
+        <v>1029.3</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>47</v>
+        <v>1289</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1252.66</v>
+        <v>3869.03</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>616</v>
+        <v>50</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>1305.77</v>
+        <v>4879.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1037</v>
+        <v>46</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>403.85</v>
+        <v>692.34</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>2310</v>
+        <v>883</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>60</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>341.05</v>
+        <v>346.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3041</v>
+        <v>3022</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>72</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>624.75</v>
+        <v>410.72</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>2737</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1012.09</v>
+        <v>1824.08</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>1299</v>
+        <v>182</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>723.08</v>
+        <v>635.37</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1599</v>
+        <v>2726</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>975</v>
+        <v>735.37</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2452</v>
+        <v>1486</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>3804.36</v>
+        <v>1273.96</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>52</v>
+        <v>608</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>680.77</v>
+        <v>1327.97</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>949</v>
+        <v>1001</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>620</v>
+        <v>961.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>945</v>
+        <v>711.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>700</v>
+        <v>630.54</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>