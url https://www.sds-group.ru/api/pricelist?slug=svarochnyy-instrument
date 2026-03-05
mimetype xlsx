--- v2 (2026-01-14)
+++ v3 (2026-03-05)
@@ -45,147 +45,147 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сварочный инструмент</t>
   </si>
   <si>
     <t>1.1 Магнитные угольники для сварки</t>
   </si>
   <si>
+    <t>12-4827</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 45 кг REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4833</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4824</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4825</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 22,6 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4826</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки 3 угла, усилие до 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4837</t>
+  </si>
+  <si>
+    <t>Шарнирный держатель для сварки усилие 34 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4831</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 11,3 кг REXANT</t>
+  </si>
+  <si>
+    <t>12-4832</t>
+  </si>
+  <si>
+    <t>Магнитный угольник-держатель для сварки на 6 углов усилие 22,6 кг REXANT</t>
+  </si>
+  <si>
     <t>12-4830</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки набор 4 шт. на 4 кг REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>12-4835</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 11,3 кг REXANT</t>
   </si>
   <si>
     <t>12-4836</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки, отключаемый на 3 угла, усилие 23 кг REXANT</t>
   </si>
   <si>
     <t>12-4839</t>
   </si>
   <si>
     <t>Магнитный угольник-держатель для сварки на 4 угла, усилие 11,3 кг REXANT</t>
   </si>
   <si>
-    <t>12-4824</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2 Труборезы для пластиковых труб</t>
   </si>
   <si>
+    <t>11-1017</t>
+  </si>
+  <si>
+    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
+  </si>
+  <si>
     <t>11-1018</t>
   </si>
   <si>
     <t>Труборез для пластиковых труб 42 мм RSA-SK5 REXANT</t>
   </si>
   <si>
     <t>11-1019</t>
   </si>
   <si>
     <t>Труборез для пластиковых труб 42 мм RS-65Mn REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Труборез для пластиковых труб 42 мм RA-65Mn REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -570,51 +570,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-45-kg-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-3-ugla-usilie-do-34-kg-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sharnirnyy-derzhatel-dlya-svarki-usilie-34-kg-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-6-uglov-usilie-22-6-kg-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-nabor-4-sht-na-4-kg-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-otklyuchaemyy-na-3-ugla-usilie-23-kg-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnitnyy-ugolnik-derzhatel-dlya-svarki-na-4-ugla-usilie-11-3-kg-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-ra-65mn-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rsa-sk5-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truborez-dlya-plastikovyh-trub-42-mm-rs-65mn-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I19"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -651,470 +651,470 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>991.57</v>
+        <v>1459.26</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>1520</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1029.3</v>
+        <v>1062.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>3869.03</v>
+        <v>277.48</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>4879.73</v>
+        <v>508.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>692.34</v>
+        <v>823.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>883</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>346.85</v>
+        <v>1019.17</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>3022</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>72</v>
+        <v>8</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>410.72</v>
+        <v>328.58</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>60</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1824.08</v>
+        <v>588.3</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>635.37</v>
+        <v>793.26</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>2726</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>735.37</v>
+        <v>2824.39</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>1486</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>1273.96</v>
+        <v>3562.2</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>608</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>1327.97</v>
+        <v>553.87</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>1001</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>961.06</v>
+        <v>504.43</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>711.9</v>
+        <v>768.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>630.54</v>
+        <v>569.52</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>