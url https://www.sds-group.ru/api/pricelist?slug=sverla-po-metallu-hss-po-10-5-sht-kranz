--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу HSS – по 10 (5) шт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0605</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,0х49х24мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0627</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0623</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0625</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0608</t>
   </si>
   <si>
     <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+    <t>KR-91-0629</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10,0х133х87мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0610</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0616</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0618</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0620</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0612</t>
   </si>
   <si>
     <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0605</t>
-[...32 lines deleted...]
-    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+    <t>KR-91-0617</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
     <t>KR-91-0840</t>
   </si>
   <si>
     <t>Сверло по металлу 4,8х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0621</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0603</t>
   </si>
   <si>
     <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
-  </si>
-[...34 lines deleted...]
-    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-10-sht-v-upakovke-din-338-kranz-24656" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-10-sht-v-upakovke-din-338-kranz-24667" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-5-sht-v-upakovke-din-338-kranz-24669" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-10-sht-v-upakovke-din-338-kranz-24659" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24-mm-hss-10-sht-v-upakovke-din-338-kranz-24655" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-5-sht-v-upakovke-din-338-kranz-24668" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-10-sht-v-upakovke-din-338-kranz-24654" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-hss-10-sht-v-upakovke-din-338-kranz-24658" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24664" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24661" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24663" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-10-sht-v-upakovke-din-338-kranz-24653" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-10-sht-v-upakovke-din-338-kranz-24662" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-10-sht-v-upakovke-din-338-kranz-24657" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24660" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87-mm-hss-5-sht-v-upakovke-din-338-kranz-24670" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24665" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24666" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-10-sht-v-upakovke-din-338-kranz-24654" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24-mm-hss-10-sht-v-upakovke-din-338-kranz-24655" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24660" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-5-sht-v-upakovke-din-338-kranz-24669" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-10-sht-v-upakovke-din-338-kranz-24667" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-5-sht-v-upakovke-din-338-kranz-24668" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-10-sht-v-upakovke-din-338-kranz-24656" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87-mm-hss-5-sht-v-upakovke-din-338-kranz-24670" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-10-sht-v-upakovke-din-338-kranz-24657" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24661" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-hss-10-sht-v-upakovke-din-338-kranz-24658" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24664" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-10-sht-v-upakovke-din-338-kranz-24659" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-10-sht-v-upakovke-din-338-kranz-24662" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24663" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24666" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-10-sht-v-upakovke-din-338-kranz-24653" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,559 +650,559 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>116.05</v>
+        <v>96.15</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1604</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>480</v>
+        <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>594.5</v>
+        <v>109.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>109</v>
+        <v>2338</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I4" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>459.07</v>
+        <v>174.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I5" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>174.74</v>
+        <v>459.07</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1693</v>
+        <v>130</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>109.62</v>
+        <v>594.5</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3096</v>
+        <v>16</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>380.62</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>419</v>
+        <v>280</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>96.15</v>
+        <v>116.05</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1</v>
+        <v>969</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>400</v>
+        <v>480</v>
       </c>
       <c r="I9" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>157.11</v>
+        <v>612.58</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1</v>
+        <v>1003</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>480</v>
+        <v>60</v>
       </c>
       <c r="I10" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>255.13</v>
+        <v>121.02</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2399</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I11" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
         <v>221.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>906</v>
+        <v>105</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>252.25</v>
+        <v>157.11</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1248</v>
+        <v>1</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I13" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>76.92</v>
+        <v>255.13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1951</v>
+        <v>1099</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>233.83</v>
+        <v>325.28</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>982</v>
+        <v>1047</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>121.02</v>
+        <v>174.74</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>198</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>480</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>174.26</v>
+        <v>233.83</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>70</v>
+        <v>701</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>612.58</v>
+        <v>252.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>931</v>
+        <v>1263</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>325.28</v>
+        <v>337.97</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>999</v>
+        <v>1753</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>337.97</v>
+        <v>76.92</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>2945</v>
+        <v>1819</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I20" s="3">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>