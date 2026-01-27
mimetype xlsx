--- v1 (2025-12-08)
+++ v2 (2026-01-27)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу HSS – по 10 (5) шт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0627</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9,0х125х81мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0610</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,0х61х33мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0629</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10,0х133х87мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0605</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,0х49х24мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0608</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0625</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8,0х117х75мм (HSS), DIN 338, 5 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0616</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0840</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,8х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0620</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0621</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,0х93х57мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0618</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,0х86х52мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,0х75х43мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0623</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,0х109х69мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0617</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0603</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0604</t>
   </si>
   <si>
     <t>Сверло по металлу 1,5х40х18мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...76 lines deleted...]
-  <si>
     <t>KR-91-0612</t>
   </si>
   <si>
     <t>Сверло по металлу 3,5х70х39мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
-  </si>
-[...22 lines deleted...]
-    <t>Сверло по металлу 1,0х34х12мм (HSS), DIN 338, 10 шт. в упаковке KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18-mm-hss-10-sht-v-upakovke-din-338-kranz-24654" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24-mm-hss-10-sht-v-upakovke-din-338-kranz-24655" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24660" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81-mm-hss-5-sht-v-upakovke-din-338-kranz-24669" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69-mm-hss-10-sht-v-upakovke-din-338-kranz-24667" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75-mm-hss-5-sht-v-upakovke-din-338-kranz-24668" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-hss-10-sht-v-upakovke-din-338-kranz-24656" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87-mm-hss-5-sht-v-upakovke-din-338-kranz-24670" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33-mm-hss-10-sht-v-upakovke-din-338-kranz-24657" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43-mm-hss-10-sht-v-upakovke-din-338-kranz-24661" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-hss-10-sht-v-upakovke-din-338-kranz-24658" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24664" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24665" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-hss-10-sht-v-upakovke-din-338-kranz-24659" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-10-sht-v-upakovke-din-338-kranz-24662" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52-mm-hss-10-sht-v-upakovke-din-338-kranz-24663" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57-mm-hss-10-sht-v-upakovke-din-338-kranz-24666" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12-mm-hss-10-sht-v-upakovke-din-338-kranz-24653" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9-0h125h81mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-0h61h33mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10-0h133h87mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-0h49h24mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-0h117h75mm-hss-din-338-5-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-8h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-0h93h57mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-0h86h52mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-0h75h43mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-0h109h69mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-0h34h12mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-1-5h40h18mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-hss-din-338-10-sht-v-upakovke-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,553 +650,553 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>96.15</v>
+        <v>466.87</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>400</v>
+        <v>60</v>
       </c>
       <c r="I3" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>109.62</v>
+        <v>123.08</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2338</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>480</v>
       </c>
       <c r="I4" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>174.26</v>
+        <v>580.86</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>362</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>459.07</v>
+        <v>146.68</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>480</v>
       </c>
       <c r="I6" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>594.5</v>
+        <v>111.48</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>16</v>
+        <v>1909</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I7" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>380.62</v>
+        <v>118.02</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>280</v>
+        <v>392</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>480</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>116.05</v>
+        <v>498.72</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>969</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>612.58</v>
+        <v>209.27</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1003</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>121.02</v>
+        <v>256.54</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>1008</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>480</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>221.57</v>
+        <v>330.81</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>105</v>
+        <v>869</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>157.11</v>
+        <v>343.72</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1</v>
+        <v>303</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>255.13</v>
+        <v>259.47</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1099</v>
+        <v>320</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>325.28</v>
+        <v>177.22</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1047</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>174.74</v>
+        <v>543.7</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>198</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>480</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>233.83</v>
+        <v>215.13</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>701</v>
+        <v>107</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>200</v>
       </c>
       <c r="I17" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>252.25</v>
+        <v>78.23</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1263</v>
+        <v>1608</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="I18" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>337.97</v>
+        <v>107.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1753</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>76.92</v>
+        <v>164.28</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1819</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>480</v>
       </c>
       <c r="I20" s="3">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>