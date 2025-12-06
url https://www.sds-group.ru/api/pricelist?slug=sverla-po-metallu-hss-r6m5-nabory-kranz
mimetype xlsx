--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -42,126 +42,126 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу HSS/Р6М5 – наборы Kranz</t>
   </si>
   <si>
+    <t>KR-91-0635</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), Р6М5, цилиндрический хвостовик, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-91-0630</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0634</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу «Кобальт», 3-8 мм, Р6М5К5, шестигранный хвостовик, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0636</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS 4241, цилиндрический хвостовик, 19 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0631</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 1,5-6,5мм, 13 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0632</t>
   </si>
   <si>
     <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...22 lines deleted...]
-  <si>
     <t>KR-91-0639</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 2-8мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0633</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0637</t>
   </si>
   <si>
     <t xml:space="preserve">Набор сверл по металлу, 1-13мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 25 шт. KRANZ </t>
   </si>
   <si>
     <t>KR-91-0638</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0622</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0634</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-0634-1</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 1,5-10 мм, Р6М5К5, шестигранный хвостовик, 10 шт. KRANZ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -546,51 +546,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-k.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metal.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-r6m5-sh-h-kranz-29712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht-kranz-30494" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigranniy-hvostovik-5-sht-kranz-32039" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-hss-4241-sh-h-kranz-29140" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5-mm-13-sht-kranz-24672" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0-mm-5-sht-kranz-24671" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30484" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht-kranz-30495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-21-sht-kranz-30493" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigranniy-hvostovik-13-sht-kranz-30501" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigranniy-hvostovik-10-sht-kranz-32038" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I14"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -614,385 +614,385 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>678.41</v>
+        <v>3082.67</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>701</v>
+        <v>195</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>567.31</v>
+        <v>1526.8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3866</v>
+        <v>78</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3082.67</v>
+        <v>1411.2</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>350</v>
+        <v>488</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>18</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>1403.85</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1087</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1018.21</v>
+        <v>567.31</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2920.93</v>
+        <v>678.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>595</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1630.55</v>
+        <v>1018.21</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1250</v>
+        <v>697.97</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1411.2</v>
+        <v>2920.93</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>635</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2704.8</v>
+        <v>1630.55</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>746</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1526.8</v>
+        <v>1250</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>697.97</v>
+        <v>2704.8</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>632</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>