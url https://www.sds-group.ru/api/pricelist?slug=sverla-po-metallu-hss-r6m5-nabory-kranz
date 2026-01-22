--- v1 (2025-12-06)
+++ v2 (2026-01-22)
@@ -54,108 +54,108 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу HSS/Р6М5 – наборы Kranz</t>
   </si>
   <si>
     <t>KR-91-0635</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), Р6М5, цилиндрический хвостовик, 19 шт. KRANZ</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>наб.</t>
   </si>
   <si>
+    <t>KR-91-0631</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 1,5-6,5мм, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0632</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0630</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 19 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0637</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор сверл по металлу, 1-13мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 25 шт. KRANZ </t>
+  </si>
+  <si>
+    <t>KR-91-0639</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 2-8мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0633</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0622</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0634</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 3-8 мм, Р6М5К5, шестигранный хвостовик, 5 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0636</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS 4241, цилиндрический хвостовик, 19 шт. KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0631</t>
-[...28 lines deleted...]
-  <si>
     <t>KR-91-0638</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0634-1</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 1,5-10 мм, Р6М5К5, шестигранный хвостовик, 10 шт. KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -546,51 +546,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-r6m5-sh-h-kranz-29712" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht-kranz-30494" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigranniy-hvostovik-5-sht-kranz-32039" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10-mm-cherez-0-5-mm-19-sht-hss-4241-sh-h-kranz-29140" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5-mm-13-sht-kranz-24672" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0-mm-5-sht-kranz-24671" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30484" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz-30483" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht-kranz-30495" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-21-sht-kranz-30493" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigranniy-hvostovik-13-sht-kranz-30501" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigranniy-hvostovik-10-sht-kranz-32038" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-k" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I14"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -614,379 +614,379 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3082.67</v>
+        <v>3135.08</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>195</v>
+        <v>111</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1526.8</v>
+        <v>576.95</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1411.2</v>
+        <v>689.94</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>488</v>
+        <v>568</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1403.85</v>
+        <v>1552.76</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>567.31</v>
+        <v>2970.59</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>678.41</v>
+        <v>1035.52</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>595</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1018.21</v>
+        <v>664.96</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>697.97</v>
+        <v>1271.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>2920.93</v>
+        <v>1435.19</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>444</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1630.55</v>
+        <v>1427.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1250</v>
+        <v>1658.27</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2704.8</v>
+        <v>2750.78</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>632</v>
+        <v>593</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>