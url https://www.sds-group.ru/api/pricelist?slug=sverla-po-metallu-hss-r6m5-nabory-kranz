--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,120 +42,120 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу HSS/Р6М5 – наборы Kranz</t>
   </si>
   <si>
+    <t>KR-91-0632</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
+    <t>KR-91-0631</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, (HSS) диаметр 1,5-6,5мм, 13 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0635</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), Р6М5, цилиндрический хвостовик, 19 шт. KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Набор сверл по металлу, (HSS) диаметр 4,0-10,0мм, 5 шт. KRANZ</t>
+    <t>KR-91-0636</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS 4241, цилиндрический хвостовик, 19 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0630</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1-10мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 19 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0637</t>
   </si>
   <si>
     <t xml:space="preserve">Набор сверл по металлу, 1-13мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 25 шт. KRANZ </t>
   </si>
   <si>
     <t>KR-91-0639</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 2-8мм (через 0,5мм), HSS, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0633</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), НSS, ТИТАН, цилиндрический хвостовик, металлический кейс, 13 шт. KRANZ</t>
   </si>
   <si>
+    <t>KR-91-0638</t>
+  </si>
+  <si>
+    <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0622</t>
   </si>
   <si>
     <t>Набор сверл по металлу, 1,5-6,5мм (через 0,5мм, 3,2мм, 4,8мм), HSS, ТИТАН, шестигранный хвостовик, 13 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0634</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 3-8 мм, Р6М5К5, шестигранный хвостовик, 5 шт. KRANZ</t>
-  </si>
-[...10 lines deleted...]
-    <t>Набор сверл по металлу, 1-10мм (через 0,5мм, 3,2мм, 4,8мм), HSS, цилиндрический хвостовик, металлический кейс, 21 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0634-1</t>
   </si>
   <si>
     <t>Набор сверл по металлу «Кобальт», 1,5-10 мм, Р6М5К5, шестигранный хвостовик, 10 шт. KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -546,51 +546,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metal" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-k" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-4-0-10-0mm-5-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-hss-diametr-1-5-6-5mm-13-sht-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-r6m5-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-4241-tsilindricheskiy-hvostovik-19-sht-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-19-sht-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-13mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-25-sht-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-2-8mm-cherez-0-5mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-nss-titan-tsilindricheskiy-hvostovik-metallicheskiy-keys-13-sht-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-10mm-cherez-0-5mm-3-2mm-4-8mm-hss-tsilindricheskiy-hvostovik-metallicheskiy-keys-21-sht-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-1-5-6-5mm-cherez-0-5mm-3-2mm-4-8mm-hss-titan-shestigrannyy-hvostovik-13-sht-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-3-8-mm-r6m5k5-shestigrannyy-hvostovik-5-sht-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-sverl-po-metallu-kobalt-1-5-10-mm-r6m5k5-shestigrannyy-hvostovik-10-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I14"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -614,379 +614,379 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>3135.08</v>
+        <v>620.95</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>111</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>576.95</v>
+        <v>519.26</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>689.94</v>
+        <v>2727.52</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>568</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1552.76</v>
+        <v>1270.67</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>2970.59</v>
+        <v>1381.96</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1035.52</v>
+        <v>2584.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>664.96</v>
+        <v>931.97</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1271.25</v>
+        <v>598.46</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>1435.19</v>
+        <v>1475.86</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>444</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>1427.72</v>
+        <v>1144.13</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1658.27</v>
+        <v>1291.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>2750.78</v>
+        <v>2475.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>593</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>80</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>