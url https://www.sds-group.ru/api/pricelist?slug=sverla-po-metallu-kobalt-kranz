--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -42,135 +42,135 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу кобальт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0508</t>
   </si>
   <si>
     <t>Сверло по металлу 6х93х57мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+    <t>KR-91-0513</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
   </si>
   <si>
     <t>KR-91-0507</t>
   </si>
   <si>
     <t>Сверло по металлу 5х86х52мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0511</t>
-[...34 lines deleted...]
-  <si>
     <t>KR-91-0510</t>
   </si>
   <si>
     <t>Сверло по металлу 8х117х75мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>KR-91-0513</t>
-[...7 lines deleted...]
-  <si>
     <t>KR-91-0506</t>
   </si>
   <si>
     <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
-  </si>
-[...4 lines deleted...]
-    <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -555,51 +555,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24748" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24740" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24741" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24742" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24743" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24744" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24747" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-26950" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24750" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-26949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24746" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24749" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24745" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I15"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -623,414 +623,414 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>230.77</v>
+        <v>289.68</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>7983</v>
+        <v>2938</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>125.54</v>
+        <v>115.38</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>13731</v>
+        <v>6085</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>192.31</v>
+        <v>125.54</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>10844</v>
+        <v>11285</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>740.38</v>
+        <v>142.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5008</v>
+        <v>6535</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>101.92</v>
+        <v>164.94</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>5362</v>
+        <v>7921</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>115.38</v>
+        <v>130.77</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6930</v>
+        <v>6530</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>400</v>
       </c>
       <c r="I8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>142.87</v>
+        <v>230.77</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>7232</v>
+        <v>10496</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>164.94</v>
+        <v>1119.68</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>5048</v>
+        <v>4383</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>130.77</v>
+        <v>740.38</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>5938</v>
+        <v>4217</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>451.92</v>
+        <v>101.92</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>7084</v>
+        <v>4788</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>1119.68</v>
+        <v>192.31</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4730</v>
+        <v>13390</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>175.32</v>
+        <v>451.92</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>6160</v>
+        <v>6384</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>289.68</v>
+        <v>175.32</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3289</v>
+        <v>5536</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>