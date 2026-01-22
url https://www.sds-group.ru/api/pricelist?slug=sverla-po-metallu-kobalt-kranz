--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -8,169 +8,205 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="51">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу кобальт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0543</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0544</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0545</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0546</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0547</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0548</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0513</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0509</t>
   </si>
   <si>
     <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
-  </si>
-[...79 lines deleted...]
-    <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -555,56 +591,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24748" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24740" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24741" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24742" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-24743" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24744" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24747" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-26950" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24750" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-kobalt-stal-hss-co-5-m35-p6m5k5-2-sht-v-blistere-din-338-kranz-26949" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24746" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24749" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-kobalt-stal-hss-co-5-m35-p6m5k5-1-sht-v-blistere-din-338-kranz-24745" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I21"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -623,437 +659,617 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>289.68</v>
+        <v>355.95</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2938</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>115.38</v>
+        <v>366.12</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>6085</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I4" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>125.54</v>
+        <v>376.29</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>11285</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I5" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>142.87</v>
+        <v>386.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>6535</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I6" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>164.94</v>
+        <v>406.8</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>7921</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>130.77</v>
+        <v>477.99</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>6530</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>230.77</v>
+        <v>103.65</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>10496</v>
+        <v>3913</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1119.68</v>
+        <v>1138.71</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>4383</v>
+        <v>123</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>740.38</v>
+        <v>167.74</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>4217</v>
+        <v>1890</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>101.92</v>
+        <v>117.34</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>4788</v>
+        <v>5403</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>192.31</v>
+        <v>127.67</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>13390</v>
+        <v>9873</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>400</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>451.92</v>
+        <v>132.99</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>6384</v>
+        <v>1552</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>175.32</v>
+        <v>195.58</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>5536</v>
+        <v>9692</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>400</v>
       </c>
       <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="3">
+        <v>234.69</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F16" s="3">
+        <v>3694</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>400</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" s="3">
+        <v>459.6</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F17" s="3">
+        <v>1890</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>200</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="3">
+        <v>752.97</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F18" s="3">
+        <v>1</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>150</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C19" s="3">
+        <v>145.3</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F19" s="3">
+        <v>5696</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>400</v>
+      </c>
+      <c r="I19" s="3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" s="3">
+        <v>166.24</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F20" s="3">
+        <v>3948</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>400</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C21" s="3">
+        <v>294.6</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" s="3">
+        <v>838</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>200</v>
+      </c>
+      <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
+    <hyperlink ref="D16" r:id="rId14"/>
+    <hyperlink ref="D17" r:id="rId15"/>
+    <hyperlink ref="D18" r:id="rId16"/>
+    <hyperlink ref="D19" r:id="rId17"/>
+    <hyperlink ref="D20" r:id="rId18"/>
+    <hyperlink ref="D21" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>