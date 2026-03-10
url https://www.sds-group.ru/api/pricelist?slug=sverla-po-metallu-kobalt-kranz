--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,171 +42,171 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу кобальт Kranz</t>
   </si>
   <si>
+    <t>KR-91-0501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0513</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Кобальт» (сталь HSS-Co 5 % M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0543</t>
   </si>
   <si>
     <t>Сверло по металлу 3мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-91-0544</t>
   </si>
   <si>
     <t>Сверло по металлу 4мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0545</t>
   </si>
   <si>
     <t>Сверло по металлу 5мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0546</t>
   </si>
   <si>
     <t>Сверло по металлу 6мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0547</t>
   </si>
   <si>
     <t>Сверло по металлу 7мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
   </si>
   <si>
     <t>KR-91-0548</t>
   </si>
   <si>
     <t>Сверло по металлу 8мм «Кобальт IMPACT» P6M5K8 DIN 338, шестигранный хвостовик, 1 шт. KRANZ</t>
-  </si>
-[...79 lines deleted...]
-    <t>Сверло по металлу 7х109х69мм «Кобальт» (сталь HSS-Co 5% M35 P6M5K5) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -591,51 +591,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h69mm-kobalt-stal-hss-co-5-m35-p6m5k5-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-kobalt-impact-p6m5k8-din-338-shestigrannyy-hvostovik-1-sht-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I21"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -659,591 +659,591 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>355.95</v>
+        <v>109.13</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I3" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>366.12</v>
+        <v>118.73</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>376.29</v>
+        <v>135.13</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>386.46</v>
+        <v>156</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>406.8</v>
+        <v>123.68</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>477.99</v>
+        <v>181.89</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>103.65</v>
+        <v>218.26</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>3913</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>400</v>
       </c>
       <c r="I9" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1138.71</v>
+        <v>427.43</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>167.74</v>
+        <v>700.26</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I11" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>117.34</v>
+        <v>96.39</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5403</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>400</v>
       </c>
       <c r="I12" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
+      <c r="C13" s="3">
+        <v>910.97</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>9873</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>132.99</v>
+        <v>154.6</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1552</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>195.58</v>
+        <v>273.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>9692</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>234.69</v>
+        <v>302.56</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>3694</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>459.6</v>
+        <v>311.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>1890</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>752.97</v>
+        <v>319.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>150</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>145.3</v>
+        <v>328.49</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>5696</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I19" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>166.24</v>
+        <v>345.78</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>3948</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>294.6</v>
+        <v>406.29</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>838</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>200</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>