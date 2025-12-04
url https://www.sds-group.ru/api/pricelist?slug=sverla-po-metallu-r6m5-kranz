--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -42,237 +42,237 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу Р6М5 Kranz</t>
   </si>
   <si>
+    <t>KR-91-0521</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0527</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0522</t>
   </si>
   <si>
     <t>Сверло по металлу 2,5х57х30мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>KR-91-0525</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0528</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0530</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х96мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0532</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,5х101х63мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0537</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 7мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-5500</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0535</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,5х109х69мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 9мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0534</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0531</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0524</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0533</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9х125х81мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0529</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 12мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
     <t>KR-91-5511</t>
   </si>
   <si>
     <t>Сверло по металлу, 10мм, Р6М5, ТИТАН,шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
-    <t>шт</t>
+    <t>KR-91-5509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0536</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0523</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
   </si>
   <si>
     <t>KR-91-0526</t>
   </si>
   <si>
     <t>Сверло по металлу 5х86х52мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
+    <t>KR-91-5507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 6мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-5502</t>
   </si>
   <si>
     <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
-  </si>
-[...154 lines deleted...]
-    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,51 +657,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24754" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-26956" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24755" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24758" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24760" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24761" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26961" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30490" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30500" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26960" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30491" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30488" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24637" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26958" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24757" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24636" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26957" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30497" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30499" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30486" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30489" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24635" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24756" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24759" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30492" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30502" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -725,901 +725,901 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>101.92</v>
+        <v>86.54</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3114</v>
+        <v>1918</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>492.69</v>
+        <v>160.37</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>1179</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>149.22</v>
+        <v>101.92</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>400</v>
+        <v>2605</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>96.2</v>
+        <v>105.26</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>961</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>120.93</v>
+        <v>182.44</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3732</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>400</v>
       </c>
       <c r="I7" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>73.9</v>
+        <v>273.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>176</v>
+        <v>1157</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>143.12</v>
+        <v>223.87</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>172</v>
+        <v>262</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>80.94</v>
+        <v>892.93</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>633</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>252.2</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>157.18</v>
+        <v>73.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>150</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
         <v>129.04</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>150</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>415.27</v>
+        <v>278.41</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>417</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>252.2</v>
+        <v>415.27</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>105.26</v>
+        <v>134.9</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>3852</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>182.44</v>
+        <v>520.67</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>2243</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>273.44</v>
+        <v>174.96</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>1211</v>
+        <v>633</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>400</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>174.96</v>
+        <v>133.09</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>775</v>
+        <v>510</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>400</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>223.87</v>
+        <v>418.82</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>461</v>
+        <v>246</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>278.41</v>
+        <v>129.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>483</v>
+        <v>911</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>892.93</v>
+        <v>785.95</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F22" s="3">
-        <v>726</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>316.57</v>
+        <v>80.94</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1156</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>86.54</v>
+        <v>143.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F24" s="3">
-        <v>3111</v>
+        <v>36</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I24" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>133.09</v>
+        <v>492.69</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F25" s="3">
-        <v>658</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>418.82</v>
+        <v>321.43</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="F26" s="3">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>520.67</v>
+        <v>316.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>714</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>160.37</v>
+        <v>120.93</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1316</v>
+        <v>3507</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>400</v>
       </c>
       <c r="I28" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>129.63</v>
+        <v>149.22</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1041</v>
+        <v>847</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>400</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
         <v>188.26</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>150</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>785.95</v>
+        <v>157.18</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>321.43</v>
+        <v>96.2</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>1</v>
+        <v>490</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>150</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>