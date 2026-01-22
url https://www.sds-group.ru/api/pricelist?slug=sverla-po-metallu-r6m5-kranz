--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -42,237 +42,237 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу Р6М5 Kranz</t>
   </si>
   <si>
+    <t>KR-91-0529</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,5х80х47мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0536</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0531</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0532</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,5х101х63мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0537</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0527</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5504</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-0523</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5500</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 7мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 9мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 12мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5506</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5503</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0535</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,5х109х69мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0522</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0525</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0528</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0530</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х96мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 10мм, Р6М5, ТИТАН,шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 6мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0521</t>
   </si>
   <si>
     <t>Сверло по металлу 2х49х24мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...83 lines deleted...]
-    <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+    <t>KR-91-0524</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0526</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0533</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9х125х81мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
     <t>KR-91-0534</t>
   </si>
   <si>
     <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
-  </si>
-[...88 lines deleted...]
-    <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,51 +657,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24754" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-26956" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24755" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24758" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24760" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24761" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26959" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26961" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30490" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30500" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26960" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30491" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30488" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24637" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26958" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24757" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24636" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-26957" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30497" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30499" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30486" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30487" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30489" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24635" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33-mm-standart-p6m5-m-2-2-sht-v-blistere-din-338-kranz-24756" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52-mm-standart-p6m5-m-2-1-sht-v-blistere-din-338-kranz-24759" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30496" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30492" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigranniy-hvostovik-1-sht-v-upakovke-din-338-kranz-30502" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -725,910 +725,910 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>86.54</v>
+        <v>117.35</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1918</v>
+        <v>928</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>160.37</v>
+        <v>321.95</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1179</v>
+        <v>570</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>101.92</v>
+        <v>164.28</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2605</v>
+        <v>594</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>105.26</v>
+        <v>211.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>182.44</v>
+        <v>821.42</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>623</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>273.44</v>
+        <v>163.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>400</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>223.87</v>
+        <v>137.19</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>262</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>892.93</v>
+        <v>122.99</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>633</v>
+        <v>3387</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>252.2</v>
+        <v>75.16</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>73.9</v>
+        <v>256.49</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>129.04</v>
+        <v>422.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>150</v>
+        <v>1</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>278.41</v>
+        <v>799.31</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>417</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>415.27</v>
+        <v>82.32</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>134.9</v>
+        <v>145.55</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>520.67</v>
+        <v>326.89</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>150</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>174.96</v>
+        <v>159.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F18" s="3">
-        <v>633</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>133.09</v>
+        <v>131.23</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I19" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>418.82</v>
+        <v>244.47</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>246</v>
+        <v>426</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>129.63</v>
+        <v>103.65</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>911</v>
+        <v>110</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>400</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>785.95</v>
+        <v>107.05</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>80.94</v>
+        <v>185.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>143.12</v>
+        <v>278.09</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>36</v>
+        <v>1225</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>492.69</v>
+        <v>501.07</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>321.43</v>
+        <v>97.84</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>150</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>316.57</v>
+        <v>191.46</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="F27" s="3">
-        <v>714</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>120.93</v>
+        <v>88.01</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>3507</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>400</v>
       </c>
       <c r="I28" s="3">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>149.22</v>
+        <v>135.35</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>847</v>
+        <v>540</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>400</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>188.26</v>
+        <v>151.76</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>157.18</v>
+        <v>425.94</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>247</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>96.2</v>
+        <v>529.52</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>150</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>