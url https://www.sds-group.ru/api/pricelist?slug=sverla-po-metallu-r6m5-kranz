--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,237 +42,237 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу Р6М5 Kranz</t>
   </si>
   <si>
+    <t>KR-91-0522</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2,5х57х30мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>KR-91-0525</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4х75х43мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0528</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0530</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7х109х96мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0531</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5,5х93х57мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0532</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 6,5х101х63мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0535</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7,5х109х69мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0537</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 12х151х101мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0536</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8х117х75мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0521</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2х49х24мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0523</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3х61х33мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0524</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,2х65х36мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0526</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 5х86х52мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0533</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9х125х81мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0534</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-0527</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-0529</t>
   </si>
   <si>
     <t>Сверло по металлу 4,5х80х47мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...32 lines deleted...]
-    <t>Сверло по металлу 3,5х70х39мм «Стандарт+» (P6M5 M-2) DIN 338, 2 шт. в блистере KRANZ</t>
+    <t>KR-91-5510</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 9мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-91-5512</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 12мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5501</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5507</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 6мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5500</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5508</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 7мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5505</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 4,5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5511</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 10мм, Р6М5, ТИТАН,шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
+    <t>KR-91-5509</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 8мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
     <t>KR-91-5504</t>
   </si>
   <si>
     <t>Сверло по металлу, 4,2мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
-    <t>шт</t>
-[...49 lines deleted...]
-  <si>
     <t>KR-91-5506</t>
   </si>
   <si>
     <t>Сверло по металлу, 5мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
   </si>
   <si>
+    <t>KR-91-5502</t>
+  </si>
+  <si>
+    <t>Сверло по металлу, 3мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
+  </si>
+  <si>
     <t>KR-91-5503</t>
   </si>
   <si>
     <t>Сверло по металлу, 4мм, Р6М5, ТИТАН, шестигранный хвостовик (1 шт. в упаковке) DIN 338 KRANZ</t>
-  </si>
-[...76 lines deleted...]
-    <t>Сверло по металлу 10х133х87мм «Стандарт+» (P6M5 M-2) DIN 338, 1 шт. в блистере KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -657,51 +657,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5h57h30mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4h75h43mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7h109h96mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5-5h93h57mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6-5h101h63mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7-5h109h69mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12h151h101mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8h117h75mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2h49h24mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3h61h33mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-2h65h36mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5h86h52mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9h125h81mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10h133h87mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3-5h70h39mm-standart-p6m5-m-2-din-338-2-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5h80h47mm-standart-p6m5-m-2-din-338-1-sht-v-blistere-kranz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-9mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-12mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-6mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-7mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-10mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-8mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4-2mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-5mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-3mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-4mm-r6m5-titan-shestigrannyy-hvostovik-1-sht-v-upakovke-din-338-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I32"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -725,910 +725,910 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>117.35</v>
+        <v>98.47</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>928</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>321.95</v>
+        <v>101.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>570</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>164.28</v>
+        <v>176.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>594</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>400</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>211.22</v>
+        <v>264.19</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>821.42</v>
+        <v>156.07</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>623</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>163.1</v>
+        <v>200.66</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1162</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>137.19</v>
+        <v>232.25</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>122.99</v>
+        <v>739.28</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>3387</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>75.16</v>
+        <v>305.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>256.49</v>
+        <v>83.61</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>422.33</v>
+        <v>116.84</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>799.31</v>
+        <v>128.58</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>82.32</v>
+        <v>144.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>145.55</v>
+        <v>404.64</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>326.89</v>
+        <v>476.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>150</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>159.85</v>
+        <v>154.95</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>131.23</v>
+        <v>111.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>401.21</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C20" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>426</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>103.65</v>
+        <v>719.38</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>107.05</v>
+        <v>78.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>185.54</v>
+        <v>181.89</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F23" s="3">
         <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>278.09</v>
+        <v>71.4</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1225</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>501.07</v>
+        <v>243.67</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="F25" s="3">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>97.84</v>
+        <v>138.27</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F26" s="3">
-        <v>88</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>150</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>191.46</v>
+        <v>450.96</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>88.01</v>
+        <v>310.55</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I28" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>135.35</v>
+        <v>130.33</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F29" s="3">
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I29" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>151.76</v>
+        <v>151.86</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F30" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>425.94</v>
+        <v>92.95</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>247</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>529.52</v>
+        <v>124.67</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>150</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>