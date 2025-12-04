--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -42,123 +42,123 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу ступенчатые Kranz</t>
   </si>
   <si>
+    <t>KR-12-6611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-20,0мм, 76мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>KR-12-6603</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 4,0-32,0мм, 102мм, 62 HRC KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>KR-12-6601</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-20,0мм, 76мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6615</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
   </si>
   <si>
     <t>KR-12-6602</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 4,0-30,0мм, 98мм, 62 HRC KRANZ</t>
   </si>
   <si>
+    <t>KR-12-6604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 9,0-36,0мм, 110мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-6612</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-30,0мм, 98мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6614</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-6613</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-32,0мм, 102мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6611</t>
-[...8 lines deleted...]
-    <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
+    <t>KR-12-6620</t>
+  </si>
+  <si>
+    <t>Набор ступенчатых сверл 4-12мм, 4-20мм, 4-32мм, HSS-TiN, ТИТАН, 3 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
   </si>
   <si>
     <t>KR-12-6616</t>
   </si>
   <si>
     <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
-  </si>
-[...19 lines deleted...]
-    <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -543,51 +543,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0-mm-76-mm-65-hrc-r6m5-tin-kranz-26953" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0-mm-102-mm-62-hrc-kranz-24751" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0-mm-76-mm-62-hrc-kranz-26951" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz-30503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0-mm-98-mm-62-hrc-kranz-26952" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0-mm-110-mm-62-hrc-kranz-24752" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0-mm-110-mm-65-hrc-r6m5-tin-kranz-24753" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0-mm-98-mm-65-hrc-r6m5-tin-kranz-26954" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0-mm-102-mm-65-hrc-r6m5-tin-kranz-26955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatih-sverl-4-12-4-20-4-32mm-hss-tin-titan-3-sht-kranz-30498" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz-30485" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -611,359 +611,359 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1631.17</v>
+        <v>1456.58</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2816</v>
+        <v>544</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>1631.17</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1672</v>
+        <v>1623</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>2884.24</v>
+        <v>869.83</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1413</v>
+        <v>860</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3751.48</v>
+        <v>733.16</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3906.5</v>
+        <v>1631.17</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>493</v>
+        <v>1469</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1456.58</v>
+        <v>1974.69</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>728</v>
+        <v>784</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>733.16</v>
+        <v>3751.48</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>815</v>
+        <v>518</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2698.04</v>
+        <v>2884.24</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>707</v>
+        <v>1237</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>40</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3026.5</v>
+        <v>3906.5</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1</v>
+        <v>331</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>869.83</v>
+        <v>3026.5</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>1120</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>1974.69</v>
+        <v>2698.04</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1117</v>
+        <v>650</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>