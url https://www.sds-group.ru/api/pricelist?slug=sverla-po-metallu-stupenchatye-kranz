--- v1 (2025-12-04)
+++ v2 (2026-01-22)
@@ -42,123 +42,123 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу ступенчатые Kranz</t>
   </si>
   <si>
+    <t>KR-12-6612</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-30,0мм, 98мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-12-6601</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-20,0мм, 76мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6613</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-32,0мм, 102мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 9,0-36,0мм, 110мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6615</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6616</t>
+  </si>
+  <si>
+    <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6602</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-30,0мм, 98мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6620</t>
+  </si>
+  <si>
+    <t>Набор ступенчатых сверл 4-12мм, 4-20мм, 4-32мм, HSS-TiN, ТИТАН, 3 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
     <t>KR-12-6611</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-20,0мм, 76мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-6603</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 4,0-32,0мм, 102мм, 62 HRC KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6601</t>
-[...16 lines deleted...]
-  <si>
     <t>KR-12-6604</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
-  </si>
-[...31 lines deleted...]
-    <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -543,51 +543,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0-mm-76-mm-65-hrc-r6m5-tin-kranz-26953" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0-mm-102-mm-62-hrc-kranz-24751" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0-mm-76-mm-62-hrc-kranz-26951" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz-30503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0-mm-98-mm-62-hrc-kranz-26952" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0-mm-110-mm-62-hrc-kranz-24752" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0-mm-110-mm-65-hrc-r6m5-tin-kranz-24753" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0-mm-98-mm-65-hrc-r6m5-tin-kranz-26954" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0-mm-102-mm-65-hrc-r6m5-tin-kranz-26955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatih-sverl-4-12-4-20-4-32mm-hss-tin-titan-3-sht-kranz-30498" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz-30485" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -611,359 +611,359 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1456.58</v>
+        <v>2444.71</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>544</v>
+        <v>563</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1631.17</v>
+        <v>884.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1623</v>
+        <v>680</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>869.83</v>
+        <v>3520.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>860</v>
+        <v>100</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>733.16</v>
+        <v>3324.81</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>631</v>
+        <v>476</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1631.17</v>
+        <v>684.52</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1469</v>
+        <v>474</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>1974.69</v>
+        <v>2542.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>784</v>
+        <v>444</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>3751.48</v>
+        <v>1378.82</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>518</v>
+        <v>1324</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>2884.24</v>
+        <v>3077.95</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>1237</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>3906.5</v>
+        <v>1232.13</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>331</v>
+        <v>454</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>3026.5</v>
+        <v>1466.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>1028</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>2698.04</v>
+        <v>1857.98</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>650</v>
+        <v>667</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>