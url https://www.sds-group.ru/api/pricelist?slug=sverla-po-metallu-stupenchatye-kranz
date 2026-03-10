--- v2 (2026-01-22)
+++ v3 (2026-03-10)
@@ -42,123 +42,123 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Сверла по металлу ступенчатые Kranz</t>
   </si>
   <si>
+    <t>KR-12-6603</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-32,0мм, 102мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>KR-12-6602</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 4,0-30,0мм, 98мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6604</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
+  </si>
+  <si>
+    <t>KR-12-6614</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 9,0-36,0мм, 110мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-6612</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-30,0мм, 98мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-6601</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое 4,0-20,0мм, 76мм, 62 HRC KRANZ</t>
   </si>
   <si>
+    <t>KR-12-6611</t>
+  </si>
+  <si>
+    <t>Сверло по металлу ступенчатое ТИТАН 4,0-20,0мм, 76мм, 65 HRC, Р6М5 TiN KRANZ</t>
+  </si>
+  <si>
     <t>KR-12-6613</t>
   </si>
   <si>
     <t>Сверло по металлу ступенчатое ТИТАН 4,0-32,0мм, 102мм, 65 HRC, Р6М5 TiN KRANZ</t>
   </si>
   <si>
-    <t>KR-12-6614</t>
-[...4 lines deleted...]
-  <si>
     <t>KR-12-6615</t>
   </si>
   <si>
     <t>Сверло ступенчатое, 4-5-6-7-8-9-10-11-12мм, Р6М5, ТИТАН, шестигр. хвостовик KRANZ</t>
   </si>
   <si>
+    <t>KR-12-6620</t>
+  </si>
+  <si>
+    <t>Набор ступенчатых сверл 4-12мм, 4-20мм, 4-32мм, HSS-TiN, ТИТАН, 3 шт. KRANZ</t>
+  </si>
+  <si>
+    <t>наб.</t>
+  </si>
+  <si>
     <t>KR-12-6616</t>
   </si>
   <si>
     <t>Сверло ступенчатое, 6-8-10-12-14-16-18-20-22-24-26-28-30мм, Р6М5, ТИТАН, трехгр.хвостовик KRANZ</t>
-  </si>
-[...31 lines deleted...]
-    <t>Сверло по металлу ступенчатое 9,0-36,0мм, 110мм, 62 HRC KRANZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -543,51 +543,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-32-0mm-102mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-30-0mm-98mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-9-0-36-0mm-110mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-9-0-36-0mm-110mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-30-0mm-98mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-4-0-20-0mm-76mm-62-hrc-kranz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-20-0mm-76mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-po-metallu-stupenchatoe-titan-4-0-32-0mm-102mm-65-hrc-r6m5-tin-kranz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-4-5-6-7-8-9-10-11-12mm-r6m5-titan-shestigr-hvostovik-kranz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-stupenchatyh-sverl-4-12mm-4-20mm-4-32mm-hss-tin-titan-3-sht-kranz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sverlo-stupenchatoe-6-8-10-12-14-16-18-20-22-24-26-28-30mm-r6m5-titan-trehgr-hvostovik-kranz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I13"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -611,359 +611,359 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>2444.71</v>
+        <v>1158.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>563</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>884.62</v>
+        <v>1089.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>680</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>3520.38</v>
+        <v>1467.8</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3324.81</v>
+        <v>2427.11</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>476</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>40</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>684.52</v>
+        <v>1882.43</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>474</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2542.5</v>
+        <v>707.7</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>444</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1378.82</v>
+        <v>973.38</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1324</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>3077.95</v>
+        <v>2569.88</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1232.13</v>
+        <v>547.62</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>454</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>60</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>1466.83</v>
+        <v>2370.02</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>1028</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>1857.98</v>
+        <v>1957.73</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>667</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>40</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>