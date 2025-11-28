--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,493 +8,439 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="129">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильник светодиодный</t>
   </si>
   <si>
+    <t>607-211</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 5Вт IP20 4000K нейтральный свет 315мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>607-210</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>608-004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый GX53 Series H4-PRO, белый с кольцом в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>607-263</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>621-1129</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 250х105мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-250</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-268</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-209</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
     <t>607-212</t>
   </si>
   <si>
     <t>Светильник линейный T5 5Вт IP20 6500K холодный свет 315мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>607-217</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 4000K нейтральный свет 1179мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-205</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-208</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком REXANT</t>
+  </si>
+  <si>
+    <t>607-201</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-274</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-218</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-203</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-207</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-260</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-271</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-256</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-204</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-206</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-285</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-253</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-266</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-286</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-258</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-213</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 8Вт IP20 4000K нейтральный свет 565мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-215</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 12Вт IP20 4000K нейтральный свет 869мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-279</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 24Вт 2280Лм 6500K REXANT</t>
   </si>
   <si>
     <t>607-202</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K REXANT</t>
   </si>
   <si>
-    <t>607-206</t>
-[...26 lines deleted...]
-    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+    <t>608-003</t>
+  </si>
+  <si>
+    <t>Светильник GX53 золото, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>607-287</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>608-002</t>
+  </si>
+  <si>
+    <t>Светильник GX53 хром, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>608-001</t>
+  </si>
+  <si>
+    <t>Светильник GX53 белый, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>621-1128</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
   </si>
   <si>
     <t>621-1124</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 600мм IP20 (без ПРА) REXANT</t>
   </si>
   <si>
-    <t>607-250</t>
-[...134 lines deleted...]
-    <t>Комплект лампы и светильника GX53  «ЯРКИЙ НЕЙТРАЛЬНЫЙ СЕРЕБРЯНЫЙ» лампа 15,5 Вт  нейтрального белого цвета свечения 4000 K и светильник под лампу GX5</t>
+    <t>621-1125</t>
+  </si>
+  <si>
+    <t>Светильник ДПО под светодиодную лампу 2хТ8 1200мм IP20 (без ПРА) REXANT</t>
+  </si>
+  <si>
+    <t>1.1 Светильник светодиодный СПО IP20</t>
+  </si>
+  <si>
+    <t>607-018</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-002</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м (хит продаж!) REXANT</t>
+  </si>
+  <si>
+    <t>607-017</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-021</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-022</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-021-1</t>
+  </si>
+  <si>
+    <t>Комплект Светодиодный линейный светильник REXANT СПО 110 ОПАЛ 55 Вт, 185-265 В, IP20, 5225 Лм, 4000 K нейтральный свет + Сетевой шнур с выключателем</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>607-024</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-015</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-011</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник линейный СПО опал IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT </t>
+  </si>
+  <si>
+    <t>607-012</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-014</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-016</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-023</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Светильник светодиодный ССП IP65</t>
+  </si>
+  <si>
+    <t>607-020</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-019</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
   </si>
   <si>
     <t>607-009</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП2 IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
   </si>
   <si>
-    <t>607-020</t>
-[...28 lines deleted...]
-  <si>
     <t>607-010</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП2 IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
   </si>
   <si>
-    <t>607-015</t>
-[...34 lines deleted...]
-  <si>
     <t>607-070</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
-  </si>
-[...133 lines deleted...]
-    <t>Комплект лампы и светильника GX53 «КОМФОРТНЫЙ НЕЙТРАЛЬНЫЙ ЗОЛОТОЙ» лампа 10,5 Вт нейтрального белого цвета свечения 4000 K и светильник под лампу GX5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -879,56 +825,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rex.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-24vt-2280lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-4000k-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-teplyy-serebryanyy-lampa-15-5-vt-teplogo-belogo-tsveta-svech.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-neytralnyy-serebryanyy-lampa-15-5-vt-neytralnogo-belogo-tsve.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnyy-lineynyy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-ney.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-teplyy-belyy-lampa-15-5-vt-teplogo-belogo-tsveta-svecheniya-.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-neytralnyy-belyy-lampa-10-5-vt-neytralnogo-belogo-tsveta.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-neytralnyy-serebryanyy-lampa-10-5-vt-neytralnogo-belogo-.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-neytralnyy-belyy-lampa-15-5-vt-neytralnogo-belogo-tsveta-sve.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-teplyy-zolotoy-lampa-10-5-vt-teplogo-belogo-tsveta-svech.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-teplyy-belyy-lampa-10-5-vt-teplogo-belogo-tsveta-svechen.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-teplyy-zolotoy-lampa-15-5-vt-teplogo-belogo-tsveta-svecheniy.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-yarkiy-neytralnyy-zolotoy-lampa-15-5-vt-neytralnogo-belogo-tsveta-s.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-teplyy-serebryanyy-lampa-10-5-vt-teplogo-belogo-tsveta-s.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-lampy-i-svetilnika-gx53-komfortnyy-neytralnyy-zolotoy-lampa-10-5-vt-neytralnogo-belogo-tsve.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-4000k-neytralniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21257" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21273" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-gx53-series-h4-pro-beliy-s-koltsom-v-komplekte-rexant-29703" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-4000k-rexant-27516" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-250h105mm-ip65-rexant-30150" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-4000k-rexant-27503" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-4000k-rexant-27521" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21272" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-ip20-6500k-holodniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21258" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-4000k-neytralniy-svet-1179mm-s-viklyuchatelem-i-soedinitelem-rexant-21262" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-rexant-21268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-rexant-21271" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-rexant-21264" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27527" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-6500k-holodniy-svet-1179-mm-s-viklyuchatelem-i-soedinitelem-rexant-21263" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-rexant-21266" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21270" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-4000k-rexant-27513" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-4000k-rexant-27524" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27509" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-rexant-21267" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-rexant-21269" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-rexant-27538" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-4000k-rexant-27506" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27519" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27539" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27511" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-8vt-ip20-4000k-neytralniy-svet-565mm-s-viklyuchatelem-i-soedinitelem-rexant-21259" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-12vt-ip20-4000k-neytralniy-svet-869mm-s-viklyuchatelem-i-soedinitelem-rexant-21261" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-24vt-2200lm-6500k-rexant-27532" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-rexant-21265" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21865" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27540" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21835" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-beliy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21834" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-190x85mm-ip65-rexant-30149" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant-30194" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant-30195" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21833" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-hit-prodaj-rexant-21825" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21832" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26116" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26117" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodniy-lineyniy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-neytralniy-svet-setevoy-shnur-s-viklyuchatelem-31394" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21830" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21826" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21828" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21827" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21829" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21831" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26118" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-1-21824" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-1-21823" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21821" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21822" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-27553" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I69"/>
+  <dimension ref="A1:I61"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -976,2028 +922,1756 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>239.37</v>
+        <v>799.56</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>4947</v>
+        <v>1595</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>480</v>
+        <v>105.82</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1406</v>
+        <v>2222</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>638.65</v>
+        <v>290</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>866</v>
+        <v>739</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>351.99</v>
+        <v>1122.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>1736</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>201.11</v>
+        <v>189.99</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2095</v>
+        <v>2955</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>459.99</v>
+        <v>441.35</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1181</v>
+        <v>4770</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>735.44</v>
+        <v>459.99</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1333</v>
+        <v>1032</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>189.99</v>
+        <v>351.99</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>201.11</v>
+        <v>486.56</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1192</v>
+        <v>4372</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>696.72</v>
+        <v>290</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2189</v>
+        <v>2574</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>781.12</v>
+        <v>638.65</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1204</v>
+        <v>758</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>387.76</v>
+        <v>189.99</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1428</v>
+        <v>5599</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>239.37</v>
+        <v>689.79</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>2239</v>
+        <v>664</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>290</v>
+        <v>486.56</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>826</v>
+        <v>5341</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>689.79</v>
+        <v>441.35</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>864</v>
+        <v>3368</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>40</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>441.35</v>
+        <v>486.56</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>5585</v>
+        <v>2522</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1047.54</v>
+        <v>239.37</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1243</v>
+        <v>1867</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>475.37</v>
+        <v>480</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>1017</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>486.56</v>
+        <v>387.76</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>6136</v>
+        <v>1097</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>486.56</v>
+        <v>201.11</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>5761</v>
+        <v>1874</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>189.99</v>
+        <v>480</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>6166</v>
+        <v>1115</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>441.35</v>
+        <v>781.12</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>4162</v>
+        <v>127</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>290</v>
+        <v>201.11</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>2640</v>
+        <v>1157</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>486.56</v>
+        <v>528.13</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>2727</v>
+        <v>1698</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>799.56</v>
+        <v>1047.54</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>1779</v>
+        <v>721</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>410.05</v>
+        <v>466.48</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>2015</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>466.48</v>
+        <v>410.05</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2083</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>480</v>
+        <v>475.37</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1099</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>763.14</v>
+        <v>696.72</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>57</v>
+        <v>3194</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>763.14</v>
+        <v>239.37</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>65</v>
+        <v>3395</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>790.89</v>
+        <v>119.11</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>3211</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>1270.08</v>
+        <v>1149.54</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>367</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>491.19</v>
+        <v>119.11</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>11122</v>
+        <v>10129</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>344.86</v>
+        <v>94.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>4907</v>
+        <v>43556</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>340.12</v>
+        <v>739.2</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>4935</v>
+        <v>1390</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>20</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>491.19</v>
+        <v>735.44</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>3276</v>
+        <v>1207</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>1270.08</v>
+        <v>901.15</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>563</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>20</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
+      <c r="A41" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>119.11</v>
+        <v>491.19</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>10890</v>
+        <v>2604</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>119.11</v>
+        <v>491.19</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>3450</v>
+        <v>8746</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>94.6</v>
+        <v>340.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>53498</v>
+        <v>4328</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C45" s="3">
         <v>528.58</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>644</v>
+        <v>1636</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>20</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C46" s="3">
         <v>528.58</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>898</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>1278.9</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="C47" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="3">
-        <v>362</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>739.2</v>
+        <v>528.58</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1430</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>1122.3</v>
+        <v>340.12</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>1743</v>
+        <v>3653</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>779.12</v>
+        <v>340.12</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>343</v>
+        <v>1904</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>20</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>340.12</v>
+        <v>344.86</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>2404</v>
+        <v>4177</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
         <v>491.19</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>5810</v>
+        <v>4441</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>20</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
         <v>491.19</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>4240</v>
+        <v>2836</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>20</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
         <v>491.19</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>3655</v>
+        <v>2933</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>20</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>1421</v>
+        <v>528.58</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A56" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A56" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B56" s="2"/>
+      <c r="C56" s="2"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+      <c r="H56" s="2"/>
+      <c r="I56" s="2"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>901.15</v>
+        <v>1270.08</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>858</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>20</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>528.58</v>
+        <v>779.12</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>2321</v>
+        <v>130</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>20</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>942.14</v>
+        <v>790.89</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C60" s="3">
-        <v>822.87</v>
+        <v>1270.08</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>671.87</v>
+        <v>1253.34</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>359</v>
+        <v>11</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I61" s="3">
-        <v>0</v>
-[...231 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="3">
     <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A56:I56"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
-    <hyperlink ref="D41" r:id="rId39"/>
-[...27 lines deleted...]
-    <hyperlink ref="D69" r:id="rId67"/>
+    <hyperlink ref="D42" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId41"/>
+    <hyperlink ref="D45" r:id="rId42"/>
+    <hyperlink ref="D46" r:id="rId43"/>
+    <hyperlink ref="D47" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId45"/>
+    <hyperlink ref="D49" r:id="rId46"/>
+    <hyperlink ref="D50" r:id="rId47"/>
+    <hyperlink ref="D51" r:id="rId48"/>
+    <hyperlink ref="D52" r:id="rId49"/>
+    <hyperlink ref="D53" r:id="rId50"/>
+    <hyperlink ref="D54" r:id="rId51"/>
+    <hyperlink ref="D55" r:id="rId52"/>
+    <hyperlink ref="D57" r:id="rId53"/>
+    <hyperlink ref="D58" r:id="rId54"/>
+    <hyperlink ref="D59" r:id="rId55"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>