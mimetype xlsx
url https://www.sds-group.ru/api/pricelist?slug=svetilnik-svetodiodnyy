--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -8,439 +8,448 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="132">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильник светодиодный</t>
   </si>
   <si>
+    <t>608-002</t>
+  </si>
+  <si>
+    <t>Светильник GX53 хром, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>608-003</t>
+  </si>
+  <si>
+    <t>Светильник GX53 золото, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>608-004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый GX53 Series H4-PRO, белый с кольцом в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>608-001</t>
+  </si>
+  <si>
+    <t>Светильник GX53 белый, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>1.1 Светильник светодиодный СПО IP20</t>
+  </si>
+  <si>
+    <t>607-012</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-011</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-021-1</t>
+  </si>
+  <si>
+    <t>Комплект Светодиодный линейный светильник REXANT СПО 110 ОПАЛ 55 Вт, 185-265 В, IP20, 5225 Лм, 4000 K нейтральный свет + Сетевой шнур с выключателем</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>607-002</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м (хит продаж!) REXANT</t>
+  </si>
+  <si>
+    <t>607-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник линейный СПО опал IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT </t>
+  </si>
+  <si>
+    <t>607-014</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-015</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-016</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-017</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-018</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-021</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-022</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-023</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-024</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Светильник светодиодный ССП IP65</t>
+  </si>
+  <si>
+    <t>607-019</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-010</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП2 IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-070</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-020</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-009</t>
+  </si>
+  <si>
+    <t>Светильник линейный пылевлагозащищенный ССП2 IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Светильники ЖКХ IP65</t>
+  </si>
+  <si>
+    <t>607-204</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-207</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-210</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-250</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-253</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-258</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-260</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-266</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-271</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-279</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 24Вт 2280Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-285</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-256</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-286</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-263</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-274</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>621-1128</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-208</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком REXANT</t>
+  </si>
+  <si>
+    <t>607-203</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-206</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-201</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-209</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-202</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>621-1129</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 250х105мм IP65 REXANT</t>
+  </si>
+  <si>
+    <t>607-205</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-268</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-287</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Светильники T5</t>
+  </si>
+  <si>
+    <t>607-215</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 12Вт IP20 4000K нейтральный свет 869мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
     <t>607-211</t>
   </si>
   <si>
     <t>Светильник линейный T5 5Вт IP20 4000K нейтральный свет 315мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...44 lines deleted...]
-    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+    <t>607-213</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 8Вт IP20 4000K нейтральный свет 565мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-217</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 4000K нейтральный свет 1179мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
     <t>607-212</t>
   </si>
   <si>
     <t>Светильник линейный T5 5Вт IP20 6500K холодный свет 315мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>607-217</t>
-[...28 lines deleted...]
-  <si>
     <t>607-218</t>
   </si>
   <si>
     <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>607-203</t>
-[...122 lines deleted...]
-    <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
+    <t>1.5 Светильник под лампу Т8</t>
   </si>
   <si>
     <t>621-1124</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 600мм IP20 (без ПРА) REXANT</t>
   </si>
   <si>
     <t>621-1125</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 1200мм IP20 (без ПРА) REXANT</t>
-  </si>
-[...121 lines deleted...]
-    <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -825,56 +834,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-4000k-neytralniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21257" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21273" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-gx53-series-h4-pro-beliy-s-koltsom-v-komplekte-rexant-29703" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-4000k-rexant-27516" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-250h105mm-ip65-rexant-30150" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-4000k-rexant-27503" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-4000k-rexant-27521" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21272" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-5vt-ip20-6500k-holodniy-svet-315mm-s-viklyuchatelem-i-soedinitelem-rexant-21258" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-4000k-neytralniy-svet-1179mm-s-viklyuchatelem-i-soedinitelem-rexant-21262" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-12vt-1000lm-6500k-rexant-21268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-rexant-21271" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-rexant-21264" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27527" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-16vt-ip20-6500k-holodniy-svet-1179-mm-s-viklyuchatelem-i-soedinitelem-rexant-21263" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-18vt-1800lm-6500k-rexant-21266" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-21270" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-4000k-rexant-27513" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-4000k-rexant-27524" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27509" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-rexant-21267" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-18vt-1800lm-6500k-rexant-21269" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-rexant-27538" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-4000k-rexant-27506" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27519" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27539" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-oval-ip65-8vt-700lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-rexant-27511" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-8vt-ip20-4000k-neytralniy-svet-565mm-s-viklyuchatelem-i-soedinitelem-rexant-21259" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-t5-ip20-12vt-ip20-4000k-neytralniy-svet-869mm-s-viklyuchatelem-i-soedinitelem-rexant-21261" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-24vt-2200lm-6500k-rexant-27532" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-12vt-1000lm-6500k-rexant-21265" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21865" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-led-pilevlagozaschischenniy-krug-ip65-30vt-3200lm-6500k-s-mikrovolnovim-datchikom-dvijeniya-dejurniy-svet-rexant-27540" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21835" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-beliy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant-21834" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-jkh-03-pod-lampu-krug-190x85mm-ip65-rexant-30149" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant-30194" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant-30195" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21833" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-hit-prodaj-rexant-21825" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21832" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26116" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26117" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodniy-lineyniy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-neytralniy-svet-setevoy-shnur-s-viklyuchatelem-31394" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-6500k-holodniy-svet-1-2m-rexant-26119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21830" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-4000k-neytralniy-svet-0-6m-rexant-21826" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21828" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21827" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-opal-ip20-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21829" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-36vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-21831" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-spo-prizma-ip20-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-26118" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-1-21824" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-1-21823" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-18vt-185-265v-6500k-holodniy-svet-0-6m-rexant-21821" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-36vt-185-265v-6500k-holodniy-svet-1-2m-rexant-21822" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineyniy-pilevlagozaschischenniy-ssp-ip65-55vt-185-265v-4000k-neytralniy-svet-1-2m-rexant-27553" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnyy-lineynyy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-ney" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-24vt-2280lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rex" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I64"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -893,1785 +902,1827 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>351.99</v>
+        <v>121.13</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>2391</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>799.56</v>
+        <v>121.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1595</v>
+        <v>2865</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>105.82</v>
+        <v>107.62</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2222</v>
+        <v>2253</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>290</v>
+        <v>96.21</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>739</v>
+        <v>32490</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>189.99</v>
+        <v>499.54</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2955</v>
+        <v>3167</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>441.35</v>
+        <v>345.9</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>4770</v>
+        <v>456</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>1170.58</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>1032</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>351.99</v>
+        <v>499.54</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>2474</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>486.56</v>
+        <v>350.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>4372</v>
+        <v>3781</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>290</v>
+        <v>499.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2574</v>
+        <v>973</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>638.65</v>
+        <v>345.9</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>758</v>
+        <v>491</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>189.99</v>
+        <v>499.54</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>5599</v>
+        <v>619</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>689.79</v>
+        <v>345.9</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>664</v>
+        <v>2418</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>486.56</v>
+        <v>499.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>5341</v>
+        <v>575</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>441.35</v>
+        <v>537.57</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3368</v>
+        <v>637</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>486.56</v>
+        <v>537.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2522</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>239.37</v>
+        <v>537.57</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1867</v>
+        <v>1</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>480</v>
+        <v>537.57</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1017</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>201.11</v>
+        <v>792.37</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1874</v>
+        <v>55</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>480</v>
+        <v>1291.67</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1115</v>
+        <v>2</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>781.12</v>
+        <v>1274.65</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>127</v>
+        <v>3</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>201.11</v>
+        <v>1291.67</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1157</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3">
+        <v>804.34</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="3">
+        <v>0</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>20</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="C27" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>466.48</v>
+        <v>204.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2015</v>
+        <v>1842</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>410.05</v>
+        <v>420.6</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>1879</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>475.37</v>
+        <v>691.18</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>0</v>
+        <v>582</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>696.72</v>
+        <v>193.22</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>3194</v>
+        <v>2509</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>40</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>239.37</v>
+        <v>204.53</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>3395</v>
+        <v>1146</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>119.11</v>
+        <v>474.41</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>3211</v>
+        <v>1894</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>1149.54</v>
+        <v>219.09</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>367</v>
+        <v>802</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>119.11</v>
+        <v>456.55</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>10129</v>
+        <v>648</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>94.6</v>
+        <v>439.34</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>43556</v>
+        <v>909</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>739.2</v>
+        <v>602.27</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>1390</v>
+        <v>2629</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>735.44</v>
+        <v>675.24</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>1207</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C40" s="3">
+        <v>374.64</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="3">
+        <v>974</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>100</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="C40" s="3">
-[...32 lines deleted...]
-      <c r="I41" s="2"/>
+      <c r="C41" s="3">
+        <v>905.54</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="3">
+        <v>380</v>
+      </c>
+      <c r="G41" s="3">
+        <v>1</v>
+      </c>
+      <c r="H41" s="3">
+        <v>60</v>
+      </c>
+      <c r="I41" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>491.19</v>
+        <v>280.18</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>2604</v>
+        <v>667</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>491.19</v>
+        <v>596.29</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>8746</v>
+        <v>511</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>340.12</v>
+        <v>699.14</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>4328</v>
+        <v>1378</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>528.58</v>
+        <v>617.04</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>1636</v>
+        <v>614</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>528.58</v>
+        <v>381.52</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>1977</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3">
+        <v>439.34</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="3">
+        <v>1049</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
         <v>100</v>
       </c>
-      <c r="C47" s="3">
-[...16 lines deleted...]
-      </c>
       <c r="I47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>528.58</v>
+        <v>193.22</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>5545</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>340.12</v>
+        <v>397.63</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>3653</v>
+        <v>868</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>340.12</v>
+        <v>219.09</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1904</v>
+        <v>1818</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>344.86</v>
+        <v>1061.49</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>4177</v>
+        <v>1718</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>20</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>491.19</v>
+        <v>280.18</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>4441</v>
+        <v>1162</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>491.19</v>
+        <v>381.52</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>2836</v>
+        <v>3594</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="C54" s="3">
+        <v>993.72</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="3">
+        <v>355</v>
+      </c>
+      <c r="G54" s="3">
+        <v>1</v>
+      </c>
+      <c r="H54" s="3">
+        <v>30</v>
+      </c>
+      <c r="I54" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+      <c r="H55" s="2"/>
+      <c r="I55" s="2"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C54" s="3">
-[...22 lines deleted...]
-      <c r="A55" s="3" t="s">
+      <c r="B56" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...11 lines deleted...]
-      <c r="F55" s="3">
+      <c r="C56" s="3">
+        <v>483.45</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="3">
         <v>0</v>
       </c>
-      <c r="G55" s="3">
-[...20 lines deleted...]
-      <c r="I56" s="2"/>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>25</v>
+      </c>
+      <c r="I56" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C57" s="3">
-        <v>1270.08</v>
+        <v>357.97</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C58" s="3">
-        <v>779.12</v>
+        <v>417.02</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C59" s="3">
-        <v>790.89</v>
+        <v>494.83</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>3812</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>1270.08</v>
+        <v>357.97</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="3">
+        <v>494.83</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="3">
+        <v>5153</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>25</v>
+      </c>
+      <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C61" s="3">
-[...14 lines deleted...]
-      <c r="H61" s="3">
+      <c r="B63" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C63" s="3">
+        <v>747.94</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="3">
+        <v>1216</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>12</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C64" s="3">
+        <v>916.47</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="3">
+        <v>533</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
         <v>20</v>
       </c>
-      <c r="I61" s="3">
+      <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
-    <mergeCell ref="A41:I41"/>
-    <mergeCell ref="A56:I56"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A28:I28"/>
+    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A62:I62"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
-    <hyperlink ref="D7" r:id="rId5"/>
-[...51 lines deleted...]
-    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D49" r:id="rId44"/>
+    <hyperlink ref="D50" r:id="rId45"/>
+    <hyperlink ref="D51" r:id="rId46"/>
+    <hyperlink ref="D52" r:id="rId47"/>
+    <hyperlink ref="D53" r:id="rId48"/>
+    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>