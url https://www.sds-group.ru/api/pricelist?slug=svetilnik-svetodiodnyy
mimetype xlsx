--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -8,433 +8,424 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="129">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильник светодиодный</t>
   </si>
   <si>
+    <t>608-001</t>
+  </si>
+  <si>
+    <t>Светильник GX53 белый, термостойкое пластиковое кольцо в комплекте REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>608-002</t>
   </si>
   <si>
     <t>Светильник GX53 хром, термостойкое пластиковое кольцо в комплекте REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>608-004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый GX53 Series H4-PRO, белый с кольцом в комплекте REXANT</t>
   </si>
   <si>
     <t>608-003</t>
   </si>
   <si>
     <t>Светильник GX53 золото, термостойкое пластиковое кольцо в комплекте REXANT</t>
   </si>
   <si>
-    <t>608-004</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1 Светильник светодиодный СПО IP20</t>
   </si>
   <si>
+    <t>607-013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник линейный СПО опал IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT </t>
+  </si>
+  <si>
+    <t>607-014</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-015</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-016</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-017</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
+  </si>
+  <si>
+    <t>607-021</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО опал IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-023</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-018</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
+    <t>607-024</t>
+  </si>
+  <si>
+    <t>Светильник линейный СПО призма IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
+  </si>
+  <si>
     <t>607-012</t>
   </si>
   <si>
     <t>Светильник линейный СПО опал IP20 36Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
   </si>
   <si>
     <t>607-011</t>
   </si>
   <si>
     <t>Светильник линейный СПО опал IP20 18Вт 185-265В 4000K нейтральный свет 0,6м REXANT</t>
   </si>
   <si>
-    <t>607-021-1</t>
-[...7 lines deleted...]
-  <si>
     <t>607-002</t>
   </si>
   <si>
     <t>Светильник линейный СПО опал IP20 36Вт 185-265В 6500K холодный свет 1,2м (хит продаж!) REXANT</t>
   </si>
   <si>
-    <t>607-013</t>
-[...40 lines deleted...]
-  <si>
     <t>607-022</t>
   </si>
   <si>
     <t>Светильник линейный СПО опал IP20 55Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
   </si>
   <si>
-    <t>607-023</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Светильник светодиодный ССП IP65</t>
   </si>
   <si>
     <t>607-019</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
   </si>
   <si>
     <t>607-010</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП2 IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
   </si>
   <si>
     <t>607-070</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП IP65 55Вт 185-265В 4000K нейтральный свет 1,2м REXANT</t>
   </si>
   <si>
     <t>607-020</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП IP65 36Вт 185-265В 6500K холодный свет 1,2м REXANT</t>
   </si>
   <si>
     <t>607-009</t>
   </si>
   <si>
     <t>Светильник линейный пылевлагозащищенный ССП2 IP65 18Вт 185-265В 6500K холодный свет 0,6м REXANT</t>
   </si>
   <si>
     <t>1.3 Светильники ЖКХ IP65</t>
   </si>
   <si>
+    <t>607-263</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-202</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-205</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-208</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком REXANT</t>
+  </si>
+  <si>
+    <t>607-256</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-266</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-268</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-271</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-274</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
+  </si>
+  <si>
+    <t>607-279</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 24Вт 2280Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-285</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K REXANT</t>
+  </si>
+  <si>
+    <t>607-286</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-207</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
+  </si>
+  <si>
+    <t>607-260</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 12Вт 1140Лм 4000K REXANT</t>
+  </si>
+  <si>
+    <t>607-203</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+  </si>
+  <si>
     <t>607-204</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K REXANT</t>
   </si>
   <si>
-    <t>607-207</t>
-[...4 lines deleted...]
-  <si>
     <t>607-210</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K с микроволновым датчиком движения REXANT</t>
   </si>
   <si>
     <t>607-250</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 4000K REXANT</t>
   </si>
   <si>
     <t>607-253</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 4000K REXANT</t>
   </si>
   <si>
     <t>607-258</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 8Вт 760Лм 6500K с микроволновым датчиком движения REXANT</t>
   </si>
   <si>
-    <t>607-260</t>
-[...52 lines deleted...]
-  <si>
     <t>621-1128</t>
   </si>
   <si>
     <t>Светильник ЖКХ-03 под лампу круг 190x85мм IP65 REXANT</t>
   </si>
   <si>
-    <t>607-208</t>
-[...8 lines deleted...]
-    <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 18Вт 1710Лм 6500K REXANT</t>
+    <t>621-1129</t>
+  </si>
+  <si>
+    <t>Светильник ЖКХ-03 под лампу круг 250х105мм IP65 REXANT</t>
   </si>
   <si>
     <t>607-206</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 18Вт 1710Лм 6500K REXANT</t>
   </si>
   <si>
     <t>607-201</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 8Вт 760Лм 6500K REXANT</t>
   </si>
   <si>
     <t>607-209</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный овал IP65 12Вт 1140Лм 6500K с микроволновым датчиком движения REXANT</t>
   </si>
   <si>
-    <t>607-202</t>
-[...22 lines deleted...]
-  <si>
     <t>607-287</t>
   </si>
   <si>
     <t>Светильник ЖКХ LED пылевлагозащищенный круг IP65 30Вт 2850Лм 6500K с микроволновым датчиком движения, дежурный свет REXANT</t>
   </si>
   <si>
     <t>1.4 Светильники T5</t>
   </si>
   <si>
+    <t>607-211</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 5Вт IP20 4000K нейтральный свет 315мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-212</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 5Вт IP20 6500K холодный свет 315мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-213</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 8Вт IP20 4000K нейтральный свет 565мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
+    <t>607-218</t>
+  </si>
+  <si>
+    <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
+  </si>
+  <si>
     <t>607-215</t>
   </si>
   <si>
     <t>Светильник линейный T5 12Вт IP20 4000K нейтральный свет 869мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
-    <t>607-211</t>
-[...10 lines deleted...]
-  <si>
     <t>607-217</t>
   </si>
   <si>
     <t>Светильник линейный T5 16Вт IP20 4000K нейтральный свет 1179мм с выключателем и соединителем REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Светильник линейный T5 16Вт IP20 6500K холодный свет 1179 мм с выключателем и соединителем REXANT</t>
   </si>
   <si>
     <t>1.5 Светильник под лампу Т8</t>
   </si>
   <si>
     <t>621-1124</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 600мм IP20 (без ПРА) REXANT</t>
   </si>
   <si>
     <t>621-1125</t>
   </si>
   <si>
     <t>Светильник ДПО под светодиодную лампу 2хТ8 1200мм IP20 (без ПРА) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -834,56 +825,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnyy-lineynyy-svetilnik-rexant-spo-110-opal-55-vt-185-265-v-ip20-5225-lm-4000-k-ney" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozaschischennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-24vt-2280lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizh" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rex" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-oval-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozaschischennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvi-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-belyy-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-hrom-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-gx53-series-h4-pro-belyy-s-koltsom-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-gx53-zoloto-termostoykoe-plastikovoe-koltso-v-komplekte-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-prizma-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-18vt-185-265v-4000k-neytralnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-36vt-185-265v-6500k-holodnyy-svet-1-2m-hit-prodazh-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-spo-opal-ip20-55vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp2-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp-ip65-55vt-185-265v-4000k-neytralnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp-ip65-36vt-185-265v-6500k-holodnyy-svet-1-2m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-pylevlagozashchishchennyy-ssp2-ip65-18vt-185-265v-6500k-holodnyy-svet-0-6m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-12vt-1140lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-dezhurnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-18vt-1710lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-dezhurnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-24vt-2280lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-30vt-2850lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-12vt-1140lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-18vt-1710lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-8vt-760lm-4000k-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-8vt-760lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-190x85mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-03-pod-lampu-krug-250h105mm-ip65-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-18vt-1710lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-8vt-760lm-6500k-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-oval-ip65-12vt-1140lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-zhkh-led-pylevlagozashchishchennyy-krug-ip65-30vt-2850lm-6500k-s-mikrovolnovym-datchikom-dvizheniya-dezhurnyy-svet-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-4000k-neytralnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-5vt-ip20-6500k-holodnyy-svet-315mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-8vt-ip20-4000k-neytralnyy-svet-565mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-6500k-holodnyy-svet-1179-mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-12vt-ip20-4000k-neytralnyy-svet-869mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-lineynyy-t5-16vt-ip20-4000k-neytralnyy-svet-1179mm-s-vyklyuchatelem-i-soedinitelem-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-600mm-ip20-bez-pra-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dpo-pod-svetodiodnuyu-lampu-2ht8-1200mm-ip20-bez-pra-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I64"/>
+  <dimension ref="A1:I63"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -902,1827 +893,1797 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>121.13</v>
+        <v>96.21</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2391</v>
+        <v>28764</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
         <v>121.13</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2865</v>
+        <v>2986</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
         <v>107.62</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2253</v>
+        <v>2231</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>96.21</v>
+        <v>121.13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>32490</v>
+        <v>3003</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>499.54</v>
+        <v>350.72</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3167</v>
+        <v>4919</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>345.9</v>
+        <v>499.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>456</v>
+        <v>5209</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>1170.58</v>
+        <v>325.9</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>218</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>499.54</v>
+        <v>472.56</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2474</v>
+        <v>505</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>350.72</v>
+        <v>325.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3781</v>
+        <v>1808</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>499.54</v>
+        <v>537.57</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>973</v>
+        <v>128</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>345.9</v>
+        <v>537.57</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>491</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>499.54</v>
+        <v>472.56</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>619</v>
+        <v>415</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>345.9</v>
+        <v>537.57</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>2418</v>
+        <v>1482</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C17" s="3">
         <v>499.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>575</v>
+        <v>5439</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>537.57</v>
+        <v>345.9</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>637</v>
+        <v>1114</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>537.57</v>
+        <v>499.54</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>1404</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C20" s="3">
         <v>537.57</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1</v>
+        <v>1999</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
+      <c r="A21" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="C21" s="3">
-[...14 lines deleted...]
-      <c r="H21" s="3">
+      <c r="C22" s="3">
+        <v>792.37</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="3">
+        <v>12</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
         <v>20</v>
       </c>
-      <c r="I21" s="3">
-[...14 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>792.37</v>
+        <v>1291.67</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>1291.67</v>
+        <v>1274.65</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="3">
-        <v>1274.65</v>
+        <v>1291.67</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="3">
-        <v>1291.67</v>
+        <v>804.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="C27" s="3">
-[...32 lines deleted...]
-      <c r="I28" s="2"/>
+      <c r="C28" s="3">
+        <v>280.18</v>
+      </c>
+      <c r="D28" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="3">
+        <v>583</v>
+      </c>
+      <c r="G28" s="3">
+        <v>1</v>
+      </c>
+      <c r="H28" s="3">
+        <v>100</v>
+      </c>
+      <c r="I28" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>204.53</v>
+        <v>219.09</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>1842</v>
+        <v>1123</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="3">
-        <v>420.6</v>
+        <v>280.18</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>1879</v>
+        <v>1051</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="3">
-        <v>691.18</v>
+        <v>617.04</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>582</v>
+        <v>221</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>40</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="3">
-        <v>193.22</v>
+        <v>374.64</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>2509</v>
+        <v>504</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="3">
-        <v>204.53</v>
+        <v>456.55</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>1146</v>
+        <v>216</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="3">
-        <v>474.41</v>
+        <v>324.29</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1894</v>
+        <v>3483</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>40</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="3">
-        <v>219.09</v>
+        <v>395.41</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>802</v>
+        <v>833</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>40</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="3">
-        <v>456.55</v>
+        <v>596.29</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>648</v>
+        <v>315</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>40</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>439.34</v>
+        <v>602.27</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>909</v>
+        <v>1564</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="3">
-        <v>602.27</v>
+        <v>675.24</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>2629</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3">
-        <v>675.24</v>
+        <v>905.54</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>60</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="B40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="3">
-        <v>374.64</v>
+        <v>420.6</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>974</v>
+        <v>1620</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="3">
-        <v>905.54</v>
+        <v>219.09</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>380</v>
+        <v>494</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="3">
-        <v>280.18</v>
+        <v>324.29</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>667</v>
+        <v>1527</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="3">
-        <v>596.29</v>
+        <v>204.53</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>511</v>
+        <v>1669</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3">
-        <v>699.14</v>
+        <v>587.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1378</v>
+        <v>540</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" s="3">
-        <v>617.04</v>
+        <v>193.22</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>614</v>
+        <v>2448</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>40</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="B46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" s="3">
-        <v>381.52</v>
+        <v>204.53</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>1977</v>
+        <v>1138</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="3">
-        <v>439.34</v>
+        <v>474.41</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>1049</v>
+        <v>1873</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>193.22</v>
+        <v>699.14</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>5545</v>
+        <v>1344</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>397.63</v>
+        <v>1061.49</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>868</v>
+        <v>1703</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>219.09</v>
+        <v>395.41</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>1818</v>
+        <v>832</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>1061.49</v>
+        <v>193.22</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>1718</v>
+        <v>5379</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>280.18</v>
+        <v>397.63</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>1162</v>
+        <v>834</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3">
+        <v>993.72</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="3">
+        <v>331</v>
+      </c>
+      <c r="G53" s="3">
+        <v>1</v>
+      </c>
+      <c r="H53" s="3">
+        <v>30</v>
+      </c>
+      <c r="I53" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="C53" s="3">
-[...22 lines deleted...]
-      <c r="A54" s="3" t="s">
+      <c r="B54" s="2"/>
+      <c r="C54" s="2"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2"/>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+      <c r="H54" s="2"/>
+      <c r="I54" s="2"/>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="B55" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C54" s="3">
-[...32 lines deleted...]
-      <c r="I55" s="2"/>
+      <c r="C55" s="3">
+        <v>357.97</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="3">
+        <v>0</v>
+      </c>
+      <c r="G55" s="3">
+        <v>1</v>
+      </c>
+      <c r="H55" s="3">
+        <v>25</v>
+      </c>
+      <c r="I55" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3">
-        <v>483.45</v>
+        <v>357.97</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>25</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3">
-        <v>357.97</v>
+        <v>417.02</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>25</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3">
-        <v>417.02</v>
+        <v>494.83</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>0</v>
+        <v>5008</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>25</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>494.83</v>
+        <v>483.45</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>3812</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>25</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>357.97</v>
+        <v>494.83</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>3384</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>25</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
+      <c r="A61" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="B62" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="C61" s="3">
-[...32 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="C62" s="3">
+        <v>747.94</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="3">
+        <v>1140</v>
+      </c>
+      <c r="G62" s="3">
+        <v>1</v>
+      </c>
+      <c r="H62" s="3">
+        <v>12</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>747.94</v>
+        <v>916.47</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>1216</v>
+        <v>444</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I63" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A22:I22"/>
-[...2 lines deleted...]
-    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A61:I61"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
     <hyperlink ref="D16" r:id="rId13"/>
     <hyperlink ref="D17" r:id="rId14"/>
     <hyperlink ref="D18" r:id="rId15"/>
     <hyperlink ref="D19" r:id="rId16"/>
     <hyperlink ref="D20" r:id="rId17"/>
-    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId18"/>
     <hyperlink ref="D23" r:id="rId19"/>
     <hyperlink ref="D24" r:id="rId20"/>
     <hyperlink ref="D25" r:id="rId21"/>
     <hyperlink ref="D26" r:id="rId22"/>
-    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D32" r:id="rId27"/>
     <hyperlink ref="D33" r:id="rId28"/>
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
-    <hyperlink ref="D54" r:id="rId49"/>
+    <hyperlink ref="D55" r:id="rId49"/>
     <hyperlink ref="D56" r:id="rId50"/>
     <hyperlink ref="D57" r:id="rId51"/>
     <hyperlink ref="D58" r:id="rId52"/>
     <hyperlink ref="D59" r:id="rId53"/>
     <hyperlink ref="D60" r:id="rId54"/>
-    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId55"/>
     <hyperlink ref="D63" r:id="rId56"/>
-    <hyperlink ref="D64" r:id="rId57"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>