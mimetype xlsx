--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -573,51 +573,51 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>663.41</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2037</v>
+        <v>2004</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>25</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>