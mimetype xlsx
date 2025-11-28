--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -8,775 +8,811 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="253">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильники и аксессуары</t>
   </si>
   <si>
-    <t>1.1 Аварийное освещение</t>
+    <t>1.1 Светильники для растений</t>
+  </si>
+  <si>
+    <t>1.1.1 Светильники Green line для растений</t>
+  </si>
+  <si>
+    <t>616-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный для растений REXANT Green line 14 Вт LED с комплектом креплений</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>1.2 Светильники настенно-потолочные</t>
+  </si>
+  <si>
+    <t>1.2.1 Модули светодиодные</t>
+  </si>
+  <si>
+    <t>615-104</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 48 Вт 2700-6500 К LED диммируемый с пультом дистанционного управления</t>
+  </si>
+  <si>
+    <t>615-100</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 12 Вт 4000 К LED</t>
+  </si>
+  <si>
+    <t>615-102</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 36 Вт 2700-6500 К LED диммируемый через выключатель</t>
+  </si>
+  <si>
+    <t>1.3 Светильники настольные</t>
+  </si>
+  <si>
+    <t>1.3.1 Светильники настольные под лампу</t>
+  </si>
+  <si>
+    <t>603-1009</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Акцент на металлической стойке с винтовым зажимом, с цоколем Е27, 60 Вт, цвет лунный свет</t>
+  </si>
+  <si>
+    <t>603-1035</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, золотой с черным абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1018</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Кот с зонтом" , с цоколем Е14, 40 Вт, цвет черный REXANT</t>
+  </si>
+  <si>
+    <t>603-1030</t>
+  </si>
+  <si>
+    <t>Светильник декоративный МОБИ Заяц хром REXANT</t>
+  </si>
+  <si>
+    <t>603-1029</t>
+  </si>
+  <si>
+    <t>Светильник декоративный МОБИ Заяц золото REXANT</t>
+  </si>
+  <si>
+    <t>603-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник настольный Моби REXANT  на металлической стойке с зажимом-прищепкой, с цоколем Е27, 60 Вт, цвет летнее небо </t>
+  </si>
+  <si>
+    <t>603-1022</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте с основанием цвета мрамор с белым абажуром, с цоколем Е14, 40 Вт, REXANT</t>
+  </si>
+  <si>
+    <t>603-1016</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Бульдог", с цоколем Е14, 40Вт, цвет черный REXANT</t>
+  </si>
+  <si>
+    <t>603-1038</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, черный с черным абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1008</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Акцент на металлической стойке с винтовым зажимом, с цоколем Е27, 60 Вт, цвет антрацит</t>
+  </si>
+  <si>
+    <t>603-1025</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание белого цвета, белый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание под дерево, бежевый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1017</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Бульдог", с цоколем Е14, 40Вт, цвет белый REXANT</t>
+  </si>
+  <si>
+    <t>603-1019</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Кот с зонтом" , с цоколем Е14, 40 Вт, цвет белый REXANT</t>
+  </si>
+  <si>
+    <t>603-1023</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание дуга под белый мрамор, черный абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1027</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание кольцо под черный мрамор, белый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1033</t>
+  </si>
+  <si>
+    <t>Светильник декоративный "Кот в очках", цоколь Е14, 40Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>603-1034</t>
+  </si>
+  <si>
+    <t>Светильник декоративный "Кот в очках", цоколь Е14, 40Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>603-1036</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, серебряный с пудровым абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1001</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Смелый Летчик на основании, с цоколем Е27, 60 Вт, цвет синий</t>
+  </si>
+  <si>
+    <t>603-1010</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Рубикон на металлической стойке с основанием, с цоколем Е27, 60 Вт, цвет антрацит</t>
+  </si>
+  <si>
+    <t>603-1011</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Рубикон на металлической стойке с основанием, с цоколем Е27, 60 Вт, цвет лунный свет</t>
+  </si>
+  <si>
+    <t>603-1014</t>
+  </si>
+  <si>
+    <t>Светильник Пчеленок на основании, с цоколем Е27, 60 Вт, цвет подсолнух REXANT</t>
+  </si>
+  <si>
+    <t>603-1021</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Акцент "Леопард" черный с черным абажуром, с цоколем Е27, 40Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1024</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание дуга под золотой мрамор, бежевый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1026</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание кольцо под белый мрамор, черный абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1037</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, белый с белым абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Светильники настольные LED</t>
+  </si>
+  <si>
+    <t>75-0215</t>
+  </si>
+  <si>
+    <t>Светильник настольный заряжаемый PROconnect CH-017</t>
+  </si>
+  <si>
+    <t>75-0217</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел Про c солнечной панелью и с ночником, 220 В, LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч авто</t>
+  </si>
+  <si>
+    <t>609-041</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, колокольчик, белый REXANT</t>
+  </si>
+  <si>
+    <t>75-0219</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Status LED, USB-зарядка устройств, 2700-6500 К, диммирование, 220 В, эффект тиснения под кожу</t>
+  </si>
+  <si>
+    <t>75-0225</t>
+  </si>
+  <si>
+    <t>Светильник настольный с 2 креплениями (подставка и струбцина) LED, 10Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-039</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный настольный Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>609-002</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на основании, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-001</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-005</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Skin на основании, LED, 7 Вт 2700-6500 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа), корпус с эф</t>
+  </si>
+  <si>
+    <t>609-006</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Shift с ночником, на основании, LED, 6 Вт, 4000 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа)</t>
+  </si>
+  <si>
+    <t>75-0223</t>
+  </si>
+  <si>
+    <t>Светильник настольный Cloud LED 2700-6500К, встроенная беспроводная и проводная USB-зарядка устройств, диммер, гибкий поворот REXANT</t>
+  </si>
+  <si>
+    <t>609-004</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Lite с ночником на основании, LED, 6 Вт, 4000 К, RGB-динамика, диммируемый 3 ступени, заряжаемый (автономный режим</t>
+  </si>
+  <si>
+    <t>75-0218</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Cesar LED с поворотом излучающей поверхности на 360°, 5000 К, часы, термометр, будильник, календарь, цвет черный</t>
+  </si>
+  <si>
+    <t>75-0216</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел с ночником, 220 В LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч автономной работы</t>
+  </si>
+  <si>
+    <t>609-035</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, красный REXANT</t>
+  </si>
+  <si>
+    <t>75-0222</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Baoli, USB-зарядка устройств, вращение 360°</t>
+  </si>
+  <si>
+    <t>609-007</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click Pro на основании, LED, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа) REXANT</t>
+  </si>
+  <si>
+    <t>75-0224</t>
+  </si>
+  <si>
+    <t>Светильник настольный с органайзером, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-030</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-037</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, кремовый REXANT</t>
+  </si>
+  <si>
+    <t>609-034</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, синий REXANT</t>
+  </si>
+  <si>
+    <t>609-028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-029</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Duo, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-031</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, серебряный REXANT</t>
+  </si>
+  <si>
+    <t>609-033</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-040</t>
+  </si>
+  <si>
+    <t>Светильник настольный Crystal, сенсорный, RGB REXANT</t>
+  </si>
+  <si>
+    <t>609-036</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, зеленый REXANT</t>
+  </si>
+  <si>
+    <t>609-027</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-032</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, золотой REXANT</t>
+  </si>
+  <si>
+    <t>609-042</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, круглый, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-038</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный на прищепке Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>75-0226</t>
+  </si>
+  <si>
+    <t>Светильник настольный с RGB-ночником, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Светильники трековые и шинопровод</t>
+  </si>
+  <si>
+    <t>611-005</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 20Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>612-001</t>
+  </si>
+  <si>
+    <t>Шинопровод однофазный с кабельным вводом и заглушкой для трековых светильников 1м белый REXANT</t>
+  </si>
+  <si>
+    <t>611-002</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 3000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-006</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 20Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>611-008</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 30Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-003</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>612-002</t>
+  </si>
+  <si>
+    <t>Шинопровод однофазный с кабельным вводом и заглушкой для трековых светильников 1м черный REXANT</t>
+  </si>
+  <si>
+    <t>612-022</t>
+  </si>
+  <si>
+    <t>Комплект тросовых подвесов для шинопровода с регулировкой высоты, 2м (2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>611-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-009</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 30Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>612-004</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода I-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-006</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода T-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-007</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода X-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-013</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода X-образный черный REXANT</t>
+  </si>
+  <si>
+    <t>612-005</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода L-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-012</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода T-образный черный REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Даунлайты и точечные светильники</t>
+  </si>
+  <si>
+    <t>1.5.1 Даунлтайты накладные Sirius</t>
+  </si>
+  <si>
+    <t>615-001</t>
+  </si>
+  <si>
+    <t>Светильник универсальный REXANT Sirius 15 Вт 4000 К LED белый</t>
+  </si>
+  <si>
+    <t>615-002</t>
+  </si>
+  <si>
+    <t>Светильник универсальный REXANT Sirius 15 Вт 4000 К LED черный</t>
+  </si>
+  <si>
+    <t>1.5.2 Даунлайты Aurora</t>
+  </si>
+  <si>
+    <t>623-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный встраиваемый REXANT Aurora&amp;Sunset Sparta с изменяемой цветовой температурой и регулируемой мощностью 4х2W 2700-6500 К LED</t>
+  </si>
+  <si>
+    <t>615-1300</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный накладной REXANT AuroraSunset Wave с изменяемой цветовой температурой и регулируемой мощностью 4W+4W, 2700-6500 К LED</t>
+  </si>
+  <si>
+    <t>1.5.3 Даунлайты поворотные Bagel</t>
+  </si>
+  <si>
+    <t>613-002</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Bagel 12 Вт 4000 К LED</t>
+  </si>
+  <si>
+    <t>613-001</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Bagel 5 Вт 4000 К LED</t>
+  </si>
+  <si>
+    <t>1.5.4 Даунлайты поворотные Dark Light</t>
+  </si>
+  <si>
+    <t>615-1002</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К LED BLACK</t>
+  </si>
+  <si>
+    <t>615-1004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К Oval LED WHITE</t>
+  </si>
+  <si>
+    <t>615-1005</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К Ring LED WHITE</t>
+  </si>
+  <si>
+    <t>615-1001</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К LED GOLD</t>
+  </si>
+  <si>
+    <t>1.6 Серия Macrolight для использования внутри и вне зданий, для влажных помещений</t>
+  </si>
+  <si>
+    <t>610-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea 4 Вт х 2 LED черный REXANT</t>
+  </si>
+  <si>
+    <t>610-005</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea 6 Вт LED белый REXANT</t>
+  </si>
+  <si>
+    <t>610-004</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Кассиопея 6 Вт LED серый REXANT</t>
+  </si>
+  <si>
+    <t>610-007</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea регулируемый угол 4 Вт х 2 LED белый REXANT</t>
+  </si>
+  <si>
+    <t>610-009</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Ball 1,5 Вт х 4 белый REXANT</t>
+  </si>
+  <si>
+    <t>610-002</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea 4 Вт х 2 LED белый REXANT</t>
+  </si>
+  <si>
+    <t>610-010</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Star Way 1,5 х 6 Вт LED черный REXANT</t>
+  </si>
+  <si>
+    <t>610-100</t>
+  </si>
+  <si>
+    <t>Светильник REXANT Galatea GU10</t>
+  </si>
+  <si>
+    <t>1.7 Аварийное освещение</t>
+  </si>
+  <si>
+    <t>74-0070</t>
+  </si>
+  <si>
+    <t>Светильник Аварийный  "ПК" REXANT светодиодный</t>
+  </si>
+  <si>
+    <t>74-1314</t>
+  </si>
+  <si>
+    <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» светодиодный односторонний 1.5 ч, 3 Вт</t>
+  </si>
+  <si>
+    <t>74-1313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник аварийно-эвакуационный «ЗАПАСНЫЙ ВЫХОД» светодиодный односторонний 1.5 ч, 3 Вт </t>
+  </si>
+  <si>
+    <t>74-1307</t>
+  </si>
+  <si>
+    <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт</t>
   </si>
   <si>
     <t>74-1310</t>
   </si>
   <si>
     <t xml:space="preserve">Светильник аварийно-эвакуационный светодиодный двухсторонний 1.5 ч, 3 Вт </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт</t>
+    <t>74-1312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – фигура-стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт </t>
+  </si>
+  <si>
+    <t>74-0030-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника "ВЫХОД  ВПРАВО" REXANT </t>
+  </si>
+  <si>
+    <t>74-0100-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ВЫХОД" REXANT </t>
+  </si>
+  <si>
+    <t>74-0110-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу налево вверх" REXANT </t>
+  </si>
+  <si>
+    <t>74-0130-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу направо вниз" REXANT </t>
+  </si>
+  <si>
+    <t>74-0070-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ПК" REXANT </t>
+  </si>
+  <si>
+    <t>74-0080-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ПГ" REXANT </t>
   </si>
   <si>
     <t>74-0120-1</t>
   </si>
   <si>
     <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу налево вниз" REXANT </t>
   </si>
   <si>
     <t>74-0140-1</t>
   </si>
   <si>
     <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу направо вверх" REXANT </t>
   </si>
   <si>
-    <t>74-0080-1</t>
-[...22 lines deleted...]
-  <si>
     <t>74-0040-1</t>
   </si>
   <si>
     <t xml:space="preserve">Наклейка для аварийного светильника "ВЫХОД  ВЛЕВО"  REXANT </t>
   </si>
   <si>
-    <t>74-0070</t>
-[...34 lines deleted...]
-  <si>
     <t>74-1305</t>
   </si>
   <si>
     <t xml:space="preserve">Светильник аккумуляторный непостоянного действия для подсветки путей эвакуации и рабочих зон при отключении питания, режимы: 30%/100% кнопка тест, 3 </t>
-  </si>
-[...586 lines deleted...]
-    <t>Светильник REXANT Galatea GU10</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1161,56 +1197,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vniz-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vverh-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pg-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vpravo-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vverh-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vlevo-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariynyy-pk-rexant-svetodiodnyy.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vniz-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pk-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-svetodiodnyy-odnostoronniy-1-5-ch-3-vt.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-figura-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-zapasnyy-vyhod-svetodiodnyy-odnostoronniy-1-5-ch-3-vt.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-akkumulyatornyy-nepostoyannogo-deystviya-dlya-podsvetki-putey-evakuatsii-i-rabochih-zon-pr.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-pchelenok-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-podsolnuh-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-belogo-tsveta-belyy-abazhur-tsokol-e27-60vt-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-pod-derevo-bezhevyy-abazhur-tsokol-e27-60vt-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-smelyy-letchik-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-siniy.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-mobi-rexant-na-metallicheskoy-stoyke-s-zazhimom-prischepkoy-s-tsokolem-e27-60-vt.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-belyy-mramor-chernyy-abazhur-tsokol-e27-60.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-zoloto-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-belyy-mramor-chernyy-abazhur-tsokol-e27-.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-hrom-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-belyy-s-belym-abazhurom-e27-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-chernyy-s-chernym-abazhurom-e27-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-zolotoy-s-chernym-abazhurom-e27-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-s-osnovaniem-tsveta-mramor-s-belym-abazhurom-s-tsokolem-e14-4.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-aktsent-leopard-chernyy-s-chernym-abazhurom-s-tsokolem-e27-40vt-rex.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-zolotoy-mramor-bezhevyy-abazhur-tsokol-e27.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-chernyy-mramor-belyy-abazhur-tsokol-e27-.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-serebryanyy-s-pudrovym-abazhurom-e27-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-belyy-rexan.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmirue.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryaz.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasy-term.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zar.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-t.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besst.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroys.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupen.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-chernyy-rex.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-zelenyy-rex.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-kremovyy-re.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-siniy-rexan.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-krasnyy-rex.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-48-vt-2700-6500-k-led-dimmiruemyy-s-pultom-distantsionnogo-upr.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-12-vt-4000-k-led.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-36-vt-2700-6500-k-led-dimmiruemyy-cherez-vyklyuchatel.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-3000k-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-trosovyh-podvesov-dlya-shinoprovoda-s-regulirovkoy-vysoty-2m-2-sht-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-i-obraznyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-l-obraznyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-12-vt-4000-k-led.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-5-vt-4000-k-led.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-chernyy.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-belyy.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-vstraivaemyy-rexant-aurora-sunset-sparta-s-izmenyaemoy-tsvetovoy-temperaturoy.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nakladnoy-rexant-aurorasunset-wave-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reg.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-dlya-rasteniy-rexant-green-line-14-vt-led-s-komplektom-krepleniy.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-kassiopeya-6-vt-led-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-reguliruemyy-ugol-4-vt-h-2-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-ball-1-5-vt-h-4-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-star-way-1-5-h-6-vt-led-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-6-vt-led-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-galatea-gu10.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-dlya-rasteniy-rexant-green-line-14-vt-led-s-komplektom-krepleniy-21701" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodniy-s-drayverom-rexant-48-vt-2700-6500-k-led-dimmiruemiy-s-pultom-distantsionnogo-upravleniya-24182" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodniy-s-drayverom-rexant-12-vt-4000-k-led-24178" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodniy-s-drayverom-rexant-36-vt-2700-6500-k-led-dimmiruemiy-cherez-viklyuchatel-24180" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovim-zajimom-s-tsokolem-e27-60-vt-tsvet-lunniy-svet-26234" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-zolotoy-s-chernim-abajurom-e27-rexant-31525" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-cherniy-rexant-30812" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-mobi-zayats-hrom-rexant-30817" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-mobi-zayats-zoloto-rexant-30809" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-mobi-rexant-na-metallicheskoy-stoyke-s-zajimom-prischepkoy-s-tsokolem-e27-60-vt-tsvet-letnee-nebo-26238" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-s-osnovaniem-tsveta-mramor-s-belim-abajurom-s-tsokolem-e14-40-vt-rexant-30248" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-cherniy-rexant-30810" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-cherniy-s-chernim-abajurom-e27-rexant-31389" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovim-zajimom-s-tsokolem-e27-60-vt-tsvet-antratsit-26233" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-belogo-tsveta-beliy-abajur-tsokol-e27-60vt-rexant-30244" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-pod-derevo-bejeviy-abajur-tsokol-e27-60vt-rexant-30245" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-beliy-rexant-30811" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-beliy-rexant-30813" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-duga-pod-beliy-mramor-cherniy-abajur-tsokol-e27-60vt-rexant-30805" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-koltso-pod-cherniy-mramor-beliy-abajur-tsokol-e27-60vt-rexant-30808" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-kot-v-ochkah-tsokol-e14-40vt-beliy-rexant-30818" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-kot-v-ochkah-tsokol-e14-40vt-cherniy-rexant-30819" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-serebryaniy-s-pudrovim-abajurom-e27-rexant-31526" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-smeliy-letchik-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-siniy-26242" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-antratsit-26235" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-lunniy-svet-26236" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-pchelenok-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-podsolnuh-26239" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-aktsent-leopard-cherniy-s-chernim-abajurom-s-tsokolem-e27-40vt-rexant-30247" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-duga-pod-zolotoy-mramor-bejeviy-abajur-tsokol-e27-60vt-rexant-30806" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-koltso-pod-beliy-mramor-cherniy-abajur-tsokol-e27-60vt-rexant-30807" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-beliy-s-belim-abajurom-e27-rexant-31388" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-zaryajaemiy-proconnect-ch-017-14341" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryajaemiy-2-ch-avtonomnoy-raboti-26464" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitniy-perenosnoy-s-3-krepleniyami-kolokolchik-beliy-rexant-31056" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-tisneniya-pod-koju-26466" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-cherniy-rexant-31448" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-nastolniy-klik-2vt-6000k-rexant-30804" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-click-4-vt-4000-k-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-na-osnovanii-led-rexant-21949" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4-vt-4000-k-dimmiruemiy-3-stupeni-na-prischepke-rexant-21948" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-korpus-s-effektom-tisneniya-koji-26353" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-26354" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroystv-dimmer-gibkiy-povorot-26467" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-26352" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasi-termometr-budilnik-kalendar-tsvet-cherniy-26465" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryajaemiy-2-ch-avtonomnoy-raboti-26463" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-krasniy-rexant-29766" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360-26475" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-pro-na-osnovanii-led-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-26355" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-s-organayzerom-led-12vt-beliy-rexant-31447" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-uno-led-2vt-3000k-5v-cherniy-rexant-30116" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-kremoviy-rexant-29768" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-siniy-rexant-29765" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-trio-led-2vt-3000k-5v-beliy-rexant-30114" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-duo-led-2vt-3000k-5v-cherniy-rexant-30115" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-uno-led-2vt-3000k-5v-serebryaniy-rexant-30117" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-cherniy-rexant-29764" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-zeleniy-rexant-29767" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-trio-led-2vt-3000k-5v-cherniy-rexant-30113" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant-30118" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitniy-perenosnoy-s-3-krepleniyami-krugliy-cherniy-rexant-31057" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-na-prischepke-klik-2vt-6000k-rexant-30803" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-s-rgb-nochnikom-led-12vt-beliy-rexant-31449" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-20vt-4000k-led-beliy-rexant-21664" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofazniy-s-kabelnim-vvodom-i-zaglushkoy-dlya-trekovih-svetilnikov-1m-beliy-rexant-21669" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-12vt-3000k-led-beliy-rexant-21661" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-20vt-4000k-led-cherniy-rexant-21665" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-30vt-4000k-led-beliy-rexant-21667" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-12vt-4000k-led-cherniy-rexant-21662" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofazniy-s-kabelnim-vvodom-i-zaglushkoy-dlya-trekovih-svetilnikov-1m-cherniy-rexant-21670" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-trosovih-podvesov-dlya-shinoprovoda-s-regulirovkoy-visoti-2m-2-sht-rexant-21690" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-12vt-4000k-led-beliy-rexant-21660" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-30vt-4000k-led-cherniy-rexant-21668" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-i-obrazniy-beliy-rexant-21672" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obrazniy-beliy-rexant-21674" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obrazniy-beliy-rexant-21675" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obrazniy-cherniy-rexant-21681" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-l-obrazniy-beliy-rexant-21673" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obrazniy-cherniy-rexant-21680" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalniy-rexant-sirius-15-vt-4000-k-led-beliy-21699" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalniy-rexant-sirius-15-vt-4000-k-led-cherniy-21700" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-vstraivaemiy-rexant-aurora-sunset-sparta-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reguliruemoy-moschnostyu-4h2w-2700-6500-k-led-22851" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-nakladnoy-rexant-aurorasunset-wave-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reguliruemoy-moschnostyu-4w-4w-2700-6500-k-led-26251" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-bagel-12-vt-4000-k-led-21692" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-bagel-5-vt-4000-k-led-21691" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-led-black-21694" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-oval-led-white-21696" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-ring-led-white-21697" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-led-gold-21693" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-4-vt-h-2-led-cherniy-rexant-21984" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-6-vt-led-beliy-rexant-21988" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-kassiopeya-6-vt-led-seriy-rexant-21987" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-reguliruemiy-ugol-4-vt-h-2-led-beliy-rexant-21990" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-ball-1-5-vt-h-4-beliy-rexant-21992" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-4-vt-h-2-led-beliy-rexant-21985" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-star-way-1-5-h-6-vt-led-cherniy-rexant-21993" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-galatea-gu10-22854" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyniy-pk-rexant-svetodiodniy-10809" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-vihod-exit-svetodiodniy-odnostoronniy-1-5-ch-3-vt-26346" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-zapasniy-vihod-svetodiodniy-odnostoronniy-1-5-ch-3-vt-26347" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-vihod-exit-strelka-svetodiodniy-dvuhstoronniy-1-5-ch-3-vt-26349" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-svetodiodniy-dvuhstoronniy-1-5-ch-3-vt-26350" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-vihod-exit-figura-strelka-svetodiodniy-dvuhstoronniy-1-5-ch-3-vt-26348" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vihod-vpravo-rexant-11224" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vihod-rexant-11234" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-nalevo-vverh-rexant-11235" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-napravo-vniz-rexant-11222" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pk-rexant-11220" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pg-rexant-11223" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-nalevo-vniz-rexant-11221" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-napravo-vverh-rexant-11219" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vihod-vlevo-rexant-11233" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-akkumulyatorniy-nepostoyannogo-deystviya-dlya-podsvetki-putey-evakuatsii-i-rabochih-zon-pri-otklyuchenii-pitaniya-rejimi-30-100-knopka-test-3-ch-raboti-26351" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I124"/>
+  <dimension ref="A1:I130"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1235,3461 +1271,3641 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="3">
+        <v>724.8</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F5" s="3">
+        <v>2066</v>
+      </c>
+      <c r="G5" s="3">
+        <v>1</v>
+      </c>
+      <c r="H5" s="3">
+        <v>25</v>
+      </c>
+      <c r="I5" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="3">
-[...22 lines deleted...]
-      <c r="A6" s="3" t="s">
+      <c r="B6" s="2"/>
+      <c r="C6" s="2"/>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2"/>
+      <c r="F6" s="2"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="2"/>
+      <c r="I6" s="2"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C8" s="3">
-        <v>93.96</v>
+        <v>886.37</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>2215</v>
+        <v>612</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>25</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C9" s="3">
-        <v>93.96</v>
+        <v>250.29</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>60</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="3">
+        <v>477.09</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>585</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>50</v>
+      </c>
+      <c r="I10" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...80 lines deleted...]
-      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="C13" s="3">
-        <v>960.09</v>
+        <v>1768.48</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>3540</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C14" s="3">
-        <v>93.96</v>
+        <v>3450</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>80</v>
+        <v>288</v>
       </c>
       <c r="G14" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C15" s="3">
-        <v>93.96</v>
+        <v>3867.87</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>325</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>12</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C16" s="3">
-        <v>960.09</v>
+        <v>5516.79</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>3663</v>
+        <v>56</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C17" s="3">
-        <v>960.09</v>
+        <v>5516.79</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>1545</v>
+        <v>203</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C18" s="3">
-        <v>960.09</v>
+        <v>1451.77</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C19" s="3">
+        <v>1491.21</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>0</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>12</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="3">
+        <v>2434.8</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="3">
+        <v>120</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>12</v>
+      </c>
+      <c r="I20" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...48 lines deleted...]
-      <c r="I21" s="2"/>
+      <c r="C21" s="3">
+        <v>3450</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="3">
+        <v>0</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>12</v>
+      </c>
+      <c r="I21" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C22" s="3">
         <v>1675.23</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>18</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C23" s="3">
-        <v>968.75</v>
+        <v>1580.79</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>627</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C24" s="3">
-        <v>1580.79</v>
+        <v>1653.36</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
         <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C25" s="3">
-        <v>1653.36</v>
+        <v>2434.8</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C26" s="3">
-        <v>806.61</v>
+        <v>3867.87</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>486</v>
+        <v>548</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C27" s="3">
-        <v>1451.77</v>
+        <v>2862.88</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C28" s="3">
-        <v>1875.13</v>
+        <v>2434.89</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>274</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>2862.88</v>
+        <v>2539.14</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>23</v>
+        <v>756</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C30" s="3">
-        <v>2434.8</v>
+        <v>2539.14</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>5</v>
+        <v>786</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C31" s="3">
-        <v>5516.79</v>
+        <v>3450</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>511</v>
+        <v>265</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C32" s="3">
+        <v>806.61</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F32" s="3">
         <v>67</v>
       </c>
-      <c r="B32" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C33" s="3">
-        <v>5516.79</v>
+        <v>1875.13</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>282</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C34" s="3">
-        <v>3450</v>
+        <v>1517.43</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C35" s="3">
-        <v>3450</v>
+        <v>968.75</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>1</v>
+        <v>486</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C36" s="3">
-        <v>3450</v>
+        <v>6496.27</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C37" s="3">
-        <v>1656.9</v>
+        <v>2202.99</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>397</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C38" s="3">
-        <v>3867.87</v>
+        <v>3006.03</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>898</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C39" s="3">
-        <v>6496.27</v>
+        <v>3450</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A40" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>2447.77</v>
+        <v>461.54</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>399</v>
+        <v>175</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>2705.43</v>
+        <v>899.99</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>396</v>
+        <v>54</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C43" s="3">
-        <v>2434.8</v>
+        <v>1619.99</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>429</v>
+        <v>1183</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="C44" s="3">
-        <v>2539.14</v>
+        <v>1921.38</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>783</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>2539.14</v>
+        <v>3000</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>808</v>
+        <v>250</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>3450</v>
+        <v>398.08</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>632</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I47" s="2"/>
+      <c r="A47" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="C47" s="3">
+        <v>965.62</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F47" s="3">
+        <v>0</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>80</v>
+      </c>
+      <c r="I47" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>461.54</v>
+        <v>959.85</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>1305</v>
+        <v>460</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>959.85</v>
+        <v>1076.92</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>8948</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>965.62</v>
+        <v>1102.02</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C51" s="3">
-        <v>1076.92</v>
+        <v>2650.12</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C52" s="3">
         <v>1076.92</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C53" s="3">
         <v>2357.69</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>12</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C54" s="3">
         <v>600.29</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C55" s="3">
-        <v>1921.38</v>
+        <v>918.74</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C56" s="3">
-        <v>899.99</v>
+        <v>1459.71</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>356</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="C57" s="3">
-        <v>2650.12</v>
+        <v>1512.06</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
         <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C58" s="3">
-        <v>1102.02</v>
+        <v>3000</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>16</v>
+        <v>826</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C59" s="3">
-        <v>1512.06</v>
+        <v>1116.08</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>1056</v>
+        <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="C60" s="3">
-        <v>959.85</v>
+        <v>963.47</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>80</v>
       </c>
       <c r="I60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>959.85</v>
+        <v>963.47</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>80</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>963.47</v>
+        <v>1414.13</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>963.47</v>
+        <v>941.83</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>941.83</v>
+        <v>1116.08</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>1146</v>
+        <v>786</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>1414.13</v>
+        <v>959.85</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>1414.13</v>
+        <v>1134.62</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>0</v>
+        <v>265</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>1116.08</v>
+        <v>959.85</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>1243</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>1116.08</v>
+        <v>1414.13</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>1186</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>1536.54</v>
+        <v>1375.25</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>918.74</v>
+        <v>1799.99</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>0</v>
+        <v>295</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>1375.25</v>
+        <v>432.69</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>385</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>9</v>
+        <v>120</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>480.77</v>
+        <v>2813.98</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>0</v>
+        <v>767</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A73" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>3000</v>
+        <v>714.13</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>848</v>
+        <v>3918</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C75" s="3">
-        <v>442.31</v>
+        <v>403.31</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>1866</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C76" s="3">
-        <v>1799.99</v>
+        <v>519.88</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>1406</v>
+        <v>6929</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I76" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C77" s="3">
-        <v>2813.98</v>
+        <v>714.13</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>808</v>
+        <v>6424</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B78" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="3">
+        <v>734.83</v>
+      </c>
+      <c r="D78" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F78" s="3">
+        <v>95</v>
+      </c>
+      <c r="G78" s="3">
+        <v>1</v>
+      </c>
+      <c r="H78" s="3">
+        <v>30</v>
+      </c>
+      <c r="I78" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B79" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="C79" s="3">
+        <v>519.88</v>
+      </c>
+      <c r="D79" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F79" s="3">
+        <v>5956</v>
+      </c>
+      <c r="G79" s="3">
+        <v>1</v>
+      </c>
+      <c r="H79" s="3">
+        <v>60</v>
+      </c>
+      <c r="I79" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="B78" s="3" t="s">
+      <c r="B80" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C78" s="3">
-[...45 lines deleted...]
-      <c r="I80" s="2"/>
+      <c r="C80" s="3">
+        <v>403.31</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F80" s="3">
+        <v>977</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>40</v>
+      </c>
+      <c r="I80" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C81" s="3">
-        <v>984.85</v>
+        <v>520.32</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>689</v>
+        <v>294</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C82" s="3">
-        <v>278.1</v>
+        <v>519.88</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>5197</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I82" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B83" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C83" s="3">
+        <v>734.83</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="3">
+        <v>170</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>30</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B83" s="3" t="s">
+      <c r="B84" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C83" s="3">
-[...32 lines deleted...]
-      <c r="I84" s="2"/>
+      <c r="C84" s="3">
+        <v>71.95</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F84" s="3">
+        <v>1538</v>
+      </c>
+      <c r="G84" s="3">
+        <v>1</v>
+      </c>
+      <c r="H84" s="3">
+        <v>200</v>
+      </c>
+      <c r="I84" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B85" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="B85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85" s="3">
-        <v>519.88</v>
+        <v>194.44</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>6998</v>
+        <v>1072</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B86" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B86" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86" s="3">
-        <v>734.83</v>
+        <v>255.12</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>454</v>
+        <v>1077</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B87" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="B87" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87" s="3">
-        <v>520.32</v>
+        <v>255.12</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>602</v>
+        <v>1080</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B88" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B88" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" s="3">
-        <v>519.88</v>
+        <v>129.99</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>5187</v>
+        <v>1206</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B89" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="C89" s="3">
+        <v>194.44</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F89" s="3">
+        <v>1345</v>
+      </c>
+      <c r="G89" s="3">
+        <v>1</v>
+      </c>
+      <c r="H89" s="3">
+        <v>200</v>
+      </c>
+      <c r="I89" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="C89" s="3">
-[...22 lines deleted...]
-      <c r="A90" s="3" t="s">
+      <c r="B90" s="2"/>
+      <c r="C90" s="2"/>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2"/>
+      <c r="F90" s="2"/>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2"/>
+      <c r="I90" s="2"/>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="B90" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B91" s="2"/>
+      <c r="C91" s="2"/>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2"/>
+      <c r="F91" s="2"/>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2"/>
+      <c r="I91" s="2"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C92" s="3">
-        <v>714.13</v>
+        <v>550.31</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>3961</v>
+        <v>672</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C93" s="3">
-        <v>734.83</v>
+        <v>550.31</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>970</v>
+        <v>1335</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A94" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B94" s="2"/>
+      <c r="C94" s="2"/>
+      <c r="D94" s="2"/>
+      <c r="E94" s="2"/>
+      <c r="F94" s="2"/>
+      <c r="G94" s="2"/>
+      <c r="H94" s="2"/>
+      <c r="I94" s="2"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="C95" s="3">
-        <v>194.44</v>
+        <v>194.52</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>1072</v>
+        <v>3231</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C96" s="3">
-        <v>255.12</v>
+        <v>192.57</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>1077</v>
+        <v>2469</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A97" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B97" s="2"/>
+      <c r="C97" s="2"/>
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C98" s="3">
-        <v>194.44</v>
+        <v>191.35</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1345</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C99" s="3">
+        <v>147.46</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F99" s="3">
+        <v>0</v>
+      </c>
+      <c r="G99" s="3">
+        <v>1</v>
+      </c>
+      <c r="H99" s="3">
+        <v>100</v>
+      </c>
+      <c r="I99" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B100" s="2"/>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C101" s="3">
+        <v>476.23</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F101" s="3">
+        <v>0</v>
+      </c>
+      <c r="G101" s="3">
+        <v>1</v>
+      </c>
+      <c r="H101" s="3">
+        <v>45</v>
+      </c>
+      <c r="I101" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="B99" s="3" t="s">
+      <c r="B102" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C99" s="3">
-[...74 lines deleted...]
-      <c r="I102" s="2"/>
+      <c r="C102" s="3">
+        <v>453.69</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F102" s="3">
+        <v>129</v>
+      </c>
+      <c r="G102" s="3">
+        <v>1</v>
+      </c>
+      <c r="H102" s="3">
+        <v>45</v>
+      </c>
+      <c r="I102" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="C103" s="3">
-        <v>191.35</v>
+        <v>405.9</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>152</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="C104" s="3">
-        <v>147.46</v>
+        <v>829.8</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C106" s="3">
-        <v>829.8</v>
+        <v>1286.45</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="A107" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C107" s="3">
+        <v>1233.94</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="3">
+        <v>79</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>20</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C108" s="3">
-        <v>550.31</v>
+        <v>1866.62</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>1335</v>
+        <v>7</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C109" s="3">
+        <v>1110.36</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F109" s="3">
+        <v>1</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
+        <v>24</v>
+      </c>
+      <c r="I109" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="C110" s="3">
+        <v>166.36</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>1</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>20</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C111" s="3">
-        <v>216.13</v>
+        <v>891.15</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>3337</v>
+        <v>304</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C112" s="3">
+        <v>949.76</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F112" s="3">
+        <v>0</v>
+      </c>
+      <c r="G112" s="3">
+        <v>1</v>
+      </c>
+      <c r="H112" s="3">
+        <v>50</v>
+      </c>
+      <c r="I112" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="B113" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="C112" s="3">
-[...32 lines deleted...]
-      <c r="I113" s="2"/>
+      <c r="C113" s="3">
+        <v>1034.04</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="3">
+        <v>49</v>
+      </c>
+      <c r="G113" s="3">
+        <v>1</v>
+      </c>
+      <c r="H113" s="3">
+        <v>20</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="2"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
       <c r="I114" s="2"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="C115" s="3">
+        <v>960.09</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>2548</v>
+      </c>
+      <c r="G115" s="3">
+        <v>1</v>
+      </c>
+      <c r="H115" s="3">
+        <v>20</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C115" s="3">
-[...22 lines deleted...]
-      <c r="A116" s="2" t="s">
+      <c r="B116" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B116" s="2"/>
-[...6 lines deleted...]
-      <c r="I116" s="2"/>
+      <c r="C116" s="3">
+        <v>960.09</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F116" s="3">
+        <v>2947</v>
+      </c>
+      <c r="G116" s="3">
+        <v>1</v>
+      </c>
+      <c r="H116" s="3">
+        <v>20</v>
+      </c>
+      <c r="I116" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C117" s="3">
-        <v>1354.16</v>
+        <v>960.09</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
         <v>20</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C118" s="3">
-        <v>1866.62</v>
+        <v>960.09</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>7</v>
+        <v>1143</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
         <v>20</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C119" s="3">
-        <v>1110.36</v>
+        <v>940.45</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>1</v>
+        <v>218</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C120" s="3">
-        <v>990.17</v>
+        <v>960.09</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>343</v>
+        <v>1170</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>20</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C121" s="3">
-        <v>175.12</v>
+        <v>93.96</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>827</v>
+        <v>50</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H121" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C122" s="3">
-        <v>949.76</v>
+        <v>93.96</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H122" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C123" s="3">
-        <v>1298.88</v>
+        <v>84.56</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>79</v>
+        <v>150</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H123" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C124" s="3">
-        <v>1034.04</v>
+        <v>84.56</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H124" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I124" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="C125" s="3">
+        <v>93.96</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="3">
+        <v>0</v>
+      </c>
+      <c r="G125" s="3">
+        <v>5</v>
+      </c>
+      <c r="H125" s="3">
+        <v>500</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="C126" s="3">
+        <v>93.96</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" s="3">
+        <v>2195</v>
+      </c>
+      <c r="G126" s="3">
+        <v>5</v>
+      </c>
+      <c r="H126" s="3">
+        <v>500</v>
+      </c>
+      <c r="I126" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C127" s="3">
+        <v>84.56</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F127" s="3">
+        <v>220</v>
+      </c>
+      <c r="G127" s="3">
+        <v>5</v>
+      </c>
+      <c r="H127" s="3">
+        <v>500</v>
+      </c>
+      <c r="I127" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="C128" s="3">
+        <v>93.96</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F128" s="3">
+        <v>155</v>
+      </c>
+      <c r="G128" s="3">
+        <v>5</v>
+      </c>
+      <c r="H128" s="3">
+        <v>500</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C129" s="3">
+        <v>93.96</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="3">
+        <v>115</v>
+      </c>
+      <c r="G129" s="3">
+        <v>5</v>
+      </c>
+      <c r="H129" s="3">
+        <v>500</v>
+      </c>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="C130" s="3">
+        <v>780.23</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F130" s="3">
+        <v>3631</v>
+      </c>
+      <c r="G130" s="3">
+        <v>1</v>
+      </c>
+      <c r="H130" s="3">
+        <v>50</v>
+      </c>
+      <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A20:I20"/>
-[...6 lines deleted...]
-    <mergeCell ref="A102:I102"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A73:I73"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="A91:I91"/>
+    <mergeCell ref="A94:I94"/>
+    <mergeCell ref="A97:I97"/>
+    <mergeCell ref="A100:I100"/>
     <mergeCell ref="A105:I105"/>
-    <mergeCell ref="A107:I107"/>
-[...1 lines deleted...]
-    <mergeCell ref="A113:I113"/>
     <mergeCell ref="A114:I114"/>
-    <mergeCell ref="A116:I116"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...97 lines deleted...]
-    <hyperlink ref="D115" r:id="rId99"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D8" r:id="rId2"/>
+    <hyperlink ref="D9" r:id="rId3"/>
+    <hyperlink ref="D10" r:id="rId4"/>
+    <hyperlink ref="D13" r:id="rId5"/>
+    <hyperlink ref="D14" r:id="rId6"/>
+    <hyperlink ref="D15" r:id="rId7"/>
+    <hyperlink ref="D16" r:id="rId8"/>
+    <hyperlink ref="D17" r:id="rId9"/>
+    <hyperlink ref="D18" r:id="rId10"/>
+    <hyperlink ref="D19" r:id="rId11"/>
+    <hyperlink ref="D20" r:id="rId12"/>
+    <hyperlink ref="D21" r:id="rId13"/>
+    <hyperlink ref="D22" r:id="rId14"/>
+    <hyperlink ref="D23" r:id="rId15"/>
+    <hyperlink ref="D24" r:id="rId16"/>
+    <hyperlink ref="D25" r:id="rId17"/>
+    <hyperlink ref="D26" r:id="rId18"/>
+    <hyperlink ref="D27" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
+    <hyperlink ref="D31" r:id="rId23"/>
+    <hyperlink ref="D32" r:id="rId24"/>
+    <hyperlink ref="D33" r:id="rId25"/>
+    <hyperlink ref="D34" r:id="rId26"/>
+    <hyperlink ref="D35" r:id="rId27"/>
+    <hyperlink ref="D36" r:id="rId28"/>
+    <hyperlink ref="D37" r:id="rId29"/>
+    <hyperlink ref="D38" r:id="rId30"/>
+    <hyperlink ref="D39" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
+    <hyperlink ref="D47" r:id="rId38"/>
+    <hyperlink ref="D48" r:id="rId39"/>
+    <hyperlink ref="D49" r:id="rId40"/>
+    <hyperlink ref="D50" r:id="rId41"/>
+    <hyperlink ref="D51" r:id="rId42"/>
+    <hyperlink ref="D52" r:id="rId43"/>
+    <hyperlink ref="D53" r:id="rId44"/>
+    <hyperlink ref="D54" r:id="rId45"/>
+    <hyperlink ref="D55" r:id="rId46"/>
+    <hyperlink ref="D56" r:id="rId47"/>
+    <hyperlink ref="D57" r:id="rId48"/>
+    <hyperlink ref="D58" r:id="rId49"/>
+    <hyperlink ref="D59" r:id="rId50"/>
+    <hyperlink ref="D60" r:id="rId51"/>
+    <hyperlink ref="D61" r:id="rId52"/>
+    <hyperlink ref="D62" r:id="rId53"/>
+    <hyperlink ref="D63" r:id="rId54"/>
+    <hyperlink ref="D64" r:id="rId55"/>
+    <hyperlink ref="D65" r:id="rId56"/>
+    <hyperlink ref="D66" r:id="rId57"/>
+    <hyperlink ref="D67" r:id="rId58"/>
+    <hyperlink ref="D68" r:id="rId59"/>
+    <hyperlink ref="D69" r:id="rId60"/>
+    <hyperlink ref="D70" r:id="rId61"/>
+    <hyperlink ref="D71" r:id="rId62"/>
+    <hyperlink ref="D72" r:id="rId63"/>
+    <hyperlink ref="D74" r:id="rId64"/>
+    <hyperlink ref="D75" r:id="rId65"/>
+    <hyperlink ref="D76" r:id="rId66"/>
+    <hyperlink ref="D77" r:id="rId67"/>
+    <hyperlink ref="D78" r:id="rId68"/>
+    <hyperlink ref="D79" r:id="rId69"/>
+    <hyperlink ref="D80" r:id="rId70"/>
+    <hyperlink ref="D81" r:id="rId71"/>
+    <hyperlink ref="D82" r:id="rId72"/>
+    <hyperlink ref="D83" r:id="rId73"/>
+    <hyperlink ref="D84" r:id="rId74"/>
+    <hyperlink ref="D85" r:id="rId75"/>
+    <hyperlink ref="D86" r:id="rId76"/>
+    <hyperlink ref="D87" r:id="rId77"/>
+    <hyperlink ref="D88" r:id="rId78"/>
+    <hyperlink ref="D89" r:id="rId79"/>
+    <hyperlink ref="D92" r:id="rId80"/>
+    <hyperlink ref="D93" r:id="rId81"/>
+    <hyperlink ref="D95" r:id="rId82"/>
+    <hyperlink ref="D96" r:id="rId83"/>
+    <hyperlink ref="D98" r:id="rId84"/>
+    <hyperlink ref="D99" r:id="rId85"/>
+    <hyperlink ref="D101" r:id="rId86"/>
+    <hyperlink ref="D102" r:id="rId87"/>
+    <hyperlink ref="D103" r:id="rId88"/>
+    <hyperlink ref="D104" r:id="rId89"/>
+    <hyperlink ref="D106" r:id="rId90"/>
+    <hyperlink ref="D107" r:id="rId91"/>
+    <hyperlink ref="D108" r:id="rId92"/>
+    <hyperlink ref="D109" r:id="rId93"/>
+    <hyperlink ref="D110" r:id="rId94"/>
+    <hyperlink ref="D111" r:id="rId95"/>
+    <hyperlink ref="D112" r:id="rId96"/>
+    <hyperlink ref="D113" r:id="rId97"/>
+    <hyperlink ref="D115" r:id="rId98"/>
+    <hyperlink ref="D116" r:id="rId99"/>
     <hyperlink ref="D117" r:id="rId100"/>
     <hyperlink ref="D118" r:id="rId101"/>
     <hyperlink ref="D119" r:id="rId102"/>
     <hyperlink ref="D120" r:id="rId103"/>
     <hyperlink ref="D121" r:id="rId104"/>
     <hyperlink ref="D122" r:id="rId105"/>
     <hyperlink ref="D123" r:id="rId106"/>
     <hyperlink ref="D124" r:id="rId107"/>
+    <hyperlink ref="D125" r:id="rId108"/>
+    <hyperlink ref="D126" r:id="rId109"/>
+    <hyperlink ref="D127" r:id="rId110"/>
+    <hyperlink ref="D128" r:id="rId111"/>
+    <hyperlink ref="D129" r:id="rId112"/>
+    <hyperlink ref="D130" r:id="rId113"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>