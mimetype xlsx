--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,777 +42,777 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильники и аксессуары</t>
   </si>
   <si>
-    <t>1.1 Светильники для растений</t>
-[...2 lines deleted...]
-    <t>1.1.1 Светильники Green line для растений</t>
+    <t>1.1 Аварийное освещение</t>
+  </si>
+  <si>
+    <t>74-1314</t>
+  </si>
+  <si>
+    <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» светодиодный односторонний 1.5 ч, 3 Вт</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>74-1312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – фигура-стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт </t>
+  </si>
+  <si>
+    <t>74-0100-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ВЫХОД" REXANT </t>
+  </si>
+  <si>
+    <t>74-0080-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ПГ" REXANT </t>
+  </si>
+  <si>
+    <t>74-0030-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника "ВЫХОД  ВПРАВО" REXANT </t>
+  </si>
+  <si>
+    <t>74-0040-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника "ВЫХОД  ВЛЕВО"  REXANT </t>
+  </si>
+  <si>
+    <t>74-1313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник аварийно-эвакуационный «ЗАПАСНЫЙ ВЫХОД» светодиодный односторонний 1.5 ч, 3 Вт </t>
+  </si>
+  <si>
+    <t>74-1307</t>
+  </si>
+  <si>
+    <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт</t>
+  </si>
+  <si>
+    <t>74-1310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник аварийно-эвакуационный светодиодный двухсторонний 1.5 ч, 3 Вт </t>
+  </si>
+  <si>
+    <t>74-0120-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу налево вниз" REXANT </t>
+  </si>
+  <si>
+    <t>74-0130-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу направо вниз" REXANT </t>
+  </si>
+  <si>
+    <t>74-0070</t>
+  </si>
+  <si>
+    <t>Светильник Аварийный  "ПК" REXANT светодиодный</t>
+  </si>
+  <si>
+    <t>74-0140-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу направо вверх" REXANT </t>
+  </si>
+  <si>
+    <t>74-0070-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ПК" REXANT </t>
+  </si>
+  <si>
+    <t>74-0110-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу налево вверх" REXANT </t>
+  </si>
+  <si>
+    <t>74-1305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник аккумуляторный непостоянного действия для подсветки путей эвакуации и рабочих зон при отключении питания, режимы: 30%/100% кнопка тест, 3 </t>
+  </si>
+  <si>
+    <t>1.2 Светильники настольные</t>
+  </si>
+  <si>
+    <t>1.2.1 Светильники настольные под лампу</t>
+  </si>
+  <si>
+    <t>603-1021</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Акцент "Леопард" черный с черным абажуром, с цоколем Е27, 40Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1016</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Бульдог", с цоколем Е14, 40Вт, цвет черный REXANT</t>
+  </si>
+  <si>
+    <t>603-1017</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Бульдог", с цоколем Е14, 40Вт, цвет белый REXANT</t>
+  </si>
+  <si>
+    <t>603-1018</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Кот с зонтом" , с цоколем Е14, 40 Вт, цвет черный REXANT</t>
+  </si>
+  <si>
+    <t>603-1019</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный МОБИ "Кот с зонтом" , с цоколем Е14, 40 Вт, цвет белый REXANT</t>
+  </si>
+  <si>
+    <t>603-1024</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание дуга под золотой мрамор, бежевый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1027</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание кольцо под черный мрамор, белый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1034</t>
+  </si>
+  <si>
+    <t>Светильник декоративный "Кот в очках", цоколь Е14, 40Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>603-1014</t>
+  </si>
+  <si>
+    <t>Светильник Пчеленок на основании, с цоколем Е27, 60 Вт, цвет подсолнух REXANT</t>
+  </si>
+  <si>
+    <t>603-1037</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, белый с белым абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1038</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, черный с черным абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1035</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, золотой с черным абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1036</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, серебряный с пудровым абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1029</t>
+  </si>
+  <si>
+    <t>Светильник декоративный МОБИ Заяц золото REXANT</t>
+  </si>
+  <si>
+    <t>603-1022</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте с основанием цвета мрамор с белым абажуром, с цоколем Е14, 40 Вт, REXANT</t>
+  </si>
+  <si>
+    <t>603-1025</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание белого цвета, белый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание под дерево, бежевый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1011</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Рубикон на металлической стойке с основанием, с цоколем Е27, 60 Вт, цвет лунный свет</t>
+  </si>
+  <si>
+    <t>603-1008</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Акцент на металлической стойке с винтовым зажимом, с цоколем Е27, 60 Вт, цвет антрацит</t>
+  </si>
+  <si>
+    <t>603-1023</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание дуга под белый мрамор, черный абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1026</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание кольцо под белый мрамор, черный абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1030</t>
+  </si>
+  <si>
+    <t>Светильник декоративный МОБИ Заяц хром REXANT</t>
+  </si>
+  <si>
+    <t>603-1033</t>
+  </si>
+  <si>
+    <t>Светильник декоративный "Кот в очках", цоколь Е14, 40Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>603-1001</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Смелый Летчик на основании, с цоколем Е27, 60 Вт, цвет синий</t>
+  </si>
+  <si>
+    <t>603-1009</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Акцент на металлической стойке с винтовым зажимом, с цоколем Е27, 60 Вт, цвет лунный свет</t>
+  </si>
+  <si>
+    <t>603-1010</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Рубикон на металлической стойке с основанием, с цоколем Е27, 60 Вт, цвет антрацит</t>
+  </si>
+  <si>
+    <t>603-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник настольный Моби REXANT  на металлической стойке с зажимом-прищепкой, с цоколем Е27, 60 Вт, цвет летнее небо </t>
+  </si>
+  <si>
+    <t>1.2.2 Светильники настольные LED</t>
+  </si>
+  <si>
+    <t>75-0215</t>
+  </si>
+  <si>
+    <t>Светильник настольный заряжаемый PROconnect CH-017</t>
+  </si>
+  <si>
+    <t>75-0222</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Baoli, USB-зарядка устройств, вращение 360°</t>
+  </si>
+  <si>
+    <t>609-001</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-005</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Skin на основании, LED, 7 Вт 2700-6500 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа), корпус с эф</t>
+  </si>
+  <si>
+    <t>75-0219</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Status LED, USB-зарядка устройств, 2700-6500 К, диммирование, 220 В, эффект тиснения под кожу</t>
+  </si>
+  <si>
+    <t>609-033</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-036</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, зеленый REXANT</t>
+  </si>
+  <si>
+    <t>609-006</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Shift с ночником, на основании, LED, 6 Вт, 4000 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа)</t>
+  </si>
+  <si>
+    <t>75-0216</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел с ночником, 220 В LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч автономной работы</t>
+  </si>
+  <si>
+    <t>75-0218</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Cesar LED с поворотом излучающей поверхности на 360°, 5000 К, часы, термометр, будильник, календарь, цвет черный</t>
+  </si>
+  <si>
+    <t>75-0223</t>
+  </si>
+  <si>
+    <t>Светильник настольный Cloud LED 2700-6500К, встроенная беспроводная и проводная USB-зарядка устройств, диммер, гибкий поворот REXANT</t>
+  </si>
+  <si>
+    <t>609-035</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, красный REXANT</t>
+  </si>
+  <si>
+    <t>609-027</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-029</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Duo, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-030</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-002</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на основании, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-039</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный настольный Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>75-0224</t>
+  </si>
+  <si>
+    <t>Светильник настольный с органайзером, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>75-0226</t>
+  </si>
+  <si>
+    <t>Светильник настольный с RGB-ночником, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-007</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click Pro на основании, LED, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа) REXANT</t>
+  </si>
+  <si>
+    <t>75-0217</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел Про c солнечной панелью и с ночником, 220 В, LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч авто</t>
+  </si>
+  <si>
+    <t>609-041</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, колокольчик, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-034</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, синий REXANT</t>
+  </si>
+  <si>
+    <t>609-031</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, серебряный REXANT</t>
+  </si>
+  <si>
+    <t>609-038</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный на прищепке Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>609-042</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, круглый, черный REXANT</t>
+  </si>
+  <si>
+    <t>75-0225</t>
+  </si>
+  <si>
+    <t>Светильник настольный с 2 креплениями (подставка и струбцина) LED, 10Вт, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-004</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Lite с ночником на основании, LED, 6 Вт, 4000 К, RGB-динамика, диммируемый 3 ступени, заряжаемый (автономный режим</t>
+  </si>
+  <si>
+    <t>609-040</t>
+  </si>
+  <si>
+    <t>Светильник настольный Crystal, сенсорный, RGB REXANT</t>
+  </si>
+  <si>
+    <t>609-037</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, кремовый REXANT</t>
+  </si>
+  <si>
+    <t>609-028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-032</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, золотой REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Светильники настенно-потолочные</t>
+  </si>
+  <si>
+    <t>1.3.1 Модули светодиодные</t>
+  </si>
+  <si>
+    <t>615-104</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 48 Вт 2700-6500 К LED диммируемый с пультом дистанционного управления</t>
+  </si>
+  <si>
+    <t>615-100</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 12 Вт 4000 К LED</t>
+  </si>
+  <si>
+    <t>615-102</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 36 Вт 2700-6500 К LED диммируемый через выключатель</t>
+  </si>
+  <si>
+    <t>1.4 Светильники трековые и шинопровод</t>
+  </si>
+  <si>
+    <t>612-012</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода T-образный черный REXANT</t>
+  </si>
+  <si>
+    <t>611-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-002</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 3000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-005</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 20Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-006</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 20Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>611-008</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 30Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>611-009</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 30Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>612-006</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода T-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-002</t>
+  </si>
+  <si>
+    <t>Шинопровод однофазный с кабельным вводом и заглушкой для трековых светильников 1м черный REXANT</t>
+  </si>
+  <si>
+    <t>612-004</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода I-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-013</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода X-образный черный REXANT</t>
+  </si>
+  <si>
+    <t>612-007</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода X-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-005</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода L-образный белый REXANT</t>
+  </si>
+  <si>
+    <t>612-022</t>
+  </si>
+  <si>
+    <t>Комплект тросовых подвесов для шинопровода с регулировкой высоты, 2м (2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>611-003</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>612-001</t>
+  </si>
+  <si>
+    <t>Шинопровод однофазный с кабельным вводом и заглушкой для трековых светильников 1м белый REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Даунлайты и точечные светильники</t>
+  </si>
+  <si>
+    <t>1.5.1 Даунлайты поворотные Bagel</t>
+  </si>
+  <si>
+    <t>613-001</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Bagel 5 Вт 4000 К LED</t>
+  </si>
+  <si>
+    <t>613-002</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Bagel 12 Вт 4000 К LED</t>
+  </si>
+  <si>
+    <t>1.5.2 Даунлайты поворотные Dark Light</t>
+  </si>
+  <si>
+    <t>615-1001</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К LED GOLD</t>
+  </si>
+  <si>
+    <t>615-1004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К Oval LED WHITE</t>
+  </si>
+  <si>
+    <t>615-1005</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К Ring LED WHITE</t>
+  </si>
+  <si>
+    <t>615-1002</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К LED BLACK</t>
+  </si>
+  <si>
+    <t>1.5.3 Даунлтайты накладные Sirius</t>
+  </si>
+  <si>
+    <t>615-001</t>
+  </si>
+  <si>
+    <t>Светильник универсальный REXANT Sirius 15 Вт 4000 К LED белый</t>
+  </si>
+  <si>
+    <t>615-002</t>
+  </si>
+  <si>
+    <t>Светильник универсальный REXANT Sirius 15 Вт 4000 К LED черный</t>
+  </si>
+  <si>
+    <t>1.5.4 Даунлайты Aurora</t>
+  </si>
+  <si>
+    <t>615-1300</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный накладной REXANT AuroraSunset Wave с изменяемой цветовой температурой и регулируемой мощностью 4W+4W, 2700-6500 К LED</t>
+  </si>
+  <si>
+    <t>623-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный встраиваемый REXANT Aurora&amp;Sunset Sparta с изменяемой цветовой температурой и регулируемой мощностью 4х2W 2700-6500 К LED</t>
+  </si>
+  <si>
+    <t>1.6 Серия Macrolight для использования внутри и вне зданий, для влажных помещений</t>
+  </si>
+  <si>
+    <t>610-004</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Кассиопея 6 Вт LED серый REXANT</t>
+  </si>
+  <si>
+    <t>610-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea 4 Вт х 2 LED черный REXANT</t>
+  </si>
+  <si>
+    <t>610-002</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea 4 Вт х 2 LED белый REXANT</t>
+  </si>
+  <si>
+    <t>610-007</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea регулируемый угол 4 Вт х 2 LED белый REXANT</t>
+  </si>
+  <si>
+    <t>610-009</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Ball 1,5 Вт х 4 белый REXANT</t>
+  </si>
+  <si>
+    <t>610-010</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Star Way 1,5 х 6 Вт LED черный REXANT</t>
+  </si>
+  <si>
+    <t>610-005</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный универсальный Cassiopea 6 Вт LED белый REXANT</t>
+  </si>
+  <si>
+    <t>610-100</t>
+  </si>
+  <si>
+    <t>Светильник REXANT Galatea GU10</t>
+  </si>
+  <si>
+    <t>1.7 Светильники для растений</t>
+  </si>
+  <si>
+    <t>1.7.1 Светильники Green line для растений</t>
   </si>
   <si>
     <t>616-001</t>
   </si>
   <si>
     <t>Светильник светодиодный для растений REXANT Green line 14 Вт LED с комплектом креплений</t>
-  </si>
-[...715 lines deleted...]
-    <t xml:space="preserve">Светильник аккумуляторный непостоянного действия для подсветки путей эвакуации и рабочих зон при отключении питания, режимы: 30%/100% кнопка тест, 3 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1197,51 +1197,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-dlya-rasteniy-rexant-green-line-14-vt-led-s-komplektom-krepleniy-21701" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodniy-s-drayverom-rexant-48-vt-2700-6500-k-led-dimmiruemiy-s-pultom-distantsionnogo-upravleniya-24182" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodniy-s-drayverom-rexant-12-vt-4000-k-led-24178" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodniy-s-drayverom-rexant-36-vt-2700-6500-k-led-dimmiruemiy-cherez-viklyuchatel-24180" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovim-zajimom-s-tsokolem-e27-60-vt-tsvet-lunniy-svet-26234" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-zolotoy-s-chernim-abajurom-e27-rexant-31525" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-cherniy-rexant-30812" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-mobi-zayats-hrom-rexant-30817" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-mobi-zayats-zoloto-rexant-30809" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-mobi-rexant-na-metallicheskoy-stoyke-s-zajimom-prischepkoy-s-tsokolem-e27-60-vt-tsvet-letnee-nebo-26238" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-s-osnovaniem-tsveta-mramor-s-belim-abajurom-s-tsokolem-e14-40-vt-rexant-30248" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-cherniy-rexant-30810" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-cherniy-s-chernim-abajurom-e27-rexant-31389" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovim-zajimom-s-tsokolem-e27-60-vt-tsvet-antratsit-26233" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-belogo-tsveta-beliy-abajur-tsokol-e27-60vt-rexant-30244" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-pod-derevo-bejeviy-abajur-tsokol-e27-60vt-rexant-30245" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-beliy-rexant-30811" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-beliy-rexant-30813" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-duga-pod-beliy-mramor-cherniy-abajur-tsokol-e27-60vt-rexant-30805" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-koltso-pod-cherniy-mramor-beliy-abajur-tsokol-e27-60vt-rexant-30808" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-kot-v-ochkah-tsokol-e14-40vt-beliy-rexant-30818" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-kot-v-ochkah-tsokol-e14-40vt-cherniy-rexant-30819" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-serebryaniy-s-pudrovim-abajurom-e27-rexant-31526" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-smeliy-letchik-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-siniy-26242" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-antratsit-26235" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-lunniy-svet-26236" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-pchelenok-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-podsolnuh-26239" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-aktsent-leopard-cherniy-s-chernim-abajurom-s-tsokolem-e27-40vt-rexant-30247" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-duga-pod-zolotoy-mramor-bejeviy-abajur-tsokol-e27-60vt-rexant-30806" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-nastolniy-forte-osnovanie-koltso-pod-beliy-mramor-cherniy-abajur-tsokol-e27-60vt-rexant-30807" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-chelovechek-beliy-s-belim-abajurom-e27-rexant-31388" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-zaryajaemiy-proconnect-ch-017-14341" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryajaemiy-2-ch-avtonomnoy-raboti-26464" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitniy-perenosnoy-s-3-krepleniyami-kolokolchik-beliy-rexant-31056" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-tisneniya-pod-koju-26466" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-cherniy-rexant-31448" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-nastolniy-klik-2vt-6000k-rexant-30804" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-click-4-vt-4000-k-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-na-osnovanii-led-rexant-21949" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4-vt-4000-k-dimmiruemiy-3-stupeni-na-prischepke-rexant-21948" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-korpus-s-effektom-tisneniya-koji-26353" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-26354" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroystv-dimmer-gibkiy-povorot-26467" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-26352" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasi-termometr-budilnik-kalendar-tsvet-cherniy-26465" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryajaemiy-2-ch-avtonomnoy-raboti-26463" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-krasniy-rexant-29766" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360-26475" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-rexant-click-pro-na-osnovanii-led-dimmiruemiy-3-stupeni-zaryajaemiy-avtonomniy-rejim-3-chasa-26355" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-s-organayzerom-led-12vt-beliy-rexant-31447" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-uno-led-2vt-3000k-5v-cherniy-rexant-30116" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-kremoviy-rexant-29768" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-siniy-rexant-29765" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-trio-led-2vt-3000k-5v-beliy-rexant-30114" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-duo-led-2vt-3000k-5v-cherniy-rexant-30115" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-uno-led-2vt-3000k-5v-serebryaniy-rexant-30117" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-cherniy-rexant-29764" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-led-nastolniy-zaryajaemiy-click-4vt-4000k-dimmiruemiy-3-stupeni-na-prischepke-zeleniy-rexant-29767" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-trio-led-2vt-3000k-5v-cherniy-rexant-30113" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativniy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant-30118" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitniy-perenosnoy-s-3-krepleniyami-krugliy-cherniy-rexant-31057" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-na-prischepke-klik-2vt-6000k-rexant-30803" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolniy-s-rgb-nochnikom-led-12vt-beliy-rexant-31449" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-20vt-4000k-led-beliy-rexant-21664" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofazniy-s-kabelnim-vvodom-i-zaglushkoy-dlya-trekovih-svetilnikov-1m-beliy-rexant-21669" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-12vt-3000k-led-beliy-rexant-21661" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-20vt-4000k-led-cherniy-rexant-21665" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-30vt-4000k-led-beliy-rexant-21667" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-12vt-4000k-led-cherniy-rexant-21662" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofazniy-s-kabelnim-vvodom-i-zaglushkoy-dlya-trekovih-svetilnikov-1m-cherniy-rexant-21670" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-trosovih-podvesov-dlya-shinoprovoda-s-regulirovkoy-visoti-2m-2-sht-rexant-21690" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-12vt-4000k-led-beliy-rexant-21660" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-trekoviy-star-track-30vt-4000k-led-cherniy-rexant-21668" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-i-obrazniy-beliy-rexant-21672" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obrazniy-beliy-rexant-21674" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obrazniy-beliy-rexant-21675" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obrazniy-cherniy-rexant-21681" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-l-obrazniy-beliy-rexant-21673" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obrazniy-cherniy-rexant-21680" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalniy-rexant-sirius-15-vt-4000-k-led-beliy-21699" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalniy-rexant-sirius-15-vt-4000-k-led-cherniy-21700" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-vstraivaemiy-rexant-aurora-sunset-sparta-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reguliruemoy-moschnostyu-4h2w-2700-6500-k-led-22851" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-nakladnoy-rexant-aurorasunset-wave-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reguliruemoy-moschnostyu-4w-4w-2700-6500-k-led-26251" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-bagel-12-vt-4000-k-led-21692" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-bagel-5-vt-4000-k-led-21691" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-led-black-21694" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-oval-led-white-21696" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-ring-led-white-21697" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemiy-povorotniy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-k-led-gold-21693" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-4-vt-h-2-led-cherniy-rexant-21984" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-6-vt-led-beliy-rexant-21988" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-kassiopeya-6-vt-led-seriy-rexant-21987" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-reguliruemiy-ugol-4-vt-h-2-led-beliy-rexant-21990" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-ball-1-5-vt-h-4-beliy-rexant-21992" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-cassiopea-4-vt-h-2-led-beliy-rexant-21985" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodniy-universalniy-star-way-1-5-h-6-vt-led-cherniy-rexant-21993" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-galatea-gu10-22854" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyniy-pk-rexant-svetodiodniy-10809" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-vihod-exit-svetodiodniy-odnostoronniy-1-5-ch-3-vt-26346" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-zapasniy-vihod-svetodiodniy-odnostoronniy-1-5-ch-3-vt-26347" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-vihod-exit-strelka-svetodiodniy-dvuhstoronniy-1-5-ch-3-vt-26349" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-svetodiodniy-dvuhstoronniy-1-5-ch-3-vt-26350" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionniy-vihod-exit-figura-strelka-svetodiodniy-dvuhstoronniy-1-5-ch-3-vt-26348" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vihod-vpravo-rexant-11224" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vihod-rexant-11234" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-nalevo-vverh-rexant-11235" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-napravo-vniz-rexant-11222" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pk-rexant-11220" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pg-rexant-11223" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-nalevo-vniz-rexant-11221" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vihodu-napravo-vverh-rexant-11219" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vihod-vlevo-rexant-11233" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-akkumulyatorniy-nepostoyannogo-deystviya-dlya-podsvetki-putey-evakuatsii-i-rabochih-zon-pri-otklyuchenii-pitaniya-rejimi-30-100-knopka-test-3-ch-raboti-26351" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-svetodiodnyy-odnostoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-figura-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vpravo-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vlevo-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-zapasnyy-vyhod-svetodiodnyy-odnostoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vniz-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vniz-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariynyy-pk-rexant-svetodiodnyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vverh-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pk-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vverh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-akkumulyatornyy-nepostoyannogo-deystviya-dlya-podsvetki-putey-evakuatsii-i-rabochih-zon-pr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-aktsent-leopard-chernyy-s-chernym-abazhurom-s-tsokolem-e27-40vt-rex" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-zolotoy-mramor-bezhevyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-chernyy-mramor-belyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-pchelenok-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-podsolnuh-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-belyy-s-belym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-chernyy-s-chernym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-zolotoy-s-chernym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-serebryanyy-s-pudrovym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-zoloto-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-s-osnovaniem-tsveta-mramor-s-belym-abazhurom-s-tsokolem-e14-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-belogo-tsveta-belyy-abazhur-tsokol-e27-60vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-pod-derevo-bezhevyy-abazhur-tsokol-e27-60vt-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-belyy-mramor-chernyy-abazhur-tsokol-e27-60" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-belyy-mramor-chernyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-hrom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-smelyy-letchik-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-siniy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-mobi-rexant-na-metallicheskoy-stoyke-s-zazhimom-prischepkoy-s-tsokolem-e27-60-vt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-belyy-rexan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryaz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-t" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-chernyy-rex" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-zelenyy-rex" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasy-term" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroys" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-krasnyy-rex" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besst" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-siniy-rexan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmirue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-kremovyy-re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-48-vt-2700-6500-k-led-dimmiruemyy-s-pultom-distantsionnogo-upr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-12-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-36-vt-2700-6500-k-led-dimmiruemyy-cherez-vyklyuchatel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-3000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-i-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-l-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-trosovyh-podvesov-dlya-shinoprovoda-s-regulirovkoy-vysoty-2m-2-sht-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-5-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-12-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-belyy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-chernyy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nakladnoy-rexant-aurorasunset-wave-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-vstraivaemyy-rexant-aurora-sunset-sparta-s-izmenyaemoy-tsvetovoy-temperaturoy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-kassiopeya-6-vt-led-seryy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-reguliruemyy-ugol-4-vt-h-2-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-ball-1-5-vt-h-4-belyy-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-star-way-1-5-h-6-vt-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-6-vt-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-galatea-gu10" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-dlya-rasteniy-rexant-green-line-14-vt-led-s-komplektom-krepleniy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I130"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1271,3640 +1271,3640 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="2" t="s">
+      <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="2"/>
-[...6 lines deleted...]
-      <c r="I4" s="2"/>
+      <c r="B4" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="3">
+        <v>976.41</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="3">
+        <v>303</v>
+      </c>
+      <c r="G4" s="3">
+        <v>1</v>
+      </c>
+      <c r="H4" s="3">
+        <v>20</v>
+      </c>
+      <c r="I4" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>724.8</v>
+        <v>976.41</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2066</v>
+        <v>278</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A6" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I6" s="2"/>
+      <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="3">
+        <v>95.56</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="3">
+        <v>305</v>
+      </c>
+      <c r="G6" s="3">
+        <v>5</v>
+      </c>
+      <c r="H6" s="3">
+        <v>500</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="A7" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>95.56</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="3">
+        <v>2150</v>
+      </c>
+      <c r="G7" s="3">
+        <v>5</v>
+      </c>
+      <c r="H7" s="3">
+        <v>500</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>886.37</v>
+        <v>95.56</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="3">
         <v>15</v>
       </c>
-      <c r="F8" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H8" s="3">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>250.29</v>
+        <v>95.56</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>477.09</v>
+        <v>976.41</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>585</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="3">
+        <v>976.41</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>848</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>20</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="3">
+        <v>956.44</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>135</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>20</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>1768.48</v>
+        <v>77.4</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G13" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H13" s="3">
-        <v>18</v>
+        <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>3450</v>
+        <v>86</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>288</v>
+        <v>65</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H14" s="3">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>3867.87</v>
+        <v>976.41</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1740</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>5516.79</v>
+        <v>95.56</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>56</v>
+        <v>155</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H16" s="3">
-        <v>6</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>5516.79</v>
+        <v>95.56</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>203</v>
+        <v>460</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H17" s="3">
-        <v>6</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>1451.77</v>
+        <v>77.4</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H18" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>1491.21</v>
+        <v>793.49</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>3168</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A20" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A21" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>1675.23</v>
+        <v>6606.71</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>1580.79</v>
+        <v>2476.19</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>56</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>1653.36</v>
+        <v>2476.19</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>12</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>2434.8</v>
+        <v>3933.62</v>
       </c>
       <c r="D25" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>12</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>3867.87</v>
+        <v>3933.62</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>548</v>
+        <v>418</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>12</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>2862.88</v>
+        <v>2016.4</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>23</v>
+        <v>397</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>2434.89</v>
+        <v>2228.65</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>274</v>
+        <v>242</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>2539.14</v>
+        <v>2582.31</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>756</v>
+        <v>85</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>12</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>2539.14</v>
+        <v>985.22</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>786</v>
+        <v>367</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>3450</v>
+        <v>3508.65</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>265</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>806.61</v>
+        <v>3508.65</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>1875.13</v>
+        <v>3508.65</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>12</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>1517.43</v>
+        <v>3508.65</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>968.75</v>
+        <v>5330.05</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>486</v>
+        <v>87</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>6496.27</v>
+        <v>1364.9</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>2202.99</v>
+        <v>1446.9</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>3006.03</v>
+        <v>1513.32</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>12</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>3450</v>
+        <v>1543.23</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>12</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I40" s="2"/>
+      <c r="A40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C40" s="3">
+        <v>1703.71</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="3">
+        <v>0</v>
+      </c>
+      <c r="G40" s="3">
+        <v>1</v>
+      </c>
+      <c r="H40" s="3">
+        <v>18</v>
+      </c>
+      <c r="I40" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C41" s="3">
-        <v>461.54</v>
+        <v>2620.39</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>175</v>
+        <v>23</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C42" s="3">
-        <v>899.99</v>
+        <v>3057.13</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>54</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C43" s="3">
-        <v>1619.99</v>
+        <v>5610.58</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>1183</v>
+        <v>44</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C44" s="3">
-        <v>1921.38</v>
+        <v>2582.31</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C45" s="3">
-        <v>3000</v>
+        <v>820.32</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>250</v>
+        <v>7</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C46" s="3">
-        <v>398.08</v>
+        <v>1798.54</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>120</v>
+        <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C47" s="3">
-        <v>965.62</v>
+        <v>1907.01</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C48" s="3">
-        <v>959.85</v>
+        <v>1476.45</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A49" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C50" s="3">
-        <v>1102.02</v>
+        <v>469.39</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C51" s="3">
-        <v>2650.12</v>
+        <v>1484.53</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
         <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C52" s="3">
-        <v>1076.92</v>
+        <v>976.17</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
         <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C53" s="3">
-        <v>2357.69</v>
+        <v>1095.23</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
         <v>0</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C54" s="3">
-        <v>600.29</v>
+        <v>1954.04</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C55" s="3">
-        <v>918.74</v>
+        <v>976.17</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>80</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C56" s="3">
-        <v>1459.71</v>
+        <v>976.17</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C57" s="3">
-        <v>1512.06</v>
+        <v>1120.75</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C58" s="3">
-        <v>3000</v>
+        <v>610.49</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>826</v>
+        <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I58" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C59" s="3">
-        <v>1116.08</v>
+        <v>2397.77</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I59" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C60" s="3">
-        <v>963.47</v>
+        <v>2695.17</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C61" s="3">
-        <v>963.47</v>
+        <v>934.36</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>80</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C62" s="3">
-        <v>1414.13</v>
+        <v>1438.17</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>16</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C63" s="3">
-        <v>941.83</v>
+        <v>957.84</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>16</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>1116.08</v>
+        <v>1135.05</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>786</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>9</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>959.85</v>
+        <v>982.04</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>80</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>1134.62</v>
+        <v>364.36</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>265</v>
+        <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>959.85</v>
+        <v>3051</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>724</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>80</v>
+        <v>12</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>1414.13</v>
+        <v>2861.82</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>0</v>
+        <v>651</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>1375.25</v>
+        <v>1537.77</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="I69" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>1799.99</v>
+        <v>915.29</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>295</v>
+        <v>23</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>432.69</v>
+        <v>1390.14</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>589</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>2813.98</v>
+        <v>979.85</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>767</v>
+        <v>1</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A73" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I73" s="2"/>
+      <c r="A73" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C73" s="3">
+        <v>1135.05</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F73" s="3">
+        <v>1</v>
+      </c>
+      <c r="G73" s="3">
+        <v>1</v>
+      </c>
+      <c r="H73" s="3">
+        <v>9</v>
+      </c>
+      <c r="I73" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>714.13</v>
+        <v>440.05</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>3918</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>403.31</v>
+        <v>1830.59</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>1866</v>
+        <v>182</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>519.88</v>
+        <v>3051</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>6929</v>
+        <v>82</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>714.13</v>
+        <v>1095.23</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>6424</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>734.83</v>
+        <v>973.27</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I78" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>519.88</v>
+        <v>979.85</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>5956</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I79" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>403.31</v>
+        <v>1438.17</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>977</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I80" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>520.32</v>
+        <v>1398.63</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>294</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>9</v>
       </c>
       <c r="I81" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A82" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A82" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B82" s="2"/>
+      <c r="C82" s="2"/>
+      <c r="D82" s="2"/>
+      <c r="E82" s="2"/>
+      <c r="F82" s="2"/>
+      <c r="G82" s="2"/>
+      <c r="H82" s="2"/>
+      <c r="I82" s="2"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A83" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A83" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>71.95</v>
+        <v>811.29</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>1538</v>
+        <v>127</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="I84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C85" s="3">
-        <v>194.44</v>
+        <v>254.54</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>1072</v>
+        <v>0</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C86" s="3">
-        <v>255.12</v>
+        <v>436.68</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>1077</v>
+        <v>52</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A87" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A87" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B87" s="2"/>
+      <c r="C87" s="2"/>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2"/>
+      <c r="F87" s="2"/>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2"/>
+      <c r="I87" s="2"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>129.99</v>
+        <v>197.75</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>1206</v>
+        <v>1345</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>200</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>194.44</v>
+        <v>528.72</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>1345</v>
+        <v>5027</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A90" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I90" s="2"/>
+      <c r="A90" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C90" s="3">
+        <v>528.72</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="3">
+        <v>6918</v>
+      </c>
+      <c r="G90" s="3">
+        <v>1</v>
+      </c>
+      <c r="H90" s="3">
+        <v>60</v>
+      </c>
+      <c r="I90" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A91" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I91" s="2"/>
+      <c r="A91" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C91" s="3">
+        <v>726.27</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F91" s="3">
+        <v>3627</v>
+      </c>
+      <c r="G91" s="3">
+        <v>1</v>
+      </c>
+      <c r="H91" s="3">
+        <v>30</v>
+      </c>
+      <c r="I91" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>550.31</v>
+        <v>726.27</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>672</v>
+        <v>5741</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>550.31</v>
+        <v>747.32</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>1335</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A94" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I94" s="2"/>
+      <c r="A94" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="C94" s="3">
+        <v>747.32</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F94" s="3">
+        <v>11</v>
+      </c>
+      <c r="G94" s="3">
+        <v>1</v>
+      </c>
+      <c r="H94" s="3">
+        <v>30</v>
+      </c>
+      <c r="I94" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>194.52</v>
+        <v>197.75</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>3231</v>
+        <v>1072</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>192.57</v>
+        <v>410.17</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>2469</v>
+        <v>973</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A97" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I97" s="2"/>
+      <c r="A97" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C97" s="3">
+        <v>73.17</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F97" s="3">
+        <v>1532</v>
+      </c>
+      <c r="G97" s="3">
+        <v>1</v>
+      </c>
+      <c r="H97" s="3">
+        <v>200</v>
+      </c>
+      <c r="I97" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>191.35</v>
+        <v>259.46</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>1157</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>147.46</v>
+        <v>259.46</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>1155</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A100" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I100" s="2"/>
+      <c r="A100" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="C100" s="3">
+        <v>132.2</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="3">
+        <v>1206</v>
+      </c>
+      <c r="G100" s="3">
+        <v>1</v>
+      </c>
+      <c r="H100" s="3">
+        <v>200</v>
+      </c>
+      <c r="I100" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>476.23</v>
+        <v>529.17</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>1186</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="C102" s="3">
-        <v>453.69</v>
+        <v>528.72</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>129</v>
+        <v>1415</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C103" s="3">
-        <v>405.9</v>
+        <v>410.17</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>152</v>
+        <v>1841</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A104" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A104" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B104" s="2"/>
+      <c r="C104" s="2"/>
+      <c r="D104" s="2"/>
+      <c r="E104" s="2"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="2"/>
+      <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="2"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
       <c r="I105" s="2"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C106" s="3">
-        <v>1286.45</v>
+        <v>149.97</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>147</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C107" s="3">
-        <v>1233.94</v>
+        <v>194.6</v>
       </c>
       <c r="D107" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A108" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A108" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="B108" s="2"/>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2"/>
+      <c r="E108" s="2"/>
+      <c r="F108" s="2"/>
+      <c r="G108" s="2"/>
+      <c r="H108" s="2"/>
+      <c r="I108" s="2"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>1110.36</v>
+        <v>843.91</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C110" s="3">
-        <v>166.36</v>
+        <v>415.26</v>
       </c>
       <c r="D110" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1</v>
+        <v>128</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C111" s="3">
-        <v>891.15</v>
+        <v>371.52</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>304</v>
+        <v>151</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>949.76</v>
+        <v>484.33</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
         <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A113" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A113" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="B113" s="2"/>
+      <c r="C113" s="2"/>
+      <c r="D113" s="2"/>
+      <c r="E113" s="2"/>
+      <c r="F113" s="2"/>
+      <c r="G113" s="2"/>
+      <c r="H113" s="2"/>
+      <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A114" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I114" s="2"/>
+      <c r="A114" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C114" s="3">
+        <v>559.67</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F114" s="3">
+        <v>672</v>
+      </c>
+      <c r="G114" s="3">
+        <v>1</v>
+      </c>
+      <c r="H114" s="3">
+        <v>120</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C115" s="3">
-        <v>960.09</v>
+        <v>559.67</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>2548</v>
+        <v>1335</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A116" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A116" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2"/>
+      <c r="F116" s="2"/>
+      <c r="G116" s="2"/>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C117" s="3">
-        <v>960.09</v>
+        <v>176.26</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>2460</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="C118" s="3">
-        <v>960.09</v>
+        <v>178.04</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>1143</v>
+        <v>3168</v>
       </c>
       <c r="G118" s="3">
         <v>1</v>
       </c>
       <c r="H118" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A119" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A119" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="B119" s="2"/>
+      <c r="C119" s="2"/>
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C120" s="3">
-        <v>960.09</v>
+        <v>1898.35</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>1170</v>
+        <v>7</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>20</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C121" s="3">
-        <v>93.96</v>
+        <v>1308.32</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="G121" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H121" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C122" s="3">
-        <v>93.96</v>
+        <v>815.67</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="G122" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H122" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C123" s="3">
-        <v>84.56</v>
+        <v>1129.24</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G123" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>500</v>
+        <v>24</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C124" s="3">
-        <v>84.56</v>
+        <v>169.19</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G124" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C125" s="3">
-        <v>93.96</v>
+        <v>965.91</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F125" s="3">
         <v>0</v>
       </c>
       <c r="G125" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H125" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C126" s="3">
-        <v>93.96</v>
+        <v>1129.43</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>2195</v>
+        <v>79</v>
       </c>
       <c r="G126" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C127" s="3">
-        <v>84.56</v>
+        <v>1051.62</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>220</v>
+        <v>35</v>
       </c>
       <c r="G127" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H127" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A128" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A128" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="B128" s="2"/>
+      <c r="C128" s="2"/>
+      <c r="D128" s="2"/>
+      <c r="E128" s="2"/>
+      <c r="F128" s="2"/>
+      <c r="G128" s="2"/>
+      <c r="H128" s="2"/>
+      <c r="I128" s="2"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A129" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B129" s="3" t="s">
+      <c r="A129" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="C129" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B129" s="2"/>
+      <c r="C129" s="2"/>
+      <c r="D129" s="2"/>
+      <c r="E129" s="2"/>
+      <c r="F129" s="2"/>
+      <c r="G129" s="2"/>
+      <c r="H129" s="2"/>
+      <c r="I129" s="2"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C130" s="3">
-        <v>780.23</v>
+        <v>663.41</v>
       </c>
       <c r="D130" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>3631</v>
+        <v>2037</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A4:I4"/>
-[...10 lines deleted...]
-    <mergeCell ref="A100:I100"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A82:I82"/>
+    <mergeCell ref="A83:I83"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A104:I104"/>
     <mergeCell ref="A105:I105"/>
-    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A113:I113"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="A119:I119"/>
+    <mergeCell ref="A128:I128"/>
+    <mergeCell ref="A129:I129"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1"/>
-[...110 lines deleted...]
-    <hyperlink ref="D129" r:id="rId112"/>
+    <hyperlink ref="D4" r:id="rId1"/>
+    <hyperlink ref="D5" r:id="rId2"/>
+    <hyperlink ref="D6" r:id="rId3"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D13" r:id="rId10"/>
+    <hyperlink ref="D14" r:id="rId11"/>
+    <hyperlink ref="D15" r:id="rId12"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
+    <hyperlink ref="D36" r:id="rId31"/>
+    <hyperlink ref="D37" r:id="rId32"/>
+    <hyperlink ref="D38" r:id="rId33"/>
+    <hyperlink ref="D39" r:id="rId34"/>
+    <hyperlink ref="D40" r:id="rId35"/>
+    <hyperlink ref="D41" r:id="rId36"/>
+    <hyperlink ref="D42" r:id="rId37"/>
+    <hyperlink ref="D43" r:id="rId38"/>
+    <hyperlink ref="D44" r:id="rId39"/>
+    <hyperlink ref="D45" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId41"/>
+    <hyperlink ref="D47" r:id="rId42"/>
+    <hyperlink ref="D48" r:id="rId43"/>
+    <hyperlink ref="D50" r:id="rId44"/>
+    <hyperlink ref="D51" r:id="rId45"/>
+    <hyperlink ref="D52" r:id="rId46"/>
+    <hyperlink ref="D53" r:id="rId47"/>
+    <hyperlink ref="D54" r:id="rId48"/>
+    <hyperlink ref="D55" r:id="rId49"/>
+    <hyperlink ref="D56" r:id="rId50"/>
+    <hyperlink ref="D57" r:id="rId51"/>
+    <hyperlink ref="D58" r:id="rId52"/>
+    <hyperlink ref="D59" r:id="rId53"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D66" r:id="rId60"/>
+    <hyperlink ref="D67" r:id="rId61"/>
+    <hyperlink ref="D68" r:id="rId62"/>
+    <hyperlink ref="D69" r:id="rId63"/>
+    <hyperlink ref="D70" r:id="rId64"/>
+    <hyperlink ref="D71" r:id="rId65"/>
+    <hyperlink ref="D72" r:id="rId66"/>
+    <hyperlink ref="D73" r:id="rId67"/>
+    <hyperlink ref="D74" r:id="rId68"/>
+    <hyperlink ref="D75" r:id="rId69"/>
+    <hyperlink ref="D76" r:id="rId70"/>
+    <hyperlink ref="D77" r:id="rId71"/>
+    <hyperlink ref="D78" r:id="rId72"/>
+    <hyperlink ref="D79" r:id="rId73"/>
+    <hyperlink ref="D80" r:id="rId74"/>
+    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D84" r:id="rId76"/>
+    <hyperlink ref="D85" r:id="rId77"/>
+    <hyperlink ref="D86" r:id="rId78"/>
+    <hyperlink ref="D88" r:id="rId79"/>
+    <hyperlink ref="D89" r:id="rId80"/>
+    <hyperlink ref="D90" r:id="rId81"/>
+    <hyperlink ref="D91" r:id="rId82"/>
+    <hyperlink ref="D92" r:id="rId83"/>
+    <hyperlink ref="D93" r:id="rId84"/>
+    <hyperlink ref="D94" r:id="rId85"/>
+    <hyperlink ref="D95" r:id="rId86"/>
+    <hyperlink ref="D96" r:id="rId87"/>
+    <hyperlink ref="D97" r:id="rId88"/>
+    <hyperlink ref="D98" r:id="rId89"/>
+    <hyperlink ref="D99" r:id="rId90"/>
+    <hyperlink ref="D100" r:id="rId91"/>
+    <hyperlink ref="D101" r:id="rId92"/>
+    <hyperlink ref="D102" r:id="rId93"/>
+    <hyperlink ref="D103" r:id="rId94"/>
+    <hyperlink ref="D106" r:id="rId95"/>
+    <hyperlink ref="D107" r:id="rId96"/>
+    <hyperlink ref="D109" r:id="rId97"/>
+    <hyperlink ref="D110" r:id="rId98"/>
+    <hyperlink ref="D111" r:id="rId99"/>
+    <hyperlink ref="D112" r:id="rId100"/>
+    <hyperlink ref="D114" r:id="rId101"/>
+    <hyperlink ref="D115" r:id="rId102"/>
+    <hyperlink ref="D117" r:id="rId103"/>
+    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D120" r:id="rId105"/>
+    <hyperlink ref="D121" r:id="rId106"/>
+    <hyperlink ref="D122" r:id="rId107"/>
+    <hyperlink ref="D123" r:id="rId108"/>
+    <hyperlink ref="D124" r:id="rId109"/>
+    <hyperlink ref="D125" r:id="rId110"/>
+    <hyperlink ref="D126" r:id="rId111"/>
+    <hyperlink ref="D127" r:id="rId112"/>
     <hyperlink ref="D130" r:id="rId113"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>