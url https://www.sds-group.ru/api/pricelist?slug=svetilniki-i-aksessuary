--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -8,414 +8,498 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="241">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильники и аксессуары</t>
   </si>
   <si>
-    <t>1.1 Аварийное освещение</t>
+    <t>1.1 Светильники настенно-потолочные</t>
+  </si>
+  <si>
+    <t>1.1.1 Модули светодиодные</t>
+  </si>
+  <si>
+    <t>615-104</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 48 Вт 2700-6500 К LED диммируемый с пультом дистанционного управления</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>615-102</t>
+  </si>
+  <si>
+    <t>Модуль светодиодный с драйвером REXANT 36 Вт 2700-6500 К LED диммируемый через выключатель</t>
+  </si>
+  <si>
+    <t>1.2 Аварийное освещение</t>
+  </si>
+  <si>
+    <t>74-0070</t>
+  </si>
+  <si>
+    <t>Светильник аварийный светодиодный "ПК" REXANT</t>
+  </si>
+  <si>
+    <t>74-0140-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу направо вверх" REXANT </t>
+  </si>
+  <si>
+    <t>74-0110-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу налево вверх" REXANT </t>
+  </si>
+  <si>
+    <t>74-0100-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ВЫХОД" REXANT </t>
   </si>
   <si>
     <t>74-1314</t>
   </si>
   <si>
     <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» светодиодный односторонний 1.5 ч, 3 Вт</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>74-1312</t>
   </si>
   <si>
     <t xml:space="preserve">Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – фигура-стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт </t>
   </si>
   <si>
-    <t>74-0100-1</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Наклейка для аварийного светильника  "ВЫХОД" REXANT </t>
+    <t>74-0030-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника "ВЫХОД  ВПРАВО" REXANT </t>
+  </si>
+  <si>
+    <t>74-0040-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника "ВЫХОД  ВЛЕВО"  REXANT </t>
+  </si>
+  <si>
+    <t>74-1307</t>
+  </si>
+  <si>
+    <t>Светильник аварийно-эвакуационный «ВЫХОД-EXIT» – стрелка, светодиодный двухсторонний 1.5 ч, 3 Вт</t>
+  </si>
+  <si>
+    <t>74-0130-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу направо вниз" REXANT </t>
+  </si>
+  <si>
+    <t>74-0070-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Наклейка для аварийного светильника  "ПК" REXANT </t>
   </si>
   <si>
     <t>74-0080-1</t>
   </si>
   <si>
     <t xml:space="preserve">Наклейка для аварийного светильника  "ПГ" REXANT </t>
   </si>
   <si>
-    <t>74-0030-1</t>
-[...10 lines deleted...]
-  <si>
     <t>74-1313</t>
   </si>
   <si>
     <t xml:space="preserve">Светильник аварийно-эвакуационный «ЗАПАСНЫЙ ВЫХОД» светодиодный односторонний 1.5 ч, 3 Вт </t>
   </si>
   <si>
-    <t>74-1307</t>
-[...4 lines deleted...]
-  <si>
     <t>74-1310</t>
   </si>
   <si>
     <t xml:space="preserve">Светильник аварийно-эвакуационный светодиодный двухсторонний 1.5 ч, 3 Вт </t>
   </si>
   <si>
     <t>74-0120-1</t>
   </si>
   <si>
     <t xml:space="preserve">Наклейка для аварийного светильника  "Направление к эвакуационному выходу налево вниз" REXANT </t>
   </si>
   <si>
-    <t>74-0130-1</t>
-[...28 lines deleted...]
-  <si>
     <t>74-1305</t>
   </si>
   <si>
     <t xml:space="preserve">Светильник аккумуляторный непостоянного действия для подсветки путей эвакуации и рабочих зон при отключении питания, режимы: 30%/100% кнопка тест, 3 </t>
   </si>
   <si>
-    <t>1.2 Светильники настольные</t>
-[...2 lines deleted...]
-    <t>1.2.1 Светильники настольные под лампу</t>
+    <t>1.3 Светильники настольные</t>
+  </si>
+  <si>
+    <t>1.3.1 Светильники настольные под лампу</t>
+  </si>
+  <si>
+    <t>603-1001</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Смелый Летчик на основании, с цоколем Е27, 60 Вт, цвет синий</t>
+  </si>
+  <si>
+    <t>603-1023</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание дуга под белый мрамор, черный абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
+    <t>603-1037</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, белый с белым абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1009</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Акцент на металлической стойке с винтовым зажимом, с цоколем Е27, 60 Вт, цвет лунный свет</t>
+  </si>
+  <si>
+    <t>603-1010</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Рубикон на металлической стойке с основанием, с цоколем Е27, 60 Вт, цвет антрацит</t>
+  </si>
+  <si>
+    <t>603-1013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Светильник настольный Моби REXANT  на металлической стойке с зажимом-прищепкой, с цоколем Е27, 60 Вт, цвет летнее небо </t>
   </si>
   <si>
     <t>603-1021</t>
   </si>
   <si>
     <t>Светильник декоративный настольный Акцент "Леопард" черный с черным абажуром, с цоколем Е27, 40Вт REXANT</t>
   </si>
   <si>
+    <t>603-1022</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте с основанием цвета мрамор с белым абажуром, с цоколем Е14, 40 Вт, REXANT</t>
+  </si>
+  <si>
     <t>603-1016</t>
   </si>
   <si>
     <t>Светильник декоративный настольный МОБИ "Бульдог", с цоколем Е14, 40Вт, цвет черный REXANT</t>
   </si>
   <si>
     <t>603-1017</t>
   </si>
   <si>
     <t>Светильник декоративный настольный МОБИ "Бульдог", с цоколем Е14, 40Вт, цвет белый REXANT</t>
   </si>
   <si>
     <t>603-1018</t>
   </si>
   <si>
     <t>Светильник декоративный настольный МОБИ "Кот с зонтом" , с цоколем Е14, 40 Вт, цвет черный REXANT</t>
   </si>
   <si>
     <t>603-1019</t>
   </si>
   <si>
     <t>Светильник декоративный настольный МОБИ "Кот с зонтом" , с цоколем Е14, 40 Вт, цвет белый REXANT</t>
   </si>
   <si>
+    <t>603-1029</t>
+  </si>
+  <si>
+    <t>Светильник декоративный МОБИ Заяц золото REXANT</t>
+  </si>
+  <si>
+    <t>603-1035</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, золотой с черным абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1008</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Акцент на металлической стойке с винтовым зажимом, с цоколем Е27, 60 Вт, цвет антрацит</t>
+  </si>
+  <si>
+    <t>603-1011</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Рубикон на металлической стойке с основанием, с цоколем Е27, 60 Вт, цвет лунный свет</t>
+  </si>
+  <si>
+    <t>603-1014</t>
+  </si>
+  <si>
+    <t>Светильник Пчеленок на основании, с цоколем Е27, 60 Вт, цвет подсолнух REXANT</t>
+  </si>
+  <si>
+    <t>603-1028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание под дерево, бежевый абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
     <t>603-1024</t>
   </si>
   <si>
     <t>Светильник декоративный настольный Форте, основание дуга под золотой мрамор, бежевый абажур, цоколь Е27, 60Вт REXANT</t>
   </si>
   <si>
+    <t>603-1036</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Человечек, серебряный с пудровым абажуром, Е27 REXANT</t>
+  </si>
+  <si>
+    <t>603-1026</t>
+  </si>
+  <si>
+    <t>Светильник декоративный настольный Форте, основание кольцо под белый мрамор, черный абажур, цоколь Е27, 60Вт REXANT</t>
+  </si>
+  <si>
     <t>603-1027</t>
   </si>
   <si>
     <t>Светильник декоративный настольный Форте, основание кольцо под черный мрамор, белый абажур, цоколь Е27, 60Вт REXANT</t>
   </si>
   <si>
     <t>603-1034</t>
   </si>
   <si>
     <t>Светильник декоративный "Кот в очках", цоколь Е14, 40Вт, черный REXANT</t>
   </si>
   <si>
-    <t>603-1014</t>
-[...10 lines deleted...]
-  <si>
     <t>603-1038</t>
   </si>
   <si>
     <t>Светильник декоративный Человечек, черный с черным абажуром, Е27 REXANT</t>
   </si>
   <si>
-    <t>603-1035</t>
-[...22 lines deleted...]
-  <si>
     <t>603-1025</t>
   </si>
   <si>
     <t>Светильник декоративный настольный Форте, основание белого цвета, белый абажур, цоколь Е27, 60Вт REXANT</t>
   </si>
   <si>
-    <t>603-1028</t>
-[...28 lines deleted...]
-  <si>
     <t>603-1030</t>
   </si>
   <si>
     <t>Светильник декоративный МОБИ Заяц хром REXANT</t>
   </si>
   <si>
     <t>603-1033</t>
   </si>
   <si>
     <t>Светильник декоративный "Кот в очках", цоколь Е14, 40Вт, белый REXANT</t>
   </si>
   <si>
-    <t>603-1001</t>
-[...23 lines deleted...]
-    <t>1.2.2 Светильники настольные LED</t>
+    <t>1.3.2 Светильники настольные LED</t>
   </si>
   <si>
     <t>75-0215</t>
   </si>
   <si>
     <t>Светильник настольный заряжаемый PROconnect CH-017</t>
   </si>
   <si>
+    <t>609-004</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Lite с ночником на основании, LED, 6 Вт, 4000 К, RGB-динамика, диммируемый 3 ступени, заряжаемый (автономный режим</t>
+  </si>
+  <si>
+    <t>609-007</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click Pro на основании, LED, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа) REXANT</t>
+  </si>
+  <si>
+    <t>609-032</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, золотой REXANT</t>
+  </si>
+  <si>
+    <t>609-038</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный на прищепке Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>609-041</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, колокольчик, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-042</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, круглый, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-040</t>
+  </si>
+  <si>
+    <t>Светильник настольный Crystal, сенсорный, RGB REXANT</t>
+  </si>
+  <si>
+    <t>609-034</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, синий REXANT</t>
+  </si>
+  <si>
+    <t>609-036</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, зеленый REXANT</t>
+  </si>
+  <si>
+    <t>609-037</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, кремовый REXANT</t>
+  </si>
+  <si>
+    <t>609-005</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Skin на основании, LED, 7 Вт 2700-6500 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа), корпус с эф</t>
+  </si>
+  <si>
+    <t>75-0216</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел с ночником, 220 В LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч автономной работы</t>
+  </si>
+  <si>
+    <t>609-028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, белый REXANT</t>
+  </si>
+  <si>
     <t>75-0222</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Baoli, USB-зарядка устройств, вращение 360°</t>
   </si>
   <si>
     <t>609-001</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, белый REXANT</t>
   </si>
   <si>
-    <t>609-005</t>
-[...4 lines deleted...]
-  <si>
     <t>75-0219</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Status LED, USB-зарядка устройств, 2700-6500 К, диммирование, 220 В, эффект тиснения под кожу</t>
   </si>
   <si>
+    <t>75-0226</t>
+  </si>
+  <si>
+    <t>Светильник настольный с RGB-ночником, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
     <t>609-033</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, черный REXANT</t>
   </si>
   <si>
-    <t>609-036</t>
-[...4 lines deleted...]
-  <si>
     <t>609-006</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Click Shift с ночником, на основании, LED, 6 Вт, 4000 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа)</t>
   </si>
   <si>
-    <t>75-0216</t>
-[...4 lines deleted...]
-  <si>
     <t>75-0218</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Cesar LED с поворотом излучающей поверхности на 360°, 5000 К, часы, термометр, будильник, календарь, цвет черный</t>
   </si>
   <si>
     <t>75-0223</t>
   </si>
   <si>
     <t>Светильник настольный Cloud LED 2700-6500К, встроенная беспроводная и проводная USB-зарядка устройств, диммер, гибкий поворот REXANT</t>
   </si>
   <si>
     <t>609-035</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, красный REXANT</t>
   </si>
   <si>
     <t>609-027</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, черный REXANT</t>
   </si>
   <si>
     <t>609-029</t>
@@ -426,381 +510,261 @@
   <si>
     <t>609-030</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, черный REXANT</t>
   </si>
   <si>
     <t>609-002</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на основании, белый REXANT</t>
   </si>
   <si>
     <t>609-039</t>
   </si>
   <si>
     <t>Светильник светодиодный настольный Клик 2Вт 6000К REXANT</t>
   </si>
   <si>
     <t>75-0224</t>
   </si>
   <si>
     <t>Светильник настольный с органайзером, LED, 12Вт, белый REXANT</t>
   </si>
   <si>
-    <t>75-0226</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0217</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Сиквел Про c солнечной панелью и с ночником, 220 В, LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч авто</t>
   </si>
   <si>
-    <t>609-041</t>
-[...10 lines deleted...]
-  <si>
     <t>609-031</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, серебряный REXANT</t>
   </si>
   <si>
-    <t>609-038</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0225</t>
   </si>
   <si>
     <t>Светильник настольный с 2 креплениями (подставка и струбцина) LED, 10Вт, черный REXANT</t>
   </si>
   <si>
-    <t>609-004</t>
-[...52 lines deleted...]
-  <si>
     <t>1.4 Светильники трековые и шинопровод</t>
   </si>
   <si>
+    <t>612-022</t>
+  </si>
+  <si>
+    <t>Комплект тросовых подвесов для шинопровода с регулировкой высоты, 2м (2 шт.) REXANT</t>
+  </si>
+  <si>
+    <t>611-003</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 12Вт 4000К LED черный REXANT</t>
+  </si>
+  <si>
+    <t>611-008</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный трековый Star Track 30Вт 4000К LED белый REXANT</t>
+  </si>
+  <si>
+    <t>612-001</t>
+  </si>
+  <si>
+    <t>Шинопровод однофазный с кабельным вводом и заглушкой для трековых светильников 1м белый REXANT</t>
+  </si>
+  <si>
     <t>612-012</t>
   </si>
   <si>
     <t>Коннектор для однофазного шинопровода T-образный черный REXANT</t>
   </si>
   <si>
+    <t>612-005</t>
+  </si>
+  <si>
+    <t>Коннектор для однофазного шинопровода L-образный белый REXANT</t>
+  </si>
+  <si>
     <t>611-001</t>
   </si>
   <si>
     <t>Светильник светодиодный трековый Star Track 12Вт 4000К LED белый REXANT</t>
   </si>
   <si>
     <t>611-002</t>
   </si>
   <si>
     <t>Светильник светодиодный трековый Star Track 12Вт 3000К LED белый REXANT</t>
   </si>
   <si>
     <t>611-005</t>
   </si>
   <si>
     <t>Светильник светодиодный трековый Star Track 20Вт 4000К LED белый REXANT</t>
   </si>
   <si>
     <t>611-006</t>
   </si>
   <si>
     <t>Светильник светодиодный трековый Star Track 20Вт 4000К LED черный REXANT</t>
   </si>
   <si>
-    <t>611-008</t>
-[...4 lines deleted...]
-  <si>
     <t>611-009</t>
   </si>
   <si>
     <t>Светильник светодиодный трековый Star Track 30Вт 4000К LED черный REXANT</t>
   </si>
   <si>
     <t>612-006</t>
   </si>
   <si>
     <t>Коннектор для однофазного шинопровода T-образный белый REXANT</t>
   </si>
   <si>
     <t>612-002</t>
   </si>
   <si>
     <t>Шинопровод однофазный с кабельным вводом и заглушкой для трековых светильников 1м черный REXANT</t>
   </si>
   <si>
     <t>612-004</t>
   </si>
   <si>
     <t>Коннектор для однофазного шинопровода I-образный белый REXANT</t>
   </si>
   <si>
     <t>612-013</t>
   </si>
   <si>
     <t>Коннектор для однофазного шинопровода X-образный черный REXANT</t>
   </si>
   <si>
     <t>612-007</t>
   </si>
   <si>
     <t>Коннектор для однофазного шинопровода X-образный белый REXANT</t>
   </si>
   <si>
-    <t>612-005</t>
-[...22 lines deleted...]
-  <si>
     <t>1.5 Даунлайты и точечные светильники</t>
   </si>
   <si>
     <t>1.5.1 Даунлайты поворотные Bagel</t>
   </si>
   <si>
     <t>613-001</t>
   </si>
   <si>
     <t>Светильник встраиваемый поворотный REXANT Bagel 5 Вт 4000 К LED</t>
   </si>
   <si>
-    <t>613-002</t>
-[...4 lines deleted...]
-  <si>
     <t>1.5.2 Даунлайты поворотные Dark Light</t>
   </si>
   <si>
+    <t>615-1004</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К Oval LED WHITE</t>
+  </si>
+  <si>
+    <t>615-1005</t>
+  </si>
+  <si>
+    <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К Ring LED WHITE</t>
+  </si>
+  <si>
     <t>615-1001</t>
   </si>
   <si>
     <t>Светильник встраиваемый поворотный REXANT Horeca Dark Light с антиослепляющим эффектом 12 Вт 4000 К LED GOLD</t>
   </si>
   <si>
-    <t>615-1004</t>
-[...16 lines deleted...]
-  <si>
     <t>1.5.3 Даунлтайты накладные Sirius</t>
   </si>
   <si>
     <t>615-001</t>
   </si>
   <si>
     <t>Светильник универсальный REXANT Sirius 15 Вт 4000 К LED белый</t>
   </si>
   <si>
     <t>615-002</t>
   </si>
   <si>
     <t>Светильник универсальный REXANT Sirius 15 Вт 4000 К LED черный</t>
   </si>
   <si>
     <t>1.5.4 Даунлайты Aurora</t>
   </si>
   <si>
+    <t>623-001</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный встраиваемый REXANT Aurora&amp;Sunset Sparta с изменяемой цветовой температурой и регулируемой мощностью 4х2W 2700-6500 К LED</t>
+  </si>
+  <si>
     <t>615-1300</t>
   </si>
   <si>
     <t>Светильник светодиодный накладной REXANT AuroraSunset Wave с изменяемой цветовой температурой и регулируемой мощностью 4W+4W, 2700-6500 К LED</t>
   </si>
   <si>
-    <t>623-001</t>
-[...4 lines deleted...]
-  <si>
     <t>1.6 Серия Macrolight для использования внутри и вне зданий, для влажных помещений</t>
   </si>
   <si>
     <t>610-004</t>
   </si>
   <si>
     <t>Светильник светодиодный универсальный Кассиопея 6 Вт LED серый REXANT</t>
   </si>
   <si>
+    <t>610-100</t>
+  </si>
+  <si>
+    <t>Светильник REXANT Galatea GU10</t>
+  </si>
+  <si>
     <t>610-001</t>
   </si>
   <si>
     <t>Светильник светодиодный универсальный Cassiopea 4 Вт х 2 LED черный REXANT</t>
   </si>
   <si>
     <t>610-002</t>
   </si>
   <si>
     <t>Светильник светодиодный универсальный Cassiopea 4 Вт х 2 LED белый REXANT</t>
   </si>
   <si>
-    <t>610-007</t>
-[...16 lines deleted...]
-  <si>
     <t>610-005</t>
   </si>
   <si>
     <t>Светильник светодиодный универсальный Cassiopea 6 Вт LED белый REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Светильник REXANT Galatea GU10</t>
   </si>
   <si>
     <t>1.7 Светильники для растений</t>
   </si>
   <si>
     <t>1.7.1 Светильники Green line для растений</t>
   </si>
   <si>
     <t>616-001</t>
   </si>
   <si>
     <t>Светильник светодиодный для растений REXANT Green line 14 Вт LED с комплектом креплений</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -1197,56 +1161,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-svetodiodnyy-odnostoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-figura-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pg-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vpravo-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vlevo-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-zapasnyy-vyhod-svetodiodnyy-odnostoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vniz-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vniz-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariynyy-pk-rexant-svetodiodnyy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vverh-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pk-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vverh-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-akkumulyatornyy-nepostoyannogo-deystviya-dlya-podsvetki-putey-evakuatsii-i-rabochih-zon-pr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-aktsent-leopard-chernyy-s-chernym-abazhurom-s-tsokolem-e27-40vt-rex" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-chernyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-zolotoy-mramor-bezhevyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-chernyy-mramor-belyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-pchelenok-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-podsolnuh-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-belyy-s-belym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-chernyy-s-chernym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-zolotoy-s-chernym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-serebryanyy-s-pudrovym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-zoloto-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-s-osnovaniem-tsveta-mramor-s-belym-abazhurom-s-tsokolem-e14-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-belogo-tsveta-belyy-abazhur-tsokol-e27-60vt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-pod-derevo-bezhevyy-abazhur-tsokol-e27-60vt-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-belyy-mramor-chernyy-abazhur-tsokol-e27-60" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-belyy-mramor-chernyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-hrom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-smelyy-letchik-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-siniy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-mobi-rexant-na-metallicheskoy-stoyke-s-zazhimom-prischepkoy-s-tsokolem-e27-60-vt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-belyy-rexan" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryaz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-t" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-chernyy-rex" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-zelenyy-rex" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasy-term" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroys" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-krasnyy-rex" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besst" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-siniy-rexan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmirue" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-kremovyy-re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-48-vt-2700-6500-k-led-dimmiruemyy-s-pultom-distantsionnogo-upr" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-12-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-36-vt-2700-6500-k-led-dimmiruemyy-cherez-vyklyuchatel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-3000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-i-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-l-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-trosovyh-podvesov-dlya-shinoprovoda-s-regulirovkoy-vysoty-2m-2-sht-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-5-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-12-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayuschim-effektom-12-vt-4000-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-belyy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-chernyy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nakladnoy-rexant-aurorasunset-wave-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-vstraivaemyy-rexant-aurora-sunset-sparta-s-izmenyaemoy-tsvetovoy-temperaturoy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-kassiopeya-6-vt-led-seryy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-reguliruemyy-ugol-4-vt-h-2-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-ball-1-5-vt-h-4-belyy-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-star-way-1-5-h-6-vt-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-6-vt-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-galatea-gu10" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-dlya-rasteniy-rexant-green-line-14-vt-led-s-komplektom-krepleniy" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-48-vt-2700-6500-k-led-dimmiruemyy-s-pultom-distantsionnogo-upr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/modul-svetodiodnyy-s-drayverom-rexant-36-vt-2700-6500-k-led-dimmiruemyy-cherez-vyklyuchatel" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariynyy-svetodiodnyy-pk-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vverh-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vverh-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-svetodiodnyy-odnostoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-figura-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vpravo-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-vyhod-vlevo-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-vyhod-exit-strelka-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-napravo-vniz-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pk-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-pg-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-zapasnyy-vyhod-svetodiodnyy-odnostoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-avariyno-evakuatsionnyy-svetodiodnyy-dvuhstoronniy-1-5-ch-3-vt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nakleyka-dlya-avariynogo-svetilnika-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-vniz-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-akkumulyatornyy-nepostoyannogo-deystviya-dlya-podsvetki-putey-evakuatsii-i-rabochih-zon-pri-otklyuchenii-pitaniya-rezhimy-30100-knopka-test-3-ch-raboty" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-smelyy-letchik-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-siniy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-belyy-mramor-chernyy-abazhur-tsokol-e27-60" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-belyy-s-belym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt-tsvet-lunnyy-svet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-antratsit" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-mobi-rexant-na-metallicheskoy-stoyke-s-zazhimom-prishchepkoy-s-tsokolem-e27-60-vt-tsvet-letnee-nebo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-aktsent-leopard-chernyy-s-chernym-abazhurom-s-tsokolem-e27-40vt-rex" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-s-osnovaniem-tsveta-mramor-s-belym-abazhurom-s-tsokolem-e14-4" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-chernyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-buldog-s-tsokolem-e14-40vt-tsvet-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-chernyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-mobi-kot-s-zontom-s-tsokolem-e14-40-vt-tsvet-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-zoloto-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-zolotoy-s-chernym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-aktsent-na-metallicheskoy-stoyke-s-vintovym-zazhimom-s-tsokolem-e27-60-vt-tsvet-antratsit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-rubikon-na-metallicheskoy-stoyke-s-osnovaniem-s-tsokolem-e27-60-vt-tsvet-lunnyy-svet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-pchelenok-na-osnovanii-s-tsokolem-e27-60-vt-tsvet-podsolnuh-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-pod-derevo-bezhevyy-abazhur-tsokol-e27-60vt-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-duga-pod-zolotoy-mramor-bezhevyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-serebryanyy-s-pudrovym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-belyy-mramor-chernyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-koltso-pod-chernyy-mramor-belyy-abazhur-tsokol-e27" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-chelovechek-chernyy-s-chernym-abazhurom-e27-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-nastolnyy-forte-osnovanie-belogo-tsveta-belyy-abazhur-tsokol-e27-60vt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-mobi-zayats-hrom-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-kot-v-ochkah-tsokol-e14-40vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-siniy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-kremovyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa-korpus-s-effektom-tisneniya-kozhi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryazhaemyy-2-ch-avtonomnoy-raboty" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vrashchenie-360" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-belyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-tisneniya-pod-kozhu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-chernyy-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayushchey-poverhnosti-na-360-5000-k-chasy-termometr-budilnik-kalendar-tsvet-chernyy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroystv-dimmer-gibkiy-povorot-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryazhaemyy-2-ch-avtonomnoy-raboty" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-trosovyh-podvesov-dlya-shinoprovoda-s-regulirovkoy-vysoty-2m-2-sht-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-belyy-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-l-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-12vt-3000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-20vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-trekovyy-star-track-30vt-4000k-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-t-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shinoprovod-odnofaznyy-s-kabelnym-vvodom-i-zaglushkoy-dlya-trekovyh-svetilnikov-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-i-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-dlya-odnofaznogo-shinoprovoda-x-obraznyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-bagel-5-vt-4000-k-led" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayushchim-effektom-12-vt-4000-k-oval-led-white" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayushchim-effektom-12-vt-4000-k-ring-led-white" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-vstraivaemyy-povorotnyy-rexant-horeca-dark-light-s-antiosleplyayushchim-effektom-12-vt-4000-k-led-gold" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-belyy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-universalnyy-rexant-sirius-15-vt-4000-k-led-chernyy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-vstraivaemyy-rexant-aurora-sunset-sparta-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reguliruemoy-moshchnostyu-4h2w-2700-6500-k-led" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nakladnoy-rexant-aurorasunset-wave-s-izmenyaemoy-tsvetovoy-temperaturoy-i-reguliruemoy-moshchnostyu-4w-4w-2700-6500-k-led" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-kassiopeya-6-vt-led-seryy-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-rexant-galatea-gu10" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-chernyy-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-4-vt-h-2-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-universalnyy-cassiopea-6-vt-led-belyy-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-dlya-rasteniy-rexant-green-line-14-vt-led-s-komplektom-krepleniy" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I130"/>
+  <dimension ref="A1:I124"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1271,3641 +1235,3461 @@
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B4" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B4" s="2"/>
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>976.41</v>
+        <v>811.29</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>278</v>
+        <v>41</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>436.68</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F6" s="3">
+        <v>436</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>50</v>
+      </c>
+      <c r="I6" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C8" s="3">
-        <v>95.56</v>
+        <v>976.41</v>
       </c>
       <c r="D8" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>15</v>
+        <v>1188</v>
       </c>
       <c r="G8" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C9" s="3">
         <v>95.56</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>80</v>
+        <v>155</v>
       </c>
       <c r="G9" s="3">
         <v>5</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>976.41</v>
+        <v>77.4</v>
       </c>
       <c r="D10" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>976.41</v>
+        <v>95.56</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>848</v>
+        <v>260</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>956.44</v>
+        <v>976.41</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>135</v>
+        <v>1875</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>77.4</v>
+        <v>976.41</v>
       </c>
       <c r="D13" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="G13" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>86</v>
+        <v>95.56</v>
       </c>
       <c r="D14" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G14" s="3">
         <v>5</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>976.41</v>
+        <v>95.56</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>1740</v>
+        <v>75</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>95.56</v>
+        <v>976.41</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>155</v>
+        <v>753</v>
       </c>
       <c r="G16" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>95.56</v>
+        <v>86</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>460</v>
+        <v>60</v>
       </c>
       <c r="G17" s="3">
         <v>5</v>
       </c>
       <c r="H17" s="3">
         <v>500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>77.4</v>
+        <v>95.56</v>
       </c>
       <c r="D18" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="G18" s="3">
         <v>5</v>
       </c>
       <c r="H18" s="3">
         <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="3">
+        <v>95.56</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>2105</v>
+      </c>
+      <c r="G19" s="3">
+        <v>5</v>
+      </c>
+      <c r="H19" s="3">
+        <v>500</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="C19" s="3">
-[...22 lines deleted...]
-      <c r="A20" s="2" t="s">
+      <c r="C20" s="3">
+        <v>976.41</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="3">
+        <v>2</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>20</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="2"/>
-[...9 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="2"/>
-[...6 lines deleted...]
-      <c r="I21" s="2"/>
+      <c r="C21" s="3">
+        <v>956.44</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F21" s="3">
+        <v>119</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>20</v>
+      </c>
+      <c r="I21" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>6606.71</v>
+        <v>77.4</v>
       </c>
       <c r="D22" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H22" s="3">
-        <v>4</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>2476.19</v>
+        <v>793.49</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>56</v>
+        <v>3055</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
+      <c r="A24" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C24" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B25" s="2"/>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="2"/>
+      <c r="F25" s="2"/>
+      <c r="G25" s="2"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="2"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>3933.62</v>
+        <v>820.32</v>
       </c>
       <c r="D26" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>418</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>2016.4</v>
+        <v>2620.39</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>12</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>2228.65</v>
+        <v>3508.65</v>
       </c>
       <c r="D28" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>242</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>12</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>2582.31</v>
+        <v>1798.54</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>985.22</v>
+        <v>1907.01</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>367</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>3508.65</v>
+        <v>1476.45</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>3508.65</v>
+        <v>6606.71</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>3508.65</v>
+        <v>1364.9</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>12</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C34" s="3">
-        <v>3508.65</v>
+        <v>2476.19</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>106</v>
+        <v>37</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>12</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C35" s="3">
-        <v>5330.05</v>
+        <v>2476.19</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C36" s="3">
-        <v>1364.9</v>
+        <v>3933.62</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F36" s="3">
         <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>12</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>1446.9</v>
+        <v>3933.62</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>407</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>12</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>1513.32</v>
+        <v>5330.05</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>83</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>1543.23</v>
+        <v>3508.65</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>363</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>12</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3">
         <v>1703.71</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>18</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>2620.39</v>
+        <v>1543.23</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>12</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C42" s="3">
-        <v>3057.13</v>
+        <v>985.22</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C43" s="3">
-        <v>5610.58</v>
+        <v>1513.32</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C44" s="3">
-        <v>2582.31</v>
+        <v>2016.4</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>34</v>
+        <v>396</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>12</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C45" s="3">
-        <v>820.32</v>
+        <v>3508.65</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>7</v>
+        <v>101</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C46" s="3">
-        <v>1798.54</v>
+        <v>3057.13</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
         <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>1907.01</v>
+        <v>2228.65</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>216</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>12</v>
       </c>
       <c r="I47" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C48" s="3">
+        <v>2582.31</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="3">
+        <v>61</v>
+      </c>
+      <c r="G48" s="3">
+        <v>1</v>
+      </c>
+      <c r="H48" s="3">
+        <v>12</v>
+      </c>
+      <c r="I48" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C48" s="3">
-[...32 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="C49" s="3">
+        <v>3508.65</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F49" s="3">
+        <v>0</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>12</v>
+      </c>
+      <c r="I49" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>469.39</v>
+        <v>1446.9</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
         <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>1484.53</v>
+        <v>5610.58</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>38</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3">
+        <v>2582.31</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F52" s="3">
+        <v>42</v>
+      </c>
+      <c r="G52" s="3">
+        <v>1</v>
+      </c>
+      <c r="H52" s="3">
+        <v>12</v>
+      </c>
+      <c r="I52" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="C52" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B53" s="2"/>
+      <c r="C53" s="2"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+      <c r="H53" s="2"/>
+      <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>1954.04</v>
+        <v>469.39</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
         <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>976.17</v>
+        <v>1095.23</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I55" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>976.17</v>
+        <v>1537.77</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>1120.75</v>
+        <v>1398.63</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>50</v>
+        <v>9</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>610.49</v>
+        <v>440.05</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
         <v>0</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>2397.77</v>
+        <v>1390.14</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C60" s="3">
-        <v>2695.17</v>
+        <v>1830.59</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
         <v>0</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C61" s="3">
-        <v>934.36</v>
+        <v>973.27</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C62" s="3">
-        <v>1438.17</v>
+        <v>979.85</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C63" s="3">
-        <v>957.84</v>
+        <v>976.17</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C64" s="3">
-        <v>1135.05</v>
+        <v>979.85</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F64" s="3">
         <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C65" s="3">
-        <v>982.04</v>
+        <v>1095.23</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C66" s="3">
-        <v>364.36</v>
+        <v>610.49</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
         <v>0</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I66" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C67" s="3">
-        <v>3051</v>
+        <v>1438.17</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>724</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="C68" s="3">
-        <v>2861.82</v>
+        <v>1484.53</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>651</v>
+        <v>0</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="I68" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="C69" s="3">
-        <v>1537.77</v>
+        <v>976.17</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
         <v>0</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C70" s="3">
-        <v>915.29</v>
+        <v>1954.04</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="C71" s="3">
-        <v>1390.14</v>
+        <v>2861.82</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>589</v>
+        <v>654</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C72" s="3">
-        <v>979.85</v>
+        <v>976.17</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>80</v>
       </c>
       <c r="I72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="C73" s="3">
-        <v>1135.05</v>
+        <v>1120.75</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
         <v>1</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>9</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="C74" s="3">
-        <v>440.05</v>
+        <v>2397.77</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
         <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="I74" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C75" s="3">
-        <v>1830.59</v>
+        <v>2695.17</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>182</v>
+        <v>1</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I75" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C76" s="3">
-        <v>3051</v>
+        <v>934.36</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C77" s="3">
-        <v>1095.23</v>
+        <v>1438.17</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
         <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C78" s="3">
-        <v>973.27</v>
+        <v>957.84</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C79" s="3">
-        <v>979.85</v>
+        <v>1135.05</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
         <v>0</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C80" s="3">
-        <v>1438.17</v>
+        <v>982.04</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
         <v>0</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I80" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B81" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C81" s="3">
+        <v>364.36</v>
+      </c>
+      <c r="D81" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F81" s="3">
+        <v>0</v>
+      </c>
+      <c r="G81" s="3">
+        <v>1</v>
+      </c>
+      <c r="H81" s="3">
+        <v>120</v>
+      </c>
+      <c r="I81" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B81" s="3" t="s">
+      <c r="B82" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="C81" s="3">
-[...22 lines deleted...]
-      <c r="A82" s="2" t="s">
+      <c r="C82" s="3">
+        <v>3051</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F82" s="3">
+        <v>723</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>12</v>
+      </c>
+      <c r="I82" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B82" s="2"/>
-[...9 lines deleted...]
-      <c r="A83" s="2" t="s">
+      <c r="B83" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="B83" s="2"/>
-[...6 lines deleted...]
-      <c r="I83" s="2"/>
+      <c r="C83" s="3">
+        <v>915.29</v>
+      </c>
+      <c r="D83" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" s="3">
+        <v>0</v>
+      </c>
+      <c r="G83" s="3">
+        <v>1</v>
+      </c>
+      <c r="H83" s="3">
+        <v>60</v>
+      </c>
+      <c r="I83" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C84" s="3">
-        <v>811.29</v>
+        <v>1135.05</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>127</v>
+        <v>3</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C85" s="3">
-        <v>254.54</v>
+        <v>3051</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>0</v>
+        <v>249</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="I85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A86" s="3" t="s">
+      <c r="A86" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="B86" s="3" t="s">
+      <c r="B86" s="2"/>
+      <c r="C86" s="2"/>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2"/>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2"/>
+      <c r="I86" s="2"/>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A87" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C86" s="3">
-[...22 lines deleted...]
-      <c r="A87" s="2" t="s">
+      <c r="B87" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="B87" s="2"/>
-[...6 lines deleted...]
-      <c r="I87" s="2"/>
+      <c r="C87" s="3">
+        <v>529.17</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F87" s="3">
+        <v>1101</v>
+      </c>
+      <c r="G87" s="3">
+        <v>1</v>
+      </c>
+      <c r="H87" s="3">
+        <v>100</v>
+      </c>
+      <c r="I87" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="3">
-        <v>197.75</v>
+        <v>528.72</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>1345</v>
+        <v>1388</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="3">
-        <v>528.72</v>
+        <v>747.32</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>5027</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>30</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="3">
-        <v>528.72</v>
+        <v>410.17</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>6918</v>
+        <v>1806</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="3">
-        <v>726.27</v>
+        <v>197.75</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>3627</v>
+        <v>1340</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="3">
-        <v>726.27</v>
+        <v>132.2</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>5741</v>
+        <v>1204</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="3">
-        <v>747.32</v>
+        <v>528.72</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>0</v>
+        <v>5024</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
         <v>30</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="3">
-        <v>747.32</v>
+        <v>528.72</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>11</v>
+        <v>6903</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="3">
-        <v>197.75</v>
+        <v>726.27</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>1072</v>
+        <v>3663</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="3">
-        <v>410.17</v>
+        <v>726.27</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>973</v>
+        <v>5644</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="3">
-        <v>73.17</v>
+        <v>747.32</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>1532</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="3">
-        <v>259.46</v>
+        <v>197.75</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>1157</v>
+        <v>1070</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>200</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="3">
-        <v>259.46</v>
+        <v>410.17</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>1155</v>
+        <v>946</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="3">
-        <v>132.2</v>
+        <v>73.17</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1206</v>
+        <v>1524</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>200</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="3">
-        <v>529.17</v>
+        <v>259.46</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>1186</v>
+        <v>1157</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="3">
-        <v>528.72</v>
+        <v>259.46</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>1415</v>
+        <v>1155</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A103" s="3" t="s">
+      <c r="A103" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="B103" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="2"/>
+      <c r="H103" s="2"/>
+      <c r="I103" s="2"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="2"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
       <c r="I104" s="2"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A105" s="2" t="s">
+      <c r="A105" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B105" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B105" s="2"/>
-[...6 lines deleted...]
-      <c r="I105" s="2"/>
+      <c r="C105" s="3">
+        <v>149.97</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F105" s="3">
+        <v>0</v>
+      </c>
+      <c r="G105" s="3">
+        <v>1</v>
+      </c>
+      <c r="H105" s="3">
+        <v>100</v>
+      </c>
+      <c r="I105" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
+      <c r="A106" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B107" s="3" t="s">
+      <c r="C107" s="3">
+        <v>415.26</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F107" s="3">
+        <v>133</v>
+      </c>
+      <c r="G107" s="3">
+        <v>1</v>
+      </c>
+      <c r="H107" s="3">
+        <v>45</v>
+      </c>
+      <c r="I107" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="C107" s="3">
-[...22 lines deleted...]
-      <c r="A108" s="2" t="s">
+      <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B108" s="2"/>
-[...6 lines deleted...]
-      <c r="I108" s="2"/>
+      <c r="C108" s="3">
+        <v>371.52</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F108" s="3">
+        <v>153</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>45</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
         <v>843.91</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>45</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="3" t="s">
+      <c r="A110" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B110" s="2"/>
+      <c r="C110" s="2"/>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2"/>
+      <c r="F110" s="2"/>
+      <c r="G110" s="2"/>
+      <c r="H110" s="2"/>
+      <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="3">
-        <v>371.52</v>
+        <v>559.67</v>
       </c>
       <c r="D111" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F111" s="3">
-        <v>151</v>
+        <v>751</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B112" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="3">
-        <v>484.33</v>
+        <v>559.67</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>1384</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="2"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B114" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="B114" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="3">
-        <v>559.67</v>
+        <v>178.04</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F114" s="3">
-        <v>672</v>
+        <v>3126</v>
       </c>
       <c r="G114" s="3">
         <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3">
-        <v>559.67</v>
+        <v>176.26</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F115" s="3">
-        <v>1335</v>
+        <v>2460</v>
       </c>
       <c r="G115" s="3">
         <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="2"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
       <c r="I116" s="2"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B117" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B117" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117" s="3">
-        <v>176.26</v>
+        <v>1898.35</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>2460</v>
+        <v>0</v>
       </c>
       <c r="G117" s="3">
         <v>1</v>
       </c>
       <c r="H117" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="B118" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="C118" s="3">
+        <v>1051.62</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F118" s="3">
+        <v>0</v>
+      </c>
+      <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
+        <v>20</v>
+      </c>
+      <c r="I118" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C118" s="3">
-[...22 lines deleted...]
-      <c r="A119" s="2" t="s">
+      <c r="B119" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B119" s="2"/>
-[...6 lines deleted...]
-      <c r="I119" s="2"/>
+      <c r="C119" s="3">
+        <v>1308.32</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F119" s="3">
+        <v>136</v>
+      </c>
+      <c r="G119" s="3">
+        <v>1</v>
+      </c>
+      <c r="H119" s="3">
+        <v>20</v>
+      </c>
+      <c r="I119" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C120" s="3">
-        <v>1898.35</v>
+        <v>815.67</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>7</v>
+        <v>298</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>20</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C121" s="3">
-        <v>1308.32</v>
+        <v>1129.43</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>143</v>
+        <v>79</v>
       </c>
       <c r="G121" s="3">
         <v>1</v>
       </c>
       <c r="H121" s="3">
         <v>20</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A122" s="3" t="s">
+      <c r="A122" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="B122" s="3" t="s">
+      <c r="B122" s="2"/>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="C122" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+      <c r="G123" s="2"/>
+      <c r="H123" s="2"/>
+      <c r="I123" s="2"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C124" s="3">
-        <v>169.19</v>
+        <v>663.41</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>0</v>
+        <v>2004</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I124" s="3">
-        <v>1</v>
-[...140 lines deleted...]
-      <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A20:I20"/>
-[...4 lines deleted...]
-    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A25:I25"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A86:I86"/>
+    <mergeCell ref="A103:I103"/>
     <mergeCell ref="A104:I104"/>
-    <mergeCell ref="A105:I105"/>
-    <mergeCell ref="A108:I108"/>
+    <mergeCell ref="A106:I106"/>
+    <mergeCell ref="A110:I110"/>
     <mergeCell ref="A113:I113"/>
     <mergeCell ref="A116:I116"/>
-    <mergeCell ref="A119:I119"/>
-[...1 lines deleted...]
-    <mergeCell ref="A129:I129"/>
+    <mergeCell ref="A122:I122"/>
+    <mergeCell ref="A123:I123"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D4" r:id="rId1"/>
-[...14 lines deleted...]
-    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D5" r:id="rId1"/>
+    <hyperlink ref="D6" r:id="rId2"/>
+    <hyperlink ref="D8" r:id="rId3"/>
+    <hyperlink ref="D9" r:id="rId4"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
-    <hyperlink ref="D24" r:id="rId19"/>
-[...55 lines deleted...]
-    <hyperlink ref="D81" r:id="rId75"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D35" r:id="rId28"/>
+    <hyperlink ref="D36" r:id="rId29"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D42" r:id="rId35"/>
+    <hyperlink ref="D43" r:id="rId36"/>
+    <hyperlink ref="D44" r:id="rId37"/>
+    <hyperlink ref="D45" r:id="rId38"/>
+    <hyperlink ref="D46" r:id="rId39"/>
+    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D48" r:id="rId41"/>
+    <hyperlink ref="D49" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId43"/>
+    <hyperlink ref="D51" r:id="rId44"/>
+    <hyperlink ref="D52" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D55" r:id="rId47"/>
+    <hyperlink ref="D56" r:id="rId48"/>
+    <hyperlink ref="D57" r:id="rId49"/>
+    <hyperlink ref="D58" r:id="rId50"/>
+    <hyperlink ref="D59" r:id="rId51"/>
+    <hyperlink ref="D60" r:id="rId52"/>
+    <hyperlink ref="D61" r:id="rId53"/>
+    <hyperlink ref="D62" r:id="rId54"/>
+    <hyperlink ref="D63" r:id="rId55"/>
+    <hyperlink ref="D64" r:id="rId56"/>
+    <hyperlink ref="D65" r:id="rId57"/>
+    <hyperlink ref="D66" r:id="rId58"/>
+    <hyperlink ref="D67" r:id="rId59"/>
+    <hyperlink ref="D68" r:id="rId60"/>
+    <hyperlink ref="D69" r:id="rId61"/>
+    <hyperlink ref="D70" r:id="rId62"/>
+    <hyperlink ref="D71" r:id="rId63"/>
+    <hyperlink ref="D72" r:id="rId64"/>
+    <hyperlink ref="D73" r:id="rId65"/>
+    <hyperlink ref="D74" r:id="rId66"/>
+    <hyperlink ref="D75" r:id="rId67"/>
+    <hyperlink ref="D76" r:id="rId68"/>
+    <hyperlink ref="D77" r:id="rId69"/>
+    <hyperlink ref="D78" r:id="rId70"/>
+    <hyperlink ref="D79" r:id="rId71"/>
+    <hyperlink ref="D80" r:id="rId72"/>
+    <hyperlink ref="D81" r:id="rId73"/>
+    <hyperlink ref="D82" r:id="rId74"/>
+    <hyperlink ref="D83" r:id="rId75"/>
     <hyperlink ref="D84" r:id="rId76"/>
     <hyperlink ref="D85" r:id="rId77"/>
-    <hyperlink ref="D86" r:id="rId78"/>
+    <hyperlink ref="D87" r:id="rId78"/>
     <hyperlink ref="D88" r:id="rId79"/>
     <hyperlink ref="D89" r:id="rId80"/>
     <hyperlink ref="D90" r:id="rId81"/>
     <hyperlink ref="D91" r:id="rId82"/>
     <hyperlink ref="D92" r:id="rId83"/>
     <hyperlink ref="D93" r:id="rId84"/>
     <hyperlink ref="D94" r:id="rId85"/>
     <hyperlink ref="D95" r:id="rId86"/>
     <hyperlink ref="D96" r:id="rId87"/>
     <hyperlink ref="D97" r:id="rId88"/>
     <hyperlink ref="D98" r:id="rId89"/>
     <hyperlink ref="D99" r:id="rId90"/>
     <hyperlink ref="D100" r:id="rId91"/>
     <hyperlink ref="D101" r:id="rId92"/>
     <hyperlink ref="D102" r:id="rId93"/>
-    <hyperlink ref="D103" r:id="rId94"/>
-[...1 lines deleted...]
-    <hyperlink ref="D107" r:id="rId96"/>
+    <hyperlink ref="D105" r:id="rId94"/>
+    <hyperlink ref="D107" r:id="rId95"/>
+    <hyperlink ref="D108" r:id="rId96"/>
     <hyperlink ref="D109" r:id="rId97"/>
-    <hyperlink ref="D110" r:id="rId98"/>
-[...5 lines deleted...]
-    <hyperlink ref="D118" r:id="rId104"/>
+    <hyperlink ref="D111" r:id="rId98"/>
+    <hyperlink ref="D112" r:id="rId99"/>
+    <hyperlink ref="D114" r:id="rId100"/>
+    <hyperlink ref="D115" r:id="rId101"/>
+    <hyperlink ref="D117" r:id="rId102"/>
+    <hyperlink ref="D118" r:id="rId103"/>
+    <hyperlink ref="D119" r:id="rId104"/>
     <hyperlink ref="D120" r:id="rId105"/>
     <hyperlink ref="D121" r:id="rId106"/>
-    <hyperlink ref="D122" r:id="rId107"/>
-[...5 lines deleted...]
-    <hyperlink ref="D130" r:id="rId113"/>
+    <hyperlink ref="D124" r:id="rId107"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>