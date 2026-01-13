--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,274 +8,280 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="76">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильники настольные LED</t>
   </si>
   <si>
     <t>75-0215</t>
   </si>
   <si>
     <t>Светильник настольный заряжаемый PROconnect CH-017</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>75-0222</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Baoli, USB-зарядка устройств, вращение 360°</t>
+  </si>
+  <si>
     <t>609-001</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, белый REXANT</t>
   </si>
   <si>
+    <t>609-005</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Skin на основании, LED, 7 Вт 2700-6500 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа), корпус с эф</t>
+  </si>
+  <si>
+    <t>75-0219</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Status LED, USB-зарядка устройств, 2700-6500 К, диммирование, 220 В, эффект тиснения под кожу</t>
+  </si>
+  <si>
+    <t>609-033</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-036</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, зеленый REXANT</t>
+  </si>
+  <si>
+    <t>609-006</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Shift с ночником, на основании, LED, 6 Вт, 4000 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа)</t>
+  </si>
+  <si>
+    <t>75-0216</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел с ночником, 220 В LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч автономной работы</t>
+  </si>
+  <si>
+    <t>75-0218</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Cesar LED с поворотом излучающей поверхности на 360°, 5000 К, часы, термометр, будильник, календарь, цвет черный</t>
+  </si>
+  <si>
+    <t>75-0223</t>
+  </si>
+  <si>
+    <t>Светильник настольный Cloud LED 2700-6500К, встроенная беспроводная и проводная USB-зарядка устройств, диммер, гибкий поворот REXANT</t>
+  </si>
+  <si>
+    <t>609-035</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, красный REXANT</t>
+  </si>
+  <si>
+    <t>609-027</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-029</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Duo, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-030</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, черный REXANT</t>
+  </si>
+  <si>
     <t>609-002</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на основании, белый REXANT</t>
   </si>
   <si>
+    <t>609-039</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный настольный Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>75-0224</t>
+  </si>
+  <si>
+    <t>Светильник настольный с органайзером, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>75-0226</t>
+  </si>
+  <si>
+    <t>Светильник настольный с RGB-ночником, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-007</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click Pro на основании, LED, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа) REXANT</t>
+  </si>
+  <si>
+    <t>75-0217</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел Про c солнечной панелью и с ночником, 220 В, LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч авто</t>
+  </si>
+  <si>
+    <t>609-041</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, колокольчик, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-034</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, синий REXANT</t>
+  </si>
+  <si>
+    <t>609-031</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, серебряный REXANT</t>
+  </si>
+  <si>
+    <t>609-038</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный на прищепке Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>609-042</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, круглый, черный REXANT</t>
+  </si>
+  <si>
+    <t>75-0225</t>
+  </si>
+  <si>
+    <t>Светильник настольный с 2 креплениями (подставка и струбцина) LED, 10Вт, черный REXANT</t>
+  </si>
+  <si>
     <t>609-004</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Click Lite с ночником на основании, LED, 6 Вт, 4000 К, RGB-динамика, диммируемый 3 ступени, заряжаемый (автономный режим</t>
   </si>
   <si>
-    <t>609-005</t>
-[...56 lines deleted...]
-    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, зеленый REXANT</t>
+    <t>609-040</t>
+  </si>
+  <si>
+    <t>Светильник настольный Crystal, сенсорный, RGB REXANT</t>
   </si>
   <si>
     <t>609-037</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, кремовый REXANT</t>
   </si>
   <si>
-    <t>609-034</t>
-[...10 lines deleted...]
-  <si>
     <t>609-028</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, белый REXANT</t>
   </si>
   <si>
-    <t>609-027</t>
-[...28 lines deleted...]
-  <si>
     <t>609-032</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, золотой REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Светильник настольный с 2 креплениями (подставка и струбцина) LED, 10Вт, черный REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -660,56 +666,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-belyy-rexan.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmirue.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryaz.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasy-term.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zar.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-t.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besst.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroys.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupen.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-chernyy-rex.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-zelenyy-rex.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-kremovyy-re.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-siniy-rexan.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-krasnyy-rex.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-belyy-rexan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryaz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-t" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-chernyy-rex" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-zelenyy-rex" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasy-term" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroys" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-krasnyy-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besst" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-siniy-rexan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmirue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-kremovyy-re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I33"/>
+  <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -728,977 +734,1007 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>461.54</v>
+        <v>469.39</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1305</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>959.85</v>
+        <v>1484.53</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8948</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>965.62</v>
+        <v>976.17</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
         <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>80</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1076.92</v>
+        <v>1095.23</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1076.92</v>
+        <v>1954.04</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>2357.69</v>
+        <v>976.17</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>600.29</v>
+        <v>976.17</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1921.38</v>
+        <v>1120.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>899.99</v>
+        <v>610.49</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>356</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>60</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2650.12</v>
+        <v>2397.77</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>12</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>1102.02</v>
+        <v>2695.17</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>1512.06</v>
+        <v>934.36</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1056</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>959.85</v>
+        <v>1438.17</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>959.85</v>
+        <v>957.84</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>963.47</v>
+        <v>1135.05</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>963.47</v>
+        <v>982.04</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>80</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>941.83</v>
+        <v>364.36</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1146</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>16</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>1414.13</v>
+        <v>3051</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>724</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>1414.13</v>
+        <v>2861.82</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>651</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1116.08</v>
+        <v>1537.77</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>1243</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>1116.08</v>
+        <v>915.29</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1186</v>
+        <v>23</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>9</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1536.54</v>
+        <v>1390.14</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>589</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>918.74</v>
+        <v>979.85</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1375.25</v>
+        <v>1135.05</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>385</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>9</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>480.77</v>
+        <v>440.05</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>120</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1799.99</v>
+        <v>1830.59</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>512</v>
+        <v>182</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>20</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3000</v>
+        <v>3051</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>848</v>
+        <v>82</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>442.31</v>
+        <v>1095.23</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>1799.99</v>
+        <v>973.27</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>1406</v>
+        <v>14</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>2813.98</v>
+        <v>979.85</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>808</v>
+        <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>3000</v>
+        <v>1438.17</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>526</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>16</v>
       </c>
       <c r="I33" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A34" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="C34" s="3">
+        <v>1398.63</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="3">
+        <v>0</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>9</v>
+      </c>
+      <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
+    <hyperlink ref="D34" r:id="rId32"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>