--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -54,98 +54,164 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светильники настольные LED</t>
   </si>
   <si>
     <t>75-0215</t>
   </si>
   <si>
     <t>Светильник настольный заряжаемый PROconnect CH-017</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>609-004</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Lite с ночником на основании, LED, 6 Вт, 4000 К, RGB-динамика, диммируемый 3 ступени, заряжаемый (автономный режим</t>
+  </si>
+  <si>
+    <t>609-007</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click Pro на основании, LED, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа) REXANT</t>
+  </si>
+  <si>
+    <t>609-032</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, золотой REXANT</t>
+  </si>
+  <si>
+    <t>609-038</t>
+  </si>
+  <si>
+    <t>Светильник светодиодный на прищепке Клик 2Вт 6000К REXANT</t>
+  </si>
+  <si>
+    <t>609-041</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, колокольчик, белый REXANT</t>
+  </si>
+  <si>
+    <t>609-042</t>
+  </si>
+  <si>
+    <t>Светильник магнитный переносной с 3 креплениями, круглый, черный REXANT</t>
+  </si>
+  <si>
+    <t>609-040</t>
+  </si>
+  <si>
+    <t>Светильник настольный Crystal, сенсорный, RGB REXANT</t>
+  </si>
+  <si>
+    <t>609-034</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, синий REXANT</t>
+  </si>
+  <si>
+    <t>609-036</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, зеленый REXANT</t>
+  </si>
+  <si>
+    <t>609-037</t>
+  </si>
+  <si>
+    <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, кремовый REXANT</t>
+  </si>
+  <si>
+    <t>609-005</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Click Skin на основании, LED, 7 Вт 2700-6500 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа), корпус с эф</t>
+  </si>
+  <si>
+    <t>75-0216</t>
+  </si>
+  <si>
+    <t>Светильник настольный REXANT Сиквел с ночником, 220 В LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч автономной работы</t>
+  </si>
+  <si>
+    <t>609-028</t>
+  </si>
+  <si>
+    <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, белый REXANT</t>
+  </si>
+  <si>
     <t>75-0222</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Baoli, USB-зарядка устройств, вращение 360°</t>
   </si>
   <si>
     <t>609-001</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, белый REXANT</t>
   </si>
   <si>
-    <t>609-005</t>
-[...4 lines deleted...]
-  <si>
     <t>75-0219</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Status LED, USB-зарядка устройств, 2700-6500 К, диммирование, 220 В, эффект тиснения под кожу</t>
   </si>
   <si>
+    <t>75-0226</t>
+  </si>
+  <si>
+    <t>Светильник настольный с RGB-ночником, LED, 12Вт, белый REXANT</t>
+  </si>
+  <si>
     <t>609-033</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, черный REXANT</t>
   </si>
   <si>
-    <t>609-036</t>
-[...4 lines deleted...]
-  <si>
     <t>609-006</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Click Shift с ночником, на основании, LED, 6 Вт, 4000 К, диммируемый 3 ступени, заряжаемый (автономный режим 3 часа)</t>
   </si>
   <si>
-    <t>75-0216</t>
-[...4 lines deleted...]
-  <si>
     <t>75-0218</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Cesar LED с поворотом излучающей поверхности на 360°, 5000 К, часы, термометр, будильник, календарь, цвет черный</t>
   </si>
   <si>
     <t>75-0223</t>
   </si>
   <si>
     <t>Светильник настольный Cloud LED 2700-6500К, встроенная беспроводная и проводная USB-зарядка устройств, диммер, гибкий поворот REXANT</t>
   </si>
   <si>
     <t>609-035</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на прищепке, красный REXANT</t>
   </si>
   <si>
     <t>609-027</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Trio, LED, 2Вт, 3000К, 5В, черный REXANT</t>
   </si>
   <si>
     <t>609-029</t>
@@ -156,132 +222,66 @@
   <si>
     <t>609-030</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, черный REXANT</t>
   </si>
   <si>
     <t>609-002</t>
   </si>
   <si>
     <t>Светильник настольный Click 4Вт, LED, 4000К, диммируемый 3 ступени, заряжаемый, на основании, белый REXANT</t>
   </si>
   <si>
     <t>609-039</t>
   </si>
   <si>
     <t>Светильник светодиодный настольный Клик 2Вт 6000К REXANT</t>
   </si>
   <si>
     <t>75-0224</t>
   </si>
   <si>
     <t>Светильник настольный с органайзером, LED, 12Вт, белый REXANT</t>
   </si>
   <si>
-    <t>75-0226</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0217</t>
   </si>
   <si>
     <t>Светильник настольный REXANT Сиквел Про c солнечной панелью и с ночником, 220 В, LED, 5 Вт, 4000 К, бесступенчатое диммирование, заряжаемый, 2 ч авто</t>
   </si>
   <si>
-    <t>609-041</t>
-[...10 lines deleted...]
-  <si>
     <t>609-031</t>
   </si>
   <si>
     <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, серебряный REXANT</t>
   </si>
   <si>
-    <t>609-038</t>
-[...10 lines deleted...]
-  <si>
     <t>75-0225</t>
   </si>
   <si>
     <t>Светильник настольный с 2 креплениями (подставка и струбцина) LED, 10Вт, черный REXANT</t>
-  </si>
-[...28 lines deleted...]
-    <t>Светильник декоративный Spiral Uno, LED, 2Вт, 3000К, 5В, золотой REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -666,51 +666,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vraschenie-360" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-belyy-rexan" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryaz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-t" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-chernyy-rex" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-zelenyy-rex" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayuschey-poverhnosti-na-360-5000-k-chasy-term" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroys" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-krasnyy-rex" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besst" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-siniy-rexan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmirue" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prischepke-kremovyy-re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-zaryazhaemyy-proconnect-ch-017" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-lite-s-nochnikom-na-osnovanii-led-6-vt-4000-k-rgb-dinamika-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-pro-na-osnovanii-led-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-zolotoy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-na-prischepke-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kolokolchik-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-magnitnyy-perenosnoy-s-3-krepleniyami-kruglyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-crystal-sensornyy-rgb-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-siniy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-kremovyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-skin-na-osnovanii-led-7-vt-2700-6500-k-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa-korpus-s-effektom-tisneniya-kozhi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryazhaemyy-2-ch-avtonomnoy-raboty" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-baoli-usb-zaryadka-ustroystv-vrashchenie-360" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-status-led-usb-zaryadka-ustroystv-2700-6500-k-dimmirovanie-220-v-effekt-tisneniya-pod-kozhu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-rgb-nochnikom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-chernyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-click-shift-s-nochnikom-na-osnovanii-led-6-vt-4000-k-dimmiruemyy-3-stupeni-zaryazhaemyy-avtonomnyy-rezhim-3-chasa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-cesar-led-s-povorotom-izluchayushchey-poverhnosti-na-360-5000-k-chasy-termometr-budilnik-kalendar-tsvet-chernyy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-cloud-led-2700-6500k-vstroennaya-besprovodnaya-i-provodnaya-usb-zaryadka-ustroystv-dimmer-gibkiy-povorot-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-prishchepke-krasnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-trio-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-duo-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-chernyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-click-4vt-led-4000k-dimmiruemyy-3-stupeni-zaryazhaemyy-na-osnovanii-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-svetodiodnyy-nastolnyy-klik-2vt-6000k-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-organayzerom-led-12vt-belyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-rexant-sikvel-pro-c-solnechnoy-panelyu-i-s-nochnikom-220-v-led-5-vt-4000-k-besstupenchatoe-dimmirovanie-zaryazhaemyy-2-ch-avtonomnoy-raboty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-dekorativnyy-spiral-uno-led-2vt-3000k-5v-serebryanyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetilnik-nastolnyy-s-2-krepleniyami-podstavka-i-strubtsina-led-10vt-chernyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I34"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -763,936 +763,936 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
         <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>60</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1484.53</v>
+        <v>1095.23</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>976.17</v>
+        <v>1537.77</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>1095.23</v>
+        <v>1398.63</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>1954.04</v>
+        <v>440.05</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
         <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>976.17</v>
+        <v>1390.14</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>650</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>976.17</v>
+        <v>1830.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
         <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>1120.75</v>
+        <v>973.27</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>610.49</v>
+        <v>979.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>2397.77</v>
+        <v>976.17</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2695.17</v>
+        <v>979.85</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>934.36</v>
+        <v>1095.23</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>1438.17</v>
+        <v>610.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>957.84</v>
+        <v>1438.17</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>16</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>1135.05</v>
+        <v>1484.53</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>982.04</v>
+        <v>976.17</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>80</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>364.36</v>
+        <v>1954.04</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>3051</v>
+        <v>2861.82</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>724</v>
+        <v>654</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>2861.82</v>
+        <v>976.17</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>651</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>1537.77</v>
+        <v>1120.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>915.29</v>
+        <v>2397.77</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>1390.14</v>
+        <v>2695.17</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>589</v>
+        <v>1</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>979.85</v>
+        <v>934.36</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>80</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>1135.05</v>
+        <v>1438.17</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>440.05</v>
+        <v>957.84</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
         <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>1830.59</v>
+        <v>1135.05</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>182</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3051</v>
+        <v>982.04</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>82</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>1095.23</v>
+        <v>364.36</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>973.27</v>
+        <v>3051</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>14</v>
+        <v>723</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>979.85</v>
+        <v>915.29</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
         <v>0</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I32" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>1438.17</v>
+        <v>1135.05</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>1398.63</v>
+        <v>3051</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>249</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>