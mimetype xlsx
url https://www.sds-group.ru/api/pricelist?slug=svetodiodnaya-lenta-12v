--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,315 +42,315 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента 12В</t>
   </si>
   <si>
+    <t>141-332</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>141-494</t>
   </si>
   <si>
     <t>LED лента 5м  силикон, 10 мм, IP65, SMD 5050, 60 LED/m, 12 V, цвет свечения зеленый LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-212</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-492</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2016</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-462</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-395</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-335</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-2012</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2022</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-368</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>метр</t>
-[...11 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-365</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-331</t>
-[...4 lines deleted...]
-  <si>
     <t>141-355</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-466</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-493</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2032</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-356</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-466</t>
-[...22 lines deleted...]
-  <si>
     <t>141-2011</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-2016</t>
-[...14 lines deleted...]
-    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+    <t>141-2015</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2027</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2032</t>
-[...106 lines deleted...]
-  <si>
     <t>141-2029</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2028</t>
-[...10 lines deleted...]
-  <si>
     <t>141-2031</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2024</t>
-[...10 lines deleted...]
-  <si>
     <t>141-231</t>
   </si>
   <si>
     <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
-  </si>
-[...4 lines deleted...]
-    <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -735,51 +735,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zelenyy-lamper.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19672" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19685" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-siniy-10mm-5m-lamper-19691" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-12-v-10-mm-ip23-smd-2835-240-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19676" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-jeltiy-lamper-19679" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29454" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-rgb-lamper-19684" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-9-6vt-m-120-led-m-ip20-3000k-8mm-5m-lamper-19665" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19683" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-8mm-ip20-smd2835-120-led-m-tsvet-svecheniya-holodniy-beliy-6000k-5m-lamper-19654" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-6500k-8mm-5m-lamper-19662" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-krasniy-8mm-5m-lamper-19664" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-buhta-50-m-lamper-12567" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-2700-k-ip23-60-led-m-lamper-29450" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29456" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29460" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29462" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29464" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-tepliy-beliy-buhta-50-m-lamper-12588" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-siniy-8mm-5m-lamper-19666" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip20-smd-2835-60-led-m-tsvet-svecheniya-tepliy-beliy-3000k-lamper-19656" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-8-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-lamper-19659" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-holodniy-beliy-6500k-lamper-19673" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-jeltiy-lamper-19668" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-zeleniy-lamper-19674" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-rgb-lamper-19682" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-3000k-10mm-5m-lamper-19686" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-siniy-lamper-19681" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tepliy-beliy-3000k-lamper-19680" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-8vt-m-60-led-m-ip20-6500k-10mm-5m-lamper-19692" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19690" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29451" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-3030-rgb-ip23-30-led-m-dlya-bp-s-klemmami-lamper-29466" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-2835-60-led-m-tepliy-beliy-3000k-lamper-19660" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-6500-k-ip23-60-led-m-lamper-29449" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29453" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29455" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29457" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29458" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29461" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29463" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29465" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-beliy-6000-k-19633" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I45"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -803,1284 +803,1284 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>420.77</v>
+        <v>265.09</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>209.54</v>
+        <v>378.69</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
         <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="3">
-        <v>209.54</v>
+        <v>484.61</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>102</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="3">
-        <v>317.31</v>
+        <v>2030.12</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3210</v>
+        <v>18</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="3">
-        <v>845.12</v>
+        <v>709.62</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>230</v>
+        <v>145</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>363.46</v>
+        <v>593.12</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>718</v>
+        <v>193</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>510.76</v>
+        <v>759.81</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>373</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>614.26</v>
+        <v>413.66</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>416</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>619.24</v>
+        <v>424.04</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>268</v>
+        <v>13</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>805.77</v>
+        <v>413.66</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>374</v>
+        <v>96</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>844.23</v>
+        <v>285.58</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>396</v>
+        <v>3101</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>619.24</v>
+        <v>345.29</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>237</v>
+        <v>683</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>209.54</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>4720</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>593.12</v>
+        <v>73.13</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>354.08</v>
+        <v>412.12</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1591</v>
+        <v>270</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>412.12</v>
+        <v>593.74</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>282</v>
+        <v>772</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>905.12</v>
+        <v>814.44</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>97</v>
+        <v>252</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>440.38</v>
+        <v>527.75</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>327</v>
+        <v>254</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>73.13</v>
+        <v>209.54</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F21" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>593.12</v>
+        <v>327.11</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>344</v>
+        <v>835</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>412.12</v>
+        <v>317.31</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>761</v>
+        <v>619</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>659.71</v>
+        <v>845.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>781</v>
+        <v>224</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>709.62</v>
+        <v>510.76</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>294.54</v>
+        <v>434.62</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>709.62</v>
+        <v>434.62</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>339</v>
+        <v>184</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>484.61</v>
+        <v>765.48</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>219</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>459.62</v>
+        <v>557.32</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>229</v>
+        <v>271</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>2030.12</v>
+        <v>674.14</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>18</v>
+        <v>170</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>459.62</v>
+        <v>638.66</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>487</v>
+        <v>360</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>317.31</v>
+        <v>619.24</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>656</v>
+        <v>207</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>363.46</v>
+        <v>484.61</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>846</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>434.62</v>
+        <v>318.67</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>36</v>
+        <v>1590</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>434.62</v>
+        <v>396.34</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>189</v>
+        <v>323</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>709.62</v>
+        <v>614.26</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>151</v>
+        <v>0</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>484.61</v>
+        <v>65.82</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="F37" s="3">
-        <v>139</v>
+        <v>4640</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I37" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>602.12</v>
+        <v>533.81</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>242</v>
+        <v>312</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>814.44</v>
+        <v>370.91</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>253</v>
+        <v>751</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>586.39</v>
+        <v>370.91</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>254</v>
+        <v>738</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>602.12</v>
+        <v>621.11</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>110</v>
+        <v>537</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>690.12</v>
+        <v>905.12</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>551</v>
+        <v>95</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>412.12</v>
+        <v>541.91</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>750</v>
+        <v>242</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C44" s="3">
-        <v>535.19</v>
+        <v>602.12</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C45" s="3">
-        <v>471.15</v>
+        <v>481.67</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>