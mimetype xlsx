--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -8,349 +8,337 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="95">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента 12В</t>
   </si>
   <si>
+    <t>141-2015</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-212</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-466</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-395</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-493</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-335</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-355</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-356</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-492</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-365</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-332</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...26 lines deleted...]
-    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
+    <t>141-462</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-231</t>
+  </si>
+  <si>
+    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
+  </si>
+  <si>
+    <t>141-368</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2011</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2016</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-499</t>
-[...49 lines deleted...]
-  <si>
     <t>141-2022</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-2026</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
+    <t>141-2027</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2028</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
+    <t>141-2029</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2030</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-368</t>
-[...80 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+    <t>141-2031</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-2032</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
-  </si>
-[...58 lines deleted...]
-    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -735,56 +723,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19672" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19685" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-siniy-10mm-5m-lamper-19691" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-12-v-10-mm-ip23-smd-2835-240-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19676" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-jeltiy-lamper-19679" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29454" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-rgb-lamper-19684" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-9-6vt-m-120-led-m-ip20-3000k-8mm-5m-lamper-19665" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19683" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-8mm-ip20-smd2835-120-led-m-tsvet-svecheniya-holodniy-beliy-6000k-5m-lamper-19654" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-6500k-8mm-5m-lamper-19662" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-krasniy-8mm-5m-lamper-19664" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-buhta-50-m-lamper-12567" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-2700-k-ip23-60-led-m-lamper-29450" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29456" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29460" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29462" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29464" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-tepliy-beliy-buhta-50-m-lamper-12588" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-siniy-8mm-5m-lamper-19666" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip20-smd-2835-60-led-m-tsvet-svecheniya-tepliy-beliy-3000k-lamper-19656" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-8-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-lamper-19659" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-holodniy-beliy-6500k-lamper-19673" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-jeltiy-lamper-19668" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-zeleniy-lamper-19674" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-rgb-lamper-19682" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-3000k-10mm-5m-lamper-19686" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-siniy-lamper-19681" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tepliy-beliy-3000k-lamper-19680" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-8vt-m-60-led-m-ip20-6500k-10mm-5m-lamper-19692" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19690" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29451" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-3030-rgb-ip23-30-led-m-dlya-bp-s-klemmami-lamper-29466" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-2835-60-led-m-tepliy-beliy-3000k-lamper-19660" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-6500-k-ip23-60-led-m-lamper-29449" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29453" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29455" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29457" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29458" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29461" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29463" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29465" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-beliy-6000-k-19633" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I45"/>
+  <dimension ref="A1:I43"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -803,1337 +791,1277 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>265.09</v>
+        <v>488.6</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>6</v>
+        <v>312</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>378.69</v>
+        <v>2064.63</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>484.61</v>
+        <v>510.11</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>102</v>
+        <v>280</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>2030.12</v>
+        <v>420.69</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>709.62</v>
+        <v>399.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>145</v>
+        <v>393</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>593.12</v>
+        <v>651.32</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>193</v>
+        <v>129</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>759.81</v>
+        <v>261.39</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>373</v>
+        <v>2963</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>413.66</v>
+        <v>316.04</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>416</v>
+        <v>164</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>424.04</v>
+        <v>299.4</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>13</v>
+        <v>829</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>413.66</v>
+        <v>306.57</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>96</v>
+        <v>197</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>285.58</v>
+        <v>519.44</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3101</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>345.29</v>
+        <v>397.81</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>683</v>
+        <v>181</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>209.54</v>
+        <v>624.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
         <v>50</v>
       </c>
-      <c r="H15" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>73.13</v>
+        <v>778.49</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G16" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>412.12</v>
+        <v>695.45</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>270</v>
+        <v>356</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>593.74</v>
+        <v>721.68</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>772</v>
+        <v>139</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>814.44</v>
+        <v>584.57</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>252</v>
+        <v>353</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>213.1</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C20" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>254</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>209.54</v>
+        <v>629.77</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>204</v>
       </c>
       <c r="G21" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>327.11</v>
+        <v>492.85</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>835</v>
+        <v>60</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>317.31</v>
+        <v>442.01</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>619</v>
+        <v>11</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>845.12</v>
+        <v>492.85</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>510.76</v>
+        <v>816.51</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>434.62</v>
+        <v>339.49</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>19</v>
+        <v>749</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>434.62</v>
+        <v>242.64</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>184</v>
+        <v>6</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>765.48</v>
+        <v>431.25</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>219</v>
+        <v>6</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>557.32</v>
+        <v>440.87</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>271</v>
+        <v>26</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>674.14</v>
+        <v>213.1</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F30" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H30" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I30" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>638.66</v>
+        <v>291.68</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>360</v>
+        <v>1590</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>619.24</v>
+        <v>60.25</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F32" s="3">
-        <v>207</v>
+        <v>4540</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H32" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I32" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>484.61</v>
+        <v>542.88</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>318.67</v>
+        <v>419.13</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1590</v>
+        <v>269</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>396.34</v>
+        <v>339.49</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>323</v>
+        <v>729</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>614.26</v>
+        <v>568.5</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>0</v>
+        <v>535</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>65.82</v>
+        <v>543.45</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>4640</v>
+        <v>777</v>
       </c>
       <c r="G37" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>533.81</v>
+        <v>920.51</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>312</v>
+        <v>73</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>370.91</v>
+        <v>828.29</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>751</v>
+        <v>244</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>100</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>370.91</v>
+        <v>496.01</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>738</v>
+        <v>239</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>621.11</v>
+        <v>483.05</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>537</v>
+        <v>242</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>905.12</v>
+        <v>612.36</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>95</v>
+        <v>5</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>100</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>541.91</v>
+        <v>362.77</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>242</v>
+        <v>312</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
-      </c>
-[...56 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>
     <hyperlink ref="D21" r:id="rId19"/>
     <hyperlink ref="D22" r:id="rId20"/>
     <hyperlink ref="D23" r:id="rId21"/>
     <hyperlink ref="D24" r:id="rId22"/>
     <hyperlink ref="D25" r:id="rId23"/>
     <hyperlink ref="D26" r:id="rId24"/>
     <hyperlink ref="D27" r:id="rId25"/>
     <hyperlink ref="D28" r:id="rId26"/>
     <hyperlink ref="D29" r:id="rId27"/>
     <hyperlink ref="D30" r:id="rId28"/>
     <hyperlink ref="D31" r:id="rId29"/>
     <hyperlink ref="D32" r:id="rId30"/>
     <hyperlink ref="D33" r:id="rId31"/>
     <hyperlink ref="D34" r:id="rId32"/>
     <hyperlink ref="D35" r:id="rId33"/>
     <hyperlink ref="D36" r:id="rId34"/>
     <hyperlink ref="D37" r:id="rId35"/>
     <hyperlink ref="D38" r:id="rId36"/>
     <hyperlink ref="D39" r:id="rId37"/>
     <hyperlink ref="D40" r:id="rId38"/>
     <hyperlink ref="D41" r:id="rId39"/>
     <hyperlink ref="D42" r:id="rId40"/>
     <hyperlink ref="D43" r:id="rId41"/>
-    <hyperlink ref="D44" r:id="rId42"/>
-    <hyperlink ref="D45" r:id="rId43"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>