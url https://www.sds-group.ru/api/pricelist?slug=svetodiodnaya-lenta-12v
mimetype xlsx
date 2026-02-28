--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,303 +42,303 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента 12В</t>
   </si>
   <si>
+    <t>141-2011</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-368</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-365</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-355</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-356</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2022</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2027</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2029</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2031</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2032</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-231</t>
+  </si>
+  <si>
+    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
+  </si>
+  <si>
+    <t>141-2016</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2015</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>141-212</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-466</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-395</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-396</t>
-[...2 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-493</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-335</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-331</t>
-[...46 lines deleted...]
-  <si>
     <t>141-492</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-496</t>
-[...49 lines deleted...]
-  <si>
     <t>141-332</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
     <t>141-462</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
-  </si>
-[...88 lines deleted...]
-    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -723,51 +723,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vtm-120-ledm-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vtm-120-ledm-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vtm-120-ledm-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vtm-120-ledm-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vtm-30-ledm-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-ledm-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vtm-240-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vtm-120-ledm-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-ledm-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-ledm-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I43"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -791,1229 +791,1229 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>488.6</v>
+        <v>60.25</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>312</v>
+        <v>4500</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H3" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>2064.63</v>
+        <v>543.45</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3">
-        <v>16</v>
+        <v>777</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>100</v>
       </c>
       <c r="I4" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C5" s="3">
-        <v>510.11</v>
+        <v>213.1</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>420.69</v>
+        <v>213.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C7" s="3">
         <v>399.66</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>651.32</v>
+        <v>316.04</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>261.39</v>
+        <v>306.57</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>2963</v>
+        <v>181</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>316.04</v>
+        <v>816.51</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>164</v>
+        <v>220</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>299.4</v>
+        <v>519.44</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>306.57</v>
+        <v>442.01</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F12" s="3">
-        <v>197</v>
+        <v>11</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>519.44</v>
+        <v>397.81</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>397.81</v>
+        <v>624.7</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>624.7</v>
+        <v>778.49</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>778.49</v>
+        <v>695.45</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>222</v>
+        <v>352</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>695.45</v>
+        <v>584.57</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>356</v>
+        <v>316</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>721.68</v>
+        <v>629.77</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>584.57</v>
+        <v>492.85</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>213.1</v>
+        <v>492.85</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>629.77</v>
+        <v>291.68</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F21" s="3">
-        <v>204</v>
+        <v>1578</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>492.85</v>
+        <v>339.49</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F22" s="3">
-        <v>60</v>
+        <v>747</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C23" s="3">
-        <v>442.01</v>
+        <v>419.13</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F23" s="3">
-        <v>11</v>
+        <v>268</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="3">
-        <v>492.85</v>
+        <v>339.49</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>723</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="3">
-        <v>816.51</v>
+        <v>568.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F25" s="3">
-        <v>224</v>
+        <v>534</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C26" s="3">
-        <v>339.49</v>
+        <v>920.51</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F26" s="3">
-        <v>749</v>
+        <v>37</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C27" s="3">
-        <v>242.64</v>
+        <v>496.01</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F27" s="3">
-        <v>6</v>
+        <v>236</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C28" s="3">
-        <v>431.25</v>
+        <v>483.05</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F28" s="3">
-        <v>6</v>
+        <v>231</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C29" s="3">
-        <v>440.87</v>
+        <v>612.36</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F29" s="3">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="3">
-        <v>213.1</v>
+        <v>362.77</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="G30" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C31" s="3">
-        <v>291.68</v>
+        <v>440.87</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F31" s="3">
-        <v>1590</v>
+        <v>27</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>100</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C32" s="3">
-        <v>60.25</v>
+        <v>542.88</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F32" s="3">
-        <v>4540</v>
+        <v>118</v>
       </c>
       <c r="G32" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C33" s="3">
-        <v>542.88</v>
+        <v>828.29</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F33" s="3">
-        <v>124</v>
+        <v>240</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C34" s="3">
-        <v>419.13</v>
+        <v>488.6</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F34" s="3">
-        <v>269</v>
+        <v>312</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C35" s="3">
-        <v>339.49</v>
+        <v>2064.63</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F35" s="3">
-        <v>729</v>
+        <v>16</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="3">
-        <v>568.5</v>
+        <v>510.11</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F36" s="3">
-        <v>535</v>
+        <v>280</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C37" s="3">
-        <v>543.45</v>
+        <v>420.69</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F37" s="3">
-        <v>777</v>
+        <v>34</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C38" s="3">
-        <v>920.51</v>
+        <v>299.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F38" s="3">
-        <v>73</v>
+        <v>828</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C39" s="3">
-        <v>828.29</v>
+        <v>651.32</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F39" s="3">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C40" s="3">
-        <v>496.01</v>
+        <v>261.39</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F40" s="3">
-        <v>239</v>
+        <v>2935</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C41" s="3">
-        <v>483.05</v>
+        <v>721.68</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F41" s="3">
-        <v>242</v>
+        <v>133</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C42" s="3">
-        <v>612.36</v>
+        <v>242.64</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F42" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C43" s="3">
-        <v>362.77</v>
+        <v>431.25</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F43" s="3">
-        <v>312</v>
+        <v>6</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>