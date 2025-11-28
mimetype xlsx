--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,681 +42,681 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента Lamper</t>
   </si>
   <si>
-    <t>1.1 Светодиодная лента 5В</t>
+    <t>1.1 Аксессуары 12-24В</t>
+  </si>
+  <si>
+    <t>144-013</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>144-126-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-113</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для RGB светодиодных лент шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-106</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-124-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-104</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-106-1</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой LAMPER</t>
+  </si>
+  <si>
+    <t>144-021-10</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-098</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-107-1</t>
+  </si>
+  <si>
+    <t>Сенсорный диммер/выключатель с коннектором 5,5х2,1 мм</t>
+  </si>
+  <si>
+    <t>144-006</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-014</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент 120 диодов/метр, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-7</t>
+  </si>
+  <si>
+    <t>LED контроллер для светодиодной ленты White Mix 12/24 В, 72/144 Вт, 24 кнопки  (IR)</t>
+  </si>
+  <si>
+    <t>144-016</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-5</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-128</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-125</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-103-1</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>144-008</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-123</t>
+  </si>
+  <si>
+    <t>Плата соединительная (L) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-025</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-1</t>
+  </si>
+  <si>
+    <t>LED мини диммер радио  72/144 W, 3 кнопки,12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-103-3</t>
+  </si>
+  <si>
+    <t>LED диммер 12-24 V, 2.4G одноканальный беспроводной с пультом Д/У</t>
+  </si>
+  <si>
+    <t>144-004</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-133</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент с влагозащитой шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-127</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-129</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-3</t>
+  </si>
+  <si>
+    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+  </si>
+  <si>
+    <t>144-102</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-1</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, инфракрасный (IR), 6 кнопок, 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-2</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, радио (RF), 10 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-3</t>
+  </si>
+  <si>
+    <t>Мини-контроллер сетодиодный RGB, радио (RF), 20 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>143-103-2</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (полусенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>143-101-3</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер инфракрасный (IR) 12 V/6 A инфракрасный (IR) LAMPER</t>
+  </si>
+  <si>
+    <t>144-021</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>144-027</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-028</t>
+  </si>
+  <si>
+    <t>Коннектор питания для RGB светодиодных лент (IP65) шириной 10мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-012</t>
+  </si>
+  <si>
+    <t>Коннектор питания для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-023</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 8 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-099</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-2</t>
+  </si>
+  <si>
+    <t>Светодиодный мини диммер радио (RF) с пультом Д/У 72 W/144 W, 9 кнопок</t>
+  </si>
+  <si>
+    <t>143-106</t>
+  </si>
+  <si>
+    <t>LED мини контроллер с разъемом 5,5х2,1 мм 72/144 W, 3 кнопки, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-4</t>
+  </si>
+  <si>
+    <t>LED мини контроллер радио (RF) 72 W/144 W, 17 кнопок, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>144-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-101</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>1.2 Светодиодная лента 5В</t>
+  </si>
+  <si>
+    <t>141-2009</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 7,2Вт/м, 30 LED/м, RGB, 10мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-382</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>метр</t>
   </si>
   <si>
     <t>141-385</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>141-383</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-381</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-387</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 4,8Вт/м, 60 LED/м, RGB, 10мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2002</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2004</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2001</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2003</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-386</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 3000K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-384</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-381</t>
-[...62 lines deleted...]
-    <t>1.2 Светодиодная лента 12В</t>
+    <t>1.3 Светодиодная лента 24В</t>
+  </si>
+  <si>
+    <t>141-632</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-622</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 15мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>1.4 Светодиодная лента 12В</t>
+  </si>
+  <si>
+    <t>141-332</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
     <t>141-494</t>
   </si>
   <si>
     <t>LED лента 5м  силикон, 10 мм, IP65, SMD 5050, 60 LED/m, 12 V, цвет свечения зеленый LAMPER</t>
   </si>
   <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-212</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-492</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2016</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-462</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-395</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-335</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2012</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2022</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-368</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-367</t>
-[...8 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-365</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-331</t>
-[...4 lines deleted...]
-  <si>
     <t>141-355</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-466</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-493</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2032</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-356</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-466</t>
-[...22 lines deleted...]
-  <si>
     <t>141-2011</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-2016</t>
-[...14 lines deleted...]
-    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+    <t>141-2015</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2027</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2032</t>
-[...106 lines deleted...]
-  <si>
     <t>141-2029</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2028</t>
-[...10 lines deleted...]
-  <si>
     <t>141-2031</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2024</t>
-[...10 lines deleted...]
-  <si>
     <t>141-231</t>
   </si>
   <si>
     <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
-  </si>
-[...292 lines deleted...]
-    <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
   </si>
   <si>
     <t>1.5 Готовые комплекты</t>
   </si>
   <si>
     <t>142-401</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания IP65, холодное белое свечение 6500 К LAMPER</t>
   </si>
   <si>
     <t>142-909</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания IP65, теплое белое свечение 3000 К LAMPER</t>
   </si>
   <si>
     <t>142-402</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания и RGB контроллером IP65, свечение RGB LAMPER</t>
   </si>
 </sst>
 </file>
 
@@ -1122,51 +1122,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vt-m-60-led-m-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vt-m-30-led-m-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zelenyy-lamper.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vt-m-240-led-m-3000k-15mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15-.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-7098" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-1-27946" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper-15484" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-120-diodov-metr-s-vlagozaschitoy-lamper-15504" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-1-27947" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-15490" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-120-diodov-metr-s-vlagozaschitoy-lamper-1-27944" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-1-27945" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-klipsa-dlya-svetodiodnoy-lenti-shirinoy-10-mm-lamper-15485" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensorniy-dimmer-viklyuchatel-s-konnektorom-5-5h2-1-mm-16828" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-4302" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-odnotsvetnih-svetodiodnih-lent-120-diodov-metr-dlina-15-sm-lamper-15503" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenti-white-mix-12-24-v-72-144-vt-24-knopki-ir-18462" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-120-diodov-metr-lamper-15475" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodniy-infrakrasniy-ir-72vt-144vt-44-knopki-12v-24v-lamper-15498" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-lamper-12200" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-lamper-12195" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper-6242" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-12191" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-12199" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15-sm-lamper-15502" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v-15493" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalniy-besprovodnoy-s-pultom-d-u-6244" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-dlina-15-sm-lamper-4303" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-rgb-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper-15495" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-12194" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-12196" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensorniy-viklyuchatel-dlya-svetodiodnoy-lenti-5-5h2-1-mm-12-24-v-36-72-vt-3-a-18463" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-7100" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodniy-rgb-infrakrasniy-ir-6-knopok-12-24v-6a-lamper-6950" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodniy-rgb-radio-rf-10-knopok-12-24v-6a-lamper-6951" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodniy-rgb-radio-rf-20-knopok-12-24v-6a-lamper-6952" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper-6243" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasniy-ir-12-v-6-a-infrakrasniy-ir-lamper-3924" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-15492" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-15481" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnih-lent-ip65-shirinoy-10mm-lamper-15500" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-120-diodov-metr-lamper-15479" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15-sm-lamper-15489" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-klipsa-dlya-svetodiodnoy-lenti-s-vlagozaschitoy-shirinoy-10-mm-lamper-15487" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok-15494" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v-15482" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v-15497" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-dlina-15-sm-lamper-4305" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-lamper-4301" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-5050-30-led-m-3-m-rgb-upravlenie-so-smartfona-lamper-29448" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-jeltiy-8mm-1m-lamper-18475" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-6500k-8mm-1m-lamper-18472" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-8mm-4-8vt-m-60-led-m-smd-2835-ip65-siniy-1m-lamper-18478" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-krasniy-8mm-1m-lamper-18477" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-rgb-10mm-1m-lamper-18473" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-2-m-tepliy-beliy-2700-k-lamper-29445" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-3-m-tepliy-beliy-2700-k-lamper-29447" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-2-m-beliy-6500-k-lamper-29444" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-3-m-beliy-6500-k-lamper-29446" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-3000k-8mm-1m-lamper-18474" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-zeleniy-8mm-1m-lamper-18476" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-24-v-10-mm-ip23-smd-5050-60-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-24-v-15-mm-ip23-smd-2835-240-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19642" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19672" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19685" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-siniy-10mm-5m-lamper-19691" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-12-v-10-mm-ip23-smd-2835-240-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19676" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-jeltiy-lamper-19679" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29454" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-rgb-lamper-19684" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-9-6vt-m-120-led-m-ip20-3000k-8mm-5m-lamper-19665" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19683" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-8mm-ip20-smd2835-120-led-m-tsvet-svecheniya-holodniy-beliy-6000k-5m-lamper-19654" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-6500k-8mm-5m-lamper-19662" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-krasniy-8mm-5m-lamper-19664" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-buhta-50-m-lamper-12567" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-2700-k-ip23-60-led-m-lamper-29450" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29456" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29460" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29462" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29464" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-tepliy-beliy-buhta-50-m-lamper-12588" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-siniy-8mm-5m-lamper-19666" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip20-smd-2835-60-led-m-tsvet-svecheniya-tepliy-beliy-3000k-lamper-19656" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-8-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-lamper-19659" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-holodniy-beliy-6500k-lamper-19673" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-jeltiy-lamper-19668" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-zeleniy-lamper-19674" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-rgb-lamper-19682" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-3000k-10mm-5m-lamper-19686" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-siniy-lamper-19681" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tepliy-beliy-3000k-lamper-19680" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-8vt-m-60-led-m-ip20-6500k-10mm-5m-lamper-19692" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19690" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29451" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-3030-rgb-ip23-30-led-m-dlya-bp-s-klemmami-lamper-29466" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-2835-60-led-m-tepliy-beliy-3000k-lamper-19660" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-6500-k-ip23-60-led-m-lamper-29449" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29453" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29455" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29457" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29458" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29461" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29463" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29465" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-beliy-6000-k-19633" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenti-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper-24854" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenti-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper-24853" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenti-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper-24855" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I112"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1203,3208 +1203,3208 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>209.62</v>
+        <v>51.32</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>5967</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>209.62</v>
+        <v>13.36</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>1527</v>
+        <v>211</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>209.62</v>
+        <v>141.47</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1603</v>
+        <v>278</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>517.31</v>
+        <v>83.39</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>1559</v>
+        <v>420</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>325</v>
+        <v>13.36</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>647</v>
+        <v>144</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>325</v>
+        <v>97.73</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>669</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1113.46</v>
+        <v>87.96</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>728</v>
+        <v>11</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>209.62</v>
+        <v>28.21</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2726</v>
+        <v>80</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>209.62</v>
+        <v>12.22</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>1844</v>
+        <v>240</v>
       </c>
       <c r="G12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>7600</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>209.62</v>
+        <v>352.79</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2603</v>
+        <v>369</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>517.31</v>
+        <v>40.72</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>797</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>57.02</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>10</v>
+      </c>
+      <c r="H15" s="3">
+        <v>500</v>
+      </c>
+      <c r="I15" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C15" s="3">
-[...22 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>257.65</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F16" s="3">
+        <v>593</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>200</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>420.77</v>
+        <v>40.72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I17" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>209.54</v>
+        <v>335.93</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>137</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>209.54</v>
+        <v>19.79</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>670</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>317.31</v>
+        <v>19.4</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>3210</v>
+        <v>220</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>845.12</v>
+        <v>1756.08</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>230</v>
+        <v>15</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>363.46</v>
+        <v>36.75</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>718</v>
+        <v>690</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>510.76</v>
+        <v>24.43</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>614.26</v>
+        <v>128.96</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I24" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>619.24</v>
+        <v>294.29</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>268</v>
+        <v>66</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>805.77</v>
+        <v>1729.88</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>374</v>
+        <v>1</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>844.23</v>
+        <v>57.02</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>396</v>
+        <v>1680</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>619.24</v>
+        <v>252.17</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>237</v>
+        <v>8</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I28" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>73.13</v>
+        <v>20.42</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>4720</v>
+        <v>250</v>
       </c>
       <c r="G29" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>593.12</v>
+        <v>24.43</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>354.08</v>
+        <v>492.4</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>1591</v>
+        <v>273</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>412.12</v>
+        <v>92.84</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>282</v>
+        <v>80</v>
       </c>
       <c r="G32" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
         <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>905.12</v>
+        <v>270.23</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>97</v>
+        <v>257</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>440.38</v>
+        <v>321.93</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>327</v>
+        <v>227</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>73.13</v>
+        <v>381.61</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>20</v>
+        <v>222</v>
       </c>
       <c r="G35" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>593.12</v>
+        <v>1578.86</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>344</v>
+        <v>67</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>412.12</v>
+        <v>257.94</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>761</v>
+        <v>786</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>659.71</v>
+        <v>40.72</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>781</v>
+        <v>150</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>709.62</v>
+        <v>54.3</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I39" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>294.54</v>
+        <v>51.63</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I40" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>709.62</v>
+        <v>40.72</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>339</v>
+        <v>0</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>484.61</v>
+        <v>89.06</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>940</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>700</v>
       </c>
       <c r="I42" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>459.62</v>
+        <v>12.22</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>229</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I43" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>2030.12</v>
+        <v>438.59</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>18</v>
+        <v>233</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>459.62</v>
+        <v>165.19</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>487</v>
+        <v>301</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>317.31</v>
+        <v>436.13</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>656</v>
+        <v>165</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>363.46</v>
+        <v>57.02</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>846</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I47" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>434.62</v>
+        <v>97.73</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>709.62</v>
+        <v>1002.11</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>151</v>
+        <v>722</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3">
+        <v>188.66</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="C51" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F51" s="3">
-        <v>139</v>
+        <v>1784</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I51" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>602.12</v>
+        <v>188.66</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F52" s="3">
-        <v>242</v>
+        <v>5309</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>814.44</v>
+        <v>209.62</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F53" s="3">
-        <v>253</v>
+        <v>1271</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>586.39</v>
+        <v>199.14</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F54" s="3">
-        <v>254</v>
+        <v>986</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>602.12</v>
+        <v>465.58</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F55" s="3">
-        <v>110</v>
+        <v>1483</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>690.12</v>
+        <v>325</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>551</v>
+        <v>617</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>412.12</v>
+        <v>517.31</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>750</v>
+        <v>458</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C58" s="3">
-        <v>535.19</v>
+        <v>325</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>28</v>
+        <v>643</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C59" s="3">
-        <v>471.15</v>
+        <v>465.58</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>13</v>
+        <v>780</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A60" s="2" t="s">
+      <c r="A60" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B60" s="2"/>
-[...6 lines deleted...]
-      <c r="I60" s="2"/>
+      <c r="B60" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C60" s="3">
+        <v>188.66</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F60" s="3">
+        <v>1777</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>300</v>
+      </c>
+      <c r="I60" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C61" s="3">
-        <v>734.03</v>
+        <v>188.66</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F61" s="3">
-        <v>838</v>
+        <v>864</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I61" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A63" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C63" s="3">
+        <v>660.63</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>837</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>100</v>
+      </c>
+      <c r="I63" s="3">
         <v>5</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="I63" s="2"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C64" s="3">
-        <v>57.02</v>
+        <v>2839.52</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G64" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="3" t="s">
+      <c r="A65" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="C65" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>128.96</v>
+        <v>265.09</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>150</v>
+        <v>6</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I66" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>97.73</v>
+        <v>378.69</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I67" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>31.34</v>
+        <v>484.61</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G68" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>14.84</v>
+        <v>2030.12</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I69" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>14.84</v>
+        <v>709.62</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I70" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>57.02</v>
+        <v>593.12</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>0</v>
+        <v>193</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>97.73</v>
+        <v>759.81</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>10</v>
+        <v>373</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I72" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>12.22</v>
+        <v>413.66</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>560</v>
+        <v>416</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>7600</v>
+        <v>50</v>
       </c>
       <c r="I73" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>12.22</v>
+        <v>424.04</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G74" s="3">
+        <v>1</v>
+      </c>
+      <c r="H74" s="3">
         <v>50</v>
       </c>
-      <c r="H74" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I74" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>21.49</v>
+        <v>413.66</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>260</v>
+        <v>96</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>100</v>
       </c>
       <c r="I75" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>20.42</v>
+        <v>285.58</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>240</v>
+        <v>3101</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>24.43</v>
+        <v>345.29</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0</v>
+        <v>683</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I77" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>21.99</v>
+        <v>209.54</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F78" s="3">
-        <v>680</v>
+        <v>0</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>24.43</v>
+        <v>73.13</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F79" s="3">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>38.68</v>
+        <v>412.12</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>760</v>
+        <v>270</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>40.72</v>
+        <v>593.74</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>170</v>
+        <v>772</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>54.3</v>
+        <v>814.44</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>0</v>
+        <v>252</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>252.17</v>
+        <v>527.75</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>8</v>
+        <v>254</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H83" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>98.95</v>
+        <v>209.54</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F84" s="3">
-        <v>950</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H84" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>148.92</v>
+        <v>327.11</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>288</v>
+        <v>835</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I85" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>51.63</v>
+        <v>317.31</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>0</v>
+        <v>619</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I86" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>40.72</v>
+        <v>845.12</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="G87" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I87" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>40.72</v>
+        <v>510.76</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H88" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I88" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>92.66</v>
+        <v>434.62</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>430</v>
+        <v>19</v>
       </c>
       <c r="G89" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>436.13</v>
+        <v>434.62</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I90" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>165.19</v>
+        <v>765.48</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>311</v>
+        <v>219</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I91" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>461.67</v>
+        <v>557.32</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>242</v>
+        <v>271</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I92" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>352.79</v>
+        <v>674.14</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>407</v>
+        <v>170</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I93" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>518.32</v>
+        <v>638.66</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>303</v>
+        <v>360</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I94" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>300.26</v>
+        <v>619.24</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>260</v>
+        <v>207</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="I95" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>357.7</v>
+        <v>484.61</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>227</v>
+        <v>0</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="I96" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>424.01</v>
+        <v>318.67</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>260</v>
+        <v>1590</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>1578.86</v>
+        <v>396.34</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>74</v>
+        <v>323</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>1729.88</v>
+        <v>614.26</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F99" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I99" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>286.6</v>
+        <v>65.82</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="F100" s="3">
-        <v>788</v>
+        <v>4640</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H100" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>57.02</v>
+        <v>533.81</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>1780</v>
+        <v>312</v>
       </c>
       <c r="G101" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>57.02</v>
+        <v>370.91</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>0</v>
+        <v>751</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>294.29</v>
+        <v>370.91</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>80</v>
+        <v>738</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>373.26</v>
+        <v>621.11</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>137</v>
+        <v>537</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>286.28</v>
+        <v>905.12</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>593</v>
+        <v>95</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C106" s="3">
-        <v>97.73</v>
+        <v>541.91</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>0</v>
+        <v>242</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C107" s="3">
-        <v>40.72</v>
+        <v>602.12</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="G107" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C108" s="3">
-        <v>1756.08</v>
+        <v>481.67</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>100</v>
       </c>
       <c r="I108" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C110" s="3">
-        <v>1132.69</v>
+        <v>1019.42</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1708</v>
+        <v>1428</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
         <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C111" s="3">
-        <v>1132.69</v>
+        <v>1076.06</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>1145</v>
+        <v>1038</v>
       </c>
       <c r="G111" s="3">
         <v>1</v>
       </c>
       <c r="H111" s="3">
         <v>100</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C112" s="3">
-        <v>1443.55</v>
+        <v>1299.2</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>1368</v>
+        <v>1280</v>
       </c>
       <c r="G112" s="3">
         <v>1</v>
       </c>
       <c r="H112" s="3">
         <v>40</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A16:I16"/>
-[...1 lines deleted...]
-    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A65:I65"/>
     <mergeCell ref="A109:I109"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
-    <hyperlink ref="D17" r:id="rId13"/>
-[...31 lines deleted...]
-    <hyperlink ref="D49" r:id="rId45"/>
+    <hyperlink ref="D16" r:id="rId13"/>
+    <hyperlink ref="D17" r:id="rId14"/>
+    <hyperlink ref="D18" r:id="rId15"/>
+    <hyperlink ref="D19" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId17"/>
+    <hyperlink ref="D21" r:id="rId18"/>
+    <hyperlink ref="D22" r:id="rId19"/>
+    <hyperlink ref="D23" r:id="rId20"/>
+    <hyperlink ref="D24" r:id="rId21"/>
+    <hyperlink ref="D25" r:id="rId22"/>
+    <hyperlink ref="D26" r:id="rId23"/>
+    <hyperlink ref="D27" r:id="rId24"/>
+    <hyperlink ref="D28" r:id="rId25"/>
+    <hyperlink ref="D29" r:id="rId26"/>
+    <hyperlink ref="D30" r:id="rId27"/>
+    <hyperlink ref="D31" r:id="rId28"/>
+    <hyperlink ref="D32" r:id="rId29"/>
+    <hyperlink ref="D33" r:id="rId30"/>
+    <hyperlink ref="D34" r:id="rId31"/>
+    <hyperlink ref="D35" r:id="rId32"/>
+    <hyperlink ref="D36" r:id="rId33"/>
+    <hyperlink ref="D37" r:id="rId34"/>
+    <hyperlink ref="D38" r:id="rId35"/>
+    <hyperlink ref="D39" r:id="rId36"/>
+    <hyperlink ref="D40" r:id="rId37"/>
+    <hyperlink ref="D41" r:id="rId38"/>
+    <hyperlink ref="D42" r:id="rId39"/>
+    <hyperlink ref="D43" r:id="rId40"/>
+    <hyperlink ref="D44" r:id="rId41"/>
+    <hyperlink ref="D45" r:id="rId42"/>
+    <hyperlink ref="D46" r:id="rId43"/>
+    <hyperlink ref="D47" r:id="rId44"/>
+    <hyperlink ref="D48" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
     <hyperlink ref="D58" r:id="rId54"/>
     <hyperlink ref="D59" r:id="rId55"/>
-    <hyperlink ref="D61" r:id="rId56"/>
-[...2 lines deleted...]
-    <hyperlink ref="D65" r:id="rId59"/>
+    <hyperlink ref="D60" r:id="rId56"/>
+    <hyperlink ref="D61" r:id="rId57"/>
+    <hyperlink ref="D63" r:id="rId58"/>
+    <hyperlink ref="D64" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D85" r:id="rId79"/>
     <hyperlink ref="D86" r:id="rId80"/>
     <hyperlink ref="D87" r:id="rId81"/>
     <hyperlink ref="D88" r:id="rId82"/>
     <hyperlink ref="D89" r:id="rId83"/>
     <hyperlink ref="D90" r:id="rId84"/>