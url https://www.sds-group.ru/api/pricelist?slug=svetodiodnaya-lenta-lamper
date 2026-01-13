--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -8,730 +8,712 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="222">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента Lamper</t>
   </si>
   <si>
-    <t>1.1 Аксессуары 12-24В</t>
+    <t>1.1 Светодиодная лента 5В</t>
+  </si>
+  <si>
+    <t>141-2002</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-2003</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2001</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2004</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-383</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-386</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 3000K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2009</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 7,2Вт/м, 30 LED/м, RGB, 10мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-385</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-382</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-384</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-381</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-387</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 4,8Вт/м, 60 LED/м, RGB, 10мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>1.2 Светодиодная лента 12В</t>
+  </si>
+  <si>
+    <t>141-2015</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-212</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-466</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-395</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-493</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-335</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-355</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-356</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-492</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-365</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-332</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-462</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-231</t>
+  </si>
+  <si>
+    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
+  </si>
+  <si>
+    <t>141-368</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2011</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2016</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2022</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2027</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2029</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2031</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2032</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>1.3 Светодиодная лента 24В</t>
+  </si>
+  <si>
+    <t>141-622</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 15мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-632</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>1.4 Аксессуары 12-24В</t>
   </si>
   <si>
     <t>144-013</t>
   </si>
   <si>
     <t>Коннектор соединительный для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>144-102</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-124-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-004</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-106-1</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой LAMPER</t>
+  </si>
+  <si>
+    <t>144-021-10</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-5</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
   </si>
   <si>
     <t>144-126-1</t>
   </si>
   <si>
     <t>Плата соединительная (T) для RGB светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
+    <t>143-101-3</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер инфракрасный (IR) 12 V/6 A инфракрасный (IR) LAMPER</t>
+  </si>
+  <si>
+    <t>144-027</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106</t>
+  </si>
+  <si>
+    <t>LED мини контроллер с разъемом 5,5х2,1 мм 72/144 W, 3 кнопки, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>144-127</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-099</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-3</t>
+  </si>
+  <si>
+    <t>Мини-контроллер сетодиодный RGB, радио (RF), 20 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>144-125</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-123</t>
+  </si>
+  <si>
+    <t>Плата соединительная (L) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
     <t>144-113</t>
   </si>
   <si>
     <t>Коннектор соединительный  для RGB светодиодных лент шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
   </si>
   <si>
+    <t>143-106-4</t>
+  </si>
+  <si>
+    <t>LED мини контроллер радио (RF) 72 W/144 W, 17 кнопок, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-105-2</t>
+  </si>
+  <si>
+    <t>Светодиодный мини диммер радио (RF) с пультом Д/У 72 W/144 W, 9 кнопок</t>
+  </si>
+  <si>
+    <t>144-028</t>
+  </si>
+  <si>
+    <t>Коннектор питания для RGB светодиодных лент (IP65) шириной 10мм LAMPER</t>
+  </si>
+  <si>
     <t>144-106</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
   </si>
   <si>
-    <t>144-124-1</t>
-[...2 lines deleted...]
-    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+    <t>143-103-3</t>
+  </si>
+  <si>
+    <t>LED диммер 12-24 V, 2.4G одноканальный беспроводной с пультом Д/У</t>
+  </si>
+  <si>
+    <t>144-012</t>
+  </si>
+  <si>
+    <t>Коннектор питания для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-098</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-021</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>144-016</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-025</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-3</t>
+  </si>
+  <si>
+    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+  </si>
+  <si>
+    <t>144-006</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-1</t>
+  </si>
+  <si>
+    <t>LED мини диммер радио  72/144 W, 3 кнопки,12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-107-1</t>
+  </si>
+  <si>
+    <t>Сенсорный диммер/выключатель с коннектором 5,5х2,1 мм</t>
+  </si>
+  <si>
+    <t>143-103-2</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (полусенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>144-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-7</t>
+  </si>
+  <si>
+    <t>LED контроллер для светодиодной ленты White Mix 12/24 В, 72/144 Вт, 24 кнопки  (IR)</t>
+  </si>
+  <si>
+    <t>143-106-2</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, радио (RF), 10 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>144-133</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент с влагозащитой шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-023</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 8 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-014</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент 120 диодов/метр, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>144-104</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>144-106-1</t>
-[...50 lines deleted...]
-    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
+    <t>143-106-1</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, инфракрасный (IR), 6 кнопок, 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>144-008</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для RGB светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
     <t>144-128</t>
   </si>
   <si>
     <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>144-125</t>
-[...2 lines deleted...]
-    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+    <t>144-129</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для RGB светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
     <t>143-103-1</t>
   </si>
   <si>
     <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
   </si>
   <si>
-    <t>144-008</t>
-[...514 lines deleted...]
-  <si>
     <t>1.5 Готовые комплекты</t>
   </si>
   <si>
+    <t>142-909</t>
+  </si>
+  <si>
+    <t>Комплект светодиодной ленты 5 м с блоком питания IP65, теплое белое свечение 3000 К LAMPER</t>
+  </si>
+  <si>
     <t>142-401</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания IP65, холодное белое свечение 6500 К LAMPER</t>
-  </si>
-[...4 lines deleted...]
-    <t>Комплект светодиодной ленты 5 м с блоком питания IP65, теплое белое свечение 3000 К LAMPER</t>
   </si>
   <si>
     <t>142-402</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания и RGB контроллером IP65, свечение RGB LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -1122,56 +1104,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-7098" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-1-27946" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper-15484" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-120-diodov-metr-s-vlagozaschitoy-lamper-15504" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-1-27947" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-15490" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-120-diodov-metr-s-vlagozaschitoy-lamper-1-27944" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-1-27945" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-klipsa-dlya-svetodiodnoy-lenti-shirinoy-10-mm-lamper-15485" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensorniy-dimmer-viklyuchatel-s-konnektorom-5-5h2-1-mm-16828" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-4302" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-odnotsvetnih-svetodiodnih-lent-120-diodov-metr-dlina-15-sm-lamper-15503" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenti-white-mix-12-24-v-72-144-vt-24-knopki-ir-18462" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-120-diodov-metr-lamper-15475" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodniy-infrakrasniy-ir-72vt-144vt-44-knopki-12v-24v-lamper-15498" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-lamper-12200" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-lamper-12195" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper-6242" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-12191" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-12199" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15-sm-lamper-15502" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v-15493" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalniy-besprovodnoy-s-pultom-d-u-6244" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-dlina-15-sm-lamper-4303" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-rgb-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper-15495" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-12194" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnih-lent-shirinoy-10-mm-lamper-12196" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensorniy-viklyuchatel-dlya-svetodiodnoy-lenti-5-5h2-1-mm-12-24-v-36-72-vt-3-a-18463" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-lamper-7100" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodniy-rgb-infrakrasniy-ir-6-knopok-12-24v-6a-lamper-6950" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodniy-rgb-radio-rf-10-knopok-12-24v-6a-lamper-6951" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodniy-rgb-radio-rf-20-knopok-12-24v-6a-lamper-6952" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper-6243" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasniy-ir-12-v-6-a-infrakrasniy-ir-lamper-3924" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stikovochniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-15492" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper-15481" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnih-lent-ip65-shirinoy-10mm-lamper-15500" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-8-mm-120-diodov-metr-lamper-15479" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-dlya-odnotsvetnih-svetodiodnih-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15-sm-lamper-15489" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montajnaya-klipsa-dlya-svetodiodnoy-lenti-s-vlagozaschitoy-shirinoy-10-mm-lamper-15487" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodniy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok-15494" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v-15482" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v-15497" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelniy-2-razema-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-dlina-15-sm-lamper-4305" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-dlya-odnotsvetnih-svetodiodnih-lent-shirinoy-10-mm-lamper-4301" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-5050-30-led-m-3-m-rgb-upravlenie-so-smartfona-lamper-29448" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-jeltiy-8mm-1m-lamper-18475" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-6500k-8mm-1m-lamper-18472" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-8mm-4-8vt-m-60-led-m-smd-2835-ip65-siniy-1m-lamper-18478" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-krasniy-8mm-1m-lamper-18477" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-rgb-10mm-1m-lamper-18473" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-2-m-tepliy-beliy-2700-k-lamper-29445" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-3-m-tepliy-beliy-2700-k-lamper-29447" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-2-m-beliy-6500-k-lamper-29444" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-s-usb-konnektorom-5-v-ip23-smd-2835-60-led-m-3-m-beliy-6500-k-lamper-29446" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-3000k-8mm-1m-lamper-18474" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-s-usb-konnektorom-5v-smd-2835-4-8vt-m-60-led-m-ip65-zeleniy-8mm-1m-lamper-18476" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-24-v-10-mm-ip23-smd-5050-60-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-24-v-15-mm-ip23-smd-2835-240-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19642" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19672" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19685" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-siniy-10mm-5m-lamper-19691" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-12-v-10-mm-ip23-smd-2835-240-led-m-tsvet-svecheniya-tepliy-beliy-3000-k-lamper-19676" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-jeltiy-lamper-19679" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29454" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-rgb-lamper-19684" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-9-6vt-m-120-led-m-ip20-3000k-8mm-5m-lamper-19665" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-jeltiy-lamper-19683" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-8mm-ip20-smd2835-120-led-m-tsvet-svecheniya-holodniy-beliy-6000k-5m-lamper-19654" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-6500k-8mm-5m-lamper-19662" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-krasniy-8mm-5m-lamper-19664" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-buhta-50-m-lamper-12567" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-2700-k-ip23-60-led-m-lamper-29450" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29456" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29460" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29462" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-2700-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29464" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-silikon-10-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-tepliy-beliy-buhta-50-m-lamper-12588" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-2835-4-8vt-m-60-led-m-ip20-siniy-8mm-5m-lamper-19666" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip20-smd-2835-60-led-m-tsvet-svecheniya-tepliy-beliy-3000k-lamper-19656" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-8-mm-ip65-smd-2835-120-led-m-12-v-tsvet-svecheniya-beliy-lamper-19659" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-holodniy-beliy-6500k-lamper-19673" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-jeltiy-lamper-19668" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-8-mm-ip65-smd-2835-60-led-m-tsvet-svecheniya-zeleniy-lamper-19674" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-rgb-lamper-19682" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-4vt-m-60-led-m-ip20-3000k-10mm-5m-lamper-19686" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tsvet-svecheniya-siniy-lamper-19681" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-5050-60-led-m-tepliy-beliy-3000k-lamper-19680" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd-5050-14-8vt-m-60-led-m-ip20-6500k-10mm-5m-lamper-19692" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkritaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zeleniy-lamper-19690" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29451" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-3030-rgb-ip23-30-led-m-dlya-bp-s-klemmami-lamper-29466" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnaya-lenta-5m-12-v-10-mm-ip65-smd-2835-60-led-m-tepliy-beliy-3000k-lamper-19660" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-buhta-20-m-12-v-2835-6500-k-ip23-60-led-m-lamper-29449" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-2835-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29453" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29455" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29457" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip23-60-led-m-dlya-bp-s-klemmami-lamper-29458" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29461" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-6500-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29463" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-3-m-12-v-5050-4000-k-ip65-60-led-m-dlya-bp-s-klemmami-lamper-29465" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-beliy-6000-k-19633" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenti-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper-24854" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenti-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper-24853" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenti-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper-24855" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vt-m-30-led-m-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vt-m-60-led-m-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vt-m-240-led-m-3000k-15mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I112"/>
+  <dimension ref="A1:I109"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1203,3254 +1185,3164 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>51.32</v>
+        <v>314</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="G4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>13.36</v>
+        <v>426.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>211</v>
+        <v>448</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>141.47</v>
+        <v>330.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>278</v>
+        <v>137</v>
       </c>
       <c r="G6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>83.39</v>
+        <v>526.1</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>420</v>
+        <v>254</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>13.36</v>
+        <v>213.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>144</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C9" s="3">
+        <v>191.87</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>500</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>87.96</v>
+        <v>917.23</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>11</v>
+        <v>715</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>28.21</v>
+        <v>182.27</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>80</v>
+        <v>2061</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>12.22</v>
+        <v>191.87</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>240</v>
+        <v>479</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>7600</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>352.79</v>
+        <v>191.87</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>369</v>
+        <v>703</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>40.72</v>
+        <v>202.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>57.02</v>
+        <v>426.15</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>1222</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>40.72</v>
+        <v>488.6</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>312</v>
       </c>
       <c r="G17" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>335.93</v>
+        <v>2064.63</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>137</v>
+        <v>16</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>19.79</v>
+        <v>510.11</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>670</v>
+        <v>280</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>19.4</v>
+        <v>420.69</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>220</v>
+        <v>56</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
-        <v>1756.08</v>
+        <v>399.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>15</v>
+        <v>393</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>36.75</v>
+        <v>651.32</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>690</v>
+        <v>129</v>
       </c>
       <c r="G22" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>24.43</v>
+        <v>261.39</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>360</v>
+        <v>2963</v>
       </c>
       <c r="G23" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>128.96</v>
+        <v>316.04</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>120</v>
+        <v>164</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>294.29</v>
+        <v>299.4</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>66</v>
+        <v>829</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>1729.88</v>
+        <v>306.57</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>1</v>
+        <v>197</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>57.02</v>
+        <v>519.44</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1680</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>252.17</v>
+        <v>397.81</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>8</v>
+        <v>181</v>
       </c>
       <c r="G28" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>20.42</v>
+        <v>624.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>24.43</v>
+        <v>778.49</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G30" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>492.4</v>
+        <v>695.45</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>273</v>
+        <v>356</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>92.84</v>
+        <v>721.68</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>80</v>
+        <v>139</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>270.23</v>
+        <v>584.57</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>257</v>
+        <v>353</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>140</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>321.93</v>
+        <v>213.1</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F34" s="3">
-        <v>227</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>381.61</v>
+        <v>629.77</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>222</v>
+        <v>204</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>1578.86</v>
+        <v>492.85</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>257.94</v>
+        <v>442.01</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>786</v>
+        <v>11</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>40.72</v>
+        <v>492.85</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>150</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>54.3</v>
+        <v>816.51</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>224</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>51.63</v>
+        <v>339.49</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>749</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>40.72</v>
+        <v>242.64</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>89.06</v>
+        <v>431.25</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>940</v>
+        <v>6</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>12.22</v>
+        <v>440.87</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G43" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>438.59</v>
+        <v>213.1</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F44" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>165.19</v>
+        <v>291.68</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>301</v>
+        <v>1590</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>436.13</v>
+        <v>60.25</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F46" s="3">
-        <v>165</v>
+        <v>4540</v>
       </c>
       <c r="G46" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>57.02</v>
+        <v>542.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>97.73</v>
+        <v>419.13</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>0</v>
+        <v>269</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="2" t="s">
+      <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B49" s="2"/>
-[...6 lines deleted...]
-      <c r="I49" s="2"/>
+      <c r="B49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" s="3">
+        <v>339.49</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F49" s="3">
+        <v>729</v>
+      </c>
+      <c r="G49" s="3">
+        <v>1</v>
+      </c>
+      <c r="H49" s="3">
+        <v>100</v>
+      </c>
+      <c r="I49" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>1002.11</v>
+        <v>568.5</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>722</v>
+        <v>535</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>188.66</v>
+        <v>543.45</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>1784</v>
+        <v>777</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>188.66</v>
+        <v>920.51</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>5309</v>
+        <v>73</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>209.62</v>
+        <v>828.29</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1271</v>
+        <v>244</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>199.14</v>
+        <v>496.01</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>986</v>
+        <v>239</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>465.58</v>
+        <v>483.05</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1483</v>
+        <v>242</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>325</v>
+        <v>612.36</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>617</v>
+        <v>5</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>517.31</v>
+        <v>362.77</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>458</v>
+        <v>312</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A58" s="3" t="s">
+      <c r="A58" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3">
-        <v>465.58</v>
+        <v>2887.79</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>780</v>
+        <v>14</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="C60" s="3">
+        <v>604.67</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F60" s="3">
+        <v>838</v>
+      </c>
+      <c r="G60" s="3">
+        <v>1</v>
+      </c>
+      <c r="H60" s="3">
+        <v>100</v>
+      </c>
+      <c r="I60" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="C60" s="3">
-[...22 lines deleted...]
-      <c r="A61" s="3" t="s">
+      <c r="B61" s="2"/>
+      <c r="C61" s="2"/>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2"/>
+      <c r="F61" s="2"/>
+      <c r="G61" s="2"/>
+      <c r="H61" s="2"/>
+      <c r="I61" s="2"/>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C61" s="3">
-[...32 lines deleted...]
-      <c r="I62" s="2"/>
+      <c r="C62" s="3">
+        <v>46.97</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="3">
+        <v>0</v>
+      </c>
+      <c r="G62" s="3">
+        <v>10</v>
+      </c>
+      <c r="H62" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I62" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3">
-        <v>660.63</v>
+        <v>94.42</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>837</v>
+        <v>80</v>
       </c>
       <c r="G63" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
         <v>100</v>
       </c>
       <c r="I63" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="C64" s="3">
+        <v>12.23</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="3">
+        <v>0</v>
+      </c>
+      <c r="G64" s="3">
+        <v>1</v>
+      </c>
+      <c r="H64" s="3">
+        <v>10</v>
+      </c>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C64" s="3">
-[...22 lines deleted...]
-      <c r="A65" s="2" t="s">
+      <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="B65" s="2"/>
-[...6 lines deleted...]
-      <c r="I65" s="2"/>
+      <c r="C65" s="3">
+        <v>57.99</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="3">
+        <v>1670</v>
+      </c>
+      <c r="G65" s="3">
+        <v>10</v>
+      </c>
+      <c r="H65" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I65" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>265.09</v>
+        <v>80.51</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I66" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>378.69</v>
+        <v>25.82</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G67" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I67" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>484.61</v>
+        <v>307.48</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>102</v>
+        <v>134</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
         <v>100</v>
       </c>
       <c r="I68" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>2030.12</v>
+        <v>12.23</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>18</v>
+        <v>215</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>709.62</v>
+        <v>236.09</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>145</v>
+        <v>770</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I70" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>593.12</v>
+        <v>55.22</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>193</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>759.81</v>
+        <v>151.2</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>373</v>
+        <v>301</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I72" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>413.66</v>
+        <v>19.73</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>416</v>
+        <v>250</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>424.04</v>
+        <v>12.43</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H74" s="3">
-        <v>50</v>
+        <v>3000</v>
       </c>
       <c r="I74" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>413.66</v>
+        <v>368.69</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>96</v>
+        <v>207</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I75" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>285.58</v>
+        <v>19.73</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>3101</v>
+        <v>200</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
         <v>100</v>
       </c>
       <c r="I76" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>345.29</v>
+        <v>24.85</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>683</v>
+        <v>310</v>
       </c>
       <c r="G77" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I77" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
-        <v>209.54</v>
+        <v>143.87</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>268</v>
       </c>
       <c r="G78" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>73.13</v>
+        <v>443.54</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>106</v>
       </c>
       <c r="G79" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>412.12</v>
+        <v>401.44</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>270</v>
+        <v>204</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>593.74</v>
+        <v>52.51</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>772</v>
+        <v>0</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>814.44</v>
+        <v>76.33</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>252</v>
+        <v>410</v>
       </c>
       <c r="G82" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>527.75</v>
+        <v>1759.29</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>254</v>
+        <v>1</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>100</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>209.54</v>
+        <v>41.41</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G84" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>327.11</v>
+        <v>12.43</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>835</v>
+        <v>190</v>
       </c>
       <c r="G85" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>50</v>
+        <v>7600</v>
       </c>
       <c r="I85" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>317.31</v>
+        <v>41.41</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>619</v>
+        <v>90</v>
       </c>
       <c r="G86" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I86" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>845.12</v>
+        <v>41.41</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>224</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I87" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>510.76</v>
+        <v>131.15</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G88" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I88" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>434.62</v>
+        <v>475.73</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="3">
-        <v>19</v>
+        <v>258</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I89" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>434.62</v>
+        <v>41.41</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="3">
-        <v>184</v>
+        <v>0</v>
       </c>
       <c r="G90" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H90" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I90" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>765.48</v>
+        <v>299.29</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="3">
-        <v>219</v>
+        <v>64</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I91" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>557.32</v>
+        <v>340.85</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="3">
-        <v>271</v>
+        <v>351</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="I92" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>674.14</v>
+        <v>1605.7</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="3">
-        <v>170</v>
+        <v>65</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>638.66</v>
+        <v>57.99</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="3">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I94" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>619.24</v>
+        <v>235.83</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="3">
-        <v>207</v>
+        <v>587</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I95" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>484.61</v>
+        <v>294.66</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="3">
-        <v>0</v>
+        <v>225</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="I96" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>318.67</v>
+        <v>256.46</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="3">
-        <v>1590</v>
+        <v>0</v>
       </c>
       <c r="G97" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>396.34</v>
+        <v>81.52</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="3">
-        <v>323</v>
+        <v>940</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>614.26</v>
+        <v>57.99</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="3">
         <v>0</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I99" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>65.82</v>
+        <v>99.39</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="F100" s="3">
-        <v>4640</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>533.81</v>
+        <v>247.34</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>312</v>
+        <v>257</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>370.91</v>
+        <v>35.51</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>751</v>
+        <v>640</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>370.91</v>
+        <v>18.11</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>738</v>
+        <v>670</v>
       </c>
       <c r="G103" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H103" s="3">
         <v>100</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>621.11</v>
+        <v>24.85</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>537</v>
+        <v>0</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H104" s="3">
         <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>905.12</v>
+        <v>1785.93</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A106" s="3" t="s">
+      <c r="A106" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B106" s="2"/>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2"/>
+      <c r="E106" s="2"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="2"/>
+      <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="3">
-        <v>602.12</v>
+        <v>1039.64</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>100</v>
+        <v>1043</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>100</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3">
+        <v>984.91</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F108" s="3">
+        <v>1083</v>
+      </c>
+      <c r="G108" s="3">
+        <v>1</v>
+      </c>
+      <c r="H108" s="3">
+        <v>100</v>
+      </c>
+      <c r="I108" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C108" s="3">
-[...22 lines deleted...]
-      <c r="A109" s="2" t="s">
+      <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="B109" s="2"/>
-[...88 lines deleted...]
-      <c r="H112" s="3">
+      <c r="C109" s="3">
+        <v>1189.16</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F109" s="3">
+        <v>1210</v>
+      </c>
+      <c r="G109" s="3">
+        <v>1</v>
+      </c>
+      <c r="H109" s="3">
         <v>40</v>
       </c>
-      <c r="I112" s="3">
+      <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A49:I49"/>
-[...2 lines deleted...]
-    <mergeCell ref="A109:I109"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A58:I58"/>
+    <mergeCell ref="A61:I61"/>
+    <mergeCell ref="A106:I106"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>
     <hyperlink ref="D14" r:id="rId11"/>
     <hyperlink ref="D15" r:id="rId12"/>
-    <hyperlink ref="D16" r:id="rId13"/>
-[...31 lines deleted...]
-    <hyperlink ref="D48" r:id="rId45"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
+    <hyperlink ref="D22" r:id="rId18"/>
+    <hyperlink ref="D23" r:id="rId19"/>
+    <hyperlink ref="D24" r:id="rId20"/>
+    <hyperlink ref="D25" r:id="rId21"/>
+    <hyperlink ref="D26" r:id="rId22"/>
+    <hyperlink ref="D27" r:id="rId23"/>
+    <hyperlink ref="D28" r:id="rId24"/>
+    <hyperlink ref="D29" r:id="rId25"/>
+    <hyperlink ref="D30" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId27"/>
+    <hyperlink ref="D32" r:id="rId28"/>
+    <hyperlink ref="D33" r:id="rId29"/>
+    <hyperlink ref="D34" r:id="rId30"/>
+    <hyperlink ref="D35" r:id="rId31"/>
+    <hyperlink ref="D36" r:id="rId32"/>
+    <hyperlink ref="D37" r:id="rId33"/>
+    <hyperlink ref="D38" r:id="rId34"/>
+    <hyperlink ref="D39" r:id="rId35"/>
+    <hyperlink ref="D40" r:id="rId36"/>
+    <hyperlink ref="D41" r:id="rId37"/>
+    <hyperlink ref="D42" r:id="rId38"/>
+    <hyperlink ref="D43" r:id="rId39"/>
+    <hyperlink ref="D44" r:id="rId40"/>
+    <hyperlink ref="D45" r:id="rId41"/>
+    <hyperlink ref="D46" r:id="rId42"/>
+    <hyperlink ref="D47" r:id="rId43"/>
+    <hyperlink ref="D48" r:id="rId44"/>
+    <hyperlink ref="D49" r:id="rId45"/>
     <hyperlink ref="D50" r:id="rId46"/>
     <hyperlink ref="D51" r:id="rId47"/>
     <hyperlink ref="D52" r:id="rId48"/>
     <hyperlink ref="D53" r:id="rId49"/>
     <hyperlink ref="D54" r:id="rId50"/>
     <hyperlink ref="D55" r:id="rId51"/>
     <hyperlink ref="D56" r:id="rId52"/>
     <hyperlink ref="D57" r:id="rId53"/>
-    <hyperlink ref="D58" r:id="rId54"/>
-[...4 lines deleted...]
-    <hyperlink ref="D64" r:id="rId59"/>
+    <hyperlink ref="D59" r:id="rId54"/>
+    <hyperlink ref="D60" r:id="rId55"/>
+    <hyperlink ref="D62" r:id="rId56"/>
+    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D64" r:id="rId58"/>
+    <hyperlink ref="D65" r:id="rId59"/>
     <hyperlink ref="D66" r:id="rId60"/>
     <hyperlink ref="D67" r:id="rId61"/>
     <hyperlink ref="D68" r:id="rId62"/>
     <hyperlink ref="D69" r:id="rId63"/>
     <hyperlink ref="D70" r:id="rId64"/>
     <hyperlink ref="D71" r:id="rId65"/>
     <hyperlink ref="D72" r:id="rId66"/>
     <hyperlink ref="D73" r:id="rId67"/>
     <hyperlink ref="D74" r:id="rId68"/>
     <hyperlink ref="D75" r:id="rId69"/>
     <hyperlink ref="D76" r:id="rId70"/>
     <hyperlink ref="D77" r:id="rId71"/>
     <hyperlink ref="D78" r:id="rId72"/>
     <hyperlink ref="D79" r:id="rId73"/>
     <hyperlink ref="D80" r:id="rId74"/>
     <hyperlink ref="D81" r:id="rId75"/>
     <hyperlink ref="D82" r:id="rId76"/>
     <hyperlink ref="D83" r:id="rId77"/>
     <hyperlink ref="D84" r:id="rId78"/>
     <hyperlink ref="D85" r:id="rId79"/>
     <hyperlink ref="D86" r:id="rId80"/>
     <hyperlink ref="D87" r:id="rId81"/>
     <hyperlink ref="D88" r:id="rId82"/>
     <hyperlink ref="D89" r:id="rId83"/>
     <hyperlink ref="D90" r:id="rId84"/>
     <hyperlink ref="D91" r:id="rId85"/>
     <hyperlink ref="D92" r:id="rId86"/>
     <hyperlink ref="D93" r:id="rId87"/>
     <hyperlink ref="D94" r:id="rId88"/>
     <hyperlink ref="D95" r:id="rId89"/>
     <hyperlink ref="D96" r:id="rId90"/>
     <hyperlink ref="D97" r:id="rId91"/>
     <hyperlink ref="D98" r:id="rId92"/>
     <hyperlink ref="D99" r:id="rId93"/>
     <hyperlink ref="D100" r:id="rId94"/>
     <hyperlink ref="D101" r:id="rId95"/>
     <hyperlink ref="D102" r:id="rId96"/>
     <hyperlink ref="D103" r:id="rId97"/>
     <hyperlink ref="D104" r:id="rId98"/>
     <hyperlink ref="D105" r:id="rId99"/>
-    <hyperlink ref="D106" r:id="rId100"/>
-[...4 lines deleted...]
-    <hyperlink ref="D112" r:id="rId105"/>
+    <hyperlink ref="D107" r:id="rId100"/>
+    <hyperlink ref="D108" r:id="rId101"/>
+    <hyperlink ref="D109" r:id="rId102"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>