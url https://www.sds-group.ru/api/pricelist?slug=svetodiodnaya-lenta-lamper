--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -45,681 +45,681 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента Lamper</t>
   </si>
   <si>
     <t>1.1 Светодиодная лента 5В</t>
   </si>
   <si>
+    <t>141-385</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-386</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 3000K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-383</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-387</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 4,8Вт/м, 60 LED/м, RGB, 10мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2009</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 7,2Вт/м, 30 LED/м, RGB, 10мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-382</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-384</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-381</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2002</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>141-2003</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2001</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2004</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-383</t>
-[...49 lines deleted...]
-  <si>
     <t>1.2 Светодиодная лента 12В</t>
   </si>
   <si>
+    <t>141-2011</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-368</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-365</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-355</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-356</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2022</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2027</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2029</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2031</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2032</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-231</t>
+  </si>
+  <si>
+    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
+  </si>
+  <si>
+    <t>141-2016</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2015</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-212</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-466</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-395</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-396</t>
-[...2 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-493</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-335</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-331</t>
-[...46 lines deleted...]
-  <si>
     <t>141-492</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-496</t>
-[...46 lines deleted...]
-  <si>
     <t>141-332</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
     <t>141-462</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
-    <t>141-231</t>
-[...88 lines deleted...]
-  <si>
     <t>1.3 Светодиодная лента 24В</t>
   </si>
   <si>
+    <t>141-632</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-622</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 15мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-632</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Аксессуары 12-24В</t>
   </si>
   <si>
     <t>144-013</t>
   </si>
   <si>
     <t>Коннектор соединительный для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>144-008</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-103-2</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (полусенсорное управление) LAMPER</t>
+  </si>
+  <si>
     <t>144-102</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>143-105-2</t>
+  </si>
+  <si>
+    <t>Светодиодный мини диммер радио (RF) с пультом Д/У 72 W/144 W, 9 кнопок</t>
+  </si>
+  <si>
+    <t>143-103-1</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>144-126-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-021</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>144-016</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-133</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент с влагозащитой шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-027</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-012</t>
+  </si>
+  <si>
+    <t>Коннектор питания для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-023</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 8 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-025</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-014</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент 120 диодов/метр, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106</t>
+  </si>
+  <si>
+    <t>LED мини контроллер с разъемом 5,5х2,1 мм 72/144 W, 3 кнопки, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>144-113</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для RGB светодиодных лент шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-028</t>
+  </si>
+  <si>
+    <t>Коннектор питания для RGB светодиодных лент (IP65) шириной 10мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-106</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-104</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-098</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-099</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-1</t>
+  </si>
+  <si>
+    <t>LED мини диммер радио  72/144 W, 3 кнопки,12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-4</t>
+  </si>
+  <si>
+    <t>LED мини контроллер радио (RF) 72 W/144 W, 17 кнопок, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-5</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-128</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-129</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-107-1</t>
+  </si>
+  <si>
+    <t>Сенсорный диммер/выключатель с коннектором 5,5х2,1 мм</t>
+  </si>
+  <si>
+    <t>144-127</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-3</t>
+  </si>
+  <si>
+    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+  </si>
+  <si>
+    <t>144-125</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
     <t>144-124-1</t>
   </si>
   <si>
     <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>144-006</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
     <t>144-004</t>
   </si>
   <si>
     <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>144-106-1</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой LAMPER</t>
   </si>
   <si>
     <t>144-021-10</t>
   </si>
   <si>
     <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>143-106-5</t>
-[...10 lines deleted...]
-  <si>
     <t>143-101-3</t>
   </si>
   <si>
     <t>LED RGB контроллер инфракрасный (IR) 12 V/6 A инфракрасный (IR) LAMPER</t>
   </si>
   <si>
-    <t>144-027</t>
-[...20 lines deleted...]
-    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+    <t>143-106-7</t>
+  </si>
+  <si>
+    <t>LED контроллер для светодиодной ленты White Mix 12/24 В, 72/144 Вт, 24 кнопки  (IR)</t>
+  </si>
+  <si>
+    <t>144-123</t>
+  </si>
+  <si>
+    <t>Плата соединительная (L) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>143-106-3</t>
   </si>
   <si>
     <t>Мини-контроллер сетодиодный RGB, радио (RF), 20 кнопок 12-24В/6А LAMPER</t>
   </si>
   <si>
-    <t>144-125</t>
-[...38 lines deleted...]
-    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+    <t>143-106-2</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, радио (RF), 10 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-1</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, инфракрасный (IR), 6 кнопок, 12-24В/6А LAMPER</t>
   </si>
   <si>
     <t>143-103-3</t>
   </si>
   <si>
     <t>LED диммер 12-24 V, 2.4G одноканальный беспроводной с пультом Д/У</t>
   </si>
   <si>
-    <t>144-012</t>
-[...130 lines deleted...]
-  <si>
     <t>1.5 Готовые комплекты</t>
   </si>
   <si>
+    <t>142-402</t>
+  </si>
+  <si>
+    <t>Комплект светодиодной ленты 5 м с блоком питания и RGB контроллером IP65, свечение RGB LAMPER</t>
+  </si>
+  <si>
+    <t>142-401</t>
+  </si>
+  <si>
+    <t>Комплект светодиодной ленты 5 м с блоком питания IP65, холодное белое свечение 6500 К LAMPER</t>
+  </si>
+  <si>
     <t>142-909</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания IP65, теплое белое свечение 3000 К LAMPER</t>
-  </si>
-[...10 lines deleted...]
-    <t>Комплект светодиодной ленты 5 м с блоком питания и RGB контроллером IP65, свечение RGB LAMPER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1104,51 +1104,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vt-m-30-led-m-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vt-m-60-led-m-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vt-m-240-led-m-3000k-15mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vtm-60-ledm-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vtm-30-ledm-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vtm-120-ledm-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vtm-120-ledm-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vtm-120-ledm-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vtm-120-ledm-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vtm-30-ledm-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-ledm-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vtm-240-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vtm-120-ledm-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-ledm-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-ledm-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vtm-240-ledm-3000k-15mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-du-72-w144-w-9-knopok" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-ip65-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodovmetr-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodovmetr-lamper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-8-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72144-w-3-knopki-12-v24-v" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-s-vlagozashchitoy-24v-lamper" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72144-w-3-knopki-12-v24-v" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w144-w-17-knopok-12-v24-v" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt144vt-44-knopki-12v24v-lamper" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmervyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-1224-v-3672-vt-3-a" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-s-vlagozashchitoy-lamper" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-1224-v-72144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-du" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I109"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1185,3047 +1185,3047 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>314</v>
+        <v>182.27</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>426.15</v>
+        <v>191.87</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>448</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>330.53</v>
+        <v>213.18</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3">
-        <v>526.1</v>
+        <v>426.15</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>254</v>
+        <v>802</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>213.18</v>
+        <v>917.23</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>710</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>191.87</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>917.23</v>
+        <v>191.87</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>182.27</v>
+        <v>202.53</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>2061</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>191.87</v>
+        <v>314</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>479</v>
+        <v>264</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>191.87</v>
+        <v>426.15</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>703</v>
+        <v>442</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>202.53</v>
+        <v>330.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>426.15</v>
+        <v>526.1</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3">
-        <v>1222</v>
+        <v>191</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="3">
-        <v>488.6</v>
+        <v>60.25</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>312</v>
+        <v>4500</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="3">
-        <v>2064.63</v>
+        <v>543.45</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F18" s="3">
-        <v>16</v>
+        <v>777</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="3">
-        <v>510.11</v>
+        <v>213.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="3">
-        <v>420.69</v>
+        <v>213.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="3">
         <v>399.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="3">
-        <v>651.32</v>
+        <v>316.04</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F22" s="3">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3">
-        <v>261.39</v>
+        <v>306.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F23" s="3">
-        <v>2963</v>
+        <v>181</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C24" s="3">
-        <v>316.04</v>
+        <v>816.51</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F24" s="3">
-        <v>164</v>
+        <v>220</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C25" s="3">
-        <v>299.4</v>
+        <v>519.44</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F25" s="3">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="3">
-        <v>306.57</v>
+        <v>442.01</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F26" s="3">
-        <v>197</v>
+        <v>11</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="3">
-        <v>519.44</v>
+        <v>397.81</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="3">
-        <v>397.81</v>
+        <v>624.7</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F28" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="3">
-        <v>624.7</v>
+        <v>778.49</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C30" s="3">
-        <v>778.49</v>
+        <v>695.45</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F30" s="3">
-        <v>222</v>
+        <v>352</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="3">
-        <v>695.45</v>
+        <v>584.57</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F31" s="3">
-        <v>356</v>
+        <v>316</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C32" s="3">
-        <v>721.68</v>
+        <v>629.77</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F32" s="3">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C33" s="3">
-        <v>584.57</v>
+        <v>492.85</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F33" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C34" s="3">
-        <v>213.1</v>
+        <v>492.85</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C35" s="3">
-        <v>629.77</v>
+        <v>291.68</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F35" s="3">
-        <v>204</v>
+        <v>1578</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="3">
-        <v>492.85</v>
+        <v>339.49</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F36" s="3">
-        <v>60</v>
+        <v>747</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C37" s="3">
-        <v>442.01</v>
+        <v>419.13</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F37" s="3">
-        <v>11</v>
+        <v>268</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C38" s="3">
-        <v>492.85</v>
+        <v>339.49</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>723</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C39" s="3">
-        <v>816.51</v>
+        <v>568.5</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F39" s="3">
-        <v>224</v>
+        <v>534</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C40" s="3">
-        <v>339.49</v>
+        <v>920.51</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F40" s="3">
-        <v>749</v>
+        <v>37</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>100</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C41" s="3">
-        <v>242.64</v>
+        <v>496.01</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F41" s="3">
-        <v>6</v>
+        <v>236</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C42" s="3">
-        <v>431.25</v>
+        <v>483.05</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F42" s="3">
-        <v>6</v>
+        <v>231</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="3">
-        <v>440.87</v>
+        <v>612.36</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F43" s="3">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C44" s="3">
-        <v>213.1</v>
+        <v>362.77</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="3">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="G44" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C45" s="3">
-        <v>291.68</v>
+        <v>440.87</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F45" s="3">
-        <v>1590</v>
+        <v>27</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C46" s="3">
-        <v>60.25</v>
+        <v>542.88</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F46" s="3">
-        <v>4540</v>
+        <v>118</v>
       </c>
       <c r="G46" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C47" s="3">
-        <v>542.88</v>
+        <v>828.29</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F47" s="3">
-        <v>124</v>
+        <v>240</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C48" s="3">
-        <v>419.13</v>
+        <v>488.6</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F48" s="3">
-        <v>269</v>
+        <v>312</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C49" s="3">
-        <v>339.49</v>
+        <v>2064.63</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F49" s="3">
-        <v>729</v>
+        <v>16</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C50" s="3">
-        <v>568.5</v>
+        <v>510.11</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F50" s="3">
-        <v>535</v>
+        <v>280</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C51" s="3">
-        <v>543.45</v>
+        <v>420.69</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F51" s="3">
-        <v>777</v>
+        <v>34</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C52" s="3">
-        <v>920.51</v>
+        <v>299.4</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F52" s="3">
-        <v>73</v>
+        <v>828</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C53" s="3">
-        <v>828.29</v>
+        <v>651.32</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F53" s="3">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C54" s="3">
-        <v>496.01</v>
+        <v>261.39</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F54" s="3">
-        <v>239</v>
+        <v>2935</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C55" s="3">
-        <v>483.05</v>
+        <v>721.68</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F55" s="3">
-        <v>242</v>
+        <v>133</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C56" s="3">
-        <v>612.36</v>
+        <v>242.64</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F56" s="3">
+        <v>6</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>50</v>
+      </c>
+      <c r="I56" s="3">
         <v>5</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="C57" s="3">
-        <v>362.77</v>
+        <v>431.25</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F57" s="3">
-        <v>312</v>
+        <v>6</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I57" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C59" s="3">
-        <v>2887.79</v>
+        <v>604.67</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F59" s="3">
-        <v>14</v>
+        <v>836</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>100</v>
       </c>
       <c r="I59" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C60" s="3">
-        <v>604.67</v>
+        <v>2887.79</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F60" s="3">
-        <v>838</v>
+        <v>4</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="2"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
       <c r="I61" s="2"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C62" s="3">
         <v>46.97</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F62" s="3">
         <v>0</v>
       </c>
       <c r="G62" s="3">
         <v>10</v>
       </c>
       <c r="H62" s="3">
         <v>1000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C63" s="3">
-        <v>94.42</v>
+        <v>35.51</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F63" s="3">
-        <v>80</v>
+        <v>570</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C64" s="3">
-        <v>12.23</v>
+        <v>1605.7</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F64" s="3">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C65" s="3">
-        <v>57.99</v>
+        <v>94.42</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F65" s="3">
-        <v>1670</v>
+        <v>80</v>
       </c>
       <c r="G65" s="3">
         <v>10</v>
       </c>
       <c r="H65" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C66" s="3">
-        <v>80.51</v>
+        <v>401.44</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F66" s="3">
-        <v>11</v>
+        <v>194</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="3">
-        <v>25.82</v>
+        <v>1785.93</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F67" s="3">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="G67" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C68" s="3">
-        <v>307.48</v>
+        <v>12.23</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F68" s="3">
-        <v>134</v>
+        <v>200</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="3">
-        <v>12.23</v>
+        <v>41.41</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F69" s="3">
-        <v>215</v>
+        <v>90</v>
       </c>
       <c r="G69" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C70" s="3">
-        <v>236.09</v>
+        <v>41.41</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F70" s="3">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C71" s="3">
-        <v>55.22</v>
+        <v>256.46</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F71" s="3">
         <v>0</v>
       </c>
       <c r="G71" s="3">
         <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>148</v>
       </c>
       <c r="C72" s="3">
-        <v>151.2</v>
+        <v>55.22</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F72" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G72" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C73" s="3">
-        <v>19.73</v>
+        <v>41.41</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F73" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="3">
-        <v>12.43</v>
+        <v>81.52</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F74" s="3">
-        <v>0</v>
+        <v>920</v>
       </c>
       <c r="G74" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>3000</v>
+        <v>700</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C75" s="3">
-        <v>368.69</v>
+        <v>131.15</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F75" s="3">
-        <v>207</v>
+        <v>100</v>
       </c>
       <c r="G75" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C76" s="3">
-        <v>19.73</v>
+        <v>57.99</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F76" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G76" s="3">
         <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C77" s="3">
-        <v>24.85</v>
+        <v>151.2</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F77" s="3">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C78" s="3">
         <v>143.87</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F78" s="3">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C79" s="3">
-        <v>443.54</v>
+        <v>52.51</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F79" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G79" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C80" s="3">
-        <v>401.44</v>
+        <v>76.33</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F80" s="3">
-        <v>204</v>
+        <v>360</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C81" s="3">
-        <v>52.51</v>
+        <v>99.39</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F81" s="3">
         <v>0</v>
       </c>
       <c r="G81" s="3">
         <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C82" s="3">
-        <v>76.33</v>
+        <v>12.43</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F82" s="3">
-        <v>410</v>
+        <v>180</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>500</v>
+        <v>7600</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C83" s="3">
-        <v>1759.29</v>
+        <v>12.43</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F83" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G83" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C84" s="3">
-        <v>41.41</v>
+        <v>299.29</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F84" s="3">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>500</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C85" s="3">
-        <v>12.43</v>
+        <v>443.54</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F85" s="3">
-        <v>190</v>
+        <v>104</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
-        <v>7600</v>
+        <v>100</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="3">
-        <v>41.41</v>
+        <v>307.48</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F86" s="3">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C87" s="3">
-        <v>41.41</v>
+        <v>18.11</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>670</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C88" s="3">
-        <v>131.15</v>
+        <v>24.85</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F88" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C89" s="3">
-        <v>475.73</v>
+        <v>340.85</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F89" s="3">
-        <v>258</v>
+        <v>308</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C90" s="3">
-        <v>41.41</v>
+        <v>19.73</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F90" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G90" s="3">
         <v>10</v>
       </c>
       <c r="H90" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>186</v>
       </c>
       <c r="C91" s="3">
-        <v>299.29</v>
+        <v>475.73</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F91" s="3">
-        <v>64</v>
+        <v>224</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C92" s="3">
-        <v>340.85</v>
+        <v>19.73</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F92" s="3">
-        <v>351</v>
+        <v>200</v>
       </c>
       <c r="G92" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H92" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C93" s="3">
-        <v>1605.7</v>
+        <v>12.23</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F93" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C94" s="3">
-        <v>57.99</v>
+        <v>41.41</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F94" s="3">
         <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
         <v>1000</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>194</v>
       </c>
       <c r="C95" s="3">
-        <v>235.83</v>
+        <v>57.99</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F95" s="3">
-        <v>587</v>
+        <v>1690</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C96" s="3">
-        <v>294.66</v>
+        <v>80.51</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F96" s="3">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>198</v>
       </c>
       <c r="C97" s="3">
-        <v>256.46</v>
+        <v>25.82</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F97" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G97" s="3">
         <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C98" s="3">
-        <v>81.52</v>
+        <v>236.09</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F98" s="3">
-        <v>940</v>
+        <v>743</v>
       </c>
       <c r="G98" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H98" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>202</v>
       </c>
       <c r="C99" s="3">
-        <v>57.99</v>
+        <v>235.83</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F99" s="3">
-        <v>0</v>
+        <v>581</v>
       </c>
       <c r="G99" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>204</v>
       </c>
       <c r="C100" s="3">
-        <v>99.39</v>
+        <v>24.85</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G100" s="3">
         <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C101" s="3">
-        <v>247.34</v>
+        <v>57.99</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F101" s="3">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>140</v>
+        <v>1000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>208</v>
       </c>
       <c r="C102" s="3">
-        <v>35.51</v>
+        <v>368.69</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F102" s="3">
-        <v>640</v>
+        <v>197</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C103" s="3">
-        <v>18.11</v>
+        <v>294.66</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F103" s="3">
-        <v>670</v>
+        <v>208</v>
       </c>
       <c r="G103" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>212</v>
       </c>
       <c r="C104" s="3">
-        <v>24.85</v>
+        <v>247.34</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F104" s="3">
-        <v>0</v>
+        <v>255</v>
       </c>
       <c r="G104" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C105" s="3">
-        <v>1785.93</v>
+        <v>1759.29</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F105" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="2"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
       <c r="I106" s="2"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C107" s="3">
-        <v>1039.64</v>
+        <v>1189.16</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F107" s="3">
-        <v>1043</v>
+        <v>1153</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C108" s="3">
         <v>984.91</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F108" s="3">
-        <v>1083</v>
+        <v>511</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C109" s="3">
-        <v>1189.16</v>
+        <v>1039.64</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F109" s="3">
-        <v>1210</v>
+        <v>950</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A58:I58"/>
     <mergeCell ref="A61:I61"/>
     <mergeCell ref="A106:I106"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D7" r:id="rId4"/>
     <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D9" r:id="rId6"/>
     <hyperlink ref="D10" r:id="rId7"/>
     <hyperlink ref="D11" r:id="rId8"/>
     <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D13" r:id="rId10"/>