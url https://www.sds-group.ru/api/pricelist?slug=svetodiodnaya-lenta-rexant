--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -42,363 +42,363 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента REXANT</t>
   </si>
   <si>
-    <t>1.1 Светодиодная лента 12В Rexant</t>
+    <t>1.1 Светодиодная лента 24В Rexant</t>
+  </si>
+  <si>
+    <t>141-639</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 6500K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-637</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-638</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Аксессуары СОВ</t>
+  </si>
+  <si>
+    <t>148-102</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий удлиненный для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-109</t>
+  </si>
+  <si>
+    <t>Коннектор с джеком для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-112</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-101</t>
+  </si>
+  <si>
+    <t>Коннектор питания с проводами для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-107</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-108</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный гибкий для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-100</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком 5,5x2,1мм для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор L-образный для одноцветной светодиодной ленты COB 8мм </t>
+  </si>
+  <si>
+    <t>148-106</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-110</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-111</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Светодиодная лента 12В Rexant</t>
+  </si>
+  <si>
+    <t>141-214</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-224</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-220</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-223</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 50м, IP20 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+    <t>141-221</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-213</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-217</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-224</t>
-[...20 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+    <t>141-218</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 50м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-222</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-218</t>
-[...26 lines deleted...]
-    <t>1.3 Светодиодная лента СОВ</t>
+    <t>1.4 Светодиодная лента СОВ</t>
   </si>
   <si>
     <t>147-101</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
+    <t>147-111</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-113</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, зеленый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-115</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, синий, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-104</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 3000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-110</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-106</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 6500К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-100</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-116</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, COB 8Вт/м, 320 LED/м, оранжевый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-103</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 12Вт/м, 720 LED/м, RGB, 10мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-102</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
     <t>147-105</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 4000К, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>147-112</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>147-116</t>
-[...58 lines deleted...]
-  <si>
     <t>147-114</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, красный, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>1.4 Аксессуары СОВ</t>
-[...79 lines deleted...]
-  <si>
     <t>1.5 Аксессуары SMD</t>
   </si>
   <si>
+    <t>148-114</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-115</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-121</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-122</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-116</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-120</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-119</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-117</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-113</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
     <t>148-118</t>
   </si>
   <si>
     <t>Коннектор L-образный для светодиодной ленты SMD 10мм REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 8мм REXANT</t>
   </si>
   <si>
     <t>1.6 Лента для бани и сауны</t>
   </si>
   <si>
     <t>141-641</t>
   </si>
   <si>
     <t>Лента светодиодная для бани и сауны 24В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 16мм, 5м, IP68 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -792,51 +792,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant-30239" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant-30197" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant-30238" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30398" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-gibkiy-udlinenniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30400" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-djekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30405" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-sov-8mm-rexant-30408" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30397" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30399" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30403" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-gibkiy-dlya-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30404" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30396" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-30401" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30402" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30406" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-sov-8mm-rexant-30407" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant-30231" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant-30237" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant-30234" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant-30236" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant-30196" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant-30230" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant-30232" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant-30233" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant-30235" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant-30214" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant-30221" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zeleniy-8mm-5m-ip20-rexant-30223" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant-30225" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant-30217" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant-30220" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant-30219" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant-30213" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranjeviy-8mm-5m-ip20-rexant-30226" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant-30216" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant-30215" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant-30218" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant-30222" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasniy-8mm-5m-ip20-rexant-30224" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-10mm-rexant-30387" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-8mm-rexant-30388" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obrazniy-dlya-svetodiodnoy-lenti-smd-8mm-rexant-30394" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obrazniy-dlya-svetodiodnoy-lenti-smd-10mm-rexant-30395" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-10mm-rexant-30389" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obrazniy-dlya-svetodiodnoy-lenti-smd-10mm-rexant-30393" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obrazniy-dlya-svetodiodnoy-lenti-smd-8mm-rexant-30392" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-dlya-svetodiodnoy-lenti-smd-8mm-rexant-30390" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-8mm-rexant-30386" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-dlya-svetodiodnoy-lenti-smd-10mm-rexant-30391" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauni-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant-31865" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I58"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -873,1594 +873,1594 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>11999.78</v>
+        <v>1190.38</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>56</v>
+        <v>266</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>863.46</v>
+        <v>1190.38</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>215</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>863.46</v>
+        <v>1190.38</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>335</v>
+        <v>502</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>1199.12</v>
+        <v>35.76</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>357</v>
+        <v>100</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>1199.12</v>
+        <v>84.47</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>863.46</v>
+        <v>147.5</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>334</v>
+        <v>10</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>1199.12</v>
+        <v>219.01</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>159</v>
+        <v>130</v>
       </c>
       <c r="G11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
+      <c r="C12" s="3">
+        <v>62.58</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="3">
+        <v>150</v>
+      </c>
+      <c r="G12" s="3">
+        <v>10</v>
+      </c>
+      <c r="H12" s="3">
+        <v>10</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="3">
-[...22 lines deleted...]
-      <c r="A13" s="2" t="s">
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="C13" s="3">
+        <v>80.45</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>50</v>
+      </c>
+      <c r="G13" s="3">
+        <v>10</v>
+      </c>
+      <c r="H13" s="3">
+        <v>10</v>
+      </c>
+      <c r="I13" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1190.38</v>
+        <v>62.57</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>521</v>
+        <v>100</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1190.38</v>
+        <v>147.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>266</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1190.38</v>
+        <v>65.71</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>225</v>
+        <v>40</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
+      <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="2"/>
-[...6 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="B17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="3">
+        <v>93.86</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>30</v>
+      </c>
+      <c r="G17" s="3">
+        <v>10</v>
+      </c>
+      <c r="H17" s="3">
+        <v>10</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1455.15</v>
+        <v>89.17</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>348</v>
+        <v>120</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>1517.31</v>
+        <v>93.86</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1036.54</v>
+        <v>156.44</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>175</v>
+        <v>80</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A21" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="3" t="s">
+      <c r="A21" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="2"/>
+      <c r="I21" s="2"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>1455.15</v>
+        <v>863.46</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>74</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>1517.31</v>
+        <v>1575</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>183</v>
+        <v>115</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>1036.54</v>
+        <v>1199.12</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>113</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1212.12</v>
+        <v>11999.78</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>182</v>
+        <v>47</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>3651.92</v>
+        <v>1199.12</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>330</v>
+        <v>347</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1517.31</v>
+        <v>863.46</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>124</v>
+        <v>329</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1455.15</v>
+        <v>863.46</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>218</v>
+        <v>329</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1036.54</v>
+        <v>11999.78</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1212.12</v>
+        <v>1199.12</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>182</v>
+        <v>127</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="3" t="s">
+      <c r="A31" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="B31" s="2"/>
+      <c r="C31" s="2"/>
+      <c r="D31" s="2"/>
+      <c r="E31" s="2"/>
+      <c r="F31" s="2"/>
+      <c r="G31" s="2"/>
+      <c r="H31" s="2"/>
+      <c r="I31" s="2"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="C31" s="3">
-[...14 lines deleted...]
-      <c r="H31" s="3">
+      <c r="B32" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="3">
+        <v>1455.15</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>309</v>
+      </c>
+      <c r="G32" s="3">
+        <v>1</v>
+      </c>
+      <c r="H32" s="3">
         <v>100</v>
       </c>
-      <c r="I31" s="3">
-[...14 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="I32" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>62.58</v>
+        <v>1036.54</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>390</v>
+        <v>73</v>
       </c>
       <c r="G33" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>89.17</v>
+        <v>1212.12</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>160</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>84.47</v>
+        <v>1212.12</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>170</v>
+        <v>144</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>35.76</v>
+        <v>1517.31</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>93.86</v>
+        <v>1036.54</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="G37" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>156.44</v>
+        <v>1517.31</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="G38" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>219.01</v>
+        <v>1455.15</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>65.71</v>
+        <v>1212.12</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>50</v>
+        <v>155</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>62.57</v>
+        <v>3651.92</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>120</v>
+        <v>301</v>
       </c>
       <c r="G41" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>93.86</v>
+        <v>1455.15</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>60</v>
+        <v>205</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>147.5</v>
+        <v>1517.31</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>80.45</v>
+        <v>1036.54</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>80</v>
+        <v>166</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>147.5</v>
+        <v>1212.12</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>40</v>
+        <v>181</v>
       </c>
       <c r="G45" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>51.62</v>
+        <v>14.08</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>80.45</v>
+        <v>23.46</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>170</v>
+        <v>120</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>14.08</v>
+        <v>111.75</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>80.45</v>
+        <v>111.75</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>13.4</v>
+        <v>23.46</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>23.46</v>
+        <v>80.45</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>390</v>
+        <v>10</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
         <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>111.75</v>
+        <v>80.45</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>111.75</v>
+        <v>49.17</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>49.17</v>
+        <v>13.4</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>23.46</v>
+        <v>51.62</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>10</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="3">
         <v>2782.7</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>979</v>
+        <v>910</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>10</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-[...1 lines deleted...]
-    <mergeCell ref="A32:I32"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A31:I31"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A57:I57"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
-[...4 lines deleted...]
-    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
-    <hyperlink ref="D18" r:id="rId13"/>
-[...2 lines deleted...]
-    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D58" r:id="rId50"/>
   </hyperlinks>