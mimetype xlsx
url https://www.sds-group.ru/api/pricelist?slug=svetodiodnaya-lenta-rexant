--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -42,363 +42,363 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента REXANT</t>
   </si>
   <si>
-    <t>1.1 Светодиодная лента 24В Rexant</t>
+    <t>1.1 Светодиодная лента 12В Rexant</t>
+  </si>
+  <si>
+    <t>141-218</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 50м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-220</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-217</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-224</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-214</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-221</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-222</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-223</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 50м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-213</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Светодиодная лента 24В Rexant</t>
   </si>
   <si>
     <t>141-639</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 6500K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>141-637</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
     <t>141-638</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
-    <t>1.2 Аксессуары СОВ</t>
+    <t>1.3 Светодиодная лента СОВ</t>
+  </si>
+  <si>
+    <t>147-100</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-103</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 12Вт/м, 720 LED/м, RGB, 10мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-105</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 4000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-111</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-113</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, зеленый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-114</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, красный, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-116</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, COB 8Вт/м, 320 LED/м, оранжевый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-101</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-102</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-106</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 6500К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-110</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-112</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-115</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, синий, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-104</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 3000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Аксессуары СОВ</t>
+  </si>
+  <si>
+    <t>148-110</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-100</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком 5,5x2,1мм для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-101</t>
+  </si>
+  <si>
+    <t>Коннектор питания с проводами для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий удлиненный для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-106</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-107</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-108</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный гибкий для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-109</t>
+  </si>
+  <si>
+    <t>Коннектор с джеком для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-111</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-112</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
   </si>
   <si>
     <t>148-102</t>
   </si>
   <si>
     <t>Коннектор I-образный для одноцветной светодиодной ленты COB 8мм REXANT</t>
   </si>
   <si>
-    <t>148-104</t>
-[...22 lines deleted...]
-  <si>
     <t>148-103</t>
   </si>
   <si>
     <t xml:space="preserve">Коннектор I-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT </t>
   </si>
   <si>
-    <t>148-107</t>
-[...16 lines deleted...]
-  <si>
     <t>148-105</t>
   </si>
   <si>
     <t xml:space="preserve">Коннектор L-образный для одноцветной светодиодной ленты COB 8мм </t>
   </si>
   <si>
-    <t>148-106</t>
-[...160 lines deleted...]
-  <si>
     <t>1.5 Аксессуары SMD</t>
   </si>
   <si>
+    <t>148-119</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-121</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-113</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-115</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-118</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-122</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
     <t>148-114</t>
   </si>
   <si>
     <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
-    <t>148-115</t>
-[...16 lines deleted...]
-  <si>
     <t>148-116</t>
   </si>
   <si>
     <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
+    <t>148-117</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
     <t>148-120</t>
   </si>
   <si>
     <t>Коннектор T-образный для светодиодной ленты SMD 10мм REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Коннектор L-образный для светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
     <t>1.6 Лента для бани и сауны</t>
   </si>
   <si>
     <t>141-641</t>
   </si>
   <si>
     <t>Лента светодиодная для бани и сауны 24В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 16мм, 5м, IP68 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -792,51 +792,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant-30239" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant-30197" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant-30238" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30398" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-gibkiy-udlinenniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30400" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-djekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30405" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-sov-8mm-rexant-30408" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30397" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30399" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30403" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-gibkiy-dlya-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30404" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-djekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30396" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-30401" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenti-cob-8mm-rexant-30402" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenti-rgb-cob-10mm-rexant-30406" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-sov-8mm-rexant-30407" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant-30231" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant-30237" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant-30234" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant-30236" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant-30196" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant-30230" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant-30232" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant-30233" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant-30235" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant-30214" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant-30221" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zeleniy-8mm-5m-ip20-rexant-30223" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant-30225" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant-30217" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant-30220" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant-30219" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant-30213" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranjeviy-8mm-5m-ip20-rexant-30226" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant-30216" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant-30215" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant-30218" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant-30222" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasniy-8mm-5m-ip20-rexant-30224" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-10mm-rexant-30387" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-8mm-rexant-30388" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obrazniy-dlya-svetodiodnoy-lenti-smd-8mm-rexant-30394" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obrazniy-dlya-svetodiodnoy-lenti-smd-10mm-rexant-30395" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-10mm-rexant-30389" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obrazniy-dlya-svetodiodnoy-lenti-smd-10mm-rexant-30393" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obrazniy-dlya-svetodiodnoy-lenti-smd-8mm-rexant-30392" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-dlya-svetodiodnoy-lenti-smd-8mm-rexant-30390" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obrazniy-dlya-odnotsvetnoy-svetodiodnoy-lenti-smd-8mm-rexant-30386" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obrazniy-dlya-svetodiodnoy-lenti-smd-10mm-rexant-30391" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauni-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant-31865" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I58"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -873,1594 +873,1594 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>1190.38</v>
+        <v>12203.78</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>266</v>
+        <v>28</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1190.38</v>
+        <v>1219.51</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>215</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>1190.38</v>
+        <v>878.14</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>502</v>
+        <v>329</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
+      <c r="A7" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="2"/>
-[...6 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3">
+        <v>1601.78</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="3">
+        <v>100</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>100</v>
+      </c>
+      <c r="I7" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C8" s="3">
-        <v>35.76</v>
+        <v>878.14</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
+        <v>0</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
         <v>100</v>
       </c>
-      <c r="G8" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="3">
-        <v>84.47</v>
+        <v>1219.51</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>140</v>
+        <v>320</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>147.5</v>
+        <v>1219.51</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>10</v>
+        <v>119</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>219.01</v>
+        <v>12203.78</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>62.58</v>
+        <v>878.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>150</v>
+        <v>327</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>62.57</v>
+        <v>1210.62</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
+        <v>255</v>
+      </c>
+      <c r="G14" s="3">
+        <v>1</v>
+      </c>
+      <c r="H14" s="3">
         <v>100</v>
       </c>
-      <c r="G14" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>147.5</v>
+        <v>1210.62</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>208</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>65.71</v>
+        <v>1210.62</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>40</v>
+        <v>480</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>89.17</v>
+        <v>1479.89</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>93.86</v>
+        <v>3714</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>257</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>1543.1</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>84</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>100</v>
+      </c>
+      <c r="I20" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="C20" s="3">
-[...22 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="2"/>
-[...6 lines deleted...]
-      <c r="I21" s="2"/>
+      <c r="C21" s="3">
+        <v>1054.16</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>0</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>100</v>
+      </c>
+      <c r="I21" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>863.46</v>
+        <v>1232.73</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>1575</v>
+        <v>1232.73</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>1199.12</v>
+        <v>1232.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>142</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>11999.78</v>
+        <v>1479.89</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>47</v>
+        <v>290</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>1199.12</v>
+        <v>1479.89</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>347</v>
+        <v>205</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>863.46</v>
+        <v>1543.1</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>329</v>
+        <v>27</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>863.46</v>
+        <v>1054.16</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>329</v>
+        <v>1</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>11999.78</v>
+        <v>1054.16</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1199.12</v>
+        <v>1232.73</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A31" s="2" t="s">
+      <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B31" s="2"/>
-[...6 lines deleted...]
-      <c r="I31" s="2"/>
+      <c r="B31" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="3">
+        <v>1543.1</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F31" s="3">
+        <v>116</v>
+      </c>
+      <c r="G31" s="3">
+        <v>1</v>
+      </c>
+      <c r="H31" s="3">
+        <v>100</v>
+      </c>
+      <c r="I31" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="3" t="s">
+      <c r="A32" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C32" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B32" s="2"/>
+      <c r="C32" s="2"/>
+      <c r="D32" s="2"/>
+      <c r="E32" s="2"/>
+      <c r="F32" s="2"/>
+      <c r="G32" s="2"/>
+      <c r="H32" s="2"/>
+      <c r="I32" s="2"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>1036.54</v>
+        <v>95.46</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>1212.12</v>
+        <v>66.83</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="G34" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>1212.12</v>
+        <v>63.64</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C36" s="3">
-        <v>1517.31</v>
+        <v>85.91</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="G36" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>1036.54</v>
+        <v>90.69</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="G37" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H37" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>1517.31</v>
+        <v>63.63</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G38" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>1455.15</v>
+        <v>150.01</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I39" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>1212.12</v>
+        <v>150.01</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>3651.92</v>
+        <v>159.1</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>301</v>
+        <v>60</v>
       </c>
       <c r="G41" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H41" s="3">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>1455.15</v>
+        <v>222.73</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>205</v>
+        <v>130</v>
       </c>
       <c r="G42" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>1517.31</v>
+        <v>36.37</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>138</v>
+        <v>80</v>
       </c>
       <c r="G43" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>1036.54</v>
+        <v>81.82</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>166</v>
+        <v>30</v>
       </c>
       <c r="G44" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I44" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>1212.12</v>
+        <v>95.46</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>181</v>
+        <v>10</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H45" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
-        <v>14.08</v>
+        <v>81.82</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>10</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>23.46</v>
+        <v>113.65</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>120</v>
+        <v>210</v>
       </c>
       <c r="G48" s="3">
         <v>10</v>
       </c>
       <c r="H48" s="3">
         <v>10</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
-        <v>111.75</v>
+        <v>13.63</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
         <v>10</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
-        <v>111.75</v>
+        <v>23.86</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="G50" s="3">
         <v>10</v>
       </c>
       <c r="H50" s="3">
         <v>10</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
-        <v>23.46</v>
+        <v>52.5</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G51" s="3">
         <v>10</v>
       </c>
       <c r="H51" s="3">
         <v>10</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
-        <v>80.45</v>
+        <v>113.65</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>10</v>
       </c>
       <c r="H52" s="3">
         <v>10</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
-        <v>80.45</v>
+        <v>14.32</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
         <v>10</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
-        <v>49.17</v>
+        <v>23.86</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
         <v>10</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
-        <v>13.4</v>
+        <v>50.01</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
         <v>0</v>
       </c>
       <c r="G55" s="3">
         <v>10</v>
       </c>
       <c r="H55" s="3">
         <v>10</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
-        <v>51.62</v>
+        <v>81.82</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>0</v>
       </c>
       <c r="G56" s="3">
         <v>10</v>
       </c>
       <c r="H56" s="3">
         <v>10</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
       <c r="I57" s="2"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>2782.7</v>
+        <v>2830.01</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>910</v>
+        <v>890</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>10</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A7:I7"/>
-[...1 lines deleted...]
-    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A32:I32"/>
     <mergeCell ref="A46:I46"/>
     <mergeCell ref="A57:I57"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
-[...4 lines deleted...]
-    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D9" r:id="rId6"/>
+    <hyperlink ref="D10" r:id="rId7"/>
+    <hyperlink ref="D11" r:id="rId8"/>
+    <hyperlink ref="D12" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
-    <hyperlink ref="D17" r:id="rId13"/>
-[...2 lines deleted...]
-    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
-    <hyperlink ref="D32" r:id="rId26"/>
+    <hyperlink ref="D31" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
     <hyperlink ref="D36" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
     <hyperlink ref="D47" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
     <hyperlink ref="D49" r:id="rId42"/>
     <hyperlink ref="D50" r:id="rId43"/>
     <hyperlink ref="D51" r:id="rId44"/>
     <hyperlink ref="D52" r:id="rId45"/>
     <hyperlink ref="D53" r:id="rId46"/>
     <hyperlink ref="D54" r:id="rId47"/>
     <hyperlink ref="D55" r:id="rId48"/>
     <hyperlink ref="D56" r:id="rId49"/>
     <hyperlink ref="D58" r:id="rId50"/>
   </hyperlinks>