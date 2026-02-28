--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -42,372 +42,372 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодная лента REXANT</t>
   </si>
   <si>
-    <t>1.1 Светодиодная лента 12В Rexant</t>
+    <t>1.1 Светодиодная лента 24В Rexant</t>
+  </si>
+  <si>
+    <t>141-637</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-639</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 6500K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-638</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.2 Светодиодная лента СОВ</t>
+  </si>
+  <si>
+    <t>147-104</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 3000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-111</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-116</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, COB 8Вт/м, 320 LED/м, оранжевый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-101</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-105</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 4000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-100</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-102</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-103</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 12Вт/м, 720 LED/м, RGB, 10мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-112</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-113</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, зеленый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-114</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, красный, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-106</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 6500К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-110</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-115</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, синий, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Аксессуары СОВ</t>
+  </si>
+  <si>
+    <t>148-101</t>
+  </si>
+  <si>
+    <t>Коннектор питания с проводами для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор L-образный для одноцветной светодиодной ленты COB 8мм </t>
+  </si>
+  <si>
+    <t>148-108</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный гибкий для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-110</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-109</t>
+  </si>
+  <si>
+    <t>Коннектор с джеком для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-111</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-102</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий удлиненный для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-107</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-112</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-106</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-100</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком 5,5x2,1мм для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Аксессуары SMD</t>
+  </si>
+  <si>
+    <t>148-115</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-121</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-122</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-113</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-114</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-117</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-118</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-119</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-120</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-116</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Лента для бани и сауны</t>
+  </si>
+  <si>
+    <t>141-641</t>
+  </si>
+  <si>
+    <t>Лента светодиодная для бани и сауны 24В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 16мм, 5м, IP68 REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Светодиодная лента 12В Rexant</t>
   </si>
   <si>
     <t>141-218</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 50м, IP20 REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>141-223</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 50м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-221</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-217</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-220</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-217</t>
-[...4 lines deleted...]
-  <si>
     <t>141-224</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
     <t>141-214</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-221</t>
-[...2 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+    <t>141-213</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-222</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
-  </si>
-[...271 lines deleted...]
-    <t>Лента светодиодная для бани и сауны 24В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 16мм, 5м, IP68 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -792,51 +792,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vtm-120-ledm-3000k-16mm-5m-ip68-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I58"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -873,1617 +873,1617 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>12203.78</v>
+        <v>1210.62</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>28</v>
+        <v>197</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1219.51</v>
+        <v>1210.62</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>245</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>878.14</v>
+        <v>1210.62</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>329</v>
+        <v>460</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="B7" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C8" s="3">
-        <v>878.14</v>
+        <v>1543.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>1219.51</v>
+        <v>1054.16</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" s="3">
-        <v>1219.51</v>
+        <v>1232.73</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" s="3">
-        <v>12203.78</v>
+        <v>1479.89</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="3">
-        <v>878.14</v>
+        <v>1543.1</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>327</v>
+        <v>19</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="C13" s="3">
+        <v>1479.89</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="3">
+        <v>0</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>100</v>
+      </c>
+      <c r="I13" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>1210.62</v>
+        <v>1479.89</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>255</v>
+        <v>197</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>1210.62</v>
+        <v>3714</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1210.62</v>
+        <v>1054.16</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>480</v>
+        <v>48</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="2" t="s">
+      <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="2"/>
-[...6 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="B17" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" s="3">
+        <v>1232.73</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
+        <v>157</v>
+      </c>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>100</v>
+      </c>
+      <c r="I17" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>1479.89</v>
+        <v>1232.73</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>20</v>
+        <v>176</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>3714</v>
+        <v>1543.1</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>257</v>
+        <v>3</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>1543.1</v>
+        <v>1054.16</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>1054.16</v>
+        <v>1232.73</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C22" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>1232.73</v>
+        <v>63.64</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>178</v>
+        <v>50</v>
       </c>
       <c r="G23" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>1232.73</v>
+        <v>81.82</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="G24" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>1479.89</v>
+        <v>95.46</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>1479.89</v>
+        <v>150.01</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>1543.1</v>
+        <v>95.46</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>1054.16</v>
+        <v>150.01</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1054.16</v>
+        <v>159.1</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>1232.73</v>
+        <v>36.37</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="G30" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I30" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>1543.1</v>
+        <v>85.91</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="G31" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A32" s="2" t="s">
+      <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="2"/>
-[...6 lines deleted...]
-      <c r="I32" s="2"/>
+      <c r="B32" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="3">
+        <v>63.63</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F32" s="3">
+        <v>60</v>
+      </c>
+      <c r="G32" s="3">
+        <v>10</v>
+      </c>
+      <c r="H32" s="3">
+        <v>10</v>
+      </c>
+      <c r="I32" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>95.46</v>
+        <v>222.73</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>10</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>66.83</v>
+        <v>90.69</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
         <v>10</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>63.64</v>
+        <v>66.83</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="G35" s="3">
         <v>10</v>
       </c>
       <c r="H35" s="3">
         <v>10</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="C36" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C37" s="3">
-        <v>90.69</v>
+        <v>23.86</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G37" s="3">
         <v>10</v>
       </c>
       <c r="H37" s="3">
         <v>10</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="3">
-        <v>63.63</v>
+        <v>113.65</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="G38" s="3">
         <v>10</v>
       </c>
       <c r="H38" s="3">
         <v>10</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C39" s="3">
-        <v>150.01</v>
+        <v>113.65</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
         <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>10</v>
       </c>
       <c r="H39" s="3">
         <v>10</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C40" s="3">
-        <v>150.01</v>
+        <v>13.63</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>10</v>
       </c>
       <c r="H40" s="3">
         <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C41" s="3">
-        <v>159.1</v>
+        <v>14.32</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="G41" s="3">
         <v>10</v>
       </c>
       <c r="H41" s="3">
         <v>10</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>222.73</v>
+        <v>50.01</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>10</v>
       </c>
       <c r="H42" s="3">
         <v>10</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>36.37</v>
+        <v>52.5</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
         <v>10</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
         <v>81.82</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G44" s="3">
         <v>10</v>
       </c>
       <c r="H44" s="3">
         <v>10</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>95.46</v>
+        <v>81.82</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>10</v>
       </c>
       <c r="H45" s="3">
         <v>10</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A46" s="2" t="s">
+      <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="B46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C46" s="3">
+        <v>23.86</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F46" s="3">
+        <v>150</v>
+      </c>
+      <c r="G46" s="3">
+        <v>10</v>
+      </c>
+      <c r="H46" s="3">
+        <v>10</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B47" s="3" t="s">
+      <c r="A47" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="C47" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B47" s="2"/>
+      <c r="C47" s="2"/>
+      <c r="D47" s="2"/>
+      <c r="E47" s="2"/>
+      <c r="F47" s="2"/>
+      <c r="G47" s="2"/>
+      <c r="H47" s="2"/>
+      <c r="I47" s="2"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
-        <v>113.65</v>
+        <v>2830.01</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>210</v>
+        <v>823</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>10</v>
       </c>
       <c r="I48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>23.86</v>
+        <v>12203.78</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="3">
-        <v>52.5</v>
+        <v>12203.78</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G51" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52" s="3">
-        <v>113.65</v>
+        <v>1219.51</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>0</v>
+        <v>306</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H52" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="B53" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" s="3">
-        <v>14.32</v>
+        <v>878.14</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>40</v>
+        <v>329</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="B54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54" s="3">
-        <v>23.86</v>
+        <v>1219.51</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3">
-        <v>50.01</v>
+        <v>1601.78</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="C56" s="3">
+        <v>878.14</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="3">
+        <v>0</v>
+      </c>
+      <c r="G56" s="3">
+        <v>1</v>
+      </c>
+      <c r="H56" s="3">
+        <v>100</v>
+      </c>
+      <c r="I56" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C56" s="3">
-[...22 lines deleted...]
-      <c r="A57" s="2" t="s">
+      <c r="B57" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B57" s="2"/>
-[...6 lines deleted...]
-      <c r="I57" s="2"/>
+      <c r="C57" s="3">
+        <v>878.14</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>327</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>100</v>
+      </c>
+      <c r="I57" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>2830.01</v>
+        <v>1219.51</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>890</v>
+        <v>108</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A13:I13"/>
-[...3 lines deleted...]
-    <mergeCell ref="A57:I57"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A49:I49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
-[...4 lines deleted...]
-    <hyperlink ref="D12" r:id="rId9"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
-    <hyperlink ref="D18" r:id="rId13"/>
-[...3 lines deleted...]
-    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D17" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId14"/>
+    <hyperlink ref="D19" r:id="rId15"/>
+    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D21" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
     <hyperlink ref="D29" r:id="rId24"/>
     <hyperlink ref="D30" r:id="rId25"/>
     <hyperlink ref="D31" r:id="rId26"/>
-    <hyperlink ref="D33" r:id="rId27"/>
-[...2 lines deleted...]
-    <hyperlink ref="D36" r:id="rId30"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D34" r:id="rId29"/>
+    <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D37" r:id="rId31"/>
     <hyperlink ref="D38" r:id="rId32"/>
     <hyperlink ref="D39" r:id="rId33"/>
     <hyperlink ref="D40" r:id="rId34"/>
     <hyperlink ref="D41" r:id="rId35"/>
     <hyperlink ref="D42" r:id="rId36"/>
     <hyperlink ref="D43" r:id="rId37"/>
     <hyperlink ref="D44" r:id="rId38"/>
     <hyperlink ref="D45" r:id="rId39"/>
-    <hyperlink ref="D47" r:id="rId40"/>
+    <hyperlink ref="D46" r:id="rId40"/>
     <hyperlink ref="D48" r:id="rId41"/>
-    <hyperlink ref="D49" r:id="rId42"/>
-[...6 lines deleted...]
-    <hyperlink ref="D56" r:id="rId49"/>
+    <hyperlink ref="D50" r:id="rId42"/>
+    <hyperlink ref="D51" r:id="rId43"/>
+    <hyperlink ref="D52" r:id="rId44"/>
+    <hyperlink ref="D53" r:id="rId45"/>
+    <hyperlink ref="D54" r:id="rId46"/>
+    <hyperlink ref="D55" r:id="rId47"/>
+    <hyperlink ref="D56" r:id="rId48"/>
+    <hyperlink ref="D57" r:id="rId49"/>
     <hyperlink ref="D58" r:id="rId50"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>