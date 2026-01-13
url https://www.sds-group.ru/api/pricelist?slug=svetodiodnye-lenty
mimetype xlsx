--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -8,1798 +8,1738 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1127" uniqueCount="582">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="562">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодные ленты</t>
   </si>
   <si>
     <t>1.1 Светодиодная лента Lamper</t>
   </si>
   <si>
     <t>1.1.1 Светодиодная лента 5В</t>
   </si>
   <si>
+    <t>141-2002</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-2003</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2001</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2004</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-383</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-386</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 3000K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2009</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 7,2Вт/м, 30 LED/м, RGB, 10мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-385</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>141-382</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-384</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-381</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-387</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD5050, 4,8Вт/м, 60 LED/м, RGB, 10мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2002</t>
-[...49 lines deleted...]
-  <si>
     <t>1.1.2 Светодиодная лента 12В</t>
   </si>
   <si>
-    <t>141-494</t>
-[...2 lines deleted...]
-    <t>LED лента 5м  силикон, 10 мм, IP65, SMD 5050, 60 LED/m, 12 V, цвет свечения зеленый LAMPER</t>
+    <t>141-2015</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-212</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-466</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-395</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-493</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-335</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-355</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-356</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-492</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-365</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-332</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-462</t>
+  </si>
+  <si>
+    <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
+  </si>
+  <si>
+    <t>141-231</t>
+  </si>
+  <si>
+    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
   </si>
   <si>
     <t>141-368</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-367</t>
-[...56 lines deleted...]
-    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2011</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2016</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-2013</t>
-[...4 lines deleted...]
-  <si>
     <t>141-2022</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
   </si>
   <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-2027</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2029</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2031</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2032</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-2012</t>
-[...148 lines deleted...]
-  <si>
     <t>1.1.3 Светодиодная лента 24В</t>
   </si>
   <si>
+    <t>141-622</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 15мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-632</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-622</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 Аксессуары 12-24В</t>
   </si>
   <si>
     <t>144-013</t>
   </si>
   <si>
     <t>Коннектор соединительный для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
     <t>144-102</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>144-124-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-004</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-106-1</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой LAMPER</t>
+  </si>
+  <si>
+    <t>144-021-10</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-5</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-126-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-101-3</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер инфракрасный (IR) 12 V/6 A инфракрасный (IR) LAMPER</t>
+  </si>
+  <si>
+    <t>144-027</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106</t>
+  </si>
+  <si>
+    <t>LED мини контроллер с разъемом 5,5х2,1 мм 72/144 W, 3 кнопки, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>144-127</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-099</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-3</t>
+  </si>
+  <si>
+    <t>Мини-контроллер сетодиодный RGB, радио (RF), 20 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>144-125</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-123</t>
+  </si>
+  <si>
+    <t>Плата соединительная (L) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-113</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для RGB светодиодных лент шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-4</t>
+  </si>
+  <si>
+    <t>LED мини контроллер радио (RF) 72 W/144 W, 17 кнопок, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-105-2</t>
+  </si>
+  <si>
+    <t>Светодиодный мини диммер радио (RF) с пультом Д/У 72 W/144 W, 9 кнопок</t>
+  </si>
+  <si>
+    <t>144-028</t>
+  </si>
+  <si>
+    <t>Коннектор питания для RGB светодиодных лент (IP65) шириной 10мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-106</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+  </si>
+  <si>
+    <t>143-103-3</t>
+  </si>
+  <si>
+    <t>LED диммер 12-24 V, 2.4G одноканальный беспроводной с пультом Д/У</t>
+  </si>
+  <si>
+    <t>144-012</t>
+  </si>
+  <si>
+    <t>Коннектор питания для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-098</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-021</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>144-016</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
     <t>144-025</t>
   </si>
   <si>
     <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 10 мм, длина 15 см LAMPER</t>
   </si>
   <si>
-    <t>144-106-1</t>
-[...20 lines deleted...]
-    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+    <t>143-105-3</t>
+  </si>
+  <si>
+    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+  </si>
+  <si>
+    <t>144-006</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-1</t>
+  </si>
+  <si>
+    <t>LED мини диммер радио  72/144 W, 3 кнопки,12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-107-1</t>
+  </si>
+  <si>
+    <t>Сенсорный диммер/выключатель с коннектором 5,5х2,1 мм</t>
+  </si>
+  <si>
+    <t>143-103-2</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (полусенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>144-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-7</t>
+  </si>
+  <si>
+    <t>LED контроллер для светодиодной ленты White Mix 12/24 В, 72/144 Вт, 24 кнопки  (IR)</t>
+  </si>
+  <si>
+    <t>143-106-2</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, радио (RF), 10 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>144-133</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент с влагозащитой шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-023</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 8 мм, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>144-014</t>
   </si>
   <si>
     <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент 120 диодов/метр, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>144-104</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>144-098</t>
-[...20 lines deleted...]
-    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+    <t>143-106-1</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, инфракрасный (IR), 6 кнопок, 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>144-008</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-128</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
     <t>144-129</t>
   </si>
   <si>
     <t>Плата соединительная (X) для RGB светодиодных лент шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>144-128</t>
-[...178 lines deleted...]
-  <si>
     <t>143-103-1</t>
   </si>
   <si>
     <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
   </si>
   <si>
     <t>1.1.5 Готовые комплекты</t>
   </si>
   <si>
+    <t>142-909</t>
+  </si>
+  <si>
+    <t>Комплект светодиодной ленты 5 м с блоком питания IP65, теплое белое свечение 3000 К LAMPER</t>
+  </si>
+  <si>
     <t>142-401</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания IP65, холодное белое свечение 6500 К LAMPER</t>
   </si>
   <si>
-    <t>142-909</t>
-[...4 lines deleted...]
-  <si>
     <t>142-402</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания и RGB контроллером IP65, свечение RGB LAMPER</t>
   </si>
   <si>
-    <t>1.2 Светодиодная лента REXANT</t>
-[...2 lines deleted...]
-    <t>1.2.1 Светодиодная лента 12В Rexant</t>
+    <t>1.2 Светодиодная лента NEON-NIGHT 220В</t>
+  </si>
+  <si>
+    <t>1.2.1 Аксессуары для ленты 220В</t>
+  </si>
+  <si>
+    <t>142-026</t>
+  </si>
+  <si>
+    <t>Заглушка для LED ленты 220 В 7.5x20 мм</t>
+  </si>
+  <si>
+    <t>142-032</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный для LED ленты 220 В 6x10.6 мм</t>
+  </si>
+  <si>
+    <t>142-033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор соединительный для светодиодной ленты 220В, 6,5x13мм </t>
+  </si>
+  <si>
+    <t>142-034</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный для LED ленты 220 В 6.5x15 мм</t>
+  </si>
+  <si>
+    <t>142-036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор соединительный для светодиодной ленты 220В, 7,5x20мм </t>
+  </si>
+  <si>
+    <t>142-004</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный для светодиодной ленты 220В, SMD 5050</t>
+  </si>
+  <si>
+    <t>142-013</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6.5x13 мм</t>
+  </si>
+  <si>
+    <t>142-014</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6.5x15 мм</t>
+  </si>
+  <si>
+    <t>142-015</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6.5x17 мм</t>
+  </si>
+  <si>
+    <t>142-016</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 7.5x20 мм</t>
+  </si>
+  <si>
+    <t>124-022</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6x10,6мм, до 100м (шнур питания 8А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>124-025</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6,5x17мм, до 50м (шнур питания 4А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>142-012</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6x10.6 мм</t>
+  </si>
+  <si>
+    <t>142-046</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 6.5х17 мм</t>
+  </si>
+  <si>
+    <t>142-056</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 6.5х17 мм</t>
+  </si>
+  <si>
+    <t>142-025</t>
+  </si>
+  <si>
+    <t>Заглушка для LED ленты 220 В 6.5x17 мм</t>
+  </si>
+  <si>
+    <t>124-024</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6,5x15мм, до 100м (шнур питания 8А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>142-054</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 6.5х15 мм</t>
+  </si>
+  <si>
+    <t>142-006</t>
+  </si>
+  <si>
+    <t>Клипса монтажная для светодиодной ленты 220В, SMD 5050</t>
+  </si>
+  <si>
+    <t>142-041</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 13.5х6.5 мм</t>
+  </si>
+  <si>
+    <t>142-042</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 9.5х6 мм</t>
+  </si>
+  <si>
+    <t>142-043</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 14.5х7.5 мм</t>
+  </si>
+  <si>
+    <t>142-044</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 6.5х15 мм</t>
+  </si>
+  <si>
+    <t>142-051</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 13.5х6.5 мм</t>
+  </si>
+  <si>
+    <t>142-053</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 14.5х7.5 мм</t>
+  </si>
+  <si>
+    <t>124-023</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6,5x13мм, до 100м (шнур питания 8А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>124-026</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 7,5x20мм, до 50м (шнур питания 4А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>142-035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор соединительный для светодиодной ленты 220В, 6,5x17мм </t>
+  </si>
+  <si>
+    <t>142-022</t>
+  </si>
+  <si>
+    <t>Заглушка для LED ленты 220 В 6x10.6 мм</t>
+  </si>
+  <si>
+    <t>142-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заглушка для светодиодной ленты 220В, 6,5x15мм </t>
+  </si>
+  <si>
+    <t>142-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный для LED ленты 220 В SMD 2835</t>
+  </si>
+  <si>
+    <t>142-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заглушка для светодиодной ленты 220В, SMD 5050 </t>
+  </si>
+  <si>
+    <t>1.3 Светодиодная лента REXANT</t>
+  </si>
+  <si>
+    <t>1.3.1 Светодиодная лента 12В Rexant</t>
+  </si>
+  <si>
+    <t>141-218</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 50м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-220</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-217</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-224</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-214</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-221</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-222</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-223</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 50м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-214</t>
-[...28 lines deleted...]
-  <si>
     <t>141-213</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-222</t>
-[...11 lines deleted...]
-    <t>1.2.2 Светодиодная лента 24В Rexant</t>
+    <t>1.3.2 Светодиодная лента 24В Rexant</t>
+  </si>
+  <si>
+    <t>141-639</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 6500K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-637</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
     <t>141-638</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
-    <t>141-639</t>
-[...11 lines deleted...]
-    <t>1.2.3 Светодиодная лента СОВ</t>
+    <t>1.3.3 Светодиодная лента СОВ</t>
+  </si>
+  <si>
+    <t>147-100</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-103</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 12Вт/м, 720 LED/м, RGB, 10мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-105</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 4000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-111</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-113</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, зеленый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-114</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, красный, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-116</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, COB 8Вт/м, 320 LED/м, оранжевый, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>147-101</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>147-105</t>
-[...2 lines deleted...]
-    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 4000К, 8мм, 5м, IP20 REXANT</t>
+    <t>147-102</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-106</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 6500К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-110</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>147-112</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>147-116</t>
-[...8 lines deleted...]
-    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+    <t>147-115</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, синий, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>147-104</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 3000К, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>147-111</t>
-[...47 lines deleted...]
-    <t>1.2.4 Аксессуары СОВ</t>
+    <t>1.3.4 Аксессуары СОВ</t>
+  </si>
+  <si>
+    <t>148-110</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-100</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком 5,5x2,1мм для одноцветной светодиодной ленты COB 8мм REXANT</t>
   </si>
   <si>
     <t>148-101</t>
   </si>
   <si>
     <t>Коннектор питания с проводами для одноцветной светодиодной ленты COB 8мм REXANT</t>
   </si>
   <si>
+    <t>148-104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий удлиненный для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
     <t>148-106</t>
   </si>
   <si>
     <t>Коннектор L-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT</t>
   </si>
   <si>
-    <t>148-104</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Коннектор I-образный гибкий удлиненный для одноцветной светодиодной ленты COB 8мм REXANT </t>
+    <t>148-107</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-108</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный гибкий для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-109</t>
+  </si>
+  <si>
+    <t>Коннектор с джеком для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-111</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-112</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
   </si>
   <si>
     <t>148-102</t>
   </si>
   <si>
     <t>Коннектор I-образный для одноцветной светодиодной ленты COB 8мм REXANT</t>
   </si>
   <si>
-    <t>148-110</t>
-[...26 lines deleted...]
-    <t>Коннектор I-образный для светодиодной ленты RGB COB 10мм REXANT</t>
+    <t>148-103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT </t>
   </si>
   <si>
     <t>148-105</t>
   </si>
   <si>
     <t xml:space="preserve">Коннектор L-образный для одноцветной светодиодной ленты COB 8мм </t>
   </si>
   <si>
-    <t>148-109</t>
-[...17 lines deleted...]
-    <t>1.2.5 Аксессуары SMD</t>
+    <t>1.3.5 Аксессуары SMD</t>
+  </si>
+  <si>
+    <t>148-119</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-121</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-113</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-115</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 8мм REXANT</t>
   </si>
   <si>
     <t>148-118</t>
   </si>
   <si>
     <t>Коннектор L-образный для светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
-    <t>148-119</t>
-[...2 lines deleted...]
-    <t>Коннектор T-образный для светодиодной ленты SMD 8мм REXANT</t>
+    <t>148-122</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
     <t>148-114</t>
   </si>
   <si>
     <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
+    <t>148-116</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-117</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
     <t>148-120</t>
   </si>
   <si>
     <t>Коннектор T-образный для светодиодной ленты SMD 10мм REXANT</t>
   </si>
   <si>
-    <t>148-113</t>
-[...35 lines deleted...]
-    <t>1.2.6 Лента для бани и сауны</t>
+    <t>1.3.6 Лента для бани и сауны</t>
   </si>
   <si>
     <t>141-641</t>
   </si>
   <si>
     <t>Лента светодиодная для бани и сауны 24В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 16мм, 5м, IP68 REXANT</t>
   </si>
   <si>
-    <t>1.3 Светодиодная лента NEON-NIGHT 220В</t>
-[...212 lines deleted...]
-    <t>1.4.1 Алюминиевый профиль комплекты</t>
+    <t>1.4 Источники питания (блоки питания) REXANT</t>
+  </si>
+  <si>
+    <t>1.4.1 Сетевые адаптеры IP43</t>
+  </si>
+  <si>
+    <t>200-050-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 4,5А, 54Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-005-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 0,5А, 6Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-024-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-240В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-036-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 3А, 36Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-150-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 12,5А, 150Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-024-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 3А, 15Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 3А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-024-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 1А, 24Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-012-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 1А, 12Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 6А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-100-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 9А, 100Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-024-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5x2,1, белый корпус (IP43) </t>
+  </si>
+  <si>
+    <t>200-005-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 1А, 5Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-012-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 2А, 10Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-036-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 4А, 20Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>1.4.2 Источники в защитном кожухе IP20</t>
+  </si>
+  <si>
+    <t>200-150-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 12,5 A 150 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>201-024-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 1A 24W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-024-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 2 A 24 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-036-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 3 A 36 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-100-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 9 A 100 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-1057</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 100 Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1056</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 100Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1055</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1054</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1050</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с разъемами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1052</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1058</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1030</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 18Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1031</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 24 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1032</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1033</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 48 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1034</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1035</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 24Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1037</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 48Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1038</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1039</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 72Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-012-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 1 A 12 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания 220 V AC/12 V DC 6 A 72 W с разъемами под винт, без влагозащиты (IP23)</t>
+  </si>
+  <si>
+    <t>200-100-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 108W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-150-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 150W с разъёмами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-1059</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>201-150-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 6,25A 150W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-1036</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>201-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 3A 72W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-005-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 0,5 A 6 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>1.4.3 Источники герметичные IP 67</t>
+  </si>
+  <si>
+    <t>200-200-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 200Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-012-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В,  12Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-050-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 54Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-100-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 100Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-150-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 150Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-100-6</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 100Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-200-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 200Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1007</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1002</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1006</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>201-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В,  72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1004</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1005</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-300-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 300Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1000</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1001</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1003</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>201-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-036-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 36Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>1.5 Алюминиевый профиль</t>
+  </si>
+  <si>
+    <t>1.5.1 Алюминиевый профиль комплекты</t>
   </si>
   <si>
     <t>146-403</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект накладной алюминиевого профиля с рассеивателем, 24х6мм, 2м, REXANT </t>
   </si>
   <si>
+    <t>146-401</t>
+  </si>
+  <si>
+    <t>Комплект накладного алюминиевого профиля с рассеивателем, 16х12мм, 2м REXANT</t>
+  </si>
+  <si>
+    <t>146-402</t>
+  </si>
+  <si>
+    <t>Комплект углового алюминиевого профиля с рассеивателем, 16х16мм, 2м REXANT</t>
+  </si>
+  <si>
+    <t>146-403-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект накладной алюминиевого профиля с рассеивателем, 24х6мм, 1м REXANT </t>
+  </si>
+  <si>
+    <t>146-404</t>
+  </si>
+  <si>
+    <t>Комплект врезного алюминиевого профиля с рассеивателем, 62х32мм, 2м REXANT</t>
+  </si>
+  <si>
+    <t>146-405-1</t>
+  </si>
+  <si>
+    <t>Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 1м REXANT</t>
+  </si>
+  <si>
+    <t>146-402-1</t>
+  </si>
+  <si>
+    <t>Комплект углового алюминиевого профиля с рассеивателем, 16х16мм, 1м REXANT</t>
+  </si>
+  <si>
+    <t>146-400-1</t>
+  </si>
+  <si>
+    <t>Комплект накладного алюминиевого профиля с рассеивателем, 15х6мм, 1м REXANT</t>
+  </si>
+  <si>
+    <t>146-405-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 1м, черный REXANT </t>
+  </si>
+  <si>
+    <t>146-405-3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 1м, розовое золото REXANT </t>
+  </si>
+  <si>
+    <t>146-405</t>
+  </si>
+  <si>
+    <t>Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 2м REXANT</t>
+  </si>
+  <si>
     <t>146-404-1</t>
   </si>
   <si>
     <t>Комплект врезного алюминиевого профиля с рассеивателем, 62х32мм, 1м, REXANT</t>
   </si>
   <si>
     <t>146-400</t>
   </si>
   <si>
     <t>Комплект накладного алюминиевого профиля с рассеивателем, 15х6мм, 2м REXANT</t>
   </si>
   <si>
-    <t>146-400-1</t>
-[...28 lines deleted...]
-  <si>
     <t>146-401-1</t>
   </si>
   <si>
     <t>Комплект накладного алюминиевого профиля с рассеивателем, 16х12мм, 1м, REXANT</t>
-  </si>
-[...466 lines deleted...]
-    <t>Источник питания (драйвер) 12В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2184,56 +2124,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vt-m-60-led-m-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vt-m-30-led-m-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-silikon-10-mm-ip65-smd-5050-60-led-m-12-v-tsvet-svecheniya-zelenyy-lamper.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vt-m-240-led-m-3000k-15mm-5m-ip20-lamper.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15-.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnyh-lent-rgyb-smd2835-220-v-1-5-a-lamper.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x17mm.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-montazhnaya-dlya-svetodiodnoy-lenty-220v-smd-5050.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6-5x15-mm.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-7-5x20mm.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-7-5x20-mm.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6-5x17-mm.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x13mm.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6x10-6-mm.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6x10-6-mm.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-7-5x20-mm.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x15-mm.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x13-mm.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x17-mm.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x17mm-do-50m-shnur-pitaniya-4a-zaglushka-konn.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-7-5x20mm-do-50m-shnur-pitaniya-4a-zaglushka-konn.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6x10-6-mm.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-6-5x15mm.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6x10-6mm-do-100m-shnur-pitaniya-8a-zaglushka-kon.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x13mm-do-100m-shnur-pitaniya-8a-zaglushka-kon.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-9-5h6-mm.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm.html" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-smd-2835.html" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-smd-5050.html" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-smd-5050.html" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x15mm-do-100m-shnur-pitaniya-8a-zaglushka-kon.html" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm.html" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm.html" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-smd-5050-do-100m-shnur-pitaniya-4a-zaglushka-kon.html" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-2m-rexant.html" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-1m-rexant.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-2m-rexant.html" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-1m-rexant.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-2m-rexant.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-2m-rexant.html" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-2m-rexant.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rexant.html" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-1m-rexant.html" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rozovoe-zoloto-rexant.html" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-1m-rexant.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-1m-rexant.html" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-2m-rexant.html" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-k.html" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip4.html" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43.html" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43.html" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-istochnik-pitaniya-12v-36w-s-razemami-pod-vint.html" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-175-250v-dc-12v-16-7a-200w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-6-25a-150w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-80w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-12v-4-5a-54w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac-12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozaschity-ip23.html" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-175-250v-dc-12v-25a-300w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-1a-24w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-3a-72w-s-razemami-pod-vint-ip20.html" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20.html" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant.html" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67.html" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vt-m-30-led-m-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vt-m-60-led-m-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vt-m-240-led-m-3000k-15mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-7-5x20-mm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x13mm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6-5x15-mm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-7-5x20mm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x13-mm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x15-mm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x17-mm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-7-5x20-mm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6x10-6mm-do-100m-shnur-pitaniya-8a-zaglushka-kon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x17mm-do-50m-shnur-pitaniya-4a-zaglushka-konn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6-5x17-mm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x15mm-do-100m-shnur-pitaniya-8a-zaglushka-kon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-montazhnaya-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-9-5h6-mm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x13mm-do-100m-shnur-pitaniya-8a-zaglushka-kon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-7-5x20mm-do-50m-shnur-pitaniya-4a-zaglushka-konn" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x17mm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-6-5x15mm" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-smd-2835" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip4" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-k" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-1a-24w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac-12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozaschity-ip23" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-6-25a-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-3a-72w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-2m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-2m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-2m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-1m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rozovoe-zoloto-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-1m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-1m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I297"/>
+  <dimension ref="A1:I287"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2278,8259 +2218,7969 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>209.62</v>
+        <v>314</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>5967</v>
+        <v>290</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>209.62</v>
+        <v>426.15</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>1527</v>
+        <v>448</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>209.62</v>
+        <v>330.53</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>1603</v>
+        <v>137</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>517.31</v>
+        <v>526.1</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>1559</v>
+        <v>254</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>325</v>
+        <v>213.18</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>647</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>325</v>
+        <v>191.87</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>669</v>
+        <v>99</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>1113.46</v>
+        <v>917.23</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>728</v>
+        <v>715</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>209.62</v>
+        <v>182.27</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>2726</v>
+        <v>2061</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>209.62</v>
+        <v>191.87</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>1844</v>
+        <v>479</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>209.62</v>
+        <v>191.87</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>2603</v>
+        <v>703</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>300</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>517.31</v>
+        <v>202.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>797</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>517.31</v>
+        <v>426.15</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>469</v>
+        <v>1222</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>420.77</v>
+        <v>488.6</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>312</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>209.54</v>
+        <v>2064.63</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>209.54</v>
+        <v>510.11</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>280</v>
       </c>
       <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
         <v>50</v>
       </c>
-      <c r="H20" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I20" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>317.31</v>
+        <v>420.69</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>3210</v>
+        <v>56</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>845.12</v>
+        <v>399.66</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>230</v>
+        <v>393</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>363.46</v>
+        <v>651.32</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>718</v>
+        <v>129</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>510.76</v>
+        <v>261.39</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>0</v>
+        <v>2963</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>614.26</v>
+        <v>316.04</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>619.24</v>
+        <v>299.4</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>268</v>
+        <v>829</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>50</v>
       </c>
       <c r="I26" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>805.77</v>
+        <v>306.57</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>374</v>
+        <v>197</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>844.23</v>
+        <v>519.44</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>396</v>
+        <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I28" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>619.24</v>
+        <v>397.81</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>237</v>
+        <v>181</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>73.13</v>
+        <v>624.7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>4720</v>
+        <v>0</v>
       </c>
       <c r="G30" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>2000</v>
+        <v>50</v>
       </c>
       <c r="I30" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>593.12</v>
+        <v>778.49</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I31" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>354.08</v>
+        <v>695.45</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>1591</v>
+        <v>356</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>412.12</v>
+        <v>721.68</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>282</v>
+        <v>139</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I33" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>905.12</v>
+        <v>584.57</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>97</v>
+        <v>353</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>440.38</v>
+        <v>213.1</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="3">
-        <v>327</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>73.13</v>
+        <v>629.77</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>20</v>
+        <v>204</v>
       </c>
       <c r="G36" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>593.12</v>
+        <v>492.85</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>344</v>
+        <v>60</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>412.12</v>
+        <v>442.01</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>761</v>
+        <v>11</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>659.71</v>
+        <v>492.85</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>781</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>709.62</v>
+        <v>816.51</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>172</v>
+        <v>224</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
         <v>50</v>
       </c>
       <c r="I40" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>294.54</v>
+        <v>339.49</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>6</v>
+        <v>749</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>709.62</v>
+        <v>242.64</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>339</v>
+        <v>6</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>50</v>
       </c>
       <c r="I42" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>484.61</v>
+        <v>431.25</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>50</v>
       </c>
       <c r="I43" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>459.62</v>
+        <v>440.87</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>229</v>
+        <v>26</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>2030.12</v>
+        <v>213.1</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="3">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>459.62</v>
+        <v>291.68</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>487</v>
+        <v>1590</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>317.31</v>
+        <v>60.25</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="3">
-        <v>656</v>
+        <v>4540</v>
       </c>
       <c r="G47" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H47" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I47" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>363.46</v>
+        <v>542.88</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>846</v>
+        <v>124</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I48" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>434.62</v>
+        <v>419.13</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>36</v>
+        <v>269</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I49" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>434.62</v>
+        <v>339.49</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>189</v>
+        <v>729</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>709.62</v>
+        <v>568.5</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>151</v>
+        <v>535</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I51" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>484.61</v>
+        <v>543.45</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>139</v>
+        <v>777</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>602.12</v>
+        <v>920.51</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>242</v>
+        <v>73</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>100</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>814.44</v>
+        <v>828.29</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>100</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>586.39</v>
+        <v>496.01</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>602.12</v>
+        <v>483.05</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>110</v>
+        <v>242</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>100</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>690.12</v>
+        <v>612.36</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>551</v>
+        <v>5</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>100</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>412.12</v>
+        <v>362.77</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>750</v>
+        <v>312</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>100</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A59" s="3" t="s">
+      <c r="A59" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B59" s="2"/>
+      <c r="C59" s="2"/>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+      <c r="H59" s="2"/>
+      <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3">
-        <v>471.15</v>
+        <v>2887.79</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F60" s="3">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A61" s="2" t="s">
+      <c r="A61" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B61" s="2"/>
-[...6 lines deleted...]
-      <c r="I61" s="2"/>
+      <c r="C61" s="3">
+        <v>604.67</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F61" s="3">
+        <v>838</v>
+      </c>
+      <c r="G61" s="3">
+        <v>1</v>
+      </c>
+      <c r="H61" s="3">
+        <v>100</v>
+      </c>
+      <c r="I61" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
+      <c r="A62" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B62" s="2"/>
+      <c r="C62" s="2"/>
+      <c r="D62" s="2"/>
+      <c r="E62" s="2"/>
+      <c r="F62" s="2"/>
+      <c r="G62" s="2"/>
+      <c r="H62" s="2"/>
+      <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="C63" s="3">
+        <v>46.97</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F63" s="3">
+        <v>0</v>
+      </c>
+      <c r="G63" s="3">
+        <v>10</v>
+      </c>
+      <c r="H63" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I63" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="C63" s="3">
-[...14 lines deleted...]
-      <c r="H63" s="3">
+      <c r="B64" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C64" s="3">
+        <v>94.42</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F64" s="3">
+        <v>80</v>
+      </c>
+      <c r="G64" s="3">
+        <v>10</v>
+      </c>
+      <c r="H64" s="3">
         <v>100</v>
       </c>
-      <c r="I63" s="3">
-[...14 lines deleted...]
-      <c r="I64" s="2"/>
+      <c r="I64" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>57.02</v>
+        <v>12.23</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F65" s="3">
         <v>0</v>
       </c>
       <c r="G65" s="3">
+        <v>1</v>
+      </c>
+      <c r="H65" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>92.84</v>
+        <v>57.99</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>90</v>
+        <v>1670</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>128.96</v>
+        <v>80.51</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>150</v>
+        <v>11</v>
       </c>
       <c r="G67" s="3">
+        <v>1</v>
+      </c>
+      <c r="H67" s="3">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>97.73</v>
+        <v>25.82</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="G68" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
         <v>10</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>31.34</v>
+        <v>307.48</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F69" s="3">
+        <v>134</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>14.84</v>
+        <v>12.23</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>10</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>14.84</v>
+        <v>236.09</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>144</v>
+        <v>770</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>57.02</v>
+        <v>55.22</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>97.73</v>
+        <v>151.2</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F73" s="3">
-        <v>10</v>
+        <v>301</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>12.22</v>
+        <v>19.73</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F74" s="3">
-        <v>560</v>
+        <v>250</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>7600</v>
+        <v>100</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>12.22</v>
+        <v>12.43</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F75" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G75" s="3">
         <v>50</v>
       </c>
       <c r="H75" s="3">
         <v>3000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>21.49</v>
+        <v>368.69</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F76" s="3">
-        <v>260</v>
+        <v>207</v>
       </c>
       <c r="G76" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H76" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>20.42</v>
+        <v>19.73</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F77" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
         <v>100</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>24.43</v>
+        <v>24.85</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>0</v>
+        <v>310</v>
       </c>
       <c r="G78" s="3">
         <v>10</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
-        <v>21.99</v>
+        <v>143.87</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>680</v>
+        <v>268</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>24.43</v>
+        <v>443.54</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>490</v>
+        <v>106</v>
       </c>
       <c r="G80" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>100</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>38.68</v>
+        <v>401.44</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>760</v>
+        <v>204</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H81" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>40.72</v>
+        <v>52.51</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
         <v>1000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>54.3</v>
+        <v>76.33</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>0</v>
+        <v>410</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>252.17</v>
+        <v>1759.29</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H84" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>98.95</v>
+        <v>41.41</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>950</v>
+        <v>40</v>
       </c>
       <c r="G85" s="3">
         <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>148.92</v>
+        <v>12.43</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>288</v>
+        <v>190</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>500</v>
+        <v>7600</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>51.63</v>
+        <v>41.41</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G87" s="3">
         <v>10</v>
       </c>
       <c r="H87" s="3">
         <v>1000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>40.72</v>
+        <v>41.41</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F88" s="3">
         <v>0</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
         <v>500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>40.72</v>
+        <v>131.15</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>92.66</v>
+        <v>475.73</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>430</v>
+        <v>258</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>436.13</v>
+        <v>41.41</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>188</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>165.19</v>
+        <v>299.29</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>311</v>
+        <v>64</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>461.67</v>
+        <v>340.85</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F93" s="3">
-        <v>242</v>
+        <v>351</v>
       </c>
       <c r="G93" s="3">
         <v>1</v>
       </c>
       <c r="H93" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>352.79</v>
+        <v>1605.7</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>407</v>
+        <v>65</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>518.32</v>
+        <v>57.99</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>303</v>
+        <v>0</v>
       </c>
       <c r="G95" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>300.26</v>
+        <v>235.83</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>260</v>
+        <v>587</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>357.7</v>
+        <v>294.66</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>140</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>424.01</v>
+        <v>256.46</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G98" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>1578.86</v>
+        <v>81.52</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>74</v>
+        <v>940</v>
       </c>
       <c r="G99" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H99" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>1729.88</v>
+        <v>57.99</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G100" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>286.6</v>
+        <v>99.39</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>788</v>
+        <v>0</v>
       </c>
       <c r="G101" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>57.02</v>
+        <v>247.34</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>1780</v>
+        <v>257</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H102" s="3">
-        <v>1000</v>
+        <v>140</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>57.02</v>
+        <v>35.51</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>0</v>
+        <v>640</v>
       </c>
       <c r="G103" s="3">
         <v>10</v>
       </c>
       <c r="H103" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>294.29</v>
+        <v>18.11</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>80</v>
+        <v>670</v>
       </c>
       <c r="G104" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H104" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>373.26</v>
+        <v>24.85</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G105" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H105" s="3">
         <v>100</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>286.28</v>
+        <v>1785.93</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>593</v>
+        <v>14</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A107" s="3" t="s">
+      <c r="A107" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B107" s="2"/>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2"/>
+      <c r="E107" s="2"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="2"/>
+      <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B108" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108" s="3">
-        <v>40.72</v>
+        <v>1039.64</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>0</v>
+        <v>1043</v>
       </c>
       <c r="G108" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B109" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="3">
-        <v>1756.08</v>
+        <v>984.91</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>16</v>
+        <v>1083</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>100</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A110" s="2" t="s">
+      <c r="A110" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="B110" s="2"/>
-[...6 lines deleted...]
-      <c r="I110" s="2"/>
+      <c r="C110" s="3">
+        <v>1189.16</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F110" s="3">
+        <v>1210</v>
+      </c>
+      <c r="G110" s="3">
+        <v>1</v>
+      </c>
+      <c r="H110" s="3">
+        <v>40</v>
+      </c>
+      <c r="I110" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A111" s="3" t="s">
+      <c r="A111" s="2" t="s">
         <v>223</v>
       </c>
-      <c r="B111" s="3" t="s">
+      <c r="B111" s="2"/>
+      <c r="C111" s="2"/>
+      <c r="D111" s="2"/>
+      <c r="E111" s="2"/>
+      <c r="F111" s="2"/>
+      <c r="G111" s="2"/>
+      <c r="H111" s="2"/>
+      <c r="I111" s="2"/>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="C111" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B112" s="2"/>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2"/>
+      <c r="E112" s="2"/>
+      <c r="F112" s="2"/>
+      <c r="G112" s="2"/>
+      <c r="H112" s="2"/>
+      <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C113" s="3">
+        <v>5.48</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" s="3">
+        <v>500</v>
+      </c>
+      <c r="G113" s="3">
+        <v>100</v>
+      </c>
+      <c r="H113" s="3">
+        <v>3200</v>
+      </c>
+      <c r="I113" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="B114" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C113" s="3">
-[...22 lines deleted...]
-      <c r="A114" s="2" t="s">
+      <c r="C114" s="3">
+        <v>27.17</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F114" s="3">
+        <v>2040</v>
+      </c>
+      <c r="G114" s="3">
+        <v>10</v>
+      </c>
+      <c r="H114" s="3">
+        <v>1000</v>
+      </c>
+      <c r="I114" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="B114" s="2"/>
-[...9 lines deleted...]
-      <c r="A115" s="2" t="s">
+      <c r="B115" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B115" s="2"/>
-[...6 lines deleted...]
-      <c r="I115" s="2"/>
+      <c r="C115" s="3">
+        <v>41.41</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F115" s="3">
+        <v>30</v>
+      </c>
+      <c r="G115" s="3">
+        <v>10</v>
+      </c>
+      <c r="H115" s="3">
+        <v>600</v>
+      </c>
+      <c r="I115" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="3">
-        <v>11999.78</v>
+        <v>33.55</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F116" s="3">
-        <v>56</v>
+        <v>280</v>
       </c>
       <c r="G116" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="I116" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="3">
-        <v>863.46</v>
+        <v>27.17</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F117" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="G117" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I117" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="3">
-        <v>863.46</v>
+        <v>39.34</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>335</v>
+        <v>110</v>
       </c>
       <c r="G118" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I118" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="3">
-        <v>1575</v>
+        <v>4.48</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>119</v>
+        <v>5900</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H119" s="3">
-        <v>100</v>
+        <v>7000</v>
       </c>
       <c r="I119" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="3">
-        <v>1199.12</v>
+        <v>5.48</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>357</v>
+        <v>120</v>
       </c>
       <c r="G120" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>6000</v>
       </c>
       <c r="I120" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="3">
-        <v>1199.12</v>
+        <v>3.83</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F121" s="3">
-        <v>41</v>
+        <v>23500</v>
       </c>
       <c r="G121" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H121" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I121" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="3">
-        <v>863.46</v>
+        <v>3.83</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>334</v>
+        <v>11700</v>
       </c>
       <c r="G122" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H122" s="3">
-        <v>100</v>
+        <v>2500</v>
       </c>
       <c r="I122" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="3">
-        <v>1199.12</v>
+        <v>221.43</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>159</v>
+        <v>372</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I123" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="3">
-        <v>11999.78</v>
+        <v>221.43</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I124" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A125" s="2" t="s">
+      <c r="A125" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B125" s="2"/>
-[...6 lines deleted...]
-      <c r="I125" s="2"/>
+      <c r="B125" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="C125" s="3">
+        <v>3.83</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F125" s="3">
+        <v>33200</v>
+      </c>
+      <c r="G125" s="3">
+        <v>100</v>
+      </c>
+      <c r="H125" s="3">
+        <v>10000</v>
+      </c>
+      <c r="I125" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C126" s="3">
-        <v>1190.38</v>
+        <v>172.24</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>521</v>
+        <v>110</v>
       </c>
       <c r="G126" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I126" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C127" s="3">
-        <v>1190.38</v>
+        <v>96.61</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F127" s="3">
-        <v>266</v>
+        <v>630</v>
       </c>
       <c r="G127" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>100</v>
+        <v>750</v>
       </c>
       <c r="I127" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C128" s="3">
-        <v>1190.38</v>
+        <v>7.15</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>225</v>
+        <v>270</v>
       </c>
       <c r="G128" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H128" s="3">
+        <v>3200</v>
+      </c>
+      <c r="I128" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A129" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="C129" s="3">
+        <v>210.36</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F129" s="3">
+        <v>196</v>
+      </c>
+      <c r="G129" s="3">
+        <v>1</v>
+      </c>
+      <c r="H129" s="3">
         <v>100</v>
       </c>
-      <c r="I128" s="3">
-[...14 lines deleted...]
-      <c r="I129" s="2"/>
+      <c r="I129" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C130" s="3">
-        <v>1455.15</v>
+        <v>108.96</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>348</v>
+        <v>150</v>
       </c>
       <c r="G130" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>100</v>
+        <v>750</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C131" s="3">
-        <v>1517.31</v>
+        <v>9.81</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F131" s="3">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G131" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H131" s="3">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="I131" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C132" s="3">
-        <v>1036.54</v>
+        <v>168.15</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F132" s="3">
-        <v>175</v>
+        <v>70</v>
       </c>
       <c r="G132" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H132" s="3">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="I132" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C133" s="3">
-        <v>1212.12</v>
+        <v>181.6</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F133" s="3">
-        <v>190</v>
+        <v>160</v>
       </c>
       <c r="G133" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I133" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C134" s="3">
-        <v>1455.15</v>
+        <v>136.21</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F134" s="3">
-        <v>74</v>
+        <v>720</v>
       </c>
       <c r="G134" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>100</v>
+        <v>380</v>
       </c>
       <c r="I134" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>1517.31</v>
+        <v>181.6</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F135" s="3">
-        <v>183</v>
+        <v>110</v>
       </c>
       <c r="G135" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H135" s="3">
         <v>100</v>
       </c>
       <c r="I135" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>1036.54</v>
+        <v>96.52</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F136" s="3">
-        <v>113</v>
+        <v>390</v>
       </c>
       <c r="G136" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H136" s="3">
-        <v>100</v>
+        <v>750</v>
       </c>
       <c r="I136" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>1212.12</v>
+        <v>97.9</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F137" s="3">
-        <v>182</v>
+        <v>660</v>
       </c>
       <c r="G137" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>100</v>
+        <v>750</v>
       </c>
       <c r="I137" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>3651.92</v>
+        <v>145.28</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F138" s="3">
-        <v>330</v>
+        <v>726</v>
       </c>
       <c r="G138" s="3">
         <v>1</v>
       </c>
       <c r="H138" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I138" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>1517.31</v>
+        <v>145.28</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F139" s="3">
-        <v>124</v>
+        <v>759</v>
       </c>
       <c r="G139" s="3">
         <v>1</v>
       </c>
       <c r="H139" s="3">
         <v>100</v>
       </c>
       <c r="I139" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>1455.15</v>
+        <v>27.17</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F140" s="3">
-        <v>218</v>
+        <v>320</v>
       </c>
       <c r="G140" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="I140" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>1036.54</v>
+        <v>6.63</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F141" s="3">
-        <v>116</v>
+        <v>680</v>
       </c>
       <c r="G141" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H141" s="3">
-        <v>100</v>
+        <v>3200</v>
       </c>
       <c r="I141" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>1212.12</v>
+        <v>5.32</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F142" s="3">
-        <v>182</v>
+        <v>890</v>
       </c>
       <c r="G142" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H142" s="3">
-        <v>100</v>
+        <v>3200</v>
       </c>
       <c r="I142" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>1212.12</v>
+        <v>41.41</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F143" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H143" s="3">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="I143" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A144" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I144" s="2"/>
+      <c r="A144" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C144" s="3">
+        <v>7.36</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F144" s="3">
+        <v>0</v>
+      </c>
+      <c r="G144" s="3">
+        <v>10</v>
+      </c>
+      <c r="H144" s="3">
+        <v>130</v>
+      </c>
+      <c r="I144" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A145" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A145" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
+      <c r="E145" s="2"/>
+      <c r="F145" s="2"/>
+      <c r="G145" s="2"/>
+      <c r="H145" s="2"/>
+      <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A146" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A146" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B146" s="2"/>
+      <c r="C146" s="2"/>
+      <c r="D146" s="2"/>
+      <c r="E146" s="2"/>
+      <c r="F146" s="2"/>
+      <c r="G146" s="2"/>
+      <c r="H146" s="2"/>
+      <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C147" s="3">
-        <v>84.47</v>
+        <v>12203.78</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F147" s="3">
-        <v>170</v>
+        <v>28</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I147" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C148" s="3">
-        <v>35.76</v>
+        <v>1219.51</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F148" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G148" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H148" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I148" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C149" s="3">
-        <v>93.86</v>
+        <v>878.14</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F149" s="3">
-        <v>0</v>
+        <v>329</v>
       </c>
       <c r="G149" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H149" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C150" s="3">
-        <v>156.44</v>
+        <v>1601.78</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F150" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="G150" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H150" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I150" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C151" s="3">
-        <v>219.01</v>
+        <v>878.14</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F151" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H151" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I151" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C152" s="3">
-        <v>65.71</v>
+        <v>1219.51</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F152" s="3">
-        <v>50</v>
+        <v>320</v>
       </c>
       <c r="G152" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H152" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I152" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C153" s="3">
-        <v>62.57</v>
+        <v>1219.51</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F153" s="3">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H153" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I153" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C154" s="3">
-        <v>93.86</v>
+        <v>12203.78</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F154" s="3">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="G154" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I154" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C155" s="3">
-        <v>147.5</v>
+        <v>878.14</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F155" s="3">
-        <v>40</v>
+        <v>327</v>
       </c>
       <c r="G155" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H155" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B156" s="3" t="s">
+      <c r="A156" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="C156" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B156" s="2"/>
+      <c r="C156" s="2"/>
+      <c r="D156" s="2"/>
+      <c r="E156" s="2"/>
+      <c r="F156" s="2"/>
+      <c r="G156" s="2"/>
+      <c r="H156" s="2"/>
+      <c r="I156" s="2"/>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C157" s="3">
-        <v>147.5</v>
+        <v>1210.62</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F157" s="3">
-        <v>40</v>
+        <v>255</v>
       </c>
       <c r="G157" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H157" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I157" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A158" s="2" t="s">
+      <c r="A158" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B158" s="2"/>
-[...6 lines deleted...]
-      <c r="I158" s="2"/>
+      <c r="B158" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C158" s="3">
+        <v>1210.62</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F158" s="3">
+        <v>208</v>
+      </c>
+      <c r="G158" s="3">
+        <v>1</v>
+      </c>
+      <c r="H158" s="3">
+        <v>100</v>
+      </c>
+      <c r="I158" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C159" s="3">
-        <v>51.62</v>
+        <v>1210.62</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F159" s="3">
-        <v>20</v>
+        <v>480</v>
       </c>
       <c r="G159" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H159" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I159" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A160" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B160" s="3" t="s">
+      <c r="A160" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="C160" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B160" s="2"/>
+      <c r="C160" s="2"/>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2"/>
+      <c r="F160" s="2"/>
+      <c r="G160" s="2"/>
+      <c r="H160" s="2"/>
+      <c r="I160" s="2"/>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>317</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C161" s="3">
-        <v>14.08</v>
+        <v>1479.89</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F161" s="3">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="G161" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H161" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I161" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C162" s="3">
-        <v>80.45</v>
+        <v>3714</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F162" s="3">
-        <v>10</v>
+        <v>257</v>
       </c>
       <c r="G162" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>10</v>
+        <v>84</v>
       </c>
       <c r="I162" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>321</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C163" s="3">
-        <v>13.4</v>
+        <v>1543.1</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F163" s="3">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="G163" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H163" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I163" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>323</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C164" s="3">
-        <v>23.46</v>
+        <v>1054.16</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F164" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="G164" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H164" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I164" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>325</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C165" s="3">
-        <v>111.75</v>
+        <v>1232.73</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F165" s="3">
-        <v>0</v>
+        <v>160</v>
       </c>
       <c r="G165" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H165" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I165" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C166" s="3">
-        <v>111.75</v>
+        <v>1232.73</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F166" s="3">
-        <v>210</v>
+        <v>178</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H166" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I166" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C167" s="3">
-        <v>49.17</v>
+        <v>1232.73</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F167" s="3">
-        <v>0</v>
+        <v>142</v>
       </c>
       <c r="G167" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H167" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I167" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C168" s="3">
-        <v>23.46</v>
+        <v>1479.89</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F168" s="3">
-        <v>190</v>
+        <v>290</v>
       </c>
       <c r="G168" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H168" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I168" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A169" s="2" t="s">
+      <c r="A169" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="B169" s="2"/>
-[...6 lines deleted...]
-      <c r="I169" s="2"/>
+      <c r="B169" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C169" s="3">
+        <v>1479.89</v>
+      </c>
+      <c r="D169" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F169" s="3">
+        <v>205</v>
+      </c>
+      <c r="G169" s="3">
+        <v>1</v>
+      </c>
+      <c r="H169" s="3">
+        <v>100</v>
+      </c>
+      <c r="I169" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C170" s="3">
-        <v>2782.7</v>
+        <v>1543.1</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F170" s="3">
-        <v>979</v>
+        <v>27</v>
       </c>
       <c r="G170" s="3">
         <v>1</v>
       </c>
       <c r="H170" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A171" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I171" s="2"/>
+      <c r="A171" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C171" s="3">
+        <v>1054.16</v>
+      </c>
+      <c r="D171" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F171" s="3">
+        <v>1</v>
+      </c>
+      <c r="G171" s="3">
+        <v>1</v>
+      </c>
+      <c r="H171" s="3">
+        <v>100</v>
+      </c>
+      <c r="I171" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A172" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I172" s="2"/>
+      <c r="A172" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="C172" s="3">
+        <v>1054.16</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F172" s="3">
+        <v>63</v>
+      </c>
+      <c r="G172" s="3">
+        <v>1</v>
+      </c>
+      <c r="H172" s="3">
+        <v>100</v>
+      </c>
+      <c r="I172" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C173" s="3">
-        <v>185.22</v>
+        <v>1232.73</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F173" s="3">
-        <v>8</v>
+        <v>125</v>
       </c>
       <c r="G173" s="3">
         <v>1</v>
       </c>
       <c r="H173" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I173" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C174" s="3">
-        <v>32.98</v>
+        <v>1543.1</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F174" s="3">
-        <v>340</v>
+        <v>116</v>
       </c>
       <c r="G174" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H174" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I174" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A175" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B175" s="2"/>
+      <c r="C175" s="2"/>
+      <c r="D175" s="2"/>
+      <c r="E175" s="2"/>
+      <c r="F175" s="2"/>
+      <c r="G175" s="2"/>
+      <c r="H175" s="2"/>
+      <c r="I175" s="2"/>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C176" s="3">
-        <v>36.65</v>
+        <v>95.46</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F176" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="G176" s="3">
         <v>10</v>
       </c>
       <c r="H176" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C177" s="3">
-        <v>32.98</v>
+        <v>66.83</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F177" s="3">
-        <v>350</v>
+        <v>40</v>
       </c>
       <c r="G177" s="3">
         <v>10</v>
       </c>
       <c r="H177" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C178" s="3">
-        <v>6.66</v>
+        <v>63.64</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F178" s="3">
-        <v>500</v>
+        <v>140</v>
       </c>
       <c r="G178" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H178" s="3">
-        <v>3200</v>
+        <v>10</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C179" s="3">
-        <v>7.4</v>
+        <v>85.91</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F179" s="3">
-        <v>270</v>
+        <v>140</v>
       </c>
       <c r="G179" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H179" s="3">
-        <v>3200</v>
+        <v>10</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C180" s="3">
-        <v>40.72</v>
+        <v>90.69</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F180" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="G180" s="3">
         <v>10</v>
       </c>
       <c r="H180" s="3">
-        <v>600</v>
+        <v>10</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C181" s="3">
-        <v>32.98</v>
+        <v>63.63</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F181" s="3">
-        <v>2040</v>
+        <v>70</v>
       </c>
       <c r="G181" s="3">
         <v>10</v>
       </c>
       <c r="H181" s="3">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C182" s="3">
-        <v>4.64</v>
+        <v>150.01</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F182" s="3">
-        <v>35200</v>
+        <v>0</v>
       </c>
       <c r="G182" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H182" s="3">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C183" s="3">
-        <v>4.64</v>
+        <v>150.01</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F183" s="3">
-        <v>12100</v>
+        <v>0</v>
       </c>
       <c r="G183" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H183" s="3">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C184" s="3">
-        <v>5.39</v>
+        <v>159.1</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F184" s="3">
-        <v>220</v>
+        <v>60</v>
       </c>
       <c r="G184" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H184" s="3">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C185" s="3">
-        <v>4.64</v>
+        <v>222.73</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F185" s="3">
-        <v>7100</v>
+        <v>130</v>
       </c>
       <c r="G185" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H185" s="3">
-        <v>7000</v>
+        <v>10</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="C186" s="3">
-        <v>4.64</v>
+        <v>36.37</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F186" s="3">
-        <v>25900</v>
+        <v>80</v>
       </c>
       <c r="G186" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H186" s="3">
-        <v>5000</v>
+        <v>10</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C187" s="3">
-        <v>217.73</v>
+        <v>81.82</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F187" s="3">
-        <v>129</v>
+        <v>30</v>
       </c>
       <c r="G187" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H187" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C188" s="3">
-        <v>176.35</v>
+        <v>95.46</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F188" s="3">
-        <v>817</v>
+        <v>10</v>
       </c>
       <c r="G188" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H188" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A189" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B189" s="2"/>
+      <c r="C189" s="2"/>
+      <c r="D189" s="2"/>
+      <c r="E189" s="2"/>
+      <c r="F189" s="2"/>
+      <c r="G189" s="2"/>
+      <c r="H189" s="2"/>
+      <c r="I189" s="2"/>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A190" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C190" s="3">
-        <v>6.46</v>
+        <v>81.82</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F190" s="3">
-        <v>890</v>
+        <v>150</v>
       </c>
       <c r="G190" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H190" s="3">
-        <v>3200</v>
+        <v>10</v>
       </c>
       <c r="I190" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C191" s="3">
-        <v>217.73</v>
+        <v>113.65</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F191" s="3">
-        <v>399</v>
+        <v>210</v>
       </c>
       <c r="G191" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H191" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I191" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A192" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C192" s="3">
-        <v>176.35</v>
+        <v>13.63</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F192" s="3">
-        <v>866</v>
+        <v>0</v>
       </c>
       <c r="G192" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H192" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I192" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C193" s="3">
-        <v>220.45</v>
+        <v>23.86</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F193" s="3">
-        <v>180</v>
+        <v>70</v>
       </c>
       <c r="G193" s="3">
         <v>10</v>
       </c>
       <c r="H193" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I193" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C194" s="3">
-        <v>132.27</v>
+        <v>52.5</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F194" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="G194" s="3">
         <v>10</v>
       </c>
       <c r="H194" s="3">
-        <v>750</v>
+        <v>10</v>
       </c>
       <c r="I194" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C195" s="3">
-        <v>165.34</v>
+        <v>113.65</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F195" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G195" s="3">
         <v>10</v>
       </c>
       <c r="H195" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I195" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C196" s="3">
-        <v>220.45</v>
+        <v>14.32</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F196" s="3">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="G196" s="3">
         <v>10</v>
       </c>
       <c r="H196" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I196" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C197" s="3">
-        <v>165.34</v>
+        <v>23.86</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F197" s="3">
-        <v>720</v>
+        <v>250</v>
       </c>
       <c r="G197" s="3">
         <v>10</v>
       </c>
       <c r="H197" s="3">
-        <v>380</v>
+        <v>10</v>
       </c>
       <c r="I197" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C198" s="3">
-        <v>40.72</v>
+        <v>50.01</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F198" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G198" s="3">
         <v>10</v>
       </c>
       <c r="H198" s="3">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="I198" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C199" s="3">
-        <v>7.24</v>
+        <v>81.82</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F199" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="G199" s="3">
         <v>10</v>
       </c>
       <c r="H199" s="3">
-        <v>130</v>
+        <v>10</v>
       </c>
       <c r="I199" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="200" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A200" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B200" s="3" t="s">
+      <c r="A200" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="C200" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B200" s="2"/>
+      <c r="C200" s="2"/>
+      <c r="D200" s="2"/>
+      <c r="E200" s="2"/>
+      <c r="F200" s="2"/>
+      <c r="G200" s="2"/>
+      <c r="H200" s="2"/>
+      <c r="I200" s="2"/>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C201" s="3">
-        <v>217.73</v>
+        <v>2830.01</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F201" s="3">
-        <v>315</v>
+        <v>890</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I201" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A202" s="3" t="s">
+      <c r="A202" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="B202" s="3" t="s">
+      <c r="B202" s="2"/>
+      <c r="C202" s="2"/>
+      <c r="D202" s="2"/>
+      <c r="E202" s="2"/>
+      <c r="F202" s="2"/>
+      <c r="G202" s="2"/>
+      <c r="H202" s="2"/>
+      <c r="I202" s="2"/>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="C202" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B203" s="2"/>
+      <c r="C203" s="2"/>
+      <c r="D203" s="2"/>
+      <c r="E203" s="2"/>
+      <c r="F203" s="2"/>
+      <c r="G203" s="2"/>
+      <c r="H203" s="2"/>
+      <c r="I203" s="2"/>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C204" s="3">
-        <v>209.09</v>
+        <v>682.56</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F204" s="3">
-        <v>320</v>
+        <v>2357</v>
       </c>
       <c r="G204" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H204" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C205" s="3">
-        <v>117.17</v>
+        <v>203.4</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F205" s="3">
-        <v>430</v>
+        <v>0</v>
       </c>
       <c r="G205" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H205" s="3">
-        <v>750</v>
+        <v>200</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C206" s="3">
-        <v>217.73</v>
+        <v>330.53</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F206" s="3">
-        <v>0</v>
+        <v>363</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>200</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A207" s="2" t="s">
+      <c r="A207" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C207" s="3">
+        <v>592.6</v>
+      </c>
+      <c r="D207" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F207" s="3">
+        <v>578</v>
+      </c>
+      <c r="G207" s="3">
+        <v>1</v>
+      </c>
+      <c r="H207" s="3">
+        <v>100</v>
+      </c>
+      <c r="I207" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="B207" s="2"/>
-[...9 lines deleted...]
-      <c r="A208" s="2" t="s">
+      <c r="B208" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="B208" s="2"/>
-[...6 lines deleted...]
-      <c r="I208" s="2"/>
+      <c r="C208" s="3">
+        <v>1758.24</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F208" s="3">
+        <v>636</v>
+      </c>
+      <c r="G208" s="3">
+        <v>1</v>
+      </c>
+      <c r="H208" s="3">
+        <v>50</v>
+      </c>
+      <c r="I208" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C209" s="3">
-        <v>536.53</v>
+        <v>381.37</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F209" s="3">
-        <v>1976</v>
+        <v>878</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
         <v>50</v>
       </c>
       <c r="I209" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C210" s="3">
-        <v>1278.85</v>
+        <v>950</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F210" s="3">
-        <v>2389</v>
+        <v>133</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I210" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C211" s="3">
-        <v>394.23</v>
+        <v>638.76</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F211" s="3">
-        <v>2169</v>
+        <v>1022</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I211" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C212" s="3">
-        <v>206.12</v>
+        <v>220.99</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F212" s="3">
-        <v>1375</v>
+        <v>1220</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I212" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C213" s="3">
-        <v>584.39</v>
+        <v>831.2</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F213" s="3">
-        <v>2668</v>
+        <v>4098</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I213" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C214" s="3">
-        <v>2305.77</v>
+        <v>1322.1</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F214" s="3">
-        <v>2089</v>
+        <v>522</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I214" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C215" s="3">
-        <v>588.07</v>
+        <v>526.1</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F215" s="3">
-        <v>1256</v>
+        <v>915</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I215" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C216" s="3">
-        <v>287.12</v>
+        <v>181.58</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F216" s="3">
-        <v>2875</v>
+        <v>250</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I216" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C217" s="3">
-        <v>302.12</v>
+        <v>220.99</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F217" s="3">
-        <v>2894</v>
+        <v>19</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>40</v>
+        <v>200</v>
       </c>
       <c r="I217" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C218" s="3">
-        <v>353.22</v>
+        <v>518.28</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F218" s="3">
-        <v>1773</v>
+        <v>1014</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="I218" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A219" s="3" t="s">
+      <c r="A219" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="B219" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B219" s="2"/>
+      <c r="C219" s="2"/>
+      <c r="D219" s="2"/>
+      <c r="E219" s="2"/>
+      <c r="F219" s="2"/>
+      <c r="G219" s="2"/>
+      <c r="H219" s="2"/>
+      <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="B220" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="B220" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C220" s="3">
-        <v>309.13</v>
+        <v>1264.25</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F220" s="3">
-        <v>2134</v>
+        <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="I220" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="B221" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C221" s="3">
-        <v>313.46</v>
+        <v>553.23</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F221" s="3">
-        <v>2938</v>
+        <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="I221" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B222" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="B222" s="3" t="s">
+      <c r="C222" s="3">
+        <v>588.54</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F222" s="3">
+        <v>0</v>
+      </c>
+      <c r="G222" s="3">
+        <v>1</v>
+      </c>
+      <c r="H222" s="3">
+        <v>210</v>
+      </c>
+      <c r="I222" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="C222" s="3">
-[...22 lines deleted...]
-      <c r="A223" s="2" t="s">
+      <c r="B223" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="B223" s="2"/>
-[...6 lines deleted...]
-      <c r="I223" s="2"/>
+      <c r="C223" s="3">
+        <v>710.15</v>
+      </c>
+      <c r="D223" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F223" s="3">
+        <v>0</v>
+      </c>
+      <c r="G223" s="3">
+        <v>1</v>
+      </c>
+      <c r="H223" s="3">
+        <v>210</v>
+      </c>
+      <c r="I223" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A224" s="2" t="s">
+      <c r="A224" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B224" s="2"/>
-[...6 lines deleted...]
-      <c r="I224" s="2"/>
+      <c r="B224" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C224" s="3">
+        <v>1108.65</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E224" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F224" s="3">
+        <v>0</v>
+      </c>
+      <c r="G224" s="3">
+        <v>1</v>
+      </c>
+      <c r="H224" s="3">
+        <v>65</v>
+      </c>
+      <c r="I224" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C225" s="3">
-        <v>628.08</v>
+        <v>897.7</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F225" s="3">
-        <v>1000</v>
+        <v>239</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="I225" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C226" s="3">
-        <v>217.3</v>
+        <v>897.7</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F226" s="3">
-        <v>1679</v>
+        <v>0</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="I226" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C227" s="3">
-        <v>178.54</v>
+        <v>1112.83</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F227" s="3">
-        <v>1508</v>
+        <v>0</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I227" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C228" s="3">
-        <v>375</v>
+        <v>1112.83</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F228" s="3">
-        <v>1232</v>
+        <v>66</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
         <v>50</v>
       </c>
       <c r="I228" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C229" s="3">
-        <v>509.62</v>
+        <v>1953.81</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F229" s="3">
-        <v>1291</v>
+        <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>200</v>
+        <v>45</v>
       </c>
       <c r="I229" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C230" s="3">
-        <v>517.31</v>
+        <v>1484.43</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F230" s="3">
-        <v>1057</v>
+        <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="I230" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C231" s="3">
-        <v>934.12</v>
+        <v>760.8</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F231" s="3">
-        <v>865</v>
+        <v>0</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I231" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C232" s="3">
-        <v>200</v>
+        <v>609.13</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F232" s="3">
-        <v>4</v>
+        <v>951</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
         <v>200</v>
       </c>
       <c r="I232" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C233" s="3">
-        <v>671.15</v>
+        <v>616.07</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F233" s="3">
-        <v>2730</v>
+        <v>881</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I233" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C234" s="3">
-        <v>1728.85</v>
+        <v>792.09</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F234" s="3">
-        <v>838</v>
+        <v>817</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I234" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C235" s="3">
-        <v>582.69</v>
+        <v>897.7</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F235" s="3">
-        <v>2327</v>
+        <v>856</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
         <v>100</v>
       </c>
       <c r="I235" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C236" s="3">
-        <v>1300</v>
+        <v>975.93</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F236" s="3">
-        <v>902</v>
+        <v>749</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I236" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C237" s="3">
-        <v>217.3</v>
+        <v>623.89</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F237" s="3">
-        <v>7602</v>
+        <v>932</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
         <v>200</v>
       </c>
       <c r="I237" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C238" s="3">
-        <v>325</v>
+        <v>897.7</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F238" s="3">
-        <v>12627</v>
+        <v>750</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I238" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C239" s="3">
-        <v>817.31</v>
+        <v>975.93</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F239" s="3">
-        <v>6423</v>
+        <v>920</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
         <v>100</v>
       </c>
       <c r="I239" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A240" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I240" s="2"/>
+      <c r="A240" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C240" s="3">
+        <v>1093.28</v>
+      </c>
+      <c r="D240" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E240" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F240" s="3">
+        <v>902</v>
+      </c>
+      <c r="G240" s="3">
+        <v>1</v>
+      </c>
+      <c r="H240" s="3">
+        <v>100</v>
+      </c>
+      <c r="I240" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C241" s="3">
-        <v>492.99</v>
+        <v>513</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F241" s="3">
         <v>0</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I241" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C242" s="3">
-        <v>1090.12</v>
+        <v>1003.9</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F242" s="3">
-        <v>56</v>
+        <v>6</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
         <v>65</v>
       </c>
       <c r="I242" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C243" s="3">
-        <v>1459.62</v>
+        <v>1046.39</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F243" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="I243" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C244" s="3">
-        <v>1603.77</v>
+        <v>1485.63</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F244" s="3">
         <v>0</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I244" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C245" s="3">
-        <v>1150.22</v>
+        <v>760.8</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F245" s="3">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>130</v>
+        <v>80</v>
       </c>
       <c r="I245" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C246" s="3">
-        <v>1143.22</v>
+        <v>1631.03</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F246" s="3">
         <v>0</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>112</v>
+        <v>50</v>
       </c>
       <c r="I246" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C247" s="3">
-        <v>881.77</v>
+        <v>839.03</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F247" s="3">
-        <v>0</v>
+        <v>945</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I247" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C248" s="3">
-        <v>987.12</v>
+        <v>966.14</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F248" s="3">
-        <v>0</v>
+        <v>328</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
         <v>65</v>
       </c>
       <c r="I248" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C249" s="3">
-        <v>1243.12</v>
+        <v>310.31</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F249" s="3">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>25</v>
+        <v>210</v>
       </c>
       <c r="I249" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A250" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A250" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B250" s="2"/>
+      <c r="C250" s="2"/>
+      <c r="D250" s="2"/>
+      <c r="E250" s="2"/>
+      <c r="F250" s="2"/>
+      <c r="G250" s="2"/>
+      <c r="H250" s="2"/>
+      <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C251" s="3">
-        <v>959.62</v>
+        <v>4295.46</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F251" s="3">
-        <v>957</v>
+        <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="I251" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C252" s="3">
-        <v>1460.8</v>
+        <v>881.3</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F252" s="3">
         <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C253" s="3">
-        <v>543.98</v>
+        <v>1469.22</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F253" s="3">
+        <v>0</v>
+      </c>
+      <c r="G253" s="3">
+        <v>1</v>
+      </c>
+      <c r="H253" s="3">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>210</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C254" s="3">
-        <v>999.99</v>
+        <v>1996.95</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F254" s="3">
-        <v>633</v>
+        <v>0</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="I254" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C255" s="3">
-        <v>748.08</v>
+        <v>1934.72</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F255" s="3">
-        <v>322</v>
+        <v>0</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="I255" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C256" s="3">
-        <v>1094.23</v>
+        <v>2852.27</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F256" s="3">
-        <v>271</v>
+        <v>0</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="I256" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C257" s="3">
-        <v>698.28</v>
+        <v>2146.45</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F257" s="3">
         <v>0</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>210</v>
+        <v>20</v>
       </c>
       <c r="I257" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C258" s="3">
-        <v>504.42</v>
+        <v>3672.46</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F258" s="3">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>210</v>
+        <v>20</v>
       </c>
       <c r="I258" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C259" s="3">
-        <v>305.12</v>
+        <v>3909.58</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F259" s="3">
-        <v>179</v>
+        <v>486</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>210</v>
+        <v>14</v>
       </c>
       <c r="I259" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C260" s="3">
-        <v>578.7</v>
+        <v>3420.64</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F260" s="3">
-        <v>0</v>
+        <v>788</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
-        <v>210</v>
+        <v>22</v>
       </c>
       <c r="I260" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C261" s="3">
-        <v>748.08</v>
+        <v>3361.97</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F261" s="3">
-        <v>156</v>
+        <v>526</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C262" s="3">
-        <v>882.69</v>
+        <v>1657.88</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F262" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I262" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C263" s="3">
-        <v>1921.15</v>
+        <v>1347.53</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F263" s="3">
-        <v>31</v>
+        <v>1126</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C264" s="3">
-        <v>882.69</v>
+        <v>2032.05</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F264" s="3">
-        <v>630</v>
+        <v>319</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="I264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C265" s="3">
-        <v>1459.62</v>
+        <v>3617.47</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F265" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="I265" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C266" s="3">
-        <v>598.95</v>
+        <v>1075.9</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F266" s="3">
-        <v>971</v>
+        <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I266" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C267" s="3">
-        <v>605.77</v>
+        <v>1288.85</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F267" s="3">
-        <v>917</v>
+        <v>741</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>200</v>
+        <v>65</v>
       </c>
       <c r="I267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C268" s="3">
-        <v>613.46</v>
+        <v>2032.05</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F268" s="3">
-        <v>955</v>
+        <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="I268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>825</v>
+        <v>3909.58</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F269" s="3">
-        <v>958</v>
+        <v>263</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>100</v>
+        <v>14</v>
       </c>
       <c r="I269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>778.85</v>
+        <v>829.2</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F270" s="3">
-        <v>897</v>
+        <v>117</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I270" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C271" s="3">
-        <v>882.69</v>
+        <v>1186.08</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F271" s="3">
-        <v>931</v>
+        <v>0</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I271" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A272" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B272" s="3" t="s">
+      <c r="A272" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="C272" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B272" s="2"/>
+      <c r="C272" s="2"/>
+      <c r="D272" s="2"/>
+      <c r="E272" s="2"/>
+      <c r="F272" s="2"/>
+      <c r="G272" s="2"/>
+      <c r="H272" s="2"/>
+      <c r="I272" s="2"/>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A273" s="3" t="s">
+      <c r="A273" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="B273" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B273" s="2"/>
+      <c r="C273" s="2"/>
+      <c r="D273" s="2"/>
+      <c r="E273" s="2"/>
+      <c r="F273" s="2"/>
+      <c r="G273" s="2"/>
+      <c r="H273" s="2"/>
+      <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="B274" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C274" s="3">
-        <v>882.69</v>
+        <v>545.65</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F274" s="3">
-        <v>896</v>
+        <v>1726</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="B275" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B275" s="3" t="s">
+      <c r="C275" s="3">
+        <v>594.32</v>
+      </c>
+      <c r="D275" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F275" s="3">
+        <v>2382</v>
+      </c>
+      <c r="G275" s="3">
+        <v>1</v>
+      </c>
+      <c r="H275" s="3">
+        <v>40</v>
+      </c>
+      <c r="I275" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A276" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="C275" s="3">
-[...22 lines deleted...]
-      <c r="A276" s="2" t="s">
+      <c r="B276" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B276" s="2"/>
-[...6 lines deleted...]
-      <c r="I276" s="2"/>
+      <c r="C276" s="3">
+        <v>598.07</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E276" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F276" s="3">
+        <v>365</v>
+      </c>
+      <c r="G276" s="3">
+        <v>1</v>
+      </c>
+      <c r="H276" s="3">
+        <v>60</v>
+      </c>
+      <c r="I276" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C277" s="3">
-        <v>2012.56</v>
+        <v>318.79</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F277" s="3">
-        <v>0</v>
+        <v>2912</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I277" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C278" s="3">
-        <v>1166.25</v>
+        <v>2344.97</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F278" s="3">
-        <v>0</v>
+        <v>2009</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="I278" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C279" s="3">
-        <v>1963.57</v>
+        <v>292</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F279" s="3">
-        <v>6</v>
+        <v>2821</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I279" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C280" s="3">
-        <v>1444.66</v>
+        <v>314.39</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F280" s="3">
-        <v>0</v>
+        <v>1822</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="I280" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C281" s="3">
-        <v>2348.62</v>
+        <v>209.62</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F281" s="3">
         <v>0</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="I281" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C282" s="3">
-        <v>2804.59</v>
+        <v>359.22</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F282" s="3">
-        <v>0</v>
+        <v>1670</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="I282" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C283" s="3">
-        <v>4391.35</v>
+        <v>375.51</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F283" s="3">
-        <v>0</v>
+        <v>1367</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I283" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C284" s="3">
-        <v>1057.92</v>
+        <v>527.44</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F284" s="3">
-        <v>0</v>
+        <v>418</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="I284" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C285" s="3">
-        <v>4012.3</v>
+        <v>1300.59</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F285" s="3">
-        <v>0</v>
+        <v>2388</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I285" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C286" s="3">
-        <v>815.34</v>
+        <v>400.93</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F286" s="3">
-        <v>186</v>
+        <v>1222</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="I286" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C287" s="3">
-        <v>4223.66</v>
+        <v>307.26</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F287" s="3">
-        <v>0</v>
+        <v>2836</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I287" s="3">
-        <v>1</v>
-[...288 lines deleted...]
-      <c r="I297" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A17:I17"/>
-    <mergeCell ref="A61:I61"/>
-[...16 lines deleted...]
-    <mergeCell ref="A276:I276"/>
+    <mergeCell ref="A59:I59"/>
+    <mergeCell ref="A62:I62"/>
+    <mergeCell ref="A107:I107"/>
+    <mergeCell ref="A111:I111"/>
+    <mergeCell ref="A112:I112"/>
+    <mergeCell ref="A145:I145"/>
+    <mergeCell ref="A146:I146"/>
+    <mergeCell ref="A156:I156"/>
+    <mergeCell ref="A160:I160"/>
+    <mergeCell ref="A175:I175"/>
+    <mergeCell ref="A189:I189"/>
+    <mergeCell ref="A200:I200"/>
+    <mergeCell ref="A202:I202"/>
+    <mergeCell ref="A203:I203"/>
+    <mergeCell ref="A219:I219"/>
+    <mergeCell ref="A250:I250"/>
+    <mergeCell ref="A272:I272"/>
+    <mergeCell ref="A273:I273"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D27" r:id="rId22"/>
     <hyperlink ref="D28" r:id="rId23"/>
@@ -10542,271 +10192,261 @@
     <hyperlink ref="D34" r:id="rId29"/>
     <hyperlink ref="D35" r:id="rId30"/>
     <hyperlink ref="D36" r:id="rId31"/>
     <hyperlink ref="D37" r:id="rId32"/>
     <hyperlink ref="D38" r:id="rId33"/>
     <hyperlink ref="D39" r:id="rId34"/>
     <hyperlink ref="D40" r:id="rId35"/>
     <hyperlink ref="D41" r:id="rId36"/>
     <hyperlink ref="D42" r:id="rId37"/>
     <hyperlink ref="D43" r:id="rId38"/>
     <hyperlink ref="D44" r:id="rId39"/>
     <hyperlink ref="D45" r:id="rId40"/>
     <hyperlink ref="D46" r:id="rId41"/>
     <hyperlink ref="D47" r:id="rId42"/>
     <hyperlink ref="D48" r:id="rId43"/>
     <hyperlink ref="D49" r:id="rId44"/>
     <hyperlink ref="D50" r:id="rId45"/>
     <hyperlink ref="D51" r:id="rId46"/>
     <hyperlink ref="D52" r:id="rId47"/>
     <hyperlink ref="D53" r:id="rId48"/>
     <hyperlink ref="D54" r:id="rId49"/>
     <hyperlink ref="D55" r:id="rId50"/>
     <hyperlink ref="D56" r:id="rId51"/>
     <hyperlink ref="D57" r:id="rId52"/>
     <hyperlink ref="D58" r:id="rId53"/>
-    <hyperlink ref="D59" r:id="rId54"/>
-[...2 lines deleted...]
-    <hyperlink ref="D63" r:id="rId57"/>
+    <hyperlink ref="D60" r:id="rId54"/>
+    <hyperlink ref="D61" r:id="rId55"/>
+    <hyperlink ref="D63" r:id="rId56"/>
+    <hyperlink ref="D64" r:id="rId57"/>
     <hyperlink ref="D65" r:id="rId58"/>
     <hyperlink ref="D66" r:id="rId59"/>
     <hyperlink ref="D67" r:id="rId60"/>
     <hyperlink ref="D68" r:id="rId61"/>
     <hyperlink ref="D69" r:id="rId62"/>
     <hyperlink ref="D70" r:id="rId63"/>
     <hyperlink ref="D71" r:id="rId64"/>
     <hyperlink ref="D72" r:id="rId65"/>
     <hyperlink ref="D73" r:id="rId66"/>
     <hyperlink ref="D74" r:id="rId67"/>
     <hyperlink ref="D75" r:id="rId68"/>
     <hyperlink ref="D76" r:id="rId69"/>
     <hyperlink ref="D77" r:id="rId70"/>
     <hyperlink ref="D78" r:id="rId71"/>
     <hyperlink ref="D79" r:id="rId72"/>
     <hyperlink ref="D80" r:id="rId73"/>
     <hyperlink ref="D81" r:id="rId74"/>
     <hyperlink ref="D82" r:id="rId75"/>
     <hyperlink ref="D83" r:id="rId76"/>
     <hyperlink ref="D84" r:id="rId77"/>
     <hyperlink ref="D85" r:id="rId78"/>
     <hyperlink ref="D86" r:id="rId79"/>
     <hyperlink ref="D87" r:id="rId80"/>
     <hyperlink ref="D88" r:id="rId81"/>
     <hyperlink ref="D89" r:id="rId82"/>
     <hyperlink ref="D90" r:id="rId83"/>
     <hyperlink ref="D91" r:id="rId84"/>
     <hyperlink ref="D92" r:id="rId85"/>
     <hyperlink ref="D93" r:id="rId86"/>
     <hyperlink ref="D94" r:id="rId87"/>
     <hyperlink ref="D95" r:id="rId88"/>
     <hyperlink ref="D96" r:id="rId89"/>
     <hyperlink ref="D97" r:id="rId90"/>
     <hyperlink ref="D98" r:id="rId91"/>
     <hyperlink ref="D99" r:id="rId92"/>
     <hyperlink ref="D100" r:id="rId93"/>
     <hyperlink ref="D101" r:id="rId94"/>
     <hyperlink ref="D102" r:id="rId95"/>
     <hyperlink ref="D103" r:id="rId96"/>
     <hyperlink ref="D104" r:id="rId97"/>
     <hyperlink ref="D105" r:id="rId98"/>
     <hyperlink ref="D106" r:id="rId99"/>
-    <hyperlink ref="D107" r:id="rId100"/>
-[...4 lines deleted...]
-    <hyperlink ref="D113" r:id="rId105"/>
+    <hyperlink ref="D108" r:id="rId100"/>
+    <hyperlink ref="D109" r:id="rId101"/>
+    <hyperlink ref="D110" r:id="rId102"/>
+    <hyperlink ref="D113" r:id="rId103"/>
+    <hyperlink ref="D114" r:id="rId104"/>
+    <hyperlink ref="D115" r:id="rId105"/>
     <hyperlink ref="D116" r:id="rId106"/>
     <hyperlink ref="D117" r:id="rId107"/>
     <hyperlink ref="D118" r:id="rId108"/>
     <hyperlink ref="D119" r:id="rId109"/>
     <hyperlink ref="D120" r:id="rId110"/>
     <hyperlink ref="D121" r:id="rId111"/>
     <hyperlink ref="D122" r:id="rId112"/>
     <hyperlink ref="D123" r:id="rId113"/>
     <hyperlink ref="D124" r:id="rId114"/>
-    <hyperlink ref="D126" r:id="rId115"/>
-[...27 lines deleted...]
-    <hyperlink ref="D156" r:id="rId143"/>
+    <hyperlink ref="D125" r:id="rId115"/>
+    <hyperlink ref="D126" r:id="rId116"/>
+    <hyperlink ref="D127" r:id="rId117"/>
+    <hyperlink ref="D128" r:id="rId118"/>
+    <hyperlink ref="D129" r:id="rId119"/>
+    <hyperlink ref="D130" r:id="rId120"/>
+    <hyperlink ref="D131" r:id="rId121"/>
+    <hyperlink ref="D132" r:id="rId122"/>
+    <hyperlink ref="D133" r:id="rId123"/>
+    <hyperlink ref="D134" r:id="rId124"/>
+    <hyperlink ref="D135" r:id="rId125"/>
+    <hyperlink ref="D136" r:id="rId126"/>
+    <hyperlink ref="D137" r:id="rId127"/>
+    <hyperlink ref="D138" r:id="rId128"/>
+    <hyperlink ref="D139" r:id="rId129"/>
+    <hyperlink ref="D140" r:id="rId130"/>
+    <hyperlink ref="D141" r:id="rId131"/>
+    <hyperlink ref="D142" r:id="rId132"/>
+    <hyperlink ref="D143" r:id="rId133"/>
+    <hyperlink ref="D144" r:id="rId134"/>
+    <hyperlink ref="D147" r:id="rId135"/>
+    <hyperlink ref="D148" r:id="rId136"/>
+    <hyperlink ref="D149" r:id="rId137"/>
+    <hyperlink ref="D150" r:id="rId138"/>
+    <hyperlink ref="D151" r:id="rId139"/>
+    <hyperlink ref="D152" r:id="rId140"/>
+    <hyperlink ref="D153" r:id="rId141"/>
+    <hyperlink ref="D154" r:id="rId142"/>
+    <hyperlink ref="D155" r:id="rId143"/>
     <hyperlink ref="D157" r:id="rId144"/>
-    <hyperlink ref="D159" r:id="rId145"/>
-    <hyperlink ref="D160" r:id="rId146"/>
+    <hyperlink ref="D158" r:id="rId145"/>
+    <hyperlink ref="D159" r:id="rId146"/>
     <hyperlink ref="D161" r:id="rId147"/>
     <hyperlink ref="D162" r:id="rId148"/>
     <hyperlink ref="D163" r:id="rId149"/>
     <hyperlink ref="D164" r:id="rId150"/>
     <hyperlink ref="D165" r:id="rId151"/>
     <hyperlink ref="D166" r:id="rId152"/>
     <hyperlink ref="D167" r:id="rId153"/>
     <hyperlink ref="D168" r:id="rId154"/>
-    <hyperlink ref="D170" r:id="rId155"/>
-[...27 lines deleted...]
-    <hyperlink ref="D200" r:id="rId183"/>
+    <hyperlink ref="D169" r:id="rId155"/>
+    <hyperlink ref="D170" r:id="rId156"/>
+    <hyperlink ref="D171" r:id="rId157"/>
+    <hyperlink ref="D172" r:id="rId158"/>
+    <hyperlink ref="D173" r:id="rId159"/>
+    <hyperlink ref="D174" r:id="rId160"/>
+    <hyperlink ref="D176" r:id="rId161"/>
+    <hyperlink ref="D177" r:id="rId162"/>
+    <hyperlink ref="D178" r:id="rId163"/>
+    <hyperlink ref="D179" r:id="rId164"/>
+    <hyperlink ref="D180" r:id="rId165"/>
+    <hyperlink ref="D181" r:id="rId166"/>
+    <hyperlink ref="D182" r:id="rId167"/>
+    <hyperlink ref="D183" r:id="rId168"/>
+    <hyperlink ref="D184" r:id="rId169"/>
+    <hyperlink ref="D185" r:id="rId170"/>
+    <hyperlink ref="D186" r:id="rId171"/>
+    <hyperlink ref="D187" r:id="rId172"/>
+    <hyperlink ref="D188" r:id="rId173"/>
+    <hyperlink ref="D190" r:id="rId174"/>
+    <hyperlink ref="D191" r:id="rId175"/>
+    <hyperlink ref="D192" r:id="rId176"/>
+    <hyperlink ref="D193" r:id="rId177"/>
+    <hyperlink ref="D194" r:id="rId178"/>
+    <hyperlink ref="D195" r:id="rId179"/>
+    <hyperlink ref="D196" r:id="rId180"/>
+    <hyperlink ref="D197" r:id="rId181"/>
+    <hyperlink ref="D198" r:id="rId182"/>
+    <hyperlink ref="D199" r:id="rId183"/>
     <hyperlink ref="D201" r:id="rId184"/>
-    <hyperlink ref="D202" r:id="rId185"/>
-[...3 lines deleted...]
-    <hyperlink ref="D206" r:id="rId189"/>
+    <hyperlink ref="D204" r:id="rId185"/>
+    <hyperlink ref="D205" r:id="rId186"/>
+    <hyperlink ref="D206" r:id="rId187"/>
+    <hyperlink ref="D207" r:id="rId188"/>
+    <hyperlink ref="D208" r:id="rId189"/>
     <hyperlink ref="D209" r:id="rId190"/>
     <hyperlink ref="D210" r:id="rId191"/>
     <hyperlink ref="D211" r:id="rId192"/>
     <hyperlink ref="D212" r:id="rId193"/>
     <hyperlink ref="D213" r:id="rId194"/>
     <hyperlink ref="D214" r:id="rId195"/>
     <hyperlink ref="D215" r:id="rId196"/>
     <hyperlink ref="D216" r:id="rId197"/>
     <hyperlink ref="D217" r:id="rId198"/>
     <hyperlink ref="D218" r:id="rId199"/>
-    <hyperlink ref="D219" r:id="rId200"/>
-[...52 lines deleted...]
-    <hyperlink ref="D275" r:id="rId253"/>
+    <hyperlink ref="D220" r:id="rId200"/>
+    <hyperlink ref="D221" r:id="rId201"/>
+    <hyperlink ref="D222" r:id="rId202"/>
+    <hyperlink ref="D223" r:id="rId203"/>
+    <hyperlink ref="D224" r:id="rId204"/>
+    <hyperlink ref="D225" r:id="rId205"/>
+    <hyperlink ref="D226" r:id="rId206"/>
+    <hyperlink ref="D227" r:id="rId207"/>
+    <hyperlink ref="D228" r:id="rId208"/>
+    <hyperlink ref="D229" r:id="rId209"/>
+    <hyperlink ref="D230" r:id="rId210"/>
+    <hyperlink ref="D231" r:id="rId211"/>
+    <hyperlink ref="D232" r:id="rId212"/>
+    <hyperlink ref="D233" r:id="rId213"/>
+    <hyperlink ref="D234" r:id="rId214"/>
+    <hyperlink ref="D235" r:id="rId215"/>
+    <hyperlink ref="D236" r:id="rId216"/>
+    <hyperlink ref="D237" r:id="rId217"/>
+    <hyperlink ref="D238" r:id="rId218"/>
+    <hyperlink ref="D239" r:id="rId219"/>
+    <hyperlink ref="D240" r:id="rId220"/>
+    <hyperlink ref="D241" r:id="rId221"/>
+    <hyperlink ref="D242" r:id="rId222"/>
+    <hyperlink ref="D243" r:id="rId223"/>
+    <hyperlink ref="D244" r:id="rId224"/>
+    <hyperlink ref="D245" r:id="rId225"/>
+    <hyperlink ref="D246" r:id="rId226"/>
+    <hyperlink ref="D247" r:id="rId227"/>
+    <hyperlink ref="D248" r:id="rId228"/>
+    <hyperlink ref="D249" r:id="rId229"/>
+    <hyperlink ref="D251" r:id="rId230"/>
+    <hyperlink ref="D252" r:id="rId231"/>
+    <hyperlink ref="D253" r:id="rId232"/>
+    <hyperlink ref="D254" r:id="rId233"/>
+    <hyperlink ref="D255" r:id="rId234"/>
+    <hyperlink ref="D256" r:id="rId235"/>
+    <hyperlink ref="D257" r:id="rId236"/>
+    <hyperlink ref="D258" r:id="rId237"/>
+    <hyperlink ref="D259" r:id="rId238"/>
+    <hyperlink ref="D260" r:id="rId239"/>
+    <hyperlink ref="D261" r:id="rId240"/>
+    <hyperlink ref="D262" r:id="rId241"/>
+    <hyperlink ref="D263" r:id="rId242"/>
+    <hyperlink ref="D264" r:id="rId243"/>
+    <hyperlink ref="D265" r:id="rId244"/>
+    <hyperlink ref="D266" r:id="rId245"/>
+    <hyperlink ref="D267" r:id="rId246"/>
+    <hyperlink ref="D268" r:id="rId247"/>
+    <hyperlink ref="D269" r:id="rId248"/>
+    <hyperlink ref="D270" r:id="rId249"/>
+    <hyperlink ref="D271" r:id="rId250"/>
+    <hyperlink ref="D274" r:id="rId251"/>
+    <hyperlink ref="D275" r:id="rId252"/>
+    <hyperlink ref="D276" r:id="rId253"/>
     <hyperlink ref="D277" r:id="rId254"/>
     <hyperlink ref="D278" r:id="rId255"/>
     <hyperlink ref="D279" r:id="rId256"/>
     <hyperlink ref="D280" r:id="rId257"/>
     <hyperlink ref="D281" r:id="rId258"/>
     <hyperlink ref="D282" r:id="rId259"/>
     <hyperlink ref="D283" r:id="rId260"/>
     <hyperlink ref="D284" r:id="rId261"/>
     <hyperlink ref="D285" r:id="rId262"/>
     <hyperlink ref="D286" r:id="rId263"/>
     <hyperlink ref="D287" r:id="rId264"/>
-    <hyperlink ref="D288" r:id="rId265"/>
-[...8 lines deleted...]
-    <hyperlink ref="D297" r:id="rId274"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>