--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -48,1698 +48,1698 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светодиодные ленты</t>
   </si>
   <si>
     <t>1.1 Светодиодная лента Lamper</t>
   </si>
   <si>
     <t>1.1.1 Светодиодная лента 5В</t>
   </si>
   <si>
+    <t>141-385</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>141-386</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 3000K, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-383</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-387</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 4,8Вт/м, 60 LED/м, RGB, 10мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2009</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD5050, 7,2Вт/м, 30 LED/м, RGB, 10мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>141-382</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-384</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-381</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 1м, с USB коннектором, черная, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2002</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>141-2003</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2001</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 2м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-2004</t>
   </si>
   <si>
     <t>Лента светодиодная 5В, SMD2835, 4,8Вт/м, 60 LED/м, 2700K, 8мм, 3м, с USB коннектором, черная, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-383</t>
-[...49 lines deleted...]
-  <si>
     <t>1.1.2 Светодиодная лента 12В</t>
   </si>
   <si>
+    <t>141-2011</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 20м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2026</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-367</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 6000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-368</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 19,2 Вт/м, 120 LED/м, 3000К, 10мм, 50м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-396</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-331</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, красный, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-336</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 8мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-365</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-355</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-352</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, желтый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-354</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, зеленый, 8мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-356</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-389</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-499</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, RGB, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-496</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-465</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500K, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-464</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, зеленый, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-463</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2013</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2021</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2022</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2023</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2024</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2027</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2029</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 6500К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2030</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2031</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 4000К, 10мм, 3м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2032</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD3030, 10,5Вт/м, 30 LED/м, RGB, 10мм, 3м, с разьемом для контроллера 4PIN, IP20 LAMPER</t>
+  </si>
+  <si>
+    <t>141-231</t>
+  </si>
+  <si>
+    <t>LED лента 12 В, 12 мм, IP23, SMD 5730, 60 LED/m, 12 V, цвет свечения белый (6000 K)</t>
+  </si>
+  <si>
+    <t>141-2016</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 2700К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>141-2028</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 2700К, 10мм, 5м, для БП с клеммами, IP65 LAMPER</t>
+  </si>
+  <si>
     <t>141-2015</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500К, 8мм, 5м, для БП с клеммами, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-212</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-466</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, 3000K, 10мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-395</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6 Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-396</t>
-[...2 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 LAMPER</t>
+    <t>141-333</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, синий, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
     <t>141-493</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, синий, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
     <t>141-335</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 4,8Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-331</t>
-[...46 lines deleted...]
-  <si>
     <t>141-492</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD5050, 14,4Вт/м, 60 LED/м, желтый, 10мм, 5м, IP65 LAMPER</t>
   </si>
   <si>
-    <t>141-496</t>
-[...46 lines deleted...]
-  <si>
     <t>141-332</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 8 мм, IP23, SMD 2835, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
     <t>141-462</t>
   </si>
   <si>
     <t>LED лента 5м открытая, 10 мм, IP23, SMD 5050, 60 LED/m, 12 V, цвет свечения желтый LAMPER</t>
   </si>
   <si>
-    <t>141-231</t>
-[...88 lines deleted...]
-  <si>
     <t>1.1.3 Светодиодная лента 24В</t>
   </si>
   <si>
+    <t>141-632</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD5050, 14,4Вт/м, 60 LED/м, 3000К, 10мм, 5м, IP20 LAMPER</t>
+  </si>
+  <si>
     <t>141-622</t>
   </si>
   <si>
     <t>Лента светодиодная 24В, SMD2835, 19,2Вт/м, 240 LED/м, 3000К, 15мм, 5м, IP20 LAMPER</t>
   </si>
   <si>
-    <t>141-632</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.4 Аксессуары 12-24В</t>
   </si>
   <si>
     <t>144-013</t>
   </si>
   <si>
     <t>Коннектор соединительный для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>144-008</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-103-2</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (полусенсорное управление) LAMPER</t>
+  </si>
+  <si>
     <t>144-102</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>143-105-2</t>
+  </si>
+  <si>
+    <t>Светодиодный мини диммер радио (RF) с пультом Д/У 72 W/144 W, 9 кнопок</t>
+  </si>
+  <si>
+    <t>143-103-1</t>
+  </si>
+  <si>
+    <t>LED RGB контроллер 2.4G (сенсорное управление) LAMPER</t>
+  </si>
+  <si>
+    <t>144-126-1</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-021</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм IP65 LAMPER</t>
+  </si>
+  <si>
+    <t>144-016</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-133</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент с влагозащитой шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-027</t>
+  </si>
+  <si>
+    <t>Коннектор питания (1 разъем) для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-012</t>
+  </si>
+  <si>
+    <t>Коннектор питания для одноцветных светодиодных лент шириной 8 мм 120 диодов/метр LAMPER</t>
+  </si>
+  <si>
+    <t>144-023</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 8 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-025</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для одноцветных светодиодных лент с влагозащитой шириной 10 мм, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-014</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент 120 диодов/метр, длина 15 см LAMPER</t>
+  </si>
+  <si>
+    <t>143-106</t>
+  </si>
+  <si>
+    <t>LED мини контроллер с разъемом 5,5х2,1 мм 72/144 W, 3 кнопки, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>144-113</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный  для RGB светодиодных лент шириной 10 мм и контроллеров, длина 30 см LAMPER</t>
+  </si>
+  <si>
+    <t>144-028</t>
+  </si>
+  <si>
+    <t>Коннектор питания для RGB светодиодных лент (IP65) шириной 10мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-106</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-104</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-098</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-099</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-1</t>
+  </si>
+  <si>
+    <t>LED мини диммер радио  72/144 W, 3 кнопки,12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-4</t>
+  </si>
+  <si>
+    <t>LED мини контроллер радио (RF) 72 W/144 W, 17 кнопок, 12 V/24 V</t>
+  </si>
+  <si>
+    <t>143-106-5</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный, инфракрасный (IR), 72Вт/144Вт, 44 кнопки, 12В/24В LAMPER</t>
+  </si>
+  <si>
+    <t>144-128</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-129</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-107-1</t>
+  </si>
+  <si>
+    <t>Сенсорный диммер/выключатель с коннектором 5,5х2,1 мм</t>
+  </si>
+  <si>
+    <t>144-127</t>
+  </si>
+  <si>
+    <t>Плата соединительная (X) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
+  </si>
+  <si>
+    <t>143-105-3</t>
+  </si>
+  <si>
+    <t>Сенсорный выключатель для светодиодной ленты, 5,5х2,1 мм, 12/24 В, 36/72 Вт, 3 А</t>
+  </si>
+  <si>
+    <t>144-125</t>
+  </si>
+  <si>
+    <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
     <t>144-124-1</t>
   </si>
   <si>
     <t>Плата соединительная (T) для одноцветных светодиодных лент шириной 8 мм LAMPER</t>
   </si>
   <si>
+    <t>144-006</t>
+  </si>
+  <si>
+    <t>Коннектор стыковочный для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
     <t>144-004</t>
   </si>
   <si>
     <t>Коннектор соединительный (2 разъема) для RGB светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>144-106-1</t>
   </si>
   <si>
     <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой LAMPER</t>
   </si>
   <si>
     <t>144-021-10</t>
   </si>
   <si>
     <t>Коннектор стыковочный для одноцветных светодиодных лент с влагозащитой шириной 10 мм LAMPER</t>
   </si>
   <si>
-    <t>143-106-5</t>
-[...10 lines deleted...]
-  <si>
     <t>143-101-3</t>
   </si>
   <si>
     <t>LED RGB контроллер инфракрасный (IR) 12 V/6 A инфракрасный (IR) LAMPER</t>
   </si>
   <si>
-    <t>144-027</t>
-[...20 lines deleted...]
-    <t>Монтажная клипса для светодиодной ленты с влагозащитой шириной 10 мм LAMPER</t>
+    <t>143-106-7</t>
+  </si>
+  <si>
+    <t>LED контроллер для светодиодной ленты White Mix 12/24 В, 72/144 Вт, 24 кнопки  (IR)</t>
+  </si>
+  <si>
+    <t>144-123</t>
+  </si>
+  <si>
+    <t>Плата соединительная (L) для RGB светодиодных лент шириной 10 мм LAMPER</t>
+  </si>
+  <si>
+    <t>144-003</t>
+  </si>
+  <si>
+    <t>Коннектор соединительный (2 разъема) для одноцветных светодиодных лент шириной 10 мм, длина 15 см LAMPER</t>
   </si>
   <si>
     <t>143-106-3</t>
   </si>
   <si>
     <t>Мини-контроллер сетодиодный RGB, радио (RF), 20 кнопок 12-24В/6А LAMPER</t>
   </si>
   <si>
-    <t>144-125</t>
-[...38 lines deleted...]
-    <t>Коннектор питания с джеком для одноцветных светодиодных лент 120 диодов/метр с влагозащитой, 24В LAMPER</t>
+    <t>143-106-2</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, радио (RF), 10 кнопок 12-24В/6А LAMPER</t>
+  </si>
+  <si>
+    <t>143-106-1</t>
+  </si>
+  <si>
+    <t>Мини-контроллер светодиодный RGB, инфракрасный (IR), 6 кнопок, 12-24В/6А LAMPER</t>
   </si>
   <si>
     <t>143-103-3</t>
   </si>
   <si>
     <t>LED диммер 12-24 V, 2.4G одноканальный беспроводной с пультом Д/У</t>
   </si>
   <si>
-    <t>144-012</t>
-[...130 lines deleted...]
-  <si>
     <t>1.1.5 Готовые комплекты</t>
   </si>
   <si>
+    <t>142-402</t>
+  </si>
+  <si>
+    <t>Комплект светодиодной ленты 5 м с блоком питания и RGB контроллером IP65, свечение RGB LAMPER</t>
+  </si>
+  <si>
+    <t>142-401</t>
+  </si>
+  <si>
+    <t>Комплект светодиодной ленты 5 м с блоком питания IP65, холодное белое свечение 6500 К LAMPER</t>
+  </si>
+  <si>
     <t>142-909</t>
   </si>
   <si>
     <t>Комплект светодиодной ленты 5 м с блоком питания IP65, теплое белое свечение 3000 К LAMPER</t>
   </si>
   <si>
-    <t>142-401</t>
-[...10 lines deleted...]
-  <si>
     <t>1.2 Светодиодная лента NEON-NIGHT 220В</t>
   </si>
   <si>
     <t>1.2.1 Аксессуары для ленты 220В</t>
   </si>
   <si>
+    <t>142-008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заглушка для светодиодной ленты 220В, SMD 5050 </t>
+  </si>
+  <si>
+    <t>124-024</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6,5x15мм, до 100м (шнур питания 8А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>124-026</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 7,5x20мм, до 50м (шнур питания 4А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>142-041</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 13.5х6.5 мм</t>
+  </si>
+  <si>
+    <t>142-042</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 9.5х6 мм</t>
+  </si>
+  <si>
+    <t>142-043</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 14.5х7.5 мм</t>
+  </si>
+  <si>
+    <t>142-044</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 6.5х15 мм</t>
+  </si>
+  <si>
+    <t>142-046</t>
+  </si>
+  <si>
+    <t>Муфта соединительная T для светодиодной ленты 220 В 6.5х17 мм</t>
+  </si>
+  <si>
+    <t>142-051</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 13.5х6.5 мм</t>
+  </si>
+  <si>
+    <t>142-053</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 14.5х7.5 мм</t>
+  </si>
+  <si>
+    <t>142-054</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 6.5х15 мм</t>
+  </si>
+  <si>
+    <t>142-056</t>
+  </si>
+  <si>
+    <t>Муфта соединительная L для светодиодной ленты 220 В 6.5х17 мм</t>
+  </si>
+  <si>
+    <t>142-012</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6x10.6 мм</t>
+  </si>
+  <si>
+    <t>124-022</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6x10,6мм, до 100м (шнур питания 8А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>142-015</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6.5x17 мм</t>
+  </si>
+  <si>
+    <t>142-016</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 7.5x20 мм</t>
+  </si>
+  <si>
+    <t>124-023</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6,5x13мм, до 100м (шнур питания 8А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>124-025</t>
+  </si>
+  <si>
+    <t>Установочный комплект для светодиодной ленты 220В, 6,5x17мм, до 50м (шнур питания 4А, заглушка, коннектор)</t>
+  </si>
+  <si>
+    <t>142-022</t>
+  </si>
+  <si>
+    <t>Заглушка для LED ленты 220 В 6x10.6 мм</t>
+  </si>
+  <si>
+    <t>142-024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Заглушка для светодиодной ленты 220В, 6,5x15мм </t>
+  </si>
+  <si>
     <t>142-026</t>
   </si>
   <si>
     <t>Заглушка для LED ленты 220 В 7.5x20 мм</t>
   </si>
   <si>
     <t>142-032</t>
   </si>
   <si>
     <t>Коннектор соединительный для LED ленты 220 В 6x10.6 мм</t>
   </si>
   <si>
     <t>142-033</t>
   </si>
   <si>
     <t xml:space="preserve">Коннектор соединительный для светодиодной ленты 220В, 6,5x13мм </t>
   </si>
   <si>
+    <t>142-035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор соединительный для светодиодной ленты 220В, 6,5x17мм </t>
+  </si>
+  <si>
+    <t>142-036</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор соединительный для светодиодной ленты 220В, 7,5x20мм </t>
+  </si>
+  <si>
+    <t>142-013</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6.5x13 мм</t>
+  </si>
+  <si>
+    <t>142-014</t>
+  </si>
+  <si>
+    <t>Монтажная клипса для LED ленты 220 В 6.5x15 мм</t>
+  </si>
+  <si>
+    <t>142-025</t>
+  </si>
+  <si>
+    <t>Заглушка для LED ленты 220 В 6.5x17 мм</t>
+  </si>
+  <si>
     <t>142-034</t>
   </si>
   <si>
     <t>Коннектор соединительный для LED ленты 220 В 6.5x15 мм</t>
   </si>
   <si>
-    <t>142-036</t>
-[...4 lines deleted...]
-  <si>
     <t>142-004</t>
   </si>
   <si>
     <t>Коннектор соединительный для светодиодной ленты 220В, SMD 5050</t>
   </si>
   <si>
-    <t>142-013</t>
-[...70 lines deleted...]
-  <si>
     <t>142-006</t>
   </si>
   <si>
     <t>Клипса монтажная для светодиодной ленты 220В, SMD 5050</t>
   </si>
   <si>
-    <t>142-041</t>
-[...64 lines deleted...]
-  <si>
     <t>142-003</t>
   </si>
   <si>
     <t>Коннектор соединительный для LED ленты 220 В SMD 2835</t>
   </si>
   <si>
-    <t>142-008</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3 Светодиодная лента REXANT</t>
   </si>
   <si>
-    <t>1.3.1 Светодиодная лента 12В Rexant</t>
+    <t>1.3.1 Светодиодная лента 24В Rexant</t>
+  </si>
+  <si>
+    <t>141-637</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 3000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-639</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 6500K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-638</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, SMD2835, 9,6Вт/м, 120 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.3.2 Светодиодная лента СОВ</t>
+  </si>
+  <si>
+    <t>147-104</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 3000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-111</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-116</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, COB 8Вт/м, 320 LED/м, оранжевый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-101</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-105</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 4000К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-100</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-102</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 10Вт/м, 384 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-103</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 12Вт/м, 720 LED/м, RGB, 10мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-112</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-113</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, зеленый, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-114</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, красный, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-106</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 14Вт/м, 512 LED/м, 6500К, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-110</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>147-115</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 24В, COB 8Вт/м, 320 LED/м, синий, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>1.3.3 Аксессуары СОВ</t>
+  </si>
+  <si>
+    <t>148-101</t>
+  </si>
+  <si>
+    <t>Коннектор питания с проводами для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор L-образный для одноцветной светодиодной ленты COB 8мм </t>
+  </si>
+  <si>
+    <t>148-108</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный гибкий для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-110</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-109</t>
+  </si>
+  <si>
+    <t>Коннектор с джеком для подключения к контроллеру светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-111</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-102</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коннектор I-образный гибкий удлиненный для одноцветной светодиодной ленты COB 8мм REXANT </t>
+  </si>
+  <si>
+    <t>148-107</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для светодиодной ленты RGB COB 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-112</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для одноцветной светодиодной ленты СОВ 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-106</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный гибкий для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-100</t>
+  </si>
+  <si>
+    <t>Коннектор питания с джеком 5,5x2,1мм для одноцветной светодиодной ленты COB 8мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.4 Аксессуары SMD</t>
+  </si>
+  <si>
+    <t>148-115</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-121</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-122</t>
+  </si>
+  <si>
+    <t>Коннектор Х-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-113</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-114</t>
+  </si>
+  <si>
+    <t>Коннектор I-образный для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-117</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-118</t>
+  </si>
+  <si>
+    <t>Коннектор L-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-119</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 8мм REXANT</t>
+  </si>
+  <si>
+    <t>148-120</t>
+  </si>
+  <si>
+    <t>Коннектор T-образный для светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>148-116</t>
+  </si>
+  <si>
+    <t>Коннектор с проводами для одноцветной светодиодной ленты SMD 10мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3.5 Лента для бани и сауны</t>
+  </si>
+  <si>
+    <t>141-641</t>
+  </si>
+  <si>
+    <t>Лента светодиодная для бани и сауны 24В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 16мм, 5м, IP68 REXANT</t>
+  </si>
+  <si>
+    <t>1.3.6 Светодиодная лента 12В Rexant</t>
   </si>
   <si>
     <t>141-218</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 50м, IP20 REXANT</t>
   </si>
   <si>
+    <t>141-223</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 50м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-221</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>141-217</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
+  </si>
+  <si>
     <t>141-220</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-217</t>
-[...4 lines deleted...]
-  <si>
     <t>141-224</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 19,2Вт/м, 240 LED/м, 4000K, 10мм, 5м,IP20 REXANT</t>
   </si>
   <si>
     <t>141-214</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-221</t>
-[...2 lines deleted...]
-    <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 4000K, 8мм, 5м, IP20 REXANT</t>
+    <t>141-213</t>
+  </si>
+  <si>
+    <t>Лента светодиодная 12В, SMD2835, 9,6Вт/м, 60 LED/м, 3000K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
     <t>141-222</t>
   </si>
   <si>
     <t>Лента светодиодная 12В, SMD2835, 14,4Вт/м, 120 LED/м, 6500K, 8мм, 5м, IP20 REXANT</t>
   </si>
   <si>
-    <t>141-223</t>
-[...271 lines deleted...]
-  <si>
     <t>1.4 Источники питания (блоки питания) REXANT</t>
   </si>
   <si>
     <t>1.4.1 Сетевые адаптеры IP43</t>
   </si>
   <si>
+    <t>200-024-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5x2,1, белый корпус (IP43) </t>
+  </si>
+  <si>
+    <t>200-005-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 1А, 5Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-012-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 2А, 10Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-024-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 1А, 24Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
     <t>200-050-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 4,5А, 54Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
     <t>200-005-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 0,5А, 6Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
+    <t>200-012-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 1А, 12Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-150-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 12,5А, 150Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-036-5</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 4А, 20Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>200-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 6А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
+    <t>201-072-3</t>
+  </si>
+  <si>
+    <t>Блок питания (сетевой адаптер) AC 110-250В/DC 24В, 3А, 72Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
+  </si>
+  <si>
     <t>200-024-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-240В/DC 12В, 2А, 24Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
     <t>200-036-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 3А, 36Вт с DC разъемом подключения 5,5x2,1 (IP43)</t>
   </si>
   <si>
-    <t>200-150-3</t>
-[...4 lines deleted...]
-  <si>
     <t>200-024-5</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 5В, 3А, 15Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
-    <t>201-072-3</t>
-[...22 lines deleted...]
-  <si>
     <t>200-100-3</t>
   </si>
   <si>
     <t>Блок питания (сетевой адаптер) AC 110-250В/DC 12В, 9А, 100Вт с DC разъемом подключения 5,5х2,1 (IP43)</t>
   </si>
   <si>
-    <t>200-024-6</t>
-[...22 lines deleted...]
-  <si>
     <t>1.4.2 Источники в защитном кожухе IP20</t>
   </si>
   <si>
+    <t>200-100-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 9 A 100 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
     <t>200-150-1</t>
   </si>
   <si>
     <t>Источник питания 110-250 V AC/12 V DC 12,5 A 150 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
+    <t>201-150-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 6,25A 150W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>201-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания AC 110-250V/DC 24V 3A 72W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-1058</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1055</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1035</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 24Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1036</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1038</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-024-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 2 A 24 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
     <t>201-024-1</t>
   </si>
   <si>
     <t>Источник питания AC 110-250V/DC 24V 1A 24W с разъемами под винт (IP20)</t>
   </si>
   <si>
-    <t>200-024-1</t>
-[...2 lines deleted...]
-    <t>Источник питания 110-250 V AC/12 V DC 2 A 24 W с разъемами под винт, без влагозащиты (IP20)</t>
+    <t>200-1059</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1052</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с разъёмами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1050</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с разъемами под винт, IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-072-1</t>
+  </si>
+  <si>
+    <t>Источник питания 220 V AC/12 V DC 6 A 72 W с разъемами под винт, без влагозащиты (IP23)</t>
+  </si>
+  <si>
+    <t>200-1033</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 48 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-150-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 150W с разъёмами под винт (IP20)</t>
   </si>
   <si>
     <t>200-036-1</t>
   </si>
   <si>
     <t>Источник питания 110-250 V AC/12 V DC 3 A 36 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
-    <t>200-100-1</t>
-[...2 lines deleted...]
-    <t>Источник питания 110-250 V AC/12 V DC 9 A 100 W с разъемами под винт, без влагозащиты (IP20)</t>
+    <t>200-005-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 0,5 A 6 W с разъемами под винт, без влагозащиты (IP20)</t>
+  </si>
+  <si>
+    <t>200-100-4</t>
+  </si>
+  <si>
+    <t>Источник питания компактный 12V, 108W с разъемами под винт (IP20)</t>
+  </si>
+  <si>
+    <t>200-012-1</t>
+  </si>
+  <si>
+    <t>Источник питания 110-250 V AC/12 V DC 1 A 12 W с разъемами под винт, без влагозащиты (IP20)</t>
   </si>
   <si>
     <t>200-1057</t>
   </si>
   <si>
     <t>Источник питания (драйвер) 12В, 100 Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
     <t>200-1056</t>
   </si>
   <si>
     <t>Источник питания (драйвер) 24В, 100Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
-    <t>200-1055</t>
-[...2 lines deleted...]
-    <t>Источник питания (драйвер) 12В, 150Вт с разъёмами под винт, IP20 REXANT</t>
+    <t>200-1030</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 18Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1031</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 24 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1032</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 36Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1034</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60 Вт с разъёмами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1037</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 48Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
+  </si>
+  <si>
+    <t>200-1039</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 72Вт с разъемами под винт, ультратонкий IP20 REXANT</t>
   </si>
   <si>
     <t>200-1054</t>
   </si>
   <si>
     <t>Источник питания (драйвер) 24В, 150Вт с разъёмами под винт, IP20 REXANT</t>
   </si>
   <si>
-    <t>200-1050</t>
-[...124 lines deleted...]
-  <si>
     <t>1.4.3 Источники герметичные IP 67</t>
   </si>
   <si>
     <t>200-200-2</t>
   </si>
   <si>
     <t>Источник питания 12В, 200Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
+    <t>200-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-300-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 300Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-1000</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1001</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1002</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1003</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 12В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1004</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 60Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1005</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 100Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1006</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 200Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-1007</t>
+  </si>
+  <si>
+    <t>Источник питания (драйвер) 24В, 300Вт с проводами, влагозащищенный IP67 REXANT</t>
+  </si>
+  <si>
+    <t>200-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-024-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 24Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>201-072-2</t>
+  </si>
+  <si>
+    <t>Источник питания 24В, 72Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-050-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 54Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-100-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 100Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
+    <t>200-150-2</t>
+  </si>
+  <si>
+    <t>Источник питания 12В, 150Вт с проводами, влагозащищенный IP67</t>
+  </si>
+  <si>
     <t>200-012-2</t>
   </si>
   <si>
-    <t>Источник питания 12В,  12Вт с проводами, влагозащищенный IP67</t>
-[...23 lines deleted...]
-    <t>Источник питания 12В, 150Вт с проводами, влагозащищенный IP67</t>
+    <t>Источник питания 12В, 12Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
     <t>201-100-6</t>
   </si>
   <si>
     <t>Источник питания 24В, 100Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
     <t>201-200-2</t>
   </si>
   <si>
     <t>Источник питания 24В, 200Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
-    <t>200-1007</t>
-[...70 lines deleted...]
-  <si>
     <t>200-036-2</t>
   </si>
   <si>
     <t>Источник питания 12В, 36Вт с проводами, влагозащищенный IP67</t>
   </si>
   <si>
     <t>1.5 Алюминиевый профиль</t>
   </si>
   <si>
     <t>1.5.1 Алюминиевый профиль комплекты</t>
   </si>
   <si>
+    <t>146-401-1</t>
+  </si>
+  <si>
+    <t>Комплект накладного алюминиевого профиля с рассеивателем, 16х12мм, 1м, REXANT</t>
+  </si>
+  <si>
+    <t>146-400</t>
+  </si>
+  <si>
+    <t>Комплект накладного алюминиевого профиля с рассеивателем, 15х6мм, 2м REXANT</t>
+  </si>
+  <si>
+    <t>146-405-1</t>
+  </si>
+  <si>
+    <t>Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 1м REXANT</t>
+  </si>
+  <si>
+    <t>146-402-1</t>
+  </si>
+  <si>
+    <t>Комплект углового алюминиевого профиля с рассеивателем, 16х16мм, 1м REXANT</t>
+  </si>
+  <si>
     <t>146-403</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект накладной алюминиевого профиля с рассеивателем, 24х6мм, 2м, REXANT </t>
   </si>
   <si>
+    <t>146-400-1</t>
+  </si>
+  <si>
+    <t>Комплект накладного алюминиевого профиля с рассеивателем, 15х6мм, 1м REXANT</t>
+  </si>
+  <si>
+    <t>146-405-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 1м, черный REXANT </t>
+  </si>
+  <si>
+    <t>146-405</t>
+  </si>
+  <si>
+    <t>Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 2м REXANT</t>
+  </si>
+  <si>
     <t>146-401</t>
   </si>
   <si>
     <t>Комплект накладного алюминиевого профиля с рассеивателем, 16х12мм, 2м REXANT</t>
   </si>
   <si>
     <t>146-402</t>
   </si>
   <si>
     <t>Комплект углового алюминиевого профиля с рассеивателем, 16х16мм, 2м REXANT</t>
   </si>
   <si>
     <t>146-403-1</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект накладной алюминиевого профиля с рассеивателем, 24х6мм, 1м REXANT </t>
   </si>
   <si>
     <t>146-404</t>
   </si>
   <si>
     <t>Комплект врезного алюминиевого профиля с рассеивателем, 62х32мм, 2м REXANT</t>
   </si>
   <si>
-    <t>146-405-1</t>
-[...22 lines deleted...]
-  <si>
     <t>146-405-3</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект врезного алюминиевого профиля с рассеивателем, 22х6мм, 1м, розовое золото REXANT </t>
   </si>
   <si>
-    <t>146-405</t>
-[...4 lines deleted...]
-  <si>
     <t>146-404-1</t>
   </si>
   <si>
     <t>Комплект врезного алюминиевого профиля с рассеивателем, 62х32мм, 1м, REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Комплект накладного алюминиевого профиля с рассеивателем, 16х12мм, 1м, REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -2124,51 +2124,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vt-m-30-led-m-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lampe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vt-m-60-led-m-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-120-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vt-m-120-led-m-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-led-m-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-led-m-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vt-m-120-led-m-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vt-m-60-led-m-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vt-m-60-led-m-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vt-m-30-led-m-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-l" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vt-m-240-led-m-3000k-15mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vt-m-60-led-m-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-la" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt-144vt-44-knopki-12v-24v-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v-6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lampe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozaschitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w-144-w-17-knopok-12-v-24-v" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-d-u-72-w-144-w-9-knopok" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-s-vlagozaschitoy-24" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-d-u" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-ip65-lamp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodov-metr-lamper" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-dlina-15" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-12-24-v-36-72-vt-3-a" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72-144-w-3-knopki-12-v-24-v" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmer-vyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-12-24-v-72-144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-i-kontro" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-8-mm-dlina-15" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodov-metr-dlina-15-sm-lam" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozaschitoy-shirinoy-10-mm-lam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v-6a-lamper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-7-5x20-mm" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x13mm" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6-5x15-mm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-7-5x20mm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x13-mm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x15-mm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x17-mm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-7-5x20-mm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6x10-6mm-do-100m-shnur-pitaniya-8a-zaglushka-kon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x17mm-do-50m-shnur-pitaniya-4a-zaglushka-konn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6-5x17-mm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x15mm-do-100m-shnur-pitaniya-8a-zaglushka-kon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-montazhnaya-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-9-5h6-mm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x13mm-do-100m-shnur-pitaniya-8a-zaglushka-kon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-7-5x20mm-do-50m-shnur-pitaniya-4a-zaglushka-konn" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x17mm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-6-5x15mm" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-smd-2835" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vt-m-120-led-m-3000k-16mm-5m-ip68-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip4" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-k" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250v-dc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-1a-24w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac-12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozaschity-ip23" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-6-25a-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250v-dc-24v-3a-72w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-2m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-2m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-2m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-1m-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rozovoe-zoloto-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-1m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-1m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-6500k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-3000k-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-siniy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-4-8vtm-60-ledm-rgb-10mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd5050-7-2vtm-30-ledm-rgb-10mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-zheltyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-zelenyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-krasnyy-8mm-1m-s-usb-konnektorom-chernaya-ip65-lamper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-2700k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-6500k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-6500k-8mm-2m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-5v-smd2835-4-8vtm-60-ledm-2700k-8mm-3m-s-usb-konnektorom-chernaya-ip20-lamper" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-20m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vtm-120-ledm-6000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2-vtm-120-ledm-3000k-10mm-50m-ip65-lamper" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vtm-120-ledm-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-krasnyy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-3000k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vtm-120-ledm-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-zheltyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-zelenyy-8mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-rgb-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-rgb-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-zelenyy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-siniy-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-3m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-dlya-bp-s-klemmami-ip20-lamper" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-6500k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-4000k-10mm-3m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd3030-10-5vtm-30-ledm-rgb-10mm-3m-s-razemom-dlya-kontrollera-4pin-ip20-lamper" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-12-v-12-mm-ip23-smd-5730-60-ledm-12-v-tsvet-svecheniya-belyy-6000-k" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-2700k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-2700k-10mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-dlya-bp-s-klemmami-ip65-lamper" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vtm-240-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6-vtm-120-ledm-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-siniy-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-siniy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-4-8vtm-60-ledm-6500k-8mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd5050-14-4vtm-60-ledm-zheltyy-10mm-5m-ip65-lamper" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-8-mm-ip23-smd-2835-60-ledm-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-lenta-5m-otkrytaya-10-mm-ip23-smd-5050-60-ledm-12-v-tsvet-svecheniya-zheltyy-lamper" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd5050-14-4vtm-60-ledm-3000k-10mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-19-2vtm-240-ledm-3000k-15mm-5m-ip20-lamper" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-polusensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/svetodiodnyy-mini-dimmer-radio-rf-s-pultom-du-72-w144-w-9-knopok" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-2-4g-sensornoe-upravlenie-lamper" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-ip65-lamper" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodovmetr-lamper" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-1-razem-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-120-diodovmetr-lamper" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-8-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-s-razemom-5-5h2-1-mm-72144-w-3-knopki-12-v24-v" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-i-kontrollerov-dlina-30-sm-lamper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-dlya-rgb-svetodiodnyh-lent-ip65-shirinoy-10mm-lamper" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-s-vlagozashchitoy-24v-lamper" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-svetodiodnoy-lenty-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-dimmer-radio-72144-w-3-knopki-12-v24-v" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-mini-kontroller-radio-rf-72-w144-w-17-knopok-12-v24-v" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-infrakrasnyy-ir-72vt144vt-44-knopki-12v24v-lamper" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-dimmervyklyuchatel-s-konnektorom-5-5h2-1-mm" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-x-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/sensornyy-vyklyuchatel-dlya-svetodiodnoy-lenty-5-5h2-1-mm-1224-v-3672-vt-3-a" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-t-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-8-mm-lamper" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-dlya-odnotsvetnyh-svetodiodnyh-lent-120-diodovmetr-s-vlagozashchitoy-lamper" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-stykovochnyy-dlya-odnotsvetnyh-svetodiodnyh-lent-s-vlagozashchitoy-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-rgb-kontroller-infrakrasnyy-ir-12-v6-a-infrakrasnyy-ir-lamper" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-kontroller-dlya-svetodiodnoy-lenty-white-mix-1224-v-72144-vt-24-knopki-ir" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plata-soedinitelnaya-l-dlya-rgb-svetodiodnyh-lent-shirinoy-10-mm-lamper" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-2-razema-dlya-odnotsvetnyh-svetodiodnyh-lent-shirinoy-10-mm-dlina-15-sm-lamper" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-setodiodnyy-rgb-radio-rf-20-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-radio-rf-10-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mini-kontroller-svetodiodnyy-rgb-infrakrasnyy-ir-6-knopok-12-24v6a-lamper" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/led-dimmer-12-24-v-2-4g-odnokanalnyy-besprovodnoy-s-pultom-du" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-i-rgb-kontrollerom-ip65-svechenie-rgb-lamper" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-holodnoe-beloe-svechenie-6500-k-lamper" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-svetodiodnoy-lenty-5-m-s-blokom-pitaniya-ip65-teploe-beloe-svechenie-3000-k-lamper" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x15mm-do-100m-shnur-pitaniya-8a-zaglushka-konnektor" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-7-5x20mm-do-50m-shnur-pitaniya-4a-zaglushka-konnektor" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-9-5h6-mm" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-t-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-13-5h6-5-mm" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-14-5h7-5-mm" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h15-mm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/mufta-soedinitelnaya-l-dlya-svetodiodnoy-lenty-220-v-6-5h17-mm" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6x10-6mm-do-100m-shnur-pitaniya-8a-zaglushka-konnektor" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x17-mm" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-7-5x20-mm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x13mm-do-100m-shnur-pitaniya-8a-zaglushka-konnektor" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/ustanovochnyy-komplekt-dlya-svetodiodnoy-lenty-220v-6-5x17mm-do-50m-shnur-pitaniya-4a-zaglushka-konnektor" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-svetodiodnoy-lenty-220v-6-5x15mm" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-7-5x20-mm" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6x10-6-mm" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x13mm" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-6-5x17mm" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-7-5x20mm" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x13-mm" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-klipsa-dlya-led-lenty-220-v-6-5x15-mm" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zaglushka-dlya-led-lenty-220-v-6-5x17-mm" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-6-5x15-mm" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/klipsa-montazhnaya-dlya-svetodiodnoy-lenty-220v-smd-5050" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-soedinitelnyy-dlya-led-lenty-220-v-smd-2835" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-3000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-6500k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-smd2835-9-6vt-m-120-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-cob-8vt-m-320-led-m-oranzhevyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-10vt-m-384-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-12vt-m-720-led-m-rgb-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-zelenyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-krasnyy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-14vt-m-512-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-24v-cob-8vt-m-320-led-m-siniy-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-dzhekom-dlya-podklyucheniya-k-kontrolleru-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-gibkiy-udlinennyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-svetodiodnoy-lenty-rgb-cob-10mm-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-sov-8mm-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-gibkiy-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-pitaniya-s-dzhekom-5-5x2-1mm-dlya-odnotsvetnoy-svetodiodnoy-lenty-cob-8mm-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-h-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-i-obraznyy-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-l-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-8mm-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-t-obraznyy-dlya-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konnektor-s-provodami-dlya-odnotsvetnoy-svetodiodnoy-lenty-smd-10mm-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-dlya-bani-i-sauny-24v-smd2835-14-4vtm-120-ledm-3000k-16mm-5m-ip68-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-50m-ip20-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-19-2vt-m-240-led-m-4000k-10mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-4000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-9-6vt-m-60-led-m-3000k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/lenta-svetodiodnaya-12v-smd2835-14-4vt-m-120-led-m-6500k-8mm-5m-ip20-rexant" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-belyy-korpus-ip43" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-1a-5vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-2a-10vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-24v-1a-24vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-4-5a-54vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-0-5a-6vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-1a-12vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-12-5a-150vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-4a-20vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-6a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-24v-3a-72vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-240vdc-12v-2a-24vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-3a-36vt-s-dc-razemom-podklyucheniya-5-5x2-1-ip43" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-5v-3a-15vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/blok-pitaniya-setevoy-adapter-ac-110-250vdc-12v-9a-100vt-s-dc-razemom-podklyucheniya-5-5h2-1-ip43" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-9-a-100-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac12-v-dc-12-5-a-150-w-s-razemami-pod-vint-bez-vlagozashchity-ip20" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250vdc-24v-6-25a-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250vdc-24v-3a-72w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-24vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-2-a-24-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-ac-110-250vdc-24v-1a-24w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-220-v-ac12-v-dc-6-a-72-w-s-razemami-pod-vint-bez-vlagozashchity-ip23" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-48-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-150w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-3-a-36-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-0-5-a-6-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-kompaktnyy-12v-108w-s-razemami-pod-vint-ip20" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-110-250-v-ac-12-v-dc-1-a-12-w-s-razemami-pod-vint-bez-vlagozaschity-ip20" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100-vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-18vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-24-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-36vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60-vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-48vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-72vt-s-razemami-pod-vint-ultratonkiy-ip20-rexant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-150vt-s-razemami-pod-vint-ip20-rexant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-200vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-72vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-300vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-12v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-60vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-100vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-200vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-drayver-24v-300vt-s-provodami-vlagozaschischennyy-ip67-rexant" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-24vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-24vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-72vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-54vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-100vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-150vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-12vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-100vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-24v-200vt-s-provodami-vlagozashchishchennyy-ip67" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/istochnik-pitaniya-12v-36vt-s-provodami-vlagozaschischennyy-ip67" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-1m-rexant" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-1m-rexant" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-15h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-2m-rexant" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnogo-alyuminievogo-profilya-s-rasseivatelem-16h12mm-2m-rexant" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-uglovogo-alyuminievogo-profilya-s-rasseivatelem-16h16mm-2m-rexant" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-nakladnoy-alyuminievogo-profilya-s-rasseivatelem-24h6mm-1m-rexant" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-2m-rexant" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-22h6mm-1m-rozovoe-zoloto-rexant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-vreznogo-alyuminievogo-profilya-s-rasseivatelem-62h32mm-1m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I287"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -2218,7963 +2218,7963 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>314</v>
+        <v>182.27</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>426.15</v>
+        <v>191.87</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>448</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>330.53</v>
+        <v>213.18</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>526.1</v>
+        <v>426.15</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>254</v>
+        <v>802</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>213.18</v>
+        <v>917.23</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>0</v>
+        <v>710</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
         <v>191.87</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>917.23</v>
+        <v>191.87</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>715</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>182.27</v>
+        <v>202.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>2061</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="3">
-        <v>191.87</v>
+        <v>314</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>479</v>
+        <v>264</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>191.87</v>
+        <v>426.15</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="3">
-        <v>703</v>
+        <v>442</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>202.53</v>
+        <v>330.53</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>0</v>
+        <v>119</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C16" s="3">
-        <v>426.15</v>
+        <v>526.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>1222</v>
+        <v>191</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>488.6</v>
+        <v>60.25</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>312</v>
+        <v>4500</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>2064.63</v>
+        <v>543.45</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F19" s="3">
-        <v>16</v>
+        <v>777</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>510.11</v>
+        <v>213.1</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>280</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>420.69</v>
+        <v>213.1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H21" s="3">
         <v>100</v>
       </c>
       <c r="I21" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
         <v>399.66</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F22" s="3">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>651.32</v>
+        <v>316.04</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F23" s="3">
-        <v>129</v>
+        <v>154</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>261.39</v>
+        <v>306.57</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F24" s="3">
-        <v>2963</v>
+        <v>181</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>316.04</v>
+        <v>816.51</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F25" s="3">
-        <v>164</v>
+        <v>220</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>50</v>
       </c>
       <c r="I25" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>299.4</v>
+        <v>519.44</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F26" s="3">
-        <v>829</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C27" s="3">
-        <v>306.57</v>
+        <v>442.01</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F27" s="3">
-        <v>197</v>
+        <v>11</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="3">
-        <v>519.44</v>
+        <v>397.81</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F28" s="3">
-        <v>0</v>
+        <v>138</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I28" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C29" s="3">
-        <v>397.81</v>
+        <v>624.7</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F29" s="3">
-        <v>181</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>50</v>
       </c>
       <c r="I29" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3">
-        <v>624.7</v>
+        <v>778.49</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>222</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>50</v>
       </c>
       <c r="I30" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="3">
-        <v>778.49</v>
+        <v>695.45</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F31" s="3">
-        <v>222</v>
+        <v>352</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>50</v>
       </c>
       <c r="I31" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="3">
-        <v>695.45</v>
+        <v>584.57</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F32" s="3">
-        <v>356</v>
+        <v>316</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>50</v>
       </c>
       <c r="I32" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C33" s="3">
-        <v>721.68</v>
+        <v>629.77</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F33" s="3">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>50</v>
       </c>
       <c r="I33" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C34" s="3">
-        <v>584.57</v>
+        <v>492.85</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F34" s="3">
-        <v>353</v>
+        <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
         <v>50</v>
       </c>
       <c r="I34" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C35" s="3">
-        <v>213.1</v>
+        <v>492.85</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G35" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>100</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C36" s="3">
-        <v>629.77</v>
+        <v>291.68</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F36" s="3">
-        <v>204</v>
+        <v>1578</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I36" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C37" s="3">
-        <v>492.85</v>
+        <v>339.49</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F37" s="3">
-        <v>60</v>
+        <v>747</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>100</v>
       </c>
       <c r="I37" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C38" s="3">
-        <v>442.01</v>
+        <v>419.13</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F38" s="3">
-        <v>11</v>
+        <v>268</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C39" s="3">
-        <v>492.85</v>
+        <v>339.49</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F39" s="3">
-        <v>0</v>
+        <v>723</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I39" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C40" s="3">
-        <v>816.51</v>
+        <v>568.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F40" s="3">
-        <v>224</v>
+        <v>534</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C41" s="3">
-        <v>339.49</v>
+        <v>920.51</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F41" s="3">
-        <v>749</v>
+        <v>37</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>100</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C42" s="3">
-        <v>242.64</v>
+        <v>496.01</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F42" s="3">
-        <v>6</v>
+        <v>236</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I42" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C43" s="3">
-        <v>431.25</v>
+        <v>483.05</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F43" s="3">
-        <v>6</v>
+        <v>231</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C44" s="3">
-        <v>440.87</v>
+        <v>612.36</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F44" s="3">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>100</v>
       </c>
       <c r="I44" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C45" s="3">
-        <v>213.1</v>
+        <v>362.77</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="3">
-        <v>0</v>
+        <v>299</v>
       </c>
       <c r="G45" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>100</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C46" s="3">
-        <v>291.68</v>
+        <v>440.87</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F46" s="3">
-        <v>1590</v>
+        <v>27</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>100</v>
       </c>
       <c r="I46" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C47" s="3">
-        <v>60.25</v>
+        <v>542.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="3">
-        <v>4540</v>
+        <v>118</v>
       </c>
       <c r="G47" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C48" s="3">
-        <v>542.88</v>
+        <v>828.29</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F48" s="3">
-        <v>124</v>
+        <v>240</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>100</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="3">
-        <v>419.13</v>
+        <v>488.6</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F49" s="3">
-        <v>269</v>
+        <v>312</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>100</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="3">
-        <v>339.49</v>
+        <v>2064.63</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F50" s="3">
-        <v>729</v>
+        <v>16</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>100</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="3">
-        <v>568.5</v>
+        <v>510.11</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F51" s="3">
-        <v>535</v>
+        <v>280</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I51" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="3">
-        <v>543.45</v>
+        <v>420.69</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F52" s="3">
-        <v>777</v>
+        <v>34</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>100</v>
       </c>
       <c r="I52" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C53" s="3">
-        <v>920.51</v>
+        <v>299.4</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F53" s="3">
-        <v>73</v>
+        <v>828</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I53" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C54" s="3">
-        <v>828.29</v>
+        <v>651.32</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F54" s="3">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="3">
-        <v>496.01</v>
+        <v>261.39</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F55" s="3">
-        <v>239</v>
+        <v>2935</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>100</v>
       </c>
       <c r="I55" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C56" s="3">
-        <v>483.05</v>
+        <v>721.68</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F56" s="3">
-        <v>242</v>
+        <v>133</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I56" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C57" s="3">
-        <v>612.36</v>
+        <v>242.64</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F57" s="3">
+        <v>6</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>50</v>
+      </c>
+      <c r="I57" s="3">
         <v>5</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C58" s="3">
-        <v>362.77</v>
+        <v>431.25</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F58" s="3">
-        <v>312</v>
+        <v>6</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I58" s="3">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="2"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
       <c r="I59" s="2"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C60" s="3">
-        <v>2887.79</v>
+        <v>604.67</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F60" s="3">
-        <v>14</v>
+        <v>836</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
         <v>100</v>
       </c>
       <c r="I60" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="3">
-        <v>604.67</v>
+        <v>2887.79</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F61" s="3">
-        <v>838</v>
+        <v>4</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
         <v>100</v>
       </c>
       <c r="I61" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="2"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
       <c r="I62" s="2"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C63" s="3">
         <v>46.97</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F63" s="3">
         <v>0</v>
       </c>
       <c r="G63" s="3">
         <v>10</v>
       </c>
       <c r="H63" s="3">
         <v>1000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="3">
-        <v>94.42</v>
+        <v>35.51</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F64" s="3">
-        <v>80</v>
+        <v>570</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C65" s="3">
-        <v>12.23</v>
+        <v>1605.7</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F65" s="3">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C66" s="3">
-        <v>57.99</v>
+        <v>94.42</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F66" s="3">
-        <v>1670</v>
+        <v>80</v>
       </c>
       <c r="G66" s="3">
         <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C67" s="3">
-        <v>80.51</v>
+        <v>401.44</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F67" s="3">
-        <v>11</v>
+        <v>194</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C68" s="3">
-        <v>25.82</v>
+        <v>1785.93</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F68" s="3">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="G68" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C69" s="3">
-        <v>307.48</v>
+        <v>12.23</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F69" s="3">
-        <v>134</v>
+        <v>200</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C70" s="3">
-        <v>12.23</v>
+        <v>41.41</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F70" s="3">
-        <v>215</v>
+        <v>90</v>
       </c>
       <c r="G70" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C71" s="3">
-        <v>236.09</v>
+        <v>41.41</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F71" s="3">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="G71" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C72" s="3">
-        <v>55.22</v>
+        <v>256.46</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F72" s="3">
         <v>0</v>
       </c>
       <c r="G72" s="3">
         <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C73" s="3">
-        <v>151.2</v>
+        <v>55.22</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F73" s="3">
-        <v>301</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C74" s="3">
-        <v>19.73</v>
+        <v>41.41</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F74" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="G74" s="3">
         <v>10</v>
       </c>
       <c r="H74" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C75" s="3">
-        <v>12.43</v>
+        <v>81.52</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F75" s="3">
-        <v>0</v>
+        <v>920</v>
       </c>
       <c r="G75" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H75" s="3">
-        <v>3000</v>
+        <v>700</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C76" s="3">
-        <v>368.69</v>
+        <v>131.15</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F76" s="3">
-        <v>207</v>
+        <v>100</v>
       </c>
       <c r="G76" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H76" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C77" s="3">
-        <v>19.73</v>
+        <v>57.99</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F77" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C78" s="3">
-        <v>24.85</v>
+        <v>151.2</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F78" s="3">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>100</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C79" s="3">
         <v>143.87</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F79" s="3">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
         <v>500</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C80" s="3">
-        <v>443.54</v>
+        <v>52.51</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F80" s="3">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G80" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H80" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C81" s="3">
-        <v>401.44</v>
+        <v>76.33</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F81" s="3">
-        <v>204</v>
+        <v>360</v>
       </c>
       <c r="G81" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H81" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C82" s="3">
-        <v>52.51</v>
+        <v>99.39</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F82" s="3">
         <v>0</v>
       </c>
       <c r="G82" s="3">
         <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C83" s="3">
-        <v>76.33</v>
+        <v>12.43</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F83" s="3">
-        <v>410</v>
+        <v>180</v>
       </c>
       <c r="G83" s="3">
         <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>500</v>
+        <v>7600</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C84" s="3">
-        <v>1759.29</v>
+        <v>12.43</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F84" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C85" s="3">
-        <v>41.41</v>
+        <v>299.29</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F85" s="3">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>500</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C86" s="3">
-        <v>12.43</v>
+        <v>443.54</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F86" s="3">
-        <v>190</v>
+        <v>104</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H86" s="3">
-        <v>7600</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C87" s="3">
-        <v>41.41</v>
+        <v>307.48</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F87" s="3">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="G87" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H87" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C88" s="3">
-        <v>41.41</v>
+        <v>18.11</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F88" s="3">
-        <v>0</v>
+        <v>670</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C89" s="3">
-        <v>131.15</v>
+        <v>24.85</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F89" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C90" s="3">
-        <v>475.73</v>
+        <v>340.85</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F90" s="3">
-        <v>258</v>
+        <v>308</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C91" s="3">
-        <v>41.41</v>
+        <v>19.73</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F91" s="3">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="G91" s="3">
         <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C92" s="3">
-        <v>299.29</v>
+        <v>475.73</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F92" s="3">
-        <v>64</v>
+        <v>224</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C93" s="3">
-        <v>340.85</v>
+        <v>19.73</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F93" s="3">
-        <v>351</v>
+        <v>200</v>
       </c>
       <c r="G93" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H93" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C94" s="3">
-        <v>1605.7</v>
+        <v>12.23</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F94" s="3">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C95" s="3">
-        <v>57.99</v>
+        <v>41.41</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F95" s="3">
         <v>0</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
         <v>1000</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C96" s="3">
-        <v>235.83</v>
+        <v>57.99</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F96" s="3">
-        <v>587</v>
+        <v>1690</v>
       </c>
       <c r="G96" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C97" s="3">
-        <v>294.66</v>
+        <v>80.51</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F97" s="3">
-        <v>225</v>
+        <v>11</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
-        <v>140</v>
+        <v>10</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C98" s="3">
-        <v>256.46</v>
+        <v>25.82</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F98" s="3">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="G98" s="3">
         <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C99" s="3">
-        <v>81.52</v>
+        <v>236.09</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F99" s="3">
-        <v>940</v>
+        <v>743</v>
       </c>
       <c r="G99" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H99" s="3">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C100" s="3">
-        <v>57.99</v>
+        <v>235.83</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F100" s="3">
-        <v>0</v>
+        <v>581</v>
       </c>
       <c r="G100" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H100" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C101" s="3">
-        <v>99.39</v>
+        <v>24.85</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F101" s="3">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="G101" s="3">
         <v>10</v>
       </c>
       <c r="H101" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C102" s="3">
-        <v>247.34</v>
+        <v>57.99</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F102" s="3">
-        <v>257</v>
+        <v>0</v>
       </c>
       <c r="G102" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>140</v>
+        <v>1000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C103" s="3">
-        <v>35.51</v>
+        <v>368.69</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F103" s="3">
-        <v>640</v>
+        <v>197</v>
       </c>
       <c r="G103" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H103" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C104" s="3">
-        <v>18.11</v>
+        <v>294.66</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F104" s="3">
-        <v>670</v>
+        <v>208</v>
       </c>
       <c r="G104" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H104" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C105" s="3">
-        <v>24.85</v>
+        <v>247.34</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F105" s="3">
-        <v>0</v>
+        <v>255</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H105" s="3">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C106" s="3">
-        <v>1785.93</v>
+        <v>1759.29</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F106" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>100</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>216</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="2"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
       <c r="I107" s="2"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
-        <v>1039.64</v>
+        <v>1189.16</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F108" s="3">
-        <v>1043</v>
+        <v>1153</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
         <v>984.91</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F109" s="3">
-        <v>1083</v>
+        <v>511</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
-        <v>1189.16</v>
+        <v>1039.64</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F110" s="3">
-        <v>1210</v>
+        <v>950</v>
       </c>
       <c r="G110" s="3">
         <v>1</v>
       </c>
       <c r="H110" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="2"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>224</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="2"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="3">
-        <v>5.48</v>
+        <v>7.36</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F113" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="G113" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>3200</v>
+        <v>130</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>227</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="3">
-        <v>27.17</v>
+        <v>210.36</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F114" s="3">
-        <v>2040</v>
+        <v>189</v>
       </c>
       <c r="G114" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H114" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>229</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="3">
-        <v>41.41</v>
+        <v>145.28</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F115" s="3">
-        <v>30</v>
+        <v>747</v>
       </c>
       <c r="G115" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H115" s="3">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="3">
-        <v>33.55</v>
+        <v>168.15</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F116" s="3">
-        <v>280</v>
+        <v>70</v>
       </c>
       <c r="G116" s="3">
         <v>10</v>
       </c>
       <c r="H116" s="3">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="3">
-        <v>27.17</v>
+        <v>181.6</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F117" s="3">
-        <v>330</v>
+        <v>160</v>
       </c>
       <c r="G117" s="3">
         <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="3">
-        <v>39.34</v>
+        <v>136.21</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F118" s="3">
-        <v>110</v>
+        <v>720</v>
       </c>
       <c r="G118" s="3">
         <v>10</v>
       </c>
       <c r="H118" s="3">
-        <v>1000</v>
+        <v>380</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>237</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="3">
-        <v>4.48</v>
+        <v>181.6</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F119" s="3">
-        <v>5900</v>
+        <v>110</v>
       </c>
       <c r="G119" s="3">
+        <v>10</v>
+      </c>
+      <c r="H119" s="3">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>7000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="3">
-        <v>5.48</v>
+        <v>172.24</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F120" s="3">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="G120" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>6000</v>
+        <v>200</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>241</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="3">
-        <v>3.83</v>
+        <v>96.52</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F121" s="3">
-        <v>23500</v>
+        <v>390</v>
       </c>
       <c r="G121" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H121" s="3">
-        <v>5000</v>
+        <v>750</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="3">
-        <v>3.83</v>
+        <v>97.9</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F122" s="3">
-        <v>11700</v>
+        <v>660</v>
       </c>
       <c r="G122" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H122" s="3">
-        <v>2500</v>
+        <v>750</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="3">
-        <v>221.43</v>
+        <v>108.96</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F123" s="3">
-        <v>372</v>
+        <v>150</v>
       </c>
       <c r="G123" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>200</v>
+        <v>750</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="3">
-        <v>221.43</v>
+        <v>96.61</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F124" s="3">
-        <v>50</v>
+        <v>630</v>
       </c>
       <c r="G124" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>100</v>
+        <v>750</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="3">
         <v>3.83</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F125" s="3">
-        <v>33200</v>
+        <v>32500</v>
       </c>
       <c r="G125" s="3">
         <v>100</v>
       </c>
       <c r="H125" s="3">
         <v>10000</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="3">
-        <v>172.24</v>
+        <v>221.43</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F126" s="3">
-        <v>110</v>
+        <v>371</v>
       </c>
       <c r="G126" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>200</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="3">
-        <v>96.61</v>
+        <v>3.83</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F127" s="3">
-        <v>630</v>
+        <v>23300</v>
       </c>
       <c r="G127" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H127" s="3">
-        <v>750</v>
+        <v>5000</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="3">
-        <v>7.15</v>
+        <v>3.83</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F128" s="3">
-        <v>270</v>
+        <v>11700</v>
       </c>
       <c r="G128" s="3">
         <v>100</v>
       </c>
       <c r="H128" s="3">
-        <v>3200</v>
+        <v>2500</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>257</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="3">
-        <v>210.36</v>
+        <v>145.28</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F129" s="3">
-        <v>196</v>
+        <v>723</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>100</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="3">
-        <v>108.96</v>
+        <v>221.43</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F130" s="3">
-        <v>150</v>
+        <v>45</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>750</v>
+        <v>100</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="3">
-        <v>9.81</v>
+        <v>6.63</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F131" s="3">
-        <v>0</v>
+        <v>680</v>
       </c>
       <c r="G131" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H131" s="3">
-        <v>130</v>
+        <v>3200</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>263</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="3">
-        <v>168.15</v>
+        <v>5.32</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F132" s="3">
-        <v>70</v>
+        <v>890</v>
       </c>
       <c r="G132" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H132" s="3">
-        <v>250</v>
+        <v>3200</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="3">
-        <v>181.6</v>
+        <v>5.48</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F133" s="3">
-        <v>160</v>
+        <v>500</v>
       </c>
       <c r="G133" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H133" s="3">
-        <v>200</v>
+        <v>3200</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="3">
-        <v>136.21</v>
+        <v>27.17</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F134" s="3">
-        <v>720</v>
+        <v>2020</v>
       </c>
       <c r="G134" s="3">
         <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>380</v>
+        <v>1000</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>269</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="3">
-        <v>181.6</v>
+        <v>41.41</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F135" s="3">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="G135" s="3">
         <v>10</v>
       </c>
       <c r="H135" s="3">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>271</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="3">
-        <v>96.52</v>
+        <v>27.17</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F136" s="3">
-        <v>390</v>
+        <v>320</v>
       </c>
       <c r="G136" s="3">
         <v>10</v>
       </c>
       <c r="H136" s="3">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>273</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="3">
-        <v>97.9</v>
+        <v>27.17</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F137" s="3">
-        <v>660</v>
+        <v>330</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>750</v>
+        <v>500</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="3">
-        <v>145.28</v>
+        <v>4.48</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F138" s="3">
-        <v>726</v>
+        <v>5900</v>
       </c>
       <c r="G138" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H138" s="3">
-        <v>100</v>
+        <v>7000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>277</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="3">
-        <v>145.28</v>
+        <v>5.48</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F139" s="3">
-        <v>759</v>
+        <v>120</v>
       </c>
       <c r="G139" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H139" s="3">
-        <v>100</v>
+        <v>6000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>279</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="3">
-        <v>27.17</v>
+        <v>7.15</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F140" s="3">
-        <v>320</v>
+        <v>270</v>
       </c>
       <c r="G140" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="H140" s="3">
-        <v>700</v>
+        <v>3200</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="3">
-        <v>6.63</v>
+        <v>33.55</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F141" s="3">
-        <v>680</v>
+        <v>280</v>
       </c>
       <c r="G141" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H141" s="3">
-        <v>3200</v>
+        <v>500</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="3">
-        <v>5.32</v>
+        <v>39.34</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F142" s="3">
-        <v>890</v>
+        <v>133</v>
       </c>
       <c r="G142" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="H142" s="3">
-        <v>3200</v>
+        <v>1000</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="3">
-        <v>41.41</v>
+        <v>9.81</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F143" s="3">
         <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>10</v>
       </c>
       <c r="H143" s="3">
         <v>130</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="3">
-        <v>7.36</v>
+        <v>41.41</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F144" s="3">
         <v>0</v>
       </c>
       <c r="G144" s="3">
         <v>10</v>
       </c>
       <c r="H144" s="3">
         <v>130</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
       <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2"/>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
       <c r="I145" s="2"/>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
         <v>290</v>
       </c>
       <c r="B146" s="2"/>
       <c r="C146" s="2"/>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2"/>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
       <c r="I146" s="2"/>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C147" s="3">
-        <v>12203.78</v>
+        <v>1210.62</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F147" s="3">
-        <v>28</v>
+        <v>197</v>
       </c>
       <c r="G147" s="3">
         <v>1</v>
       </c>
       <c r="H147" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>293</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>294</v>
       </c>
       <c r="C148" s="3">
-        <v>1219.51</v>
+        <v>1210.62</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F148" s="3">
-        <v>0</v>
+        <v>245</v>
       </c>
       <c r="G148" s="3">
         <v>1</v>
       </c>
       <c r="H148" s="3">
         <v>100</v>
       </c>
       <c r="I148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>295</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>296</v>
       </c>
       <c r="C149" s="3">
-        <v>878.14</v>
+        <v>1210.62</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F149" s="3">
-        <v>329</v>
+        <v>460</v>
       </c>
       <c r="G149" s="3">
         <v>1</v>
       </c>
       <c r="H149" s="3">
         <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A150" s="3" t="s">
+      <c r="A150" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B150" s="2"/>
+      <c r="C150" s="2"/>
+      <c r="D150" s="2"/>
+      <c r="E150" s="2"/>
+      <c r="F150" s="2"/>
+      <c r="G150" s="2"/>
+      <c r="H150" s="2"/>
+      <c r="I150" s="2"/>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B151" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="3">
-        <v>878.14</v>
+        <v>1543.1</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="G151" s="3">
         <v>1</v>
       </c>
       <c r="H151" s="3">
         <v>100</v>
       </c>
       <c r="I151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B152" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B152" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C152" s="3">
-        <v>1219.51</v>
+        <v>1054.16</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F152" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G152" s="3">
         <v>1</v>
       </c>
       <c r="H152" s="3">
         <v>100</v>
       </c>
       <c r="I152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B153" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B153" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="3">
-        <v>1219.51</v>
+        <v>1232.73</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F153" s="3">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="G153" s="3">
         <v>1</v>
       </c>
       <c r="H153" s="3">
         <v>100</v>
       </c>
       <c r="I153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="B154" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="3">
-        <v>12203.78</v>
+        <v>1479.89</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F154" s="3">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="G154" s="3">
         <v>1</v>
       </c>
       <c r="H154" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B155" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C155" s="3">
-        <v>878.14</v>
+        <v>1543.1</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F155" s="3">
-        <v>327</v>
+        <v>19</v>
       </c>
       <c r="G155" s="3">
         <v>1</v>
       </c>
       <c r="H155" s="3">
         <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A156" s="2" t="s">
+      <c r="A156" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="B156" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="B156" s="2"/>
-[...6 lines deleted...]
-      <c r="I156" s="2"/>
+      <c r="C156" s="3">
+        <v>1479.89</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F156" s="3">
+        <v>0</v>
+      </c>
+      <c r="G156" s="3">
+        <v>1</v>
+      </c>
+      <c r="H156" s="3">
+        <v>100</v>
+      </c>
+      <c r="I156" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C157" s="3">
-        <v>1210.62</v>
+        <v>1479.89</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F157" s="3">
-        <v>255</v>
+        <v>197</v>
       </c>
       <c r="G157" s="3">
         <v>1</v>
       </c>
       <c r="H157" s="3">
         <v>100</v>
       </c>
       <c r="I157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C158" s="3">
-        <v>1210.62</v>
+        <v>3714</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F158" s="3">
-        <v>208</v>
+        <v>224</v>
       </c>
       <c r="G158" s="3">
         <v>1</v>
       </c>
       <c r="H158" s="3">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="I158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C159" s="3">
-        <v>1210.62</v>
+        <v>1054.16</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F159" s="3">
-        <v>480</v>
+        <v>48</v>
       </c>
       <c r="G159" s="3">
         <v>1</v>
       </c>
       <c r="H159" s="3">
         <v>100</v>
       </c>
       <c r="I159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A160" s="2" t="s">
+      <c r="A160" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="B160" s="2"/>
-[...6 lines deleted...]
-      <c r="I160" s="2"/>
+      <c r="B160" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C160" s="3">
+        <v>1232.73</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F160" s="3">
+        <v>157</v>
+      </c>
+      <c r="G160" s="3">
+        <v>1</v>
+      </c>
+      <c r="H160" s="3">
+        <v>100</v>
+      </c>
+      <c r="I160" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C161" s="3">
-        <v>1479.89</v>
+        <v>1232.73</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F161" s="3">
-        <v>20</v>
+        <v>176</v>
       </c>
       <c r="G161" s="3">
         <v>1</v>
       </c>
       <c r="H161" s="3">
         <v>100</v>
       </c>
       <c r="I161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C162" s="3">
-        <v>3714</v>
+        <v>1543.1</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F162" s="3">
-        <v>257</v>
+        <v>3</v>
       </c>
       <c r="G162" s="3">
         <v>1</v>
       </c>
       <c r="H162" s="3">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="I162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C163" s="3">
-        <v>1543.1</v>
+        <v>1054.16</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F163" s="3">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G163" s="3">
         <v>1</v>
       </c>
       <c r="H163" s="3">
         <v>100</v>
       </c>
       <c r="I163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C164" s="3">
-        <v>1054.16</v>
+        <v>1232.73</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F164" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G164" s="3">
         <v>1</v>
       </c>
       <c r="H164" s="3">
         <v>100</v>
       </c>
       <c r="I164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A165" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B165" s="3" t="s">
+      <c r="A165" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="C165" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+      <c r="E165" s="2"/>
+      <c r="F165" s="2"/>
+      <c r="G165" s="2"/>
+      <c r="H165" s="2"/>
+      <c r="I165" s="2"/>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>327</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C166" s="3">
-        <v>1232.73</v>
+        <v>63.64</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F166" s="3">
-        <v>178</v>
+        <v>50</v>
       </c>
       <c r="G166" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I166" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C167" s="3">
-        <v>1232.73</v>
+        <v>81.82</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F167" s="3">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="G167" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H167" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I167" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C168" s="3">
-        <v>1479.89</v>
+        <v>95.46</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F168" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G168" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I168" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>333</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C169" s="3">
-        <v>1479.89</v>
+        <v>150.01</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F169" s="3">
-        <v>205</v>
+        <v>0</v>
       </c>
       <c r="G169" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H169" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I169" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>335</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C170" s="3">
-        <v>1543.1</v>
+        <v>95.46</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F170" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G170" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H170" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I170" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>337</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>338</v>
       </c>
       <c r="C171" s="3">
-        <v>1054.16</v>
+        <v>150.01</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F171" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G171" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I171" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C172" s="3">
-        <v>1054.16</v>
+        <v>159.1</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F172" s="3">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G172" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I172" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C173" s="3">
-        <v>1232.73</v>
+        <v>36.37</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F173" s="3">
-        <v>125</v>
+        <v>60</v>
       </c>
       <c r="G173" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H173" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I173" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>343</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C174" s="3">
-        <v>1543.1</v>
+        <v>85.91</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F174" s="3">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="G174" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I174" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A175" s="2" t="s">
+      <c r="A175" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="B175" s="2"/>
-[...6 lines deleted...]
-      <c r="I175" s="2"/>
+      <c r="B175" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C175" s="3">
+        <v>63.63</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F175" s="3">
+        <v>60</v>
+      </c>
+      <c r="G175" s="3">
+        <v>10</v>
+      </c>
+      <c r="H175" s="3">
+        <v>10</v>
+      </c>
+      <c r="I175" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C176" s="3">
-        <v>95.46</v>
+        <v>222.73</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F176" s="3">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="G176" s="3">
         <v>10</v>
       </c>
       <c r="H176" s="3">
         <v>10</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C177" s="3">
-        <v>66.83</v>
+        <v>90.69</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F177" s="3">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="G177" s="3">
         <v>10</v>
       </c>
       <c r="H177" s="3">
         <v>10</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C178" s="3">
-        <v>63.64</v>
+        <v>66.83</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F178" s="3">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="G178" s="3">
         <v>10</v>
       </c>
       <c r="H178" s="3">
         <v>10</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A179" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B179" s="3" t="s">
+      <c r="A179" s="2" t="s">
         <v>353</v>
       </c>
-      <c r="C179" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B179" s="2"/>
+      <c r="C179" s="2"/>
+      <c r="D179" s="2"/>
+      <c r="E179" s="2"/>
+      <c r="F179" s="2"/>
+      <c r="G179" s="2"/>
+      <c r="H179" s="2"/>
+      <c r="I179" s="2"/>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C180" s="3">
-        <v>90.69</v>
+        <v>23.86</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F180" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G180" s="3">
         <v>10</v>
       </c>
       <c r="H180" s="3">
         <v>10</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C181" s="3">
-        <v>63.63</v>
+        <v>113.65</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F181" s="3">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="G181" s="3">
         <v>10</v>
       </c>
       <c r="H181" s="3">
         <v>10</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A182" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C182" s="3">
-        <v>150.01</v>
+        <v>113.65</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F182" s="3">
         <v>0</v>
       </c>
       <c r="G182" s="3">
         <v>10</v>
       </c>
       <c r="H182" s="3">
         <v>10</v>
       </c>
       <c r="I182" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A183" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C183" s="3">
-        <v>150.01</v>
+        <v>13.63</v>
       </c>
       <c r="D183" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F183" s="3">
         <v>0</v>
       </c>
       <c r="G183" s="3">
         <v>10</v>
       </c>
       <c r="H183" s="3">
         <v>10</v>
       </c>
       <c r="I183" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A184" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C184" s="3">
-        <v>159.1</v>
+        <v>14.32</v>
       </c>
       <c r="D184" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F184" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="G184" s="3">
         <v>10</v>
       </c>
       <c r="H184" s="3">
         <v>10</v>
       </c>
       <c r="I184" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A185" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C185" s="3">
-        <v>222.73</v>
+        <v>50.01</v>
       </c>
       <c r="D185" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F185" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="G185" s="3">
         <v>10</v>
       </c>
       <c r="H185" s="3">
         <v>10</v>
       </c>
       <c r="I185" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A186" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C186" s="3">
-        <v>36.37</v>
+        <v>52.5</v>
       </c>
       <c r="D186" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F186" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="G186" s="3">
         <v>10</v>
       </c>
       <c r="H186" s="3">
         <v>10</v>
       </c>
       <c r="I186" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A187" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C187" s="3">
         <v>81.82</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F187" s="3">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G187" s="3">
         <v>10</v>
       </c>
       <c r="H187" s="3">
         <v>10</v>
       </c>
       <c r="I187" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A188" s="3" t="s">
         <v>370</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C188" s="3">
-        <v>95.46</v>
+        <v>81.82</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F188" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G188" s="3">
         <v>10</v>
       </c>
       <c r="H188" s="3">
         <v>10</v>
       </c>
       <c r="I188" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A189" s="2" t="s">
+      <c r="A189" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B189" s="2"/>
-[...6 lines deleted...]
-      <c r="I189" s="2"/>
+      <c r="B189" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C189" s="3">
+        <v>23.86</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E189" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F189" s="3">
+        <v>150</v>
+      </c>
+      <c r="G189" s="3">
+        <v>10</v>
+      </c>
+      <c r="H189" s="3">
+        <v>10</v>
+      </c>
+      <c r="I189" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="190" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B190" s="3" t="s">
+      <c r="A190" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="C190" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B190" s="2"/>
+      <c r="C190" s="2"/>
+      <c r="D190" s="2"/>
+      <c r="E190" s="2"/>
+      <c r="F190" s="2"/>
+      <c r="G190" s="2"/>
+      <c r="H190" s="2"/>
+      <c r="I190" s="2"/>
     </row>
     <row r="191" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A191" s="3" t="s">
         <v>375</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C191" s="3">
-        <v>113.65</v>
+        <v>2830.01</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F191" s="3">
-        <v>210</v>
+        <v>823</v>
       </c>
       <c r="G191" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H191" s="3">
         <v>10</v>
       </c>
       <c r="I191" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
+      <c r="A192" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="B192" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B192" s="2"/>
+      <c r="C192" s="2"/>
+      <c r="D192" s="2"/>
+      <c r="E192" s="2"/>
+      <c r="F192" s="2"/>
+      <c r="G192" s="2"/>
+      <c r="H192" s="2"/>
+      <c r="I192" s="2"/>
     </row>
     <row r="193" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A193" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B193" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B193" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C193" s="3">
-        <v>23.86</v>
+        <v>12203.78</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E193" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F193" s="3">
         <v>15</v>
       </c>
-      <c r="F193" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="G193" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H193" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I193" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A194" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B194" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="B194" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C194" s="3">
-        <v>52.5</v>
+        <v>12203.78</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F194" s="3">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="G194" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H194" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I194" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A195" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="B195" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B195" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C195" s="3">
-        <v>113.65</v>
+        <v>1219.51</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F195" s="3">
-        <v>0</v>
+        <v>306</v>
       </c>
       <c r="G195" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H195" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I195" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A196" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="B196" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B196" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="3">
-        <v>14.32</v>
+        <v>878.14</v>
       </c>
       <c r="D196" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F196" s="3">
-        <v>40</v>
+        <v>329</v>
       </c>
       <c r="G196" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H196" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I196" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A197" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B197" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="B197" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C197" s="3">
-        <v>23.86</v>
+        <v>1219.51</v>
       </c>
       <c r="D197" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F197" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="G197" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H197" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I197" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A198" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B198" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="B198" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C198" s="3">
-        <v>50.01</v>
+        <v>1601.78</v>
       </c>
       <c r="D198" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F198" s="3">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="G198" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H198" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I198" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A199" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B199" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B199" s="3" t="s">
+      <c r="C199" s="3">
+        <v>878.14</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E199" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F199" s="3">
+        <v>0</v>
+      </c>
+      <c r="G199" s="3">
+        <v>1</v>
+      </c>
+      <c r="H199" s="3">
+        <v>100</v>
+      </c>
+      <c r="I199" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="C199" s="3">
-[...22 lines deleted...]
-      <c r="A200" s="2" t="s">
+      <c r="B200" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B200" s="2"/>
-[...6 lines deleted...]
-      <c r="I200" s="2"/>
+      <c r="C200" s="3">
+        <v>878.14</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F200" s="3">
+        <v>327</v>
+      </c>
+      <c r="G200" s="3">
+        <v>1</v>
+      </c>
+      <c r="H200" s="3">
+        <v>100</v>
+      </c>
+      <c r="I200" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="201" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A201" s="3" t="s">
         <v>394</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C201" s="3">
-        <v>2830.01</v>
+        <v>1219.51</v>
       </c>
       <c r="D201" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F201" s="3">
-        <v>890</v>
+        <v>108</v>
       </c>
       <c r="G201" s="3">
         <v>1</v>
       </c>
       <c r="H201" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
         <v>396</v>
       </c>
       <c r="B202" s="2"/>
       <c r="C202" s="2"/>
       <c r="D202" s="2"/>
       <c r="E202" s="2"/>
       <c r="F202" s="2"/>
       <c r="G202" s="2"/>
       <c r="H202" s="2"/>
       <c r="I202" s="2"/>
     </row>
     <row r="203" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A203" s="2" t="s">
         <v>397</v>
       </c>
       <c r="B203" s="2"/>
       <c r="C203" s="2"/>
       <c r="D203" s="2"/>
       <c r="E203" s="2"/>
       <c r="F203" s="2"/>
       <c r="G203" s="2"/>
       <c r="H203" s="2"/>
       <c r="I203" s="2"/>
     </row>
     <row r="204" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A204" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C204" s="3">
-        <v>682.56</v>
+        <v>526.1</v>
       </c>
       <c r="D204" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F204" s="3">
-        <v>2357</v>
+        <v>781</v>
       </c>
       <c r="G204" s="3">
         <v>1</v>
       </c>
       <c r="H204" s="3">
         <v>100</v>
       </c>
       <c r="I204" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="205" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A205" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B205" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C205" s="3">
-        <v>203.4</v>
+        <v>181.58</v>
       </c>
       <c r="D205" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F205" s="3">
-        <v>0</v>
+        <v>2053</v>
       </c>
       <c r="G205" s="3">
         <v>1</v>
       </c>
       <c r="H205" s="3">
         <v>200</v>
       </c>
       <c r="I205" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A206" s="3" t="s">
         <v>402</v>
       </c>
       <c r="B206" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C206" s="3">
-        <v>330.53</v>
+        <v>220.99</v>
       </c>
       <c r="D206" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F206" s="3">
-        <v>363</v>
+        <v>2164</v>
       </c>
       <c r="G206" s="3">
         <v>1</v>
       </c>
       <c r="H206" s="3">
         <v>200</v>
       </c>
       <c r="I206" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A207" s="3" t="s">
         <v>404</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C207" s="3">
-        <v>592.6</v>
+        <v>638.76</v>
       </c>
       <c r="D207" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F207" s="3">
-        <v>578</v>
+        <v>950</v>
       </c>
       <c r="G207" s="3">
         <v>1</v>
       </c>
       <c r="H207" s="3">
         <v>100</v>
       </c>
       <c r="I207" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A208" s="3" t="s">
         <v>406</v>
       </c>
       <c r="B208" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C208" s="3">
-        <v>1758.24</v>
+        <v>682.56</v>
       </c>
       <c r="D208" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F208" s="3">
-        <v>636</v>
+        <v>2034</v>
       </c>
       <c r="G208" s="3">
         <v>1</v>
       </c>
       <c r="H208" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I208" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A209" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B209" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C209" s="3">
-        <v>381.37</v>
+        <v>203.4</v>
       </c>
       <c r="D209" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F209" s="3">
-        <v>878</v>
+        <v>773</v>
       </c>
       <c r="G209" s="3">
         <v>1</v>
       </c>
       <c r="H209" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I209" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A210" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B210" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C210" s="3">
-        <v>950</v>
+        <v>220.99</v>
       </c>
       <c r="D210" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F210" s="3">
-        <v>133</v>
+        <v>2828</v>
       </c>
       <c r="G210" s="3">
         <v>1</v>
       </c>
       <c r="H210" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I210" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A211" s="3" t="s">
         <v>412</v>
       </c>
       <c r="B211" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C211" s="3">
-        <v>638.76</v>
+        <v>1758.24</v>
       </c>
       <c r="D211" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F211" s="3">
-        <v>1022</v>
+        <v>563</v>
       </c>
       <c r="G211" s="3">
         <v>1</v>
       </c>
       <c r="H211" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I211" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A212" s="3" t="s">
         <v>414</v>
       </c>
       <c r="B212" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C212" s="3">
-        <v>220.99</v>
+        <v>518.28</v>
       </c>
       <c r="D212" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F212" s="3">
-        <v>1220</v>
+        <v>722</v>
       </c>
       <c r="G212" s="3">
         <v>1</v>
       </c>
       <c r="H212" s="3">
         <v>200</v>
       </c>
       <c r="I212" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A213" s="3" t="s">
         <v>416</v>
       </c>
       <c r="B213" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C213" s="3">
         <v>831.2</v>
       </c>
       <c r="D213" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F213" s="3">
-        <v>4098</v>
+        <v>2458</v>
       </c>
       <c r="G213" s="3">
         <v>1</v>
       </c>
       <c r="H213" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I213" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A214" s="3" t="s">
         <v>418</v>
       </c>
       <c r="B214" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C214" s="3">
-        <v>1322.1</v>
+        <v>950</v>
       </c>
       <c r="D214" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F214" s="3">
-        <v>522</v>
+        <v>0</v>
       </c>
       <c r="G214" s="3">
         <v>1</v>
       </c>
       <c r="H214" s="3">
         <v>50</v>
       </c>
       <c r="I214" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A215" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B215" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C215" s="3">
-        <v>526.1</v>
+        <v>330.53</v>
       </c>
       <c r="D215" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F215" s="3">
-        <v>915</v>
+        <v>0</v>
       </c>
       <c r="G215" s="3">
         <v>1</v>
       </c>
       <c r="H215" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I215" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A216" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B216" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C216" s="3">
-        <v>181.58</v>
+        <v>592.6</v>
       </c>
       <c r="D216" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F216" s="3">
-        <v>250</v>
+        <v>1101</v>
       </c>
       <c r="G216" s="3">
         <v>1</v>
       </c>
       <c r="H216" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I216" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>424</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C217" s="3">
-        <v>220.99</v>
+        <v>381.37</v>
       </c>
       <c r="D217" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F217" s="3">
-        <v>19</v>
+        <v>691</v>
       </c>
       <c r="G217" s="3">
         <v>1</v>
       </c>
       <c r="H217" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I217" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>426</v>
       </c>
       <c r="B218" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C218" s="3">
-        <v>518.28</v>
+        <v>1322.1</v>
       </c>
       <c r="D218" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F218" s="3">
-        <v>1014</v>
+        <v>1070</v>
       </c>
       <c r="G218" s="3">
         <v>1</v>
       </c>
       <c r="H218" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I218" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
         <v>428</v>
       </c>
       <c r="B219" s="2"/>
       <c r="C219" s="2"/>
       <c r="D219" s="2"/>
       <c r="E219" s="2"/>
       <c r="F219" s="2"/>
       <c r="G219" s="2"/>
       <c r="H219" s="2"/>
       <c r="I219" s="2"/>
     </row>
     <row r="220" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>429</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C220" s="3">
-        <v>1264.25</v>
+        <v>1108.65</v>
       </c>
       <c r="D220" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F220" s="3">
         <v>0</v>
       </c>
       <c r="G220" s="3">
         <v>1</v>
       </c>
       <c r="H220" s="3">
-        <v>25</v>
+        <v>65</v>
       </c>
       <c r="I220" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="221" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>431</v>
       </c>
       <c r="B221" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C221" s="3">
-        <v>553.23</v>
+        <v>1264.25</v>
       </c>
       <c r="D221" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F221" s="3">
         <v>0</v>
       </c>
       <c r="G221" s="3">
         <v>1</v>
       </c>
       <c r="H221" s="3">
-        <v>210</v>
+        <v>25</v>
       </c>
       <c r="I221" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>433</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C222" s="3">
-        <v>588.54</v>
+        <v>1631.03</v>
       </c>
       <c r="D222" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F222" s="3">
         <v>0</v>
       </c>
       <c r="G222" s="3">
         <v>1</v>
       </c>
       <c r="H222" s="3">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="I222" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>435</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C223" s="3">
-        <v>710.15</v>
+        <v>966.14</v>
       </c>
       <c r="D223" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F223" s="3">
-        <v>0</v>
+        <v>305</v>
       </c>
       <c r="G223" s="3">
         <v>1</v>
       </c>
       <c r="H223" s="3">
-        <v>210</v>
+        <v>65</v>
       </c>
       <c r="I223" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>437</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C224" s="3">
-        <v>1108.65</v>
+        <v>760.8</v>
       </c>
       <c r="D224" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F224" s="3">
         <v>0</v>
       </c>
       <c r="G224" s="3">
         <v>1</v>
       </c>
       <c r="H224" s="3">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="I224" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C225" s="3">
-        <v>897.7</v>
+        <v>1112.83</v>
       </c>
       <c r="D225" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F225" s="3">
-        <v>239</v>
+        <v>0</v>
       </c>
       <c r="G225" s="3">
         <v>1</v>
       </c>
       <c r="H225" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>441</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C226" s="3">
-        <v>897.7</v>
+        <v>623.89</v>
       </c>
       <c r="D226" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F226" s="3">
-        <v>0</v>
+        <v>929</v>
       </c>
       <c r="G226" s="3">
         <v>1</v>
       </c>
       <c r="H226" s="3">
-        <v>60</v>
+        <v>200</v>
       </c>
       <c r="I226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A227" s="3" t="s">
         <v>443</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>444</v>
       </c>
       <c r="C227" s="3">
-        <v>1112.83</v>
+        <v>839.03</v>
       </c>
       <c r="D227" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F227" s="3">
-        <v>0</v>
+        <v>940</v>
       </c>
       <c r="G227" s="3">
         <v>1</v>
       </c>
       <c r="H227" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A228" s="3" t="s">
         <v>445</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C228" s="3">
-        <v>1112.83</v>
+        <v>975.93</v>
       </c>
       <c r="D228" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F228" s="3">
-        <v>66</v>
+        <v>908</v>
       </c>
       <c r="G228" s="3">
         <v>1</v>
       </c>
       <c r="H228" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A229" s="3" t="s">
         <v>447</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C229" s="3">
-        <v>1953.81</v>
+        <v>588.54</v>
       </c>
       <c r="D229" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F229" s="3">
         <v>0</v>
       </c>
       <c r="G229" s="3">
         <v>1</v>
       </c>
       <c r="H229" s="3">
-        <v>45</v>
+        <v>210</v>
       </c>
       <c r="I229" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="230" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A230" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C230" s="3">
-        <v>1484.43</v>
+        <v>553.23</v>
       </c>
       <c r="D230" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F230" s="3">
         <v>0</v>
       </c>
       <c r="G230" s="3">
         <v>1</v>
       </c>
       <c r="H230" s="3">
-        <v>45</v>
+        <v>210</v>
       </c>
       <c r="I230" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A231" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C231" s="3">
         <v>760.8</v>
       </c>
       <c r="D231" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F231" s="3">
         <v>0</v>
       </c>
       <c r="G231" s="3">
         <v>1</v>
       </c>
       <c r="H231" s="3">
         <v>80</v>
       </c>
       <c r="I231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A232" s="3" t="s">
         <v>453</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C232" s="3">
-        <v>609.13</v>
+        <v>1484.43</v>
       </c>
       <c r="D232" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F232" s="3">
-        <v>951</v>
+        <v>0</v>
       </c>
       <c r="G232" s="3">
         <v>1</v>
       </c>
       <c r="H232" s="3">
-        <v>200</v>
+        <v>45</v>
       </c>
       <c r="I232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>455</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C233" s="3">
-        <v>616.07</v>
+        <v>1953.81</v>
       </c>
       <c r="D233" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F233" s="3">
-        <v>881</v>
+        <v>0</v>
       </c>
       <c r="G233" s="3">
         <v>1</v>
       </c>
       <c r="H233" s="3">
-        <v>200</v>
+        <v>45</v>
       </c>
       <c r="I233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C234" s="3">
-        <v>792.09</v>
+        <v>1003.9</v>
       </c>
       <c r="D234" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F234" s="3">
-        <v>817</v>
+        <v>1</v>
       </c>
       <c r="G234" s="3">
         <v>1</v>
       </c>
       <c r="H234" s="3">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="I234" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="235" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>459</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C235" s="3">
         <v>897.7</v>
       </c>
       <c r="D235" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F235" s="3">
-        <v>856</v>
+        <v>836</v>
       </c>
       <c r="G235" s="3">
         <v>1</v>
       </c>
       <c r="H235" s="3">
         <v>100</v>
       </c>
       <c r="I235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C236" s="3">
-        <v>975.93</v>
+        <v>1485.63</v>
       </c>
       <c r="D236" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F236" s="3">
-        <v>749</v>
+        <v>0</v>
       </c>
       <c r="G236" s="3">
         <v>1</v>
       </c>
       <c r="H236" s="3">
-        <v>200</v>
+        <v>52</v>
       </c>
       <c r="I236" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>463</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C237" s="3">
-        <v>623.89</v>
+        <v>710.15</v>
       </c>
       <c r="D237" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F237" s="3">
-        <v>932</v>
+        <v>0</v>
       </c>
       <c r="G237" s="3">
         <v>1</v>
       </c>
       <c r="H237" s="3">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="I237" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
         <v>465</v>
       </c>
       <c r="B238" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C238" s="3">
-        <v>897.7</v>
+        <v>310.31</v>
       </c>
       <c r="D238" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F238" s="3">
-        <v>750</v>
+        <v>0</v>
       </c>
       <c r="G238" s="3">
         <v>1</v>
       </c>
       <c r="H238" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I238" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
         <v>467</v>
       </c>
       <c r="B239" s="3" t="s">
         <v>468</v>
       </c>
       <c r="C239" s="3">
-        <v>975.93</v>
+        <v>1046.39</v>
       </c>
       <c r="D239" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F239" s="3">
-        <v>920</v>
+        <v>1</v>
       </c>
       <c r="G239" s="3">
         <v>1</v>
       </c>
       <c r="H239" s="3">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="I239" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="240" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
         <v>469</v>
       </c>
       <c r="B240" s="3" t="s">
         <v>470</v>
       </c>
       <c r="C240" s="3">
-        <v>1093.28</v>
+        <v>513</v>
       </c>
       <c r="D240" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F240" s="3">
-        <v>902</v>
+        <v>0</v>
       </c>
       <c r="G240" s="3">
         <v>1</v>
       </c>
       <c r="H240" s="3">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="I240" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B241" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C241" s="3">
-        <v>513</v>
+        <v>897.7</v>
       </c>
       <c r="D241" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F241" s="3">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G241" s="3">
         <v>1</v>
       </c>
       <c r="H241" s="3">
-        <v>210</v>
+        <v>60</v>
       </c>
       <c r="I241" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
         <v>473</v>
       </c>
       <c r="B242" s="3" t="s">
         <v>474</v>
       </c>
       <c r="C242" s="3">
-        <v>1003.9</v>
+        <v>897.7</v>
       </c>
       <c r="D242" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F242" s="3">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G242" s="3">
         <v>1</v>
       </c>
       <c r="H242" s="3">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="I242" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A243" s="3" t="s">
         <v>475</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>476</v>
       </c>
       <c r="C243" s="3">
-        <v>1046.39</v>
+        <v>609.13</v>
       </c>
       <c r="D243" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F243" s="3">
-        <v>2</v>
+        <v>951</v>
       </c>
       <c r="G243" s="3">
         <v>1</v>
       </c>
       <c r="H243" s="3">
-        <v>112</v>
+        <v>200</v>
       </c>
       <c r="I243" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A244" s="3" t="s">
         <v>477</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>478</v>
       </c>
       <c r="C244" s="3">
-        <v>1485.63</v>
+        <v>616.07</v>
       </c>
       <c r="D244" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F244" s="3">
-        <v>0</v>
+        <v>880</v>
       </c>
       <c r="G244" s="3">
         <v>1</v>
       </c>
       <c r="H244" s="3">
-        <v>52</v>
+        <v>200</v>
       </c>
       <c r="I244" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A245" s="3" t="s">
         <v>479</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>480</v>
       </c>
       <c r="C245" s="3">
-        <v>760.8</v>
+        <v>792.09</v>
       </c>
       <c r="D245" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F245" s="3">
-        <v>36</v>
+        <v>791</v>
       </c>
       <c r="G245" s="3">
         <v>1</v>
       </c>
       <c r="H245" s="3">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="I245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A246" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C246" s="3">
-        <v>1631.03</v>
+        <v>975.93</v>
       </c>
       <c r="D246" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F246" s="3">
-        <v>0</v>
+        <v>790</v>
       </c>
       <c r="G246" s="3">
         <v>1</v>
       </c>
       <c r="H246" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I246" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A247" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C247" s="3">
-        <v>839.03</v>
+        <v>897.7</v>
       </c>
       <c r="D247" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F247" s="3">
-        <v>945</v>
+        <v>41</v>
       </c>
       <c r="G247" s="3">
         <v>1</v>
       </c>
       <c r="H247" s="3">
         <v>100</v>
       </c>
       <c r="I247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A248" s="3" t="s">
         <v>485</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>486</v>
       </c>
       <c r="C248" s="3">
-        <v>966.14</v>
+        <v>1093.28</v>
       </c>
       <c r="D248" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F248" s="3">
-        <v>328</v>
+        <v>876</v>
       </c>
       <c r="G248" s="3">
         <v>1</v>
       </c>
       <c r="H248" s="3">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="I248" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A249" s="3" t="s">
         <v>487</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>488</v>
       </c>
       <c r="C249" s="3">
-        <v>310.31</v>
+        <v>1112.83</v>
       </c>
       <c r="D249" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F249" s="3">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="G249" s="3">
         <v>1</v>
       </c>
       <c r="H249" s="3">
-        <v>210</v>
+        <v>50</v>
       </c>
       <c r="I249" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
         <v>489</v>
       </c>
       <c r="B250" s="2"/>
       <c r="C250" s="2"/>
       <c r="D250" s="2"/>
       <c r="E250" s="2"/>
       <c r="F250" s="2"/>
       <c r="G250" s="2"/>
       <c r="H250" s="2"/>
       <c r="I250" s="2"/>
     </row>
     <row r="251" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A251" s="3" t="s">
         <v>490</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>491</v>
       </c>
       <c r="C251" s="3">
         <v>4295.46</v>
       </c>
       <c r="D251" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F251" s="3">
         <v>0</v>
       </c>
       <c r="G251" s="3">
         <v>1</v>
       </c>
       <c r="H251" s="3">
         <v>20</v>
       </c>
       <c r="I251" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A252" s="3" t="s">
         <v>492</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>493</v>
       </c>
       <c r="C252" s="3">
-        <v>881.3</v>
+        <v>1996.95</v>
       </c>
       <c r="D252" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F252" s="3">
         <v>0</v>
       </c>
       <c r="G252" s="3">
         <v>1</v>
       </c>
       <c r="H252" s="3">
         <v>50</v>
       </c>
       <c r="I252" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A253" s="3" t="s">
         <v>494</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>495</v>
       </c>
       <c r="C253" s="3">
-        <v>1469.22</v>
+        <v>3617.47</v>
       </c>
       <c r="D253" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E253" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F253" s="3">
+        <v>0</v>
+      </c>
+      <c r="G253" s="3">
+        <v>1</v>
+      </c>
+      <c r="H253" s="3">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I253" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="254" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A254" s="3" t="s">
         <v>496</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>497</v>
       </c>
       <c r="C254" s="3">
-        <v>1996.95</v>
+        <v>1288.85</v>
       </c>
       <c r="D254" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F254" s="3">
-        <v>0</v>
+        <v>786</v>
       </c>
       <c r="G254" s="3">
         <v>1</v>
       </c>
       <c r="H254" s="3">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="I254" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A255" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C255" s="3">
-        <v>1934.72</v>
+        <v>2032.05</v>
       </c>
       <c r="D255" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F255" s="3">
         <v>0</v>
       </c>
       <c r="G255" s="3">
         <v>1</v>
       </c>
       <c r="H255" s="3">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I255" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A256" s="3" t="s">
         <v>500</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>501</v>
       </c>
       <c r="C256" s="3">
-        <v>2852.27</v>
+        <v>3420.64</v>
       </c>
       <c r="D256" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F256" s="3">
-        <v>0</v>
+        <v>779</v>
       </c>
       <c r="G256" s="3">
         <v>1</v>
       </c>
       <c r="H256" s="3">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="I256" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A257" s="3" t="s">
         <v>502</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>503</v>
       </c>
       <c r="C257" s="3">
-        <v>2146.45</v>
+        <v>3909.58</v>
       </c>
       <c r="D257" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F257" s="3">
-        <v>0</v>
+        <v>172</v>
       </c>
       <c r="G257" s="3">
         <v>1</v>
       </c>
       <c r="H257" s="3">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I257" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A258" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C258" s="3">
-        <v>3672.46</v>
+        <v>1347.53</v>
       </c>
       <c r="D258" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F258" s="3">
-        <v>0</v>
+        <v>1109</v>
       </c>
       <c r="G258" s="3">
         <v>1</v>
       </c>
       <c r="H258" s="3">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="I258" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A259" s="3" t="s">
         <v>506</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>507</v>
       </c>
       <c r="C259" s="3">
-        <v>3909.58</v>
+        <v>2032.05</v>
       </c>
       <c r="D259" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F259" s="3">
-        <v>486</v>
+        <v>306</v>
       </c>
       <c r="G259" s="3">
         <v>1</v>
       </c>
       <c r="H259" s="3">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="I259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A260" s="3" t="s">
         <v>508</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>509</v>
       </c>
       <c r="C260" s="3">
-        <v>3420.64</v>
+        <v>3361.97</v>
       </c>
       <c r="D260" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F260" s="3">
-        <v>788</v>
+        <v>525</v>
       </c>
       <c r="G260" s="3">
         <v>1</v>
       </c>
       <c r="H260" s="3">
         <v>22</v>
       </c>
       <c r="I260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A261" s="3" t="s">
         <v>510</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>511</v>
       </c>
       <c r="C261" s="3">
-        <v>3361.97</v>
+        <v>3909.58</v>
       </c>
       <c r="D261" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F261" s="3">
-        <v>526</v>
+        <v>435</v>
       </c>
       <c r="G261" s="3">
         <v>1</v>
       </c>
       <c r="H261" s="3">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="I261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A262" s="3" t="s">
         <v>512</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>513</v>
       </c>
       <c r="C262" s="3">
-        <v>1657.88</v>
+        <v>1075.9</v>
       </c>
       <c r="D262" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F262" s="3">
         <v>0</v>
       </c>
       <c r="G262" s="3">
         <v>1</v>
       </c>
       <c r="H262" s="3">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="I262" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A263" s="3" t="s">
         <v>514</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>515</v>
       </c>
       <c r="C263" s="3">
-        <v>1347.53</v>
+        <v>829.2</v>
       </c>
       <c r="D263" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F263" s="3">
-        <v>1126</v>
+        <v>71</v>
       </c>
       <c r="G263" s="3">
         <v>1</v>
       </c>
       <c r="H263" s="3">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I263" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A264" s="3" t="s">
         <v>516</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>517</v>
       </c>
       <c r="C264" s="3">
-        <v>2032.05</v>
+        <v>1657.88</v>
       </c>
       <c r="D264" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F264" s="3">
-        <v>319</v>
+        <v>0</v>
       </c>
       <c r="G264" s="3">
         <v>1</v>
       </c>
       <c r="H264" s="3">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I264" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A265" s="3" t="s">
         <v>518</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>519</v>
       </c>
       <c r="C265" s="3">
-        <v>3617.47</v>
+        <v>1469.22</v>
       </c>
       <c r="D265" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F265" s="3">
         <v>0</v>
       </c>
       <c r="G265" s="3">
         <v>1</v>
       </c>
       <c r="H265" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="I265" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="266" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A266" s="3" t="s">
         <v>520</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>521</v>
       </c>
       <c r="C266" s="3">
-        <v>1075.9</v>
+        <v>1934.72</v>
       </c>
       <c r="D266" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F266" s="3">
         <v>0</v>
       </c>
       <c r="G266" s="3">
         <v>1</v>
       </c>
       <c r="H266" s="3">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="I266" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="267" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A267" s="3" t="s">
         <v>522</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>523</v>
       </c>
       <c r="C267" s="3">
-        <v>1288.85</v>
+        <v>2852.27</v>
       </c>
       <c r="D267" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F267" s="3">
-        <v>741</v>
+        <v>0</v>
       </c>
       <c r="G267" s="3">
         <v>1</v>
       </c>
       <c r="H267" s="3">
-        <v>65</v>
+        <v>5</v>
       </c>
       <c r="I267" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="268" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A268" s="3" t="s">
         <v>524</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>525</v>
       </c>
       <c r="C268" s="3">
-        <v>2032.05</v>
+        <v>881.3</v>
       </c>
       <c r="D268" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F268" s="3">
         <v>0</v>
       </c>
       <c r="G268" s="3">
         <v>1</v>
       </c>
       <c r="H268" s="3">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I268" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A269" s="3" t="s">
         <v>526</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>527</v>
       </c>
       <c r="C269" s="3">
-        <v>3909.58</v>
+        <v>2146.45</v>
       </c>
       <c r="D269" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F269" s="3">
-        <v>263</v>
+        <v>0</v>
       </c>
       <c r="G269" s="3">
         <v>1</v>
       </c>
       <c r="H269" s="3">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I269" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A270" s="3" t="s">
         <v>528</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>529</v>
       </c>
       <c r="C270" s="3">
-        <v>829.2</v>
+        <v>3672.46</v>
       </c>
       <c r="D270" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F270" s="3">
-        <v>117</v>
+        <v>0</v>
       </c>
       <c r="G270" s="3">
         <v>1</v>
       </c>
       <c r="H270" s="3">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="I270" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A271" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C271" s="3">
         <v>1186.08</v>
       </c>
       <c r="D271" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F271" s="3">
         <v>0</v>
       </c>
       <c r="G271" s="3">
         <v>1</v>
       </c>
       <c r="H271" s="3">
         <v>50</v>
       </c>
       <c r="I271" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
         <v>532</v>
       </c>
       <c r="B272" s="2"/>
       <c r="C272" s="2"/>
       <c r="D272" s="2"/>
       <c r="E272" s="2"/>
       <c r="F272" s="2"/>
       <c r="G272" s="2"/>
       <c r="H272" s="2"/>
       <c r="I272" s="2"/>
     </row>
     <row r="273" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
         <v>533</v>
       </c>
       <c r="B273" s="2"/>
       <c r="C273" s="2"/>
       <c r="D273" s="2"/>
       <c r="E273" s="2"/>
       <c r="F273" s="2"/>
       <c r="G273" s="2"/>
       <c r="H273" s="2"/>
       <c r="I273" s="2"/>
     </row>
     <row r="274" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A274" s="3" t="s">
         <v>534</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>535</v>
       </c>
       <c r="C274" s="3">
-        <v>545.65</v>
+        <v>307.26</v>
       </c>
       <c r="D274" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F274" s="3">
-        <v>1726</v>
+        <v>2783</v>
       </c>
       <c r="G274" s="3">
         <v>1</v>
       </c>
       <c r="H274" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A275" s="3" t="s">
         <v>536</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>537</v>
       </c>
       <c r="C275" s="3">
-        <v>594.32</v>
+        <v>400.93</v>
       </c>
       <c r="D275" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F275" s="3">
-        <v>2382</v>
+        <v>525</v>
       </c>
       <c r="G275" s="3">
         <v>1</v>
       </c>
       <c r="H275" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A276" s="3" t="s">
         <v>538</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>539</v>
       </c>
       <c r="C276" s="3">
-        <v>598.07</v>
+        <v>292</v>
       </c>
       <c r="D276" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F276" s="3">
-        <v>365</v>
+        <v>2840</v>
       </c>
       <c r="G276" s="3">
         <v>1</v>
       </c>
       <c r="H276" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A277" s="3" t="s">
         <v>540</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>541</v>
       </c>
       <c r="C277" s="3">
-        <v>318.79</v>
+        <v>314.39</v>
       </c>
       <c r="D277" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F277" s="3">
-        <v>2912</v>
+        <v>1835</v>
       </c>
       <c r="G277" s="3">
         <v>1</v>
       </c>
       <c r="H277" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A278" s="3" t="s">
         <v>542</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>543</v>
       </c>
       <c r="C278" s="3">
-        <v>2344.97</v>
+        <v>545.65</v>
       </c>
       <c r="D278" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F278" s="3">
-        <v>2009</v>
+        <v>7</v>
       </c>
       <c r="G278" s="3">
         <v>1</v>
       </c>
       <c r="H278" s="3">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="I278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A279" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C279" s="3">
-        <v>292</v>
+        <v>209.62</v>
       </c>
       <c r="D279" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F279" s="3">
-        <v>2821</v>
+        <v>0</v>
       </c>
       <c r="G279" s="3">
         <v>1</v>
       </c>
       <c r="H279" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A280" s="3" t="s">
         <v>546</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>547</v>
       </c>
       <c r="C280" s="3">
-        <v>314.39</v>
+        <v>359.22</v>
       </c>
       <c r="D280" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F280" s="3">
-        <v>1822</v>
+        <v>1716</v>
       </c>
       <c r="G280" s="3">
         <v>1</v>
       </c>
       <c r="H280" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A281" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C281" s="3">
-        <v>209.62</v>
+        <v>527.44</v>
       </c>
       <c r="D281" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F281" s="3">
-        <v>0</v>
+        <v>381</v>
       </c>
       <c r="G281" s="3">
         <v>1</v>
       </c>
       <c r="H281" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A282" s="3" t="s">
         <v>550</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C282" s="3">
-        <v>359.22</v>
+        <v>594.32</v>
       </c>
       <c r="D282" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F282" s="3">
-        <v>1670</v>
+        <v>2344</v>
       </c>
       <c r="G282" s="3">
         <v>1</v>
       </c>
       <c r="H282" s="3">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A283" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C283" s="3">
-        <v>375.51</v>
+        <v>598.07</v>
       </c>
       <c r="D283" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F283" s="3">
-        <v>1367</v>
+        <v>0</v>
       </c>
       <c r="G283" s="3">
         <v>1</v>
       </c>
       <c r="H283" s="3">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="I283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A284" s="3" t="s">
         <v>554</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>555</v>
       </c>
       <c r="C284" s="3">
-        <v>527.44</v>
+        <v>318.79</v>
       </c>
       <c r="D284" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F284" s="3">
-        <v>418</v>
+        <v>2907</v>
       </c>
       <c r="G284" s="3">
         <v>1</v>
       </c>
       <c r="H284" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A285" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C285" s="3">
-        <v>1300.59</v>
+        <v>2344.97</v>
       </c>
       <c r="D285" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F285" s="3">
-        <v>2388</v>
+        <v>2001</v>
       </c>
       <c r="G285" s="3">
         <v>1</v>
       </c>
       <c r="H285" s="3">
         <v>16</v>
       </c>
       <c r="I285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A286" s="3" t="s">
         <v>558</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>559</v>
       </c>
       <c r="C286" s="3">
-        <v>400.93</v>
+        <v>375.51</v>
       </c>
       <c r="D286" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F286" s="3">
-        <v>1222</v>
+        <v>1329</v>
       </c>
       <c r="G286" s="3">
         <v>1</v>
       </c>
       <c r="H286" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A287" s="3" t="s">
         <v>560</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>561</v>
       </c>
       <c r="C287" s="3">
-        <v>307.26</v>
+        <v>1300.59</v>
       </c>
       <c r="D287" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F287" s="3">
-        <v>2836</v>
+        <v>2388</v>
       </c>
       <c r="G287" s="3">
         <v>1</v>
       </c>
       <c r="H287" s="3">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I287" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A59:I59"/>
     <mergeCell ref="A62:I62"/>
     <mergeCell ref="A107:I107"/>
     <mergeCell ref="A111:I111"/>
     <mergeCell ref="A112:I112"/>
     <mergeCell ref="A145:I145"/>
     <mergeCell ref="A146:I146"/>
-    <mergeCell ref="A156:I156"/>
-[...3 lines deleted...]
-    <mergeCell ref="A200:I200"/>
+    <mergeCell ref="A150:I150"/>
+    <mergeCell ref="A165:I165"/>
+    <mergeCell ref="A179:I179"/>
+    <mergeCell ref="A190:I190"/>
+    <mergeCell ref="A192:I192"/>
     <mergeCell ref="A202:I202"/>
     <mergeCell ref="A203:I203"/>
     <mergeCell ref="A219:I219"/>
     <mergeCell ref="A250:I250"/>
     <mergeCell ref="A272:I272"/>
     <mergeCell ref="A273:I273"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
     <hyperlink ref="D13" r:id="rId9"/>
     <hyperlink ref="D14" r:id="rId10"/>
     <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D16" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
@@ -10276,96 +10276,96 @@
     <hyperlink ref="D123" r:id="rId113"/>
     <hyperlink ref="D124" r:id="rId114"/>
     <hyperlink ref="D125" r:id="rId115"/>
     <hyperlink ref="D126" r:id="rId116"/>
     <hyperlink ref="D127" r:id="rId117"/>
     <hyperlink ref="D128" r:id="rId118"/>
     <hyperlink ref="D129" r:id="rId119"/>
     <hyperlink ref="D130" r:id="rId120"/>
     <hyperlink ref="D131" r:id="rId121"/>
     <hyperlink ref="D132" r:id="rId122"/>
     <hyperlink ref="D133" r:id="rId123"/>
     <hyperlink ref="D134" r:id="rId124"/>
     <hyperlink ref="D135" r:id="rId125"/>
     <hyperlink ref="D136" r:id="rId126"/>
     <hyperlink ref="D137" r:id="rId127"/>
     <hyperlink ref="D138" r:id="rId128"/>
     <hyperlink ref="D139" r:id="rId129"/>
     <hyperlink ref="D140" r:id="rId130"/>
     <hyperlink ref="D141" r:id="rId131"/>
     <hyperlink ref="D142" r:id="rId132"/>
     <hyperlink ref="D143" r:id="rId133"/>
     <hyperlink ref="D144" r:id="rId134"/>
     <hyperlink ref="D147" r:id="rId135"/>
     <hyperlink ref="D148" r:id="rId136"/>
     <hyperlink ref="D149" r:id="rId137"/>
-    <hyperlink ref="D150" r:id="rId138"/>
-[...4 lines deleted...]
-    <hyperlink ref="D155" r:id="rId143"/>
+    <hyperlink ref="D151" r:id="rId138"/>
+    <hyperlink ref="D152" r:id="rId139"/>
+    <hyperlink ref="D153" r:id="rId140"/>
+    <hyperlink ref="D154" r:id="rId141"/>
+    <hyperlink ref="D155" r:id="rId142"/>
+    <hyperlink ref="D156" r:id="rId143"/>
     <hyperlink ref="D157" r:id="rId144"/>
     <hyperlink ref="D158" r:id="rId145"/>
     <hyperlink ref="D159" r:id="rId146"/>
-    <hyperlink ref="D161" r:id="rId147"/>
-[...3 lines deleted...]
-    <hyperlink ref="D165" r:id="rId151"/>
+    <hyperlink ref="D160" r:id="rId147"/>
+    <hyperlink ref="D161" r:id="rId148"/>
+    <hyperlink ref="D162" r:id="rId149"/>
+    <hyperlink ref="D163" r:id="rId150"/>
+    <hyperlink ref="D164" r:id="rId151"/>
     <hyperlink ref="D166" r:id="rId152"/>
     <hyperlink ref="D167" r:id="rId153"/>
     <hyperlink ref="D168" r:id="rId154"/>
     <hyperlink ref="D169" r:id="rId155"/>
     <hyperlink ref="D170" r:id="rId156"/>
     <hyperlink ref="D171" r:id="rId157"/>
     <hyperlink ref="D172" r:id="rId158"/>
     <hyperlink ref="D173" r:id="rId159"/>
     <hyperlink ref="D174" r:id="rId160"/>
-    <hyperlink ref="D176" r:id="rId161"/>
-[...2 lines deleted...]
-    <hyperlink ref="D179" r:id="rId164"/>
+    <hyperlink ref="D175" r:id="rId161"/>
+    <hyperlink ref="D176" r:id="rId162"/>
+    <hyperlink ref="D177" r:id="rId163"/>
+    <hyperlink ref="D178" r:id="rId164"/>
     <hyperlink ref="D180" r:id="rId165"/>
     <hyperlink ref="D181" r:id="rId166"/>
     <hyperlink ref="D182" r:id="rId167"/>
     <hyperlink ref="D183" r:id="rId168"/>
     <hyperlink ref="D184" r:id="rId169"/>
     <hyperlink ref="D185" r:id="rId170"/>
     <hyperlink ref="D186" r:id="rId171"/>
     <hyperlink ref="D187" r:id="rId172"/>
     <hyperlink ref="D188" r:id="rId173"/>
-    <hyperlink ref="D190" r:id="rId174"/>
+    <hyperlink ref="D189" r:id="rId174"/>
     <hyperlink ref="D191" r:id="rId175"/>
-    <hyperlink ref="D192" r:id="rId176"/>
-[...6 lines deleted...]
-    <hyperlink ref="D199" r:id="rId183"/>
+    <hyperlink ref="D193" r:id="rId176"/>
+    <hyperlink ref="D194" r:id="rId177"/>
+    <hyperlink ref="D195" r:id="rId178"/>
+    <hyperlink ref="D196" r:id="rId179"/>
+    <hyperlink ref="D197" r:id="rId180"/>
+    <hyperlink ref="D198" r:id="rId181"/>
+    <hyperlink ref="D199" r:id="rId182"/>
+    <hyperlink ref="D200" r:id="rId183"/>
     <hyperlink ref="D201" r:id="rId184"/>
     <hyperlink ref="D204" r:id="rId185"/>
     <hyperlink ref="D205" r:id="rId186"/>
     <hyperlink ref="D206" r:id="rId187"/>
     <hyperlink ref="D207" r:id="rId188"/>
     <hyperlink ref="D208" r:id="rId189"/>
     <hyperlink ref="D209" r:id="rId190"/>
     <hyperlink ref="D210" r:id="rId191"/>
     <hyperlink ref="D211" r:id="rId192"/>
     <hyperlink ref="D212" r:id="rId193"/>
     <hyperlink ref="D213" r:id="rId194"/>
     <hyperlink ref="D214" r:id="rId195"/>
     <hyperlink ref="D215" r:id="rId196"/>
     <hyperlink ref="D216" r:id="rId197"/>
     <hyperlink ref="D217" r:id="rId198"/>
     <hyperlink ref="D218" r:id="rId199"/>
     <hyperlink ref="D220" r:id="rId200"/>
     <hyperlink ref="D221" r:id="rId201"/>
     <hyperlink ref="D222" r:id="rId202"/>
     <hyperlink ref="D223" r:id="rId203"/>
     <hyperlink ref="D224" r:id="rId204"/>
     <hyperlink ref="D225" r:id="rId205"/>
     <hyperlink ref="D226" r:id="rId206"/>
     <hyperlink ref="D227" r:id="rId207"/>
     <hyperlink ref="D228" r:id="rId208"/>