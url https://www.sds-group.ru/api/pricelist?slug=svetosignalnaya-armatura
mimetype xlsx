--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -54,84 +54,84 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светосигнальная арматура</t>
   </si>
   <si>
     <t>36-4742</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В желтая</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>36-4743</t>
+  </si>
+  <si>
+    <t>Матрица светодиодная AD22-230 В белая</t>
+  </si>
+  <si>
     <t>36-4740</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В красная</t>
   </si>
   <si>
-    <t>36-4743</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4741</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В зеленая</t>
   </si>
   <si>
+    <t>36-5002</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения желтый VD22 70-500 В</t>
+  </si>
+  <si>
+    <t>36-5000</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения красный VD22 70-500 В</t>
+  </si>
+  <si>
     <t>36-5001</t>
   </si>
   <si>
     <t>Индикатор значения напряжения зеленый VD22 70-500 В</t>
-  </si>
-[...10 lines deleted...]
-    <t>Индикатор значения напряжения красный VD22 70-500 В</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -516,51 +516,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-jeltaya-21572" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya-21570" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya-21573" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya-21571" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-zeleniy-vd22-70-500-v-21575" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-jeltiy-vd22-70-500-v-21576" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryajeniya-krasniy-vd22-70-500-v-21574" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I9"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -593,225 +593,225 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>132.83</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>940</v>
+        <v>910</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>136.63</v>
+        <v>126.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2810</v>
+        <v>1440</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>126.5</v>
+        <v>136.63</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1500</v>
+        <v>2540</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
         <v>136.63</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1820</v>
+        <v>1510</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
         <v>340.73</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1030</v>
+        <v>990</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>340.73</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1060</v>
+        <v>880</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>340.73</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1000</v>
+        <v>1820</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>