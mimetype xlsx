--- v1 (2025-12-23)
+++ v2 (2026-02-27)
@@ -54,84 +54,84 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Светосигнальная арматура</t>
   </si>
   <si>
     <t>36-4742</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В желтая</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>36-5000</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения красный VD22 70-500 В</t>
+  </si>
+  <si>
     <t>36-4743</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В белая</t>
   </si>
   <si>
+    <t>36-5001</t>
+  </si>
+  <si>
+    <t>Индикатор значения напряжения зеленый VD22 70-500 В</t>
+  </si>
+  <si>
     <t>36-4740</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В красная</t>
   </si>
   <si>
     <t>36-4741</t>
   </si>
   <si>
     <t>Матрица светодиодная AD22-230 В зеленая</t>
   </si>
   <si>
     <t>36-5002</t>
   </si>
   <si>
     <t>Индикатор значения напряжения желтый VD22 70-500 В</t>
-  </si>
-[...10 lines deleted...]
-    <t>Индикатор значения напряжения зеленый VD22 70-500 В</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -516,51 +516,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zheltaya" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-krasnyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-belaya" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zelenyy-vd22-70-500-v" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-krasnaya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/matritsa-svetodiodnaya-ad22-230-v-zelenaya" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/indikator-znacheniya-napryazheniya-zheltyy-vd22-70-500-v" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I9"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -584,234 +584,234 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>132.83</v>
+        <v>135.09</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>910</v>
+        <v>850</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>126.5</v>
+        <v>346.52</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1440</v>
+        <v>1260</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>136.63</v>
+        <v>128.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2540</v>
+        <v>1400</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>136.63</v>
+        <v>346.52</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1510</v>
+        <v>2060</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>340.73</v>
+        <v>138.95</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>990</v>
+        <v>2270</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
         <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>340.73</v>
+        <v>138.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>880</v>
+        <v>2170</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>340.73</v>
+        <v>346.52</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1820</v>
+        <v>890</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>