--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="62">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
@@ -69,183 +69,177 @@
   <si>
     <t>56-0051-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Огнетушитель» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
     <t>56-0053-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный гидрант» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>56-0055-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный кран» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>1.2 Таблички эвакуационные</t>
+    <t>1.2 Таблички предписывающие</t>
+  </si>
+  <si>
+    <t>56-0033-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Место курения» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Таблички предупреждающие</t>
+  </si>
+  <si>
+    <t>56-0036-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Злая собака» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Таблички эвакуационные</t>
+  </si>
+  <si>
+    <t>56-0030-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направляющая стрелка» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0021-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0025-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу налево» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0028-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0020-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0022-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 100х300 мм REXANT</t>
   </si>
   <si>
     <t>56-0023-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 150х300 мм REXANT</t>
   </si>
   <si>
-    <t>56-0022-2</t>
-[...40 lines deleted...]
-  <si>
     <t>56-0027-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 100х300 мм REXANT</t>
   </si>
   <si>
-    <t>1.3 Таблички запрещающие</t>
+    <t>1.5 Таблички запрещающие</t>
   </si>
   <si>
     <t>56-0043-2</t>
   </si>
   <si>
     <t>Табличка ПВХ запрещающий знак «Фотосъемка запрещена» 150х150 мм REXANT</t>
   </si>
   <si>
     <t>56-0035-2</t>
   </si>
   <si>
     <t>Табличка ПВХ  информационный знак «Курить запрещено» 200х200мм REXANT</t>
   </si>
   <si>
+    <t>56-0056-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Проход запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
     <t>56-0038-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Машины не ставить» 150х300 мм REXANT</t>
   </si>
   <si>
-    <t>56-0037-2</t>
-[...4 lines deleted...]
-  <si>
     <t>56-0039-2</t>
   </si>
   <si>
     <t>Табличка ПВХ запрещающий знак «Выгул собак запрещен» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>56-0056-2</t>
-[...14 lines deleted...]
-    <t>1.5 Таблички информационные</t>
+    <t>1.6 Таблички информационные</t>
+  </si>
+  <si>
+    <t>56-0024-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, ведется видеонаблюдение» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>56-0017-2</t>
   </si>
   <si>
     <t>Табличка ПВХ «Зона Wi-Fi» 200х150 мм REXANT</t>
   </si>
   <si>
-    <t>56-0024-2</t>
-[...4 lines deleted...]
-  <si>
     <t>56-0058-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Внимание, объект охраняется круглосуточно, установлена сигнализация» 100х100 мм REXANT</t>
-  </si>
-[...7 lines deleted...]
-    <t>Табличка ПВХ информационный знак «Место курения» 200х200мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -630,56 +624,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-ognetushitel-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlyayuschaya-strelka-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-kurit-zaprescheno-200h200mm-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mashiny-ne-stavit-150h300-mm-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-prohod-zapreschen-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vygul-sobak-zapreschen-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zapreschaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zlaya-sobaka-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizat.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mesto-kureniya-200h200mm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-ognetushitel-200h200-mm-rexant-19694" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-200h200-mm-rexant-19696" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-kran-200h200-mm-rexant-19695" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mesto-kureniya-200h200mm-rexant-19713" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zlaya-sobaka-200h200-mm-rexant-19711" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlyayuschaya-strelka-200h200-mm-rexant-19699" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-150h300-mm-rexant-19703" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-100h300-mm-rexant-19704" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-150h300-mm-rexant-19702" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-100h300-mm-rexant-19701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-100h300-mm-rexant-19698" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-150h300-mm-rexant-19697" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-100h300-mm-rexant-19700" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant-19710" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-kurit-zaprescheno-200h200mm-rexant-19707" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zapreschaetsya-polzovatsya-otkritim-ognem-i-kurit-d-180-mm-rexant-20134" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-prohod-zapreschen-200h200-mm-rexant-19708" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mashini-ne-stavit-150h300-mm-rexant-19709" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vigul-sobak-zapreschen-200h200-mm-rexant-20029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant-19712" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant-20028" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizatsiya-100h100-mm-rexant-20133" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I30"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -720,80 +714,80 @@
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
         <v>173.11</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>150</v>
+        <v>89</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
         <v>184.41</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>144</v>
+        <v>39</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
         <v>173.11</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
@@ -820,699 +814,669 @@
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>173.11</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="3" t="s">
+      <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
+      <c r="C10" s="3">
+        <v>184.41</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="3">
+        <v>0</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>10</v>
+      </c>
+      <c r="I10" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2"/>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2"/>
+      <c r="H11" s="2"/>
+      <c r="I11" s="2"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C12" s="3">
         <v>173.11</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13" s="3">
         <v>184.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>184.41</v>
+        <v>122.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>122.95</v>
+        <v>184.41</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>10</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C16" s="3">
         <v>122.95</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
+        <v>3</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>10</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="3">
+        <v>122.95</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F17" s="3">
         <v>0</v>
       </c>
-      <c r="G16" s="3">
-[...20 lines deleted...]
-      <c r="I17" s="2"/>
+      <c r="G17" s="3">
+        <v>1</v>
+      </c>
+      <c r="H17" s="3">
+        <v>10</v>
+      </c>
+      <c r="I17" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>97.83</v>
+        <v>173.11</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="C19" s="3">
+        <v>122.95</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>0</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>10</v>
+      </c>
+      <c r="I19" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="C19" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B20" s="2"/>
+      <c r="C20" s="2"/>
+      <c r="D20" s="2"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>191.49</v>
+        <v>97.83</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>297.3</v>
+        <v>166.1</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
         <v>173.11</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I24" s="2"/>
+      <c r="A24" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C24" s="3">
+        <v>191.49</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F24" s="3">
+        <v>0</v>
+      </c>
+      <c r="G24" s="3">
+        <v>1</v>
+      </c>
+      <c r="H24" s="3">
+        <v>10</v>
+      </c>
+      <c r="I24" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="C25" s="3">
+        <v>191.49</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F25" s="3">
+        <v>0</v>
+      </c>
+      <c r="G25" s="3">
+        <v>1</v>
+      </c>
+      <c r="H25" s="3">
+        <v>10</v>
+      </c>
+      <c r="I25" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C25" s="3">
-[...22 lines deleted...]
-      <c r="A26" s="2" t="s">
+      <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="2"/>
-[...6 lines deleted...]
-      <c r="I26" s="2"/>
+      <c r="C26" s="3">
+        <v>297.3</v>
+      </c>
+      <c r="D26" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F26" s="3">
+        <v>2</v>
+      </c>
+      <c r="G26" s="3">
+        <v>1</v>
+      </c>
+      <c r="H26" s="3">
+        <v>100</v>
+      </c>
+      <c r="I26" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="3" t="s">
+      <c r="A27" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B27" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C28" s="3">
         <v>184.41</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
-        <v>221</v>
+        <v>27</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="3">
-        <v>50.18</v>
+        <v>134.52</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>100</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A30" s="2" t="s">
+      <c r="A30" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B30" s="2"/>
-[...33 lines deleted...]
-      <c r="I31" s="3">
+      <c r="C30" s="3">
+        <v>50.18</v>
+      </c>
+      <c r="D30" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="3">
+        <v>0</v>
+      </c>
+      <c r="G30" s="3">
+        <v>1</v>
+      </c>
+      <c r="H30" s="3">
+        <v>100</v>
+      </c>
+      <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A17:I17"/>
-[...2 lines deleted...]
-    <mergeCell ref="A30:I30"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A11:I11"/>
+    <mergeCell ref="A20:I20"/>
+    <mergeCell ref="A27:I27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
-    <hyperlink ref="D9" r:id="rId5"/>
-[...17 lines deleted...]
-    <hyperlink ref="D31" r:id="rId23"/>
+    <hyperlink ref="D10" r:id="rId5"/>
+    <hyperlink ref="D12" r:id="rId6"/>
+    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D17" r:id="rId11"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D29" r:id="rId21"/>
+    <hyperlink ref="D30" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>