--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -8,238 +8,232 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Таблички ПВХ</t>
   </si>
   <si>
     <t>1.1 Таблички пожарной безопасности</t>
   </si>
   <si>
+    <t>56-0053-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ знак пожарной безопасности «Пожарный гидрант» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>56-0051-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Огнетушитель» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>56-0055-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный кран» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>1.2 Таблички предписывающие</t>
+    <t>1.2 Таблички эвакуационные</t>
+  </si>
+  <si>
+    <t>56-0022-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0023-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0020-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0021-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0025-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу налево» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0027-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0028-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Таблички запрещающие</t>
+  </si>
+  <si>
+    <t>56-0043-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ запрещающий знак «Фотосъемка запрещена» 150х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0039-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ запрещающий знак «Выгул собак запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Проход запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0038-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Машины не ставить» 150х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0056-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0035-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ  информационный знак «Курить запрещено» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>1.4 Таблички предупреждающие</t>
+  </si>
+  <si>
+    <t>56-0036-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Злая собака» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Таблички информационные</t>
+  </si>
+  <si>
+    <t>56-0024-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, ведется видеонаблюдение» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0058-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Внимание, объект охраняется круглосуточно, установлена сигнализация» 100х100 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0017-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ «Зона Wi-Fi» 200х150 мм REXANT</t>
+  </si>
+  <si>
+    <t>1.6 Таблички предписывающие</t>
   </si>
   <si>
     <t>56-0033-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Место курения» 200х200мм REXANT</t>
-  </si>
-[...118 lines deleted...]
-    <t>Табличка ПВХ информационный знак «Внимание, объект охраняется круглосуточно, установлена сигнализация» 100х100 мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -624,56 +618,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-ognetushitel-200h200-mm-rexant-19694" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-gidrant-200h200-mm-rexant-19696" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pojarnoy-bezopasnosti-pojarniy-kran-200h200-mm-rexant-19695" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mesto-kureniya-200h200mm-rexant-19713" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zlaya-sobaka-200h200-mm-rexant-19711" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlyayuschaya-strelka-200h200-mm-rexant-19699" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-150h300-mm-rexant-19703" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-nalevo-100h300-mm-rexant-19704" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-150h300-mm-rexant-19702" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-zapasnogo-vihoda-100h300-mm-rexant-19701" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-100h300-mm-rexant-19698" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-ukazatel-vihoda-150h300-mm-rexant-19697" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionniy-znak-napravlenie-k-evakuatsionnomu-vihodu-napravo-100h300-mm-rexant-19700" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant-19710" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-kurit-zaprescheno-200h200mm-rexant-19707" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-zapreschaetsya-polzovatsya-otkritim-ognem-i-kurit-d-180-mm-rexant-20134" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-prohod-zapreschen-200h200-mm-rexant-19708" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-mashini-ne-stavit-150h300-mm-rexant-19709" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vigul-sobak-zapreschen-200h200-mm-rexant-20029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant-19712" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant-20028" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionniy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizatsiya-100h100-mm-rexant-20133" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-ognetushitel-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vygul-sobak-zapreschen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-prohod-zapreschen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mashiny-ne-stavit-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zapreschaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-kurit-zaprescheno-200h200mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zlaya-sobaka-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mesto-kureniya-200h200mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I30"/>
+  <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -705,778 +699,748 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>173.11</v>
+        <v>187.54</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>89</v>
+        <v>216</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>184.41</v>
+        <v>176.05</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>39</v>
+        <v>422</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>173.11</v>
+        <v>176.05</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>173.11</v>
+        <v>125.04</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="2" t="s">
+      <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="2"/>
-[...6 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="B9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="3">
+        <v>176.05</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="3">
+        <v>5</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>10</v>
+      </c>
+      <c r="I9" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>184.41</v>
+        <v>125.04</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A11" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I11" s="2"/>
+      <c r="A11" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" s="3">
+        <v>187.54</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="3">
+        <v>3</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>10</v>
+      </c>
+      <c r="I11" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>173.11</v>
+        <v>125.04</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>184.41</v>
+        <v>125.04</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>122.95</v>
+        <v>187.54</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A15" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="2"/>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2"/>
+      <c r="E15" s="2"/>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2"/>
+      <c r="H15" s="2"/>
+      <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>122.95</v>
+        <v>99.49</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>122.95</v>
+        <v>302.35</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>173.11</v>
+        <v>194.75</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>130</v>
+        <v>4</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>122.95</v>
+        <v>194.75</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A20" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I20" s="2"/>
+      <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="3">
+        <v>176.05</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>100</v>
+      </c>
+      <c r="I20" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>97.83</v>
+        <v>168.92</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>15</v>
+        <v>248</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A22" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>173.11</v>
+        <v>187.54</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="3" t="s">
+      <c r="A24" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C24" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B24" s="2"/>
+      <c r="C24" s="2"/>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2"/>
+      <c r="F24" s="2"/>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>191.49</v>
+        <v>187.54</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>297.3</v>
+        <v>51.03</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A27" s="2" t="s">
+      <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B27" s="2"/>
-[...6 lines deleted...]
-      <c r="I27" s="2"/>
+      <c r="B27" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="3">
+        <v>129.97</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F27" s="3">
+        <v>78</v>
+      </c>
+      <c r="G27" s="3">
+        <v>1</v>
+      </c>
+      <c r="H27" s="3">
+        <v>100</v>
+      </c>
+      <c r="I27" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A28" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="3" t="s">
+      <c r="A28" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C28" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B28" s="2"/>
+      <c r="C28" s="2"/>
+      <c r="D28" s="2"/>
+      <c r="E28" s="2"/>
+      <c r="F28" s="2"/>
+      <c r="G28" s="2"/>
+      <c r="H28" s="2"/>
+      <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>134.52</v>
+        <v>176.05</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>76</v>
+        <v>25</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
-[...27 lines deleted...]
-      <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A9:I9"/>
-[...2 lines deleted...]
-    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A24:I24"/>
+    <mergeCell ref="A28:I28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
-    <hyperlink ref="D10" r:id="rId5"/>
-[...11 lines deleted...]
-    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D25" r:id="rId18"/>
     <hyperlink ref="D26" r:id="rId19"/>
-    <hyperlink ref="D28" r:id="rId20"/>
+    <hyperlink ref="D27" r:id="rId20"/>
     <hyperlink ref="D29" r:id="rId21"/>
-    <hyperlink ref="D30" r:id="rId22"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>