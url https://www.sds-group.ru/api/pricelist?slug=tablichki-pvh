--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -45,186 +45,186 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Таблички ПВХ</t>
   </si>
   <si>
     <t>1.1 Таблички пожарной безопасности</t>
   </si>
   <si>
+    <t>56-0051-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ знак пожарной безопасности «Огнетушитель» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>56-0053-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный гидрант» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>56-0055-2</t>
   </si>
   <si>
     <t>Табличка ПВХ знак пожарной безопасности «Пожарный кран» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>1.2 Таблички эвакуационные</t>
   </si>
   <si>
+    <t>56-0020-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 100х300 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0021-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ эвакуационный знак «Указатель запасного выхода» 150х300 мм REXANT</t>
+  </si>
+  <si>
     <t>56-0022-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 100х300 мм REXANT</t>
   </si>
   <si>
     <t>56-0023-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Указатель выхода» 150х300 мм REXANT</t>
   </si>
   <si>
-    <t>56-0020-2</t>
-[...10 lines deleted...]
-  <si>
     <t>56-0025-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу налево» 100х300 мм REXANT</t>
   </si>
   <si>
     <t>56-0027-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 100х300 мм REXANT</t>
   </si>
   <si>
     <t>56-0028-2</t>
   </si>
   <si>
     <t>Табличка ПВХ эвакуационный знак «Направление к эвакуационному выходу направо» 150х300 мм REXANT</t>
   </si>
   <si>
     <t>1.3 Таблички запрещающие</t>
   </si>
   <si>
+    <t>56-0035-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ  информационный знак «Курить запрещено» 200х200мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0037-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Проход запрещен» 200х200 мм REXANT</t>
+  </si>
+  <si>
+    <t>56-0038-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ информационный знак «Машины не ставить» 150х300 мм REXANT</t>
+  </si>
+  <si>
     <t>56-0043-2</t>
   </si>
   <si>
     <t>Табличка ПВХ запрещающий знак «Фотосъемка запрещена» 150х150 мм REXANT</t>
   </si>
   <si>
     <t>56-0039-2</t>
   </si>
   <si>
     <t>Табличка ПВХ запрещающий знак «Выгул собак запрещен» 200х200 мм REXANT</t>
   </si>
   <si>
-    <t>56-0037-2</t>
-[...10 lines deleted...]
-  <si>
     <t>56-0056-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Запрещается пользоваться открытым огнем и курить» d - 180 мм REXANT</t>
   </si>
   <si>
-    <t>56-0035-2</t>
-[...4 lines deleted...]
-  <si>
     <t>1.4 Таблички предупреждающие</t>
   </si>
   <si>
     <t>56-0036-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Злая собака» 200х200 мм REXANT</t>
   </si>
   <si>
     <t>1.5 Таблички информационные</t>
   </si>
   <si>
     <t>56-0024-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Внимание, ведется видеонаблюдение» 200х200 мм REXANT</t>
   </si>
   <si>
+    <t>56-0017-2</t>
+  </si>
+  <si>
+    <t>Табличка ПВХ «Зона Wi-Fi» 200х150 мм REXANT</t>
+  </si>
+  <si>
     <t>56-0058-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Внимание, объект охраняется круглосуточно, установлена сигнализация» 100х100 мм REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Табличка ПВХ «Зона Wi-Fi» 200х150 мм REXANT</t>
   </si>
   <si>
     <t>1.6 Таблички предписывающие</t>
   </si>
   <si>
     <t>56-0033-2</t>
   </si>
   <si>
     <t>Табличка ПВХ информационный знак «Место курения» 200х200мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -618,51 +618,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-ognetushitel-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-fotosemka-zapreschena-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreschayuschiy-znak-vygul-sobak-zapreschen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-prohod-zapreschen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mashiny-ne-stavit-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zapreschaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-kurit-zaprescheno-200h200mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zlaya-sobaka-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mesto-kureniya-200h200mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-ognetushitel-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-gidrant-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-znak-pozharnoy-bezopasnosti-pozharnyy-kran-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-zapasnogo-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-ukazatel-vyhoda-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-nalevo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-100h300-mm-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-evakuatsionnyy-znak-napravlenie-k-evakuatsionnomu-vyhodu-napravo-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-kurit-zapreshcheno-200h200mm-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-prohod-zapreshchen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mashiny-ne-stavit-150h300-mm-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreshchayushchiy-znak-fotosemka-zapreshchena-150h150-mm-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zapreshchayushchiy-znak-vygul-sobak-zapreshchen-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zapreshchaetsya-polzovatsya-otkrytym-ognem-i-kurit-d-180-mm-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-zlaya-sobaka-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-vedetsya-videonablyudenie-200h200-mm-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-zona-wi-fi-200h150-mm-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-vnimanie-obekt-ohranyaetsya-kruglosutochno-ustanovlena-signalizatsiya-100h100-mm-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tablichka-pvh-informatsionnyy-znak-mesto-kureniya-200h200mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -699,705 +699,705 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>187.54</v>
+        <v>149.64</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>176.05</v>
+        <v>131.28</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>422</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>176.05</v>
+        <v>123.24</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
         <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>125.04</v>
+        <v>87.53</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>176.05</v>
+        <v>131.28</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>125.04</v>
+        <v>87.53</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>187.54</v>
+        <v>123.24</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>125.04</v>
+        <v>87.53</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>125.04</v>
+        <v>87.53</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>187.54</v>
+        <v>131.28</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>99.49</v>
+        <v>143.58</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="3">
-        <v>302.35</v>
+        <v>165.54</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>194.75</v>
+        <v>136.33</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>194.75</v>
+        <v>69.64</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>176.05</v>
+        <v>211.65</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
         <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>100</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>168.92</v>
+        <v>123.24</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>248</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>187.54</v>
+        <v>131.28</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>187.54</v>
+        <v>131.28</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>10</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>51.03</v>
+        <v>90.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
         <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>100</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>129.97</v>
+        <v>35.72</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C29" s="3">
-        <v>176.05</v>
+        <v>123.24</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>10</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A28:I28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>