--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -42,138 +42,138 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Телефонный шнур RJ</t>
   </si>
   <si>
+    <t>18-2041</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-3021</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2073</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3251</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3101</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2071</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
     <t>18-3051</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...14 lines deleted...]
-    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
+    <t>18-2023</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
   </si>
   <si>
     <t>18-3151</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
-  </si>
-[...58 lines deleted...]
-    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -558,51 +558,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-5-metrov-beliy-rexant-996" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-4-metra-cherniy-rexant-1012" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-25-metrov-beliy-rexant-1006" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-15-metrov-beliy-rexant-1002" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-2-metra-beliy-rexant-146" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-20-metrov-beliy-rexant-1004" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-7-metrov-cherniy-rexant-1016" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-2-metra-cherniy-rexant-1008" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-7-metrov-beliy-rexant-1013" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-3-metra-beliy-rexant-994" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-10-metrov-beliy-rexant-1000" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-2-metra-beliy-rexant-147" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-udlinitel-rj-11-6p-4c-dlina-7-metrov-beliy-rexant-998" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/telefonniy-shnur-vitoy-trubochniy-rj-10-4p-4c-dlina-4-metra-beliy-rexant-1010" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -626,440 +626,440 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>147.84</v>
+        <v>153.59</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>7385</v>
+        <v>8303</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>153.59</v>
+        <v>70.46</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>22232</v>
+        <v>6376</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>503.42</v>
+        <v>540.98</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>111</v>
+        <v>1608</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>393.11</v>
+        <v>322.54</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1348</v>
+        <v>964</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>100</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>70.46</v>
+        <v>503.42</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3794</v>
+        <v>95</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>540.98</v>
+        <v>313.21</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1719</v>
+        <v>3350</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>322.54</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1405</v>
+        <v>2296</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>93.31</v>
+        <v>153.59</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>45666</v>
+        <v>19460</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>322.54</v>
+        <v>93.4</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2448</v>
+        <v>10521</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
         <v>96.42</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>15276</v>
+        <v>14489</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>313.21</v>
+        <v>232.3</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3833</v>
+        <v>1745</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>93.4</v>
+        <v>147.84</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>12974</v>
+        <v>6027</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>232.3</v>
+        <v>93.31</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1575</v>
+        <v>37795</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>153.59</v>
+        <v>393.11</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>9267</v>
+        <v>1178</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>