--- v1 (2025-12-27)
+++ v2 (2026-02-19)
@@ -42,138 +42,138 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Телефонный шнур RJ</t>
   </si>
   <si>
+    <t>18-2073</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, черный REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>18-3201</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 20м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3101</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 10м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2021</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3151</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2043</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, черный REXANT</t>
+  </si>
+  <si>
+    <t>18-3031</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 3м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3071</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 7м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-3051</t>
+  </si>
+  <si>
+    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 5м, белый REXANT</t>
+  </si>
+  <si>
+    <t>18-2023</t>
+  </si>
+  <si>
+    <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 2м, черный REXANT</t>
+  </si>
+  <si>
     <t>18-2041</t>
   </si>
   <si>
     <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 4м, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>18-3021</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 2м, белый REXANT</t>
   </si>
   <si>
-    <t>18-3201</t>
-[...10 lines deleted...]
-  <si>
     <t>18-3251</t>
   </si>
   <si>
     <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 25м, белый REXANT</t>
   </si>
   <si>
-    <t>18-3101</t>
-[...4 lines deleted...]
-  <si>
     <t>18-2071</t>
   </si>
   <si>
     <t>Шнур для телефонной трубки, витой RJ-10 (4P-4C), 7м, белый REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Удлинитель телефонный, плоский, RJ-11 (6P-4C), 15м, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -558,51 +558,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-20m-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-10m-belyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-15m-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-3m-belyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-7m-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-5m-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-2m-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-4m-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-2m-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/udlinitel-telefonnyy-ploskiy-rj-11-6p-4c-25m-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/shnur-dlya-telefonnoy-trubki-vitoy-rj-10-4p-4c-7m-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I16"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -626,437 +626,437 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>153.59</v>
+        <v>328.02</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>8303</v>
+        <v>779</v>
       </c>
       <c r="G3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>100</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>70.46</v>
+        <v>550.18</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>6376</v>
+        <v>1577</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>540.98</v>
+        <v>318.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1608</v>
+        <v>2122</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>322.54</v>
+        <v>94.99</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>964</v>
+        <v>12412</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>503.42</v>
+        <v>399.79</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>95</v>
+        <v>1063</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>313.21</v>
+        <v>156.2</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3350</v>
+        <v>9544</v>
       </c>
       <c r="G8" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>322.54</v>
+        <v>98.06</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2296</v>
+        <v>14069</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>153.59</v>
+        <v>236.25</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>19460</v>
+        <v>896</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>93.4</v>
+        <v>150.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>10521</v>
+        <v>3054</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>96.42</v>
+        <v>94.9</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>14489</v>
+        <v>26364</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>232.3</v>
+        <v>156.2</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1745</v>
+        <v>7190</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>147.84</v>
+        <v>71.66</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>6027</v>
+        <v>5677</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>93.31</v>
+        <v>511.98</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>37795</v>
+        <v>67</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>393.11</v>
+        <v>328.02</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1178</v>
+        <v>1708</v>
       </c>
       <c r="G16" s="3">
         <v>10</v>
       </c>
       <c r="H16" s="3">
         <v>100</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>