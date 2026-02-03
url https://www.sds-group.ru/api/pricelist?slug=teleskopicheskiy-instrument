--- v0 (2025-10-22)
+++ v1 (2026-02-03)
@@ -42,78 +42,78 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Телескопический инструмент</t>
   </si>
   <si>
+    <t>12-4812</t>
+  </si>
+  <si>
+    <t>Магнит телескопический 160-850мм (удержание 2300г) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>12-4801</t>
+  </si>
+  <si>
+    <t>Зеркало телескопическое диаметром 57мм на (240-920мм) REXANT</t>
+  </si>
+  <si>
     <t>12-4813</t>
   </si>
   <si>
     <t>Магнит на шарнире телескопический 280-430мм (удержание 450г) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>12-4811</t>
   </si>
   <si>
     <t xml:space="preserve">Магнит телескопический 130-640мм (удержание 1600г) REXANT </t>
-  </si>
-[...10 lines deleted...]
-    <t>Зеркало телескопическое диаметром 57мм на (240-920мм) REXANT</t>
   </si>
   <si>
     <t>12-4822</t>
   </si>
   <si>
     <t>Магнит телескопический и зеркало в наборе (2 пр.) REXANT</t>
   </si>
   <si>
     <t>12-4814</t>
   </si>
   <si>
     <t>Захват магнитный гибкий, 465мм (удержание 1кг) REXANT</t>
   </si>
   <si>
     <t>12-4815</t>
   </si>
   <si>
     <t>Захват магнитный цанговый 4 лапки, 610мм, встроенный светодиодный фонарик, (удержание 2кг) REXANT</t>
   </si>
   <si>
     <t>12-4816</t>
   </si>
   <si>
     <t>Захват магнитный цанговый 4 лапки, 610мм, (удержание 2кг) REXANT</t>
   </si>
@@ -522,51 +522,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-na-sharnire-teleskopicheskiy-280-430mm-uderjanie-450g-rexant-9505" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-130-640mm-uderjanie-1600g-rexant-9503" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-160-850mm-uderjanie-2300g-rexant-9504" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zerkalo-teleskopicheskoe-diametrom-57mm-na-240-920mm-rexant-9502" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-i-zerkalo-v-nabore-2-pr-rexant-9507" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-gibkiy-465mm-uderjanie-1kg-rexant-10754" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-tsangoviy-4-lapki-610mm-vstroenniy-svetodiodniy-fonarik-uderjanie-2kg-rexant-10755" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitniy-tsangoviy-4-lapki-610mm-uderjanie-2kg-rexant-10756" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-160-850mm-uderzhanie-2300g-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zerkalo-teleskopicheskoe-diametrom-57mm-na-240-920mm-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-na-sharnire-teleskopicheskiy-280-430mm-uderzhanie-450g-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-130-640mm-uderzhanie-1600g-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/magnit-teleskopicheskiy-i-zerkalo-v-nabore-2-pr-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-gibkiy-465mm-uderzhanie-1kg-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-tsangovyy-4-lapki-610mm-vstroennyy-svetodiodnyy-fonarik-uderzhanie-2kg-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/zahvat-magnitnyy-tsangovyy-4-lapki-610mm-uderzhanie-2kg-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I10"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -590,263 +590,263 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>315</v>
+        <v>457.65</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1132</v>
+        <v>907</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>144</v>
+        <v>80</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>300</v>
+        <v>559.35</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3151</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>168</v>
+        <v>100</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>450</v>
+        <v>288.32</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1578</v>
+        <v>1032</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>144</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>550</v>
+        <v>305.1</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>87</v>
+        <v>2406</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>168</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>900</v>
+        <v>915.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1649</v>
+        <v>1259</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>80</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>500</v>
+        <v>508.5</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>521</v>
+        <v>193</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>120</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>1100</v>
+        <v>1118.7</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>600</v>
+        <v>610.2</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2132</v>
+        <v>1831</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
   </hyperlinks>