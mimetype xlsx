--- v0 (2025-10-14)
+++ v1 (2026-02-27)
@@ -8,553 +8,532 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="290" uniqueCount="160">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Тепловая техника</t>
   </si>
   <si>
     <t>1.1 Тепловентиляторы</t>
   </si>
   <si>
+    <t>60-0033</t>
+  </si>
+  <si>
+    <t>Тепловентилятор электрический настольный 2кВт со спиральным нагревательным элементом, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
     <t>60-0035</t>
   </si>
   <si>
     <t>Тепловентилятор электрический настенный PTC 2кВт, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...10 lines deleted...]
-  <si>
     <t>60-0034</t>
   </si>
   <si>
     <t>Тепловентилятор электрический настольный 2кВт со спиральным нагревательным элементом, черный REXANT</t>
   </si>
   <si>
     <t>1.2 Электроконвекторы</t>
   </si>
   <si>
     <t>1.2.1 СТИЧ</t>
   </si>
   <si>
     <t>60-0090</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Стич REXANT</t>
   </si>
   <si>
-    <t>60-0092</t>
-[...2 lines deleted...]
-    <t>Электрический конвектор с механическим термостатом, 2 кВт, Стич REXANT</t>
+    <t>60-0095</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, СТИЧ-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0118</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0126</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 0,5кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
     <t>60-0094</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
-    <t>60-0091</t>
-[...4 lines deleted...]
-  <si>
     <t>60-0093</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 1кВт, СТИЧ-нагревательный элемент REXANT</t>
   </si>
   <si>
-    <t>60-0095</t>
-[...16 lines deleted...]
-  <si>
     <t>60-0119</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 1,5кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
   </si>
   <si>
     <t>60-0120</t>
   </si>
   <si>
     <t>Конвектор электрический с механическим термостатом, 2кВт, СТИЧ-нагревательный элемент, ножки REXANT</t>
   </si>
   <si>
     <t>1.2.2 X-монолит</t>
   </si>
   <si>
+    <t>60-0122</t>
+  </si>
+  <si>
+    <t>Конвектор электрический Такса, с механическим термостатом, 1,5кВт СОКОЛ</t>
+  </si>
+  <si>
     <t>60-0086</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Х-монолит СОКОЛ</t>
   </si>
   <si>
-    <t>60-0122</t>
-[...10 lines deleted...]
-  <si>
     <t>60-0123</t>
   </si>
   <si>
     <t>Конвектор электрический Такса, с механическим термостатом, 2кВт СОКОЛ</t>
   </si>
   <si>
     <t>60-0121</t>
   </si>
   <si>
     <t>Конвектор электрический Такса, с механическим термостатом, 1кВт СОКОЛ</t>
   </si>
   <si>
+    <t>60-0080</t>
+  </si>
+  <si>
+    <t>Электрический конвектор с электронным термостатом, 1 кВт, Х-монолит REXANT</t>
+  </si>
+  <si>
+    <t>60-0097</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0098</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0111</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 2кВт, Х-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0113</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1,5кВт, Х-нагревательный элемент, Wi-fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0114</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 2кВт, Х-нагревательный элемент, Wi-fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0110</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1,5кВт, Х-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0117</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 2кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
     <t>60-0083</t>
   </si>
   <si>
     <t>Электрический конвектор с механическим термостатом, 1 кВт, Х-монолит REXANT</t>
   </si>
   <si>
-    <t>60-0084</t>
-[...32 lines deleted...]
-    <t>Конвектор электрический с механическим термостатом, 2кВт, X-нагревательный элемент REXANT</t>
+    <t>60-0112</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с электронным термостатом, 1кВт, Х-нагревательный элемент, Wi-Fi, REXANT</t>
+  </si>
+  <si>
+    <t>60-0096</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, X-нагревательный элемент REXANT</t>
+  </si>
+  <si>
+    <t>60-0115</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1кВт, Х-нагревательный элемент, ножки REXANT</t>
+  </si>
+  <si>
+    <t>60-0116</t>
+  </si>
+  <si>
+    <t>Конвектор электрический с механическим термостатом, 1,5кВт, Х-нагревательный элемент, ножки REXANT</t>
   </si>
   <si>
     <t>60-0099</t>
   </si>
   <si>
     <t>Конвектор электрический с электронным термостатом, 1кВт, Х-нагревательный элемент, REXANT</t>
   </si>
   <si>
-    <t>60-0112</t>
-[...58 lines deleted...]
-  <si>
     <t>1.2.3 Плинтусные</t>
   </si>
   <si>
     <t>60-0124</t>
   </si>
   <si>
     <t>Конвектор электрический плинтусный, 450Вт СОКОЛ</t>
   </si>
   <si>
     <t>60-0125</t>
   </si>
   <si>
     <t>Конвектор электрический плинтусный, 600Вт СОКОЛ</t>
   </si>
   <si>
     <t>1.3 Инфракрасные электрические</t>
   </si>
   <si>
     <t>1.3.1 Панельные</t>
   </si>
   <si>
     <t>60-0010</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный панельный, 0,8 кВт REXANT</t>
   </si>
   <si>
+    <t>60-0013</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 2 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0011</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный панельный, 1 кВт REXANT</t>
+  </si>
+  <si>
     <t>60-0012</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный панельный, 1,3 кВт REXANT</t>
   </si>
   <si>
-    <t>60-0013</t>
-[...4 lines deleted...]
-  <si>
     <t>60-0014</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный панельный, 3 кВт REXANT</t>
   </si>
   <si>
-    <t>60-0011</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.2 Ламповые</t>
   </si>
   <si>
     <t>60-0057</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный настольный 0,8кВт с кварцевыми трубками, с складным основанием REXANT</t>
   </si>
   <si>
+    <t>60-0059</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный панельный 1,5кВт с кварцевыми лампами в стальном корпусе с регулировкой мощности, серый REXANT</t>
+  </si>
+  <si>
+    <t>60-0060</t>
+  </si>
+  <si>
+    <t>Обогреватель электрический инфракрасный панельный 1,5кВт с кварцевыми лампами в стальном корпусе с регулировкой мощности REXANT</t>
+  </si>
+  <si>
     <t>60-0058</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный настольный 0,8кВт с кварцевыми трубками REXANT</t>
   </si>
   <si>
     <t>60-0061</t>
   </si>
   <si>
     <t>Обогреватель электрический инфракрасный подвесной в корпусе из нержавеющей стали 1,5кВт, 3 режима обогрева, механическая регулировка REXANT</t>
   </si>
   <si>
-    <t>60-0059</t>
-[...8 lines deleted...]
-    <t>1.4.1 Домашние</t>
+    <t>1.4 Тепловые пушки</t>
+  </si>
+  <si>
+    <t>1.4.1 Электрические</t>
+  </si>
+  <si>
+    <t>60-0008</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, квадратная, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0037</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, прямоугольная подставка, ТЭН, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0039</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, регулировка угла наклона, ТЭН, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0004</t>
+  </si>
+  <si>
+    <t>Пушка тепловая, прямоугольная подставка, 2 кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0042</t>
+  </si>
+  <si>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0016</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, PTC, 3кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0038</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, регулировка угла наклона, ТЭН, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0041</t>
+  </si>
+  <si>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0009</t>
+  </si>
+  <si>
+    <t>Пушка тепловая (тепловентилятор) электрическая, квадратная, PTC, 5кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0036</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, прямоугольная подставка, ТЭН, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0043</t>
+  </si>
+  <si>
+    <t>Пушка тепловая электрическая, круглая, PTC, 2кВт REXANT</t>
+  </si>
+  <si>
+    <t>1.4.2 Газовые</t>
+  </si>
+  <si>
+    <t>60-0044</t>
+  </si>
+  <si>
+    <t>Пушка тепловая газовая, 10кВт, 350м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>60-0045</t>
+  </si>
+  <si>
+    <t>Пушка тепловая газовая, 15кВт, 350м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>1.4.3 Дизельные</t>
+  </si>
+  <si>
+    <t>60-0050</t>
+  </si>
+  <si>
+    <t>Пушка дизельная прямого нагрева, 10кВт, 500м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>60-0051</t>
+  </si>
+  <si>
+    <t>Пушка дизельная прямого нагрева, 20кВт, 600м3/ч REXANT</t>
+  </si>
+  <si>
+    <t>1.5 Инфракрасные газовые</t>
+  </si>
+  <si>
+    <t>1.5.1 Домашние</t>
   </si>
   <si>
     <t>12-0097-8</t>
   </si>
   <si>
     <t>Комплект для подключения газового гриля с регулятором давления РДСГ 1-1,2 под шланг с внутренним диаметром 9 мм</t>
   </si>
   <si>
+    <t>60-0021</t>
+  </si>
+  <si>
+    <t>Обогреватель инфракрасный газовый для дома, 4,2кВт, для баллона 12л, черный REXANT</t>
+  </si>
+  <si>
     <t>60-0022</t>
   </si>
   <si>
     <t>Обогреватель инфракрасный газовый для дома, 4,2кВт, для баллона 27л, черный REXANT</t>
   </si>
   <si>
-    <t>60-0021</t>
-[...5 lines deleted...]
-    <t>1.4.2 Уличные</t>
+    <t>1.5.2 Уличные</t>
+  </si>
+  <si>
+    <t>60-0023</t>
+  </si>
+  <si>
+    <t>Камин уличный газовый инфракрасный Пирамида, 13кВт REXANT</t>
+  </si>
+  <si>
+    <t>60-0300</t>
+  </si>
+  <si>
+    <t>Колба для уличного камина REXANT</t>
   </si>
   <si>
     <t>60-0190</t>
   </si>
   <si>
     <t>Столик для уличного газового камина Грибок REXANT</t>
   </si>
   <si>
-    <t>60-0300</t>
-[...4 lines deleted...]
-  <si>
     <t>60-0024</t>
   </si>
   <si>
     <t>Камин уличный газовый инфракрасный Грибок, 13кВт REXANT</t>
   </si>
   <si>
-    <t>60-0023</t>
-[...110 lines deleted...]
-    <t>Пушка дизельная прямого нагрева, 20кВт, 600м3/ч REXANT</t>
+    <t>1.6 Тепловые завесы</t>
+  </si>
+  <si>
+    <t>60-0142</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-6 (6 кВт), белая REXANT</t>
+  </si>
+  <si>
+    <t>60-0140</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-3 (3 кВт), белая REXANT</t>
+  </si>
+  <si>
+    <t>60-0143</t>
+  </si>
+  <si>
+    <t>Тепловая завеса ТеплоБарьер-9 (9 кВт), белая REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -939,56 +918,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastennyy-ptc-2kvt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-stich-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-stich-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-stich-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-0-5kvt-stich-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-nozhki-rexan.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-sokol.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1-5kvt-sokol.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-sokol.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-2kvt-sokol.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1kvt-sokol.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-5-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-2-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-5-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-2-kvt-h-monolit-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-x-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-wi-fi-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-h-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-wi-fi-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-x-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-wi-fi-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-x-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-h-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-h-nagrevatelnyy-element-nozhki-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-450vt-sokol.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-600vt-sokol.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-0-8-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-3-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-2-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-3-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-s-skladnym-osnovanie.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-podvesnoy-v-korpuse-iz-nerzhaveyuschey-stali-1-5kvt-3-rezhim.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-podklyucheniya-gazovogo-grilya-s-regulyatorom-davleniya-rdsg-1-1-2-pod-shlang-s-vnutre.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-27l-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-12l-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stolik-dlya-ulichnogo-gazovogo-kamina-gribok-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolba-dlya-ulichnogo-kamina-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-gribok-13kvt-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-piramida-13kvt-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-pryamougolnaya-podstavka-2-kvt-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kvadratnaya-ptc-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-5kvt-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-3kvt-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-2kvt-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-15kvt-350m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-10kvt-350m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-10kvt-500m3-ch-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-20kvt-600m3-ch-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastennyy-ptc-2kvt-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teploventilyator-elektricheskiy-nastolnyy-2kvt-so-spiralnym-nagrevatelnym-elementom-chernyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-stich-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-0-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-stich-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-stich-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1-5kvt-sokol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-sokol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-2kvt-sokol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-taksa-s-mehanicheskim-termostatom-1kvt-sokol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-elektronnym-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-2kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1-5kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-2kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/elektricheskiy-konvektor-s-mehanicheskim-termostatom-1-kvt-h-monolit-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-wi-fi-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-x-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-mehanicheskim-termostatom-1-5kvt-h-nagrevatelnyy-element-nozhki-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-s-elektronnym-termostatom-1kvt-h-nagrevatelnyy-element-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-450vt-sokol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/konvektor-elektricheskiy-plintusnyy-600vt-sokol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-0-8-kvt-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-kvt-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-1-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-panelnyy-3-kvt-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-s-skladnym-osnovanie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-panelnyy-1-5kvt-s-kvartsevymi-lampami-v-stalnom-korpuse-s-re-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-nastolnyy-0-8kvt-s-kvartsevymi-trubkami-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-elektricheskiy-infrakrasnyy-podvesnoy-v-korpuse-iz-nerzhaveyuschey-stali-1-5kvt-3-rezhim" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-3kvt-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-pryamougolnaya-podstavka-2-kvt-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-3kvt-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-regulirovka-ugla-naklona-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-teploventilyator-elektricheskaya-kvadratnaya-ptc-5kvt-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-pryamougolnaya-podstavka-ten-2kvt-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-elektricheskaya-kruglaya-ptc-2kvt-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-10kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-teplovaya-gazovaya-15kvt-350m3-ch-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-10kvt-500m3-ch-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pushka-dizelnaya-pryamogo-nagreva-20kvt-600m3-ch-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/komplekt-dlya-podklyucheniya-gazovogo-grilya-s-regulyatorom-davleniya-rdsg-1-1-2-pod-shlang-s-vnutrennim-diametrom-9-mm" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-12l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/obogrevatel-infrakrasnyy-gazovyy-dlya-doma-4-2kvt-dlya-ballona-27l-chernyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-piramida-13kvt-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolba-dlya-ulichnogo-kamina-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/stolik-dlya-ulichnogo-gazovogo-kamina-gribok-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kamin-ulichnyy-gazovyy-infrakrasnyy-gribok-13kvt-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-6-6-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-3-3-kvt-belaya-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplovaya-zavesa-teplobarer-9-9-kvt-belaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I84"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1020,2344 +999,2238 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>5450</v>
+        <v>1779.75</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>1118</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1750</v>
+        <v>5542.65</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>3416</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>2000</v>
+        <v>2034</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>8</v>
       </c>
       <c r="I6" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="3">
-        <v>3760.5</v>
+        <v>3824.43</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="3">
-        <v>4100</v>
+        <v>5746.05</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="3">
-        <v>4850</v>
+        <v>4118.85</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>559</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C12" s="3">
-        <v>4650</v>
+        <v>4057.83</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="3">
-        <v>4000</v>
+        <v>4932.45</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>979</v>
+        <v>45</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>2</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="3">
-        <v>5650</v>
+        <v>4068</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>703</v>
+        <v>311</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>2</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C15" s="3">
-        <v>4050</v>
+        <v>4779.9</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="3">
-        <v>3990</v>
+        <v>5237.55</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>299</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A17" s="3" t="s">
+      <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3">
+        <v>5186.7</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F18" s="3">
+        <v>0</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>1</v>
+      </c>
+      <c r="I18" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="3">
-[...22 lines deleted...]
-      <c r="A19" s="2" t="s">
+      <c r="B19" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="2"/>
-[...6 lines deleted...]
-      <c r="I19" s="2"/>
+      <c r="C19" s="3">
+        <v>4373.1</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F19" s="3">
+        <v>9</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
+        <v>1</v>
+      </c>
+      <c r="I19" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C20" s="3">
-        <v>4300</v>
+        <v>6000.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>1</v>
       </c>
       <c r="I20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="3">
-        <v>5100</v>
+        <v>4373.1</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>74</v>
+        <v>169</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C22" s="3">
-        <v>5850</v>
+        <v>6086.74</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>89</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C23" s="3">
-        <v>5900</v>
+        <v>6407.1</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C24" s="3">
-        <v>4300</v>
+        <v>7474.95</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="3">
-        <v>4500</v>
+        <v>8695.35</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C26" s="3">
-        <v>5200</v>
+        <v>13068.45</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>0</v>
+        <v>196</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C27" s="3">
-        <v>6100</v>
+        <v>14136.3</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C28" s="3">
-        <v>7300</v>
+        <v>7474.95</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="3">
         <v>0</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C29" s="3">
-        <v>6300</v>
+        <v>7678.35</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="3">
-        <v>114</v>
+        <v>0</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>1</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="3">
-        <v>8500</v>
+        <v>4576.5</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>1</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C31" s="3">
-        <v>7350</v>
+        <v>11644.65</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="3">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>2</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C32" s="3">
-        <v>6150</v>
+        <v>5339.25</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="3">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>2</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="3">
-        <v>11450</v>
+        <v>5135.85</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C34" s="3">
-        <v>7350</v>
+        <v>6254.55</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
         <v>0</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
-        <v>5050</v>
+        <v>6254.55</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A36" s="3" t="s">
+      <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B36" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="3">
-        <v>6300</v>
+        <v>9102.15</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="C38" s="3">
+        <v>9661.5</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F38" s="3">
+        <v>67</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>1</v>
+      </c>
+      <c r="I38" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C38" s="3">
-[...22 lines deleted...]
-      <c r="A39" s="3" t="s">
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...51 lines deleted...]
-      </c>
+      <c r="B40" s="2"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="2"/>
+      <c r="E40" s="2"/>
+      <c r="F40" s="2"/>
+      <c r="G40" s="2"/>
+      <c r="H40" s="2"/>
+      <c r="I40" s="2"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>7550</v>
+        <v>5034.15</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>370</v>
+        <v>473</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>1</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C42" s="3">
+        <v>11339.55</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F42" s="3">
+        <v>0</v>
+      </c>
+      <c r="G42" s="3">
+        <v>1</v>
+      </c>
+      <c r="H42" s="3">
+        <v>1</v>
+      </c>
+      <c r="I42" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B42" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I43" s="2"/>
+      <c r="C43" s="3">
+        <v>6518.97</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F43" s="3">
+        <v>283</v>
+      </c>
+      <c r="G43" s="3">
+        <v>1</v>
+      </c>
+      <c r="H43" s="3">
+        <v>1</v>
+      </c>
+      <c r="I43" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C44" s="3">
-        <v>8950</v>
+        <v>8329.23</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>102</v>
+        <v>789</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>1</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>9500</v>
+        <v>14492.25</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>1</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="2"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
       <c r="I46" s="2"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A47" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I47" s="2"/>
+      <c r="A47" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C47" s="3">
+        <v>1311.93</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F47" s="3">
+        <v>1279</v>
+      </c>
+      <c r="G47" s="3">
+        <v>1</v>
+      </c>
+      <c r="H47" s="3">
+        <v>8</v>
+      </c>
+      <c r="I47" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B48" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="3">
-        <v>4950</v>
+        <v>3152.7</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>1048</v>
+        <v>331</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3">
-        <v>8190</v>
+        <v>3254.4</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>213</v>
+        <v>46</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>11150</v>
+        <v>1525.5</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>78</v>
+        <v>8</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3">
+        <v>9661.5</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="3">
+        <v>0</v>
+      </c>
+      <c r="G51" s="3">
+        <v>1</v>
+      </c>
+      <c r="H51" s="3">
+        <v>2</v>
+      </c>
+      <c r="I51" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="C51" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B52" s="2"/>
+      <c r="C52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+      <c r="H52" s="2"/>
+      <c r="I52" s="2"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="2"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
       <c r="I53" s="2"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C54" s="3">
-        <v>1290</v>
+        <v>4271.4</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1447</v>
+        <v>0</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C55" s="3">
-        <v>1500</v>
+        <v>5847.75</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>1846</v>
+        <v>350</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C56" s="3">
-        <v>9500</v>
+        <v>6000.3</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>220</v>
+        <v>176</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C57" s="3">
+        <v>5085</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F57" s="3">
+        <v>0</v>
+      </c>
+      <c r="G57" s="3">
+        <v>1</v>
+      </c>
+      <c r="H57" s="3">
+        <v>1</v>
+      </c>
+      <c r="I57" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="B58" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C57" s="3">
-[...22 lines deleted...]
-      <c r="A58" s="2" t="s">
+      <c r="C58" s="3">
+        <v>4169.7</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F58" s="3">
+        <v>138</v>
+      </c>
+      <c r="G58" s="3">
+        <v>1</v>
+      </c>
+      <c r="H58" s="3">
+        <v>8</v>
+      </c>
+      <c r="I58" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="B58" s="2"/>
-[...9 lines deleted...]
-      <c r="A59" s="2" t="s">
+      <c r="B59" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B59" s="2"/>
-[...6 lines deleted...]
-      <c r="I59" s="2"/>
+      <c r="C59" s="3">
+        <v>4556.16</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="3">
+        <v>0</v>
+      </c>
+      <c r="G59" s="3">
+        <v>1</v>
+      </c>
+      <c r="H59" s="3">
+        <v>0</v>
+      </c>
+      <c r="I59" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C60" s="3">
-        <v>1938.04</v>
+        <v>5746.05</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>0</v>
+        <v>309</v>
       </c>
       <c r="G60" s="3">
         <v>1</v>
       </c>
       <c r="H60" s="3">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="I60" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C61" s="3">
-        <v>13100</v>
+        <v>2389.95</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>143</v>
+        <v>0</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C62" s="3">
-        <v>11200</v>
+        <v>8136</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>0</v>
+        <v>713</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>1</v>
       </c>
       <c r="I62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A63" s="2" t="s">
+      <c r="A63" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B63" s="2"/>
-[...6 lines deleted...]
-      <c r="I63" s="2"/>
+      <c r="B63" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C63" s="3">
+        <v>5237.55</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="3">
+        <v>433</v>
+      </c>
+      <c r="G63" s="3">
+        <v>1</v>
+      </c>
+      <c r="H63" s="3">
+        <v>1</v>
+      </c>
+      <c r="I63" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C64" s="3">
-        <v>3200</v>
+        <v>2745.9</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B65" s="3" t="s">
+      <c r="A65" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="C65" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B65" s="2"/>
+      <c r="C65" s="2"/>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2"/>
+      <c r="F65" s="2"/>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2"/>
+      <c r="I65" s="2"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C66" s="3">
-        <v>26100</v>
+        <v>9000.45</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>46</v>
+        <v>64</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>1</v>
       </c>
       <c r="I66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C67" s="3">
-        <v>45000</v>
+        <v>9508.95</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>1</v>
       </c>
       <c r="I67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
       <c r="I68" s="2"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A69" s="2" t="s">
+      <c r="A69" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B69" s="2"/>
-[...6 lines deleted...]
-      <c r="I69" s="2"/>
+      <c r="B69" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C69" s="3">
+        <v>23391</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="3">
+        <v>0</v>
+      </c>
+      <c r="G69" s="3">
+        <v>1</v>
+      </c>
+      <c r="H69" s="3">
+        <v>1</v>
+      </c>
+      <c r="I69" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C70" s="3">
-        <v>2700</v>
+        <v>27153.9</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
         <v>0</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A71" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B71" s="3" t="s">
+      <c r="A71" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="C71" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A72" s="3" t="s">
+      <c r="A72" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3">
-        <v>4200</v>
+        <v>1970.99</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G73" s="3">
         <v>1</v>
       </c>
       <c r="H73" s="3">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I73" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3">
-        <v>4100</v>
+        <v>11390.4</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>694</v>
+        <v>0</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="C75" s="3">
+        <v>13322.7</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F75" s="3">
+        <v>98</v>
+      </c>
+      <c r="G75" s="3">
+        <v>1</v>
+      </c>
+      <c r="H75" s="3">
+        <v>1</v>
+      </c>
+      <c r="I75" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="C75" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B76" s="2"/>
+      <c r="C76" s="2"/>
+      <c r="D76" s="2"/>
+      <c r="E76" s="2"/>
+      <c r="F76" s="2"/>
+      <c r="G76" s="2"/>
+      <c r="H76" s="2"/>
+      <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C77" s="3">
-        <v>5650</v>
+        <v>45765</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>397</v>
+        <v>0</v>
       </c>
       <c r="G77" s="3">
         <v>1</v>
       </c>
       <c r="H77" s="3">
         <v>1</v>
       </c>
       <c r="I77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C78" s="3">
-        <v>5750</v>
+        <v>7627.5</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>879</v>
+        <v>4</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C79" s="3">
-        <v>4480</v>
+        <v>3254.4</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C80" s="3">
+        <v>26543.7</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="3">
+        <v>39</v>
+      </c>
+      <c r="G80" s="3">
+        <v>1</v>
+      </c>
+      <c r="H80" s="3">
+        <v>1</v>
+      </c>
+      <c r="I80" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="B80" s="3" t="s">
+      <c r="B81" s="2"/>
+      <c r="C81" s="2"/>
+      <c r="D81" s="2"/>
+      <c r="E81" s="2"/>
+      <c r="F81" s="2"/>
+      <c r="G81" s="2"/>
+      <c r="H81" s="2"/>
+      <c r="I81" s="2"/>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C80" s="3">
-[...22 lines deleted...]
-      <c r="A81" s="3" t="s">
+      <c r="B82" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="B81" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I82" s="2"/>
+      <c r="C82" s="3">
+        <v>21310.22</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="3">
+        <v>39</v>
+      </c>
+      <c r="G82" s="3">
+        <v>1</v>
+      </c>
+      <c r="H82" s="3">
+        <v>1</v>
+      </c>
+      <c r="I82" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C83" s="3">
-        <v>9350</v>
+        <v>9763.2</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>80</v>
+        <v>128</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C84" s="3">
-        <v>8850</v>
+        <v>32518.49</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>97</v>
+        <v>36</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:9" x14ac:dyDescent="0.25">
-[...69 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="16">
+  <mergeCells count="17">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A8:I8"/>
-    <mergeCell ref="A19:I19"/>
-    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A40:I40"/>
     <mergeCell ref="A46:I46"/>
-    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A52:I52"/>
     <mergeCell ref="A53:I53"/>
-    <mergeCell ref="A58:I58"/>
-[...1 lines deleted...]
-    <mergeCell ref="A63:I63"/>
+    <mergeCell ref="A65:I65"/>
     <mergeCell ref="A68:I68"/>
-    <mergeCell ref="A69:I69"/>
-[...1 lines deleted...]
-    <mergeCell ref="A85:I85"/>
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A72:I72"/>
+    <mergeCell ref="A76:I76"/>
+    <mergeCell ref="A81:I81"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D9" r:id="rId4"/>
     <hyperlink ref="D10" r:id="rId5"/>
     <hyperlink ref="D11" r:id="rId6"/>
     <hyperlink ref="D12" r:id="rId7"/>
     <hyperlink ref="D13" r:id="rId8"/>
     <hyperlink ref="D14" r:id="rId9"/>
     <hyperlink ref="D15" r:id="rId10"/>
     <hyperlink ref="D16" r:id="rId11"/>
-    <hyperlink ref="D17" r:id="rId12"/>
-    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D18" r:id="rId12"/>
+    <hyperlink ref="D19" r:id="rId13"/>
     <hyperlink ref="D20" r:id="rId14"/>
     <hyperlink ref="D21" r:id="rId15"/>
     <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
     <hyperlink ref="D25" r:id="rId19"/>
     <hyperlink ref="D26" r:id="rId20"/>
     <hyperlink ref="D27" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
     <hyperlink ref="D30" r:id="rId24"/>
     <hyperlink ref="D31" r:id="rId25"/>
     <hyperlink ref="D32" r:id="rId26"/>
     <hyperlink ref="D33" r:id="rId27"/>
     <hyperlink ref="D34" r:id="rId28"/>
     <hyperlink ref="D35" r:id="rId29"/>
-    <hyperlink ref="D36" r:id="rId30"/>
-[...16 lines deleted...]
-    <hyperlink ref="D57" r:id="rId47"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D47" r:id="rId37"/>
+    <hyperlink ref="D48" r:id="rId38"/>
+    <hyperlink ref="D49" r:id="rId39"/>
+    <hyperlink ref="D50" r:id="rId40"/>
+    <hyperlink ref="D51" r:id="rId41"/>
+    <hyperlink ref="D54" r:id="rId42"/>
+    <hyperlink ref="D55" r:id="rId43"/>
+    <hyperlink ref="D56" r:id="rId44"/>
+    <hyperlink ref="D57" r:id="rId45"/>
+    <hyperlink ref="D58" r:id="rId46"/>
+    <hyperlink ref="D59" r:id="rId47"/>
     <hyperlink ref="D60" r:id="rId48"/>
     <hyperlink ref="D61" r:id="rId49"/>
     <hyperlink ref="D62" r:id="rId50"/>
-    <hyperlink ref="D64" r:id="rId51"/>
-    <hyperlink ref="D65" r:id="rId52"/>
+    <hyperlink ref="D63" r:id="rId51"/>
+    <hyperlink ref="D64" r:id="rId52"/>
     <hyperlink ref="D66" r:id="rId53"/>
     <hyperlink ref="D67" r:id="rId54"/>
-    <hyperlink ref="D70" r:id="rId55"/>
-[...14 lines deleted...]
-    <hyperlink ref="D87" r:id="rId70"/>
+    <hyperlink ref="D69" r:id="rId55"/>
+    <hyperlink ref="D70" r:id="rId56"/>
+    <hyperlink ref="D73" r:id="rId57"/>
+    <hyperlink ref="D74" r:id="rId58"/>
+    <hyperlink ref="D75" r:id="rId59"/>
+    <hyperlink ref="D77" r:id="rId60"/>
+    <hyperlink ref="D78" r:id="rId61"/>
+    <hyperlink ref="D79" r:id="rId62"/>
+    <hyperlink ref="D80" r:id="rId63"/>
+    <hyperlink ref="D82" r:id="rId64"/>
+    <hyperlink ref="D83" r:id="rId65"/>
+    <hyperlink ref="D84" r:id="rId66"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>