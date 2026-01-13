--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -48,777 +48,777 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Теплый пол</t>
   </si>
   <si>
     <t>1.1 Нагревательный мат REXANT</t>
   </si>
   <si>
     <t>1.1.1 Classic</t>
   </si>
   <si>
+    <t>51-0502-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0514-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0526-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0504-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0506-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0508-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
   </si>
   <si>
-    <t>51-0501-2</t>
-[...8 lines deleted...]
-    <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0524-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0526-2</t>
-[...2 lines deleted...]
-    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0527-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0507-2</t>
-[...64 lines deleted...]
-  <si>
     <t>1.1.2 Extra</t>
   </si>
   <si>
+    <t>51-0502</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0524</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0510</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0504</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0507</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0508</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
   </si>
   <si>
-    <t>51-0501</t>
-[...76 lines deleted...]
-  <si>
     <t>1.1.3 PRO</t>
   </si>
   <si>
+    <t>51-0010</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0011</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0010</t>
-[...2 lines deleted...]
-    <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
+    <t>51-0012</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0013</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>51-0016</t>
   </si>
   <si>
     <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0013</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0018</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>1.2 Кабельный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.2.1 Slim (без стяжки)</t>
   </si>
   <si>
+    <t>51-0506-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0502-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0503-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0505-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0507-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0509-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0503-3</t>
-[...34 lines deleted...]
-  <si>
     <t>1.2.2 Standard (в стяжку)</t>
   </si>
   <si>
+    <t>51-0521-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0515-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0519-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0518-3</t>
-[...8 lines deleted...]
-    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0522-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0523-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0520-3</t>
-[...40 lines deleted...]
-  <si>
     <t>1.2.3 Монтажная перфорированная лента</t>
   </si>
   <si>
     <t>07-7121-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
   </si>
   <si>
     <t>рулон</t>
   </si>
   <si>
     <t>07-7110-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
   </si>
   <si>
     <t>1.3 Пленочный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.3.1 Optima</t>
   </si>
   <si>
+    <t>51-0504-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 2,5м², 0,5х5м, 375Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1м², 0,5х2м, 150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1,5м², 0,5х3м, 225Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0503-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
   </si>
   <si>
+    <t>51-0505-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 3м², 0,5х6м, 450Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 5м², 0,5х10м, 750Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0509-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 6 м², 0,5х12м, 900Вт REXANT</t>
   </si>
   <si>
-    <t>51-0507-7</t>
-[...2 lines deleted...]
-    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+    <t>51-0510-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 7м², 0,5х14м, 1050Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 8м², 0,5х16м, 1200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 9м², 0,5х18м, 1350Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 10м², 0,5х20м, 1500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 12м², 0,5х24м, 1800Вт REXANT</t>
   </si>
   <si>
     <t>51-0516-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 13м², 0,5х26м, 1950Вт REXANT</t>
   </si>
   <si>
-    <t>51-0511-7</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0518-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 15м², 0,5х30м, 2250Вт REXANT</t>
   </si>
   <si>
-    <t>51-0501-7</t>
-[...46 lines deleted...]
-  <si>
     <t>1.3.2 Ultra</t>
   </si>
   <si>
+    <t>51-0518-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
   </si>
   <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0508-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0512-4</t>
-[...70 lines deleted...]
-  <si>
     <t>51-0517-4</t>
   </si>
   <si>
     <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
   </si>
   <si>
-    <t>51-0518-4</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.3 Рулоны</t>
   </si>
   <si>
+    <t>51-0508-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 308 220Вт/м2, ширина 80 см, толщина 0,338, (Рулон 100 м) REXANT  </t>
+  </si>
+  <si>
+    <t>пог. м</t>
+  </si>
+  <si>
+    <t>51-0560-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
+  </si>
+  <si>
+    <t>51-0507-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 305 220Вт/м2, ширина 50 см, толщина 0,338, (Рулон 150м) REXANT                        </t>
+  </si>
+  <si>
     <t>51-0509-5</t>
   </si>
   <si>
     <t>Пленочный теплый пол RXM 310 220Вт/м2, ширина100 см, толщина 0,338, (Рулон100м) REXANT</t>
   </si>
   <si>
-    <t>пог. м</t>
-[...13 lines deleted...]
-  <si>
     <t>51-0550-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 305 150 Вт/м², ширина 50см, толщина 0,338мм (рулон 150м)  REXANT                                                            </t>
   </si>
   <si>
     <t>51-0552-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXT 310 150 Вт/м², ширина 100см, толщина 0,338мм (Рулон 100м) REXANT                                                            </t>
   </si>
   <si>
-    <t>51-0560-5</t>
-[...4 lines deleted...]
-  <si>
     <t>1.3.4 Комплектующие для пленочного пола</t>
   </si>
   <si>
     <t>51-0504-5</t>
   </si>
   <si>
     <t>Монтажный зажим для пленочного пола (мин 50 шт/уп) REXANT</t>
   </si>
   <si>
     <t>51-0506-5</t>
   </si>
   <si>
     <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
   </si>
   <si>
     <t>51-0505-5</t>
   </si>
   <si>
     <t>Бутил-каучуковая лента 20м ширина 5см, толщина 0,05см REXANT</t>
   </si>
   <si>
     <t>1.3.5 Extrema Gold</t>
   </si>
   <si>
+    <t>51-0522-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-7</t>
+  </si>
+  <si>
+    <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0526-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 4м², 0,5х8м, 880Вт REXANT</t>
   </si>
   <si>
-    <t>51-0522-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0527-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 5м², 0,5х10м, 1100Вт REXANT</t>
   </si>
   <si>
-    <t>51-0524-7</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0520-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 1м², 0,5х2м, 220Вт REXANT</t>
   </si>
   <si>
     <t>1.4 Коврики с подогревом REXANT</t>
   </si>
   <si>
+    <t>51-0052</t>
+  </si>
+  <si>
+    <t>Коврик с подогревом 500х350мм REXANT</t>
+  </si>
+  <si>
+    <t>51-0053</t>
+  </si>
+  <si>
+    <t>Коврик с подогревом 500х700мм REXANT</t>
+  </si>
+  <si>
     <t>51-0050</t>
   </si>
   <si>
     <t>Коврик с подогревом RNX-50, 220В, 50Гц, 50Вт, IPX1, 400х600мм REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Коврик с подогревом 500х700мм REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1203,51 +1203,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I130"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1297,3486 +1297,3486 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>3450</v>
+        <v>2435.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>429</v>
+        <v>706</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>16</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>4900</v>
+        <v>11340.57</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>605</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>6380</v>
+        <v>22485.87</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>673</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>2102.44</v>
+        <v>2138.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>445</v>
+        <v>250</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>11151</v>
+        <v>2847.6</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>111</v>
+        <v>439</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>16440</v>
+        <v>3508.65</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>129</v>
+        <v>1076</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>22110</v>
+        <v>4403.61</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>90</v>
+        <v>136</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>24543.67</v>
+        <v>4983.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>5730</v>
+        <v>5827.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>9</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>8220</v>
+        <v>6488.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>18982.5</v>
+        <v>8359.74</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>28</v>
+        <v>249</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>12600</v>
+        <v>9173.34</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>4</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>2800</v>
+        <v>10571.72</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>702</v>
+        <v>190</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>13170</v>
+        <v>12814.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>134</v>
+        <v>23</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>2394.44</v>
+        <v>13393.89</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>908</v>
+        <v>99</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>16422</v>
+        <v>16701.17</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>67</v>
+        <v>16</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>4330</v>
+        <v>16719.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>398</v>
+        <v>51</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>9020</v>
+        <v>19305.2</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>233</v>
+        <v>0</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>10395</v>
+        <v>24960.91</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>8197.12</v>
+        <v>4933.15</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>16</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>12882.1</v>
+        <v>10038.18</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>9</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>13886.2</v>
+        <v>20039.68</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>4348.7</v>
+        <v>40823.19</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>19704.7</v>
+        <v>18546.62</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>6</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>22391.7</v>
+        <v>33703.18</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>62</v>
+        <v>39</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>33139.8</v>
+        <v>4422.63</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>40140.8</v>
+        <v>8336.47</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>4</v>
+        <v>117</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>15226.4</v>
+        <v>11569.7</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>9</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>24183</v>
+        <v>13101.1</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>6691.25</v>
+        <v>15485.25</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>9870.38</v>
+        <v>22772.36</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>11376.3</v>
+        <v>24594.11</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>83</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>18236.6</v>
+        <v>25158.04</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>24737.5</v>
+        <v>6805</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>62</v>
+        <v>140</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>4850.69</v>
+        <v>14122.27</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>153</v>
+        <v>96</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>7129.6</v>
+        <v>4920.18</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>16</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>4837.94</v>
+        <v>7250.8</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>16</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>14895.8</v>
+        <v>8545.58</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>9230.27</v>
+        <v>9387.18</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>8402.73</v>
+        <v>12041.59</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>11840.3</v>
+        <v>15149.03</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>9</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>17187.4</v>
+        <v>17479.59</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
         <v>9</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
-        <v>4922.93</v>
+        <v>14382.72</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>143</v>
+        <v>21</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>11627.9</v>
+        <v>4154.25</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>12</v>
+        <v>211</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>5</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>30555.4</v>
+        <v>5006.62</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>5</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>6747.66</v>
+        <v>6862.37</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>215</v>
+        <v>233</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>20847.2</v>
+        <v>8739.8</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>5</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>27228.5</v>
+        <v>11825.57</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>5</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>8593.71</v>
+        <v>21201.6</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>5</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>4084.81</v>
+        <v>27691.38</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>219</v>
+        <v>38</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>5</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>14142.3</v>
+        <v>31074.84</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>5</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>5960</v>
+        <v>18417.87</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>180</v>
+        <v>3</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>13170</v>
+        <v>2918.79</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>11670</v>
+        <v>3956.13</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>120</v>
+        <v>351</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>5</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>3890</v>
+        <v>4871.43</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>162</v>
+        <v>196</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>5</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>25000</v>
+        <v>6061.32</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>15770</v>
+        <v>7342.74</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>18110</v>
+        <v>8858.07</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>20960</v>
+        <v>11868.39</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>2870</v>
+        <v>13393.89</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>173</v>
+        <v>49</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>4790</v>
+        <v>16038.09</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>347</v>
+        <v>61</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
-        <v>7220</v>
+        <v>21316.32</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
-        <v>8710</v>
+        <v>25425</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
-        <v>1004.5</v>
+        <v>1021.58</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F74" s="3">
-        <v>234</v>
+        <v>300</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>1</v>
       </c>
       <c r="I74" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="3">
-        <v>525.61</v>
+        <v>534.55</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F75" s="3">
-        <v>7</v>
+        <v>124</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>1</v>
       </c>
       <c r="I75" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>3833.2</v>
+        <v>4881.6</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>9500</v>
+        <v>2491.65</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>7000</v>
+        <v>3386.61</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>1</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>20000</v>
+        <v>3898.36</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>1</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>12600</v>
+        <v>5390.1</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>15210</v>
+        <v>7119</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C84" s="3">
-        <v>22000</v>
+        <v>8339.4</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C85" s="3">
-        <v>2450</v>
+        <v>9661.5</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C86" s="3">
-        <v>3330</v>
+        <v>11187</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
-        <v>4800</v>
+        <v>12814.2</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>5300</v>
+        <v>14238</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>8200</v>
+        <v>15468.57</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>76</v>
+        <v>12</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>11000</v>
+        <v>18102.6</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>14000</v>
+        <v>20340</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>17800</v>
+        <v>22374</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C94" s="3">
-        <v>5200</v>
+        <v>31527</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>1</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C95" s="3">
-        <v>9495.19</v>
+        <v>4729.05</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C96" s="3">
-        <v>17484.5</v>
+        <v>3762.9</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>7300</v>
+        <v>5288.4</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>22400</v>
+        <v>6610.5</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>12000</v>
+        <v>7424.1</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>2850</v>
+        <v>8136</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>15524.74</v>
+        <v>14238</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C102" s="3">
-        <v>4650</v>
+        <v>15788.66</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C103" s="3">
-        <v>3700</v>
+        <v>17781.74</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>6500</v>
+        <v>17797.5</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>8000</v>
+        <v>22780.8</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>14000</v>
+        <v>12204</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>17500</v>
+        <v>2898.45</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>29000</v>
+        <v>9656.61</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>31000</v>
+        <v>29493</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>1</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>216</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C111" s="3">
-        <v>920</v>
+        <v>862.42</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F111" s="3">
-        <v>12500</v>
+        <v>3700</v>
       </c>
       <c r="G111" s="3">
         <v>100</v>
       </c>
       <c r="H111" s="3">
         <v>100</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>519</v>
+        <v>544.09</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F112" s="3">
-        <v>24450</v>
+        <v>3300</v>
       </c>
       <c r="G112" s="3">
         <v>150</v>
       </c>
       <c r="H112" s="3">
         <v>150</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C113" s="3">
-        <v>848</v>
+        <v>527.82</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F113" s="3">
-        <v>5700</v>
+        <v>600</v>
       </c>
       <c r="G113" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H113" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C114" s="3">
-        <v>499</v>
+        <v>935.64</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F114" s="3">
-        <v>39450</v>
+        <v>500</v>
       </c>
       <c r="G114" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H114" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C115" s="3">
-        <v>845</v>
+        <v>507.48</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F115" s="3">
-        <v>7600</v>
+        <v>1350</v>
       </c>
       <c r="G115" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H115" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>535</v>
+        <v>859.36</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F116" s="3">
-        <v>8400</v>
+        <v>900</v>
       </c>
       <c r="G116" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H116" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>230</v>
       </c>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="2"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="3">
-        <v>50.66</v>
+        <v>51.52</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>44000</v>
+        <v>9150</v>
       </c>
       <c r="G118" s="3">
         <v>50</v>
       </c>
       <c r="H118" s="3">
         <v>8000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C119" s="3">
-        <v>238.59</v>
+        <v>242.65</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G119" s="3">
         <v>1</v>
       </c>
       <c r="H119" s="3">
         <v>50</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C120" s="3">
-        <v>5089.96</v>
+        <v>5176.49</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>451</v>
+        <v>56</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>8</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="2"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="3">
-        <v>10300</v>
+        <v>5695.2</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>1</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="3">
-        <v>5600</v>
+        <v>7729.2</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>177</v>
+        <v>3</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="3">
-        <v>12800</v>
+        <v>10475.1</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="3">
-        <v>7600</v>
+        <v>13017.6</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="3">
-        <v>3400</v>
+        <v>3457.8</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>179</v>
+        <v>86</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>1</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>248</v>
       </c>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="2"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
       <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C128" s="3">
-        <v>3835.61</v>
+        <v>2084.85</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
+        <v>200</v>
+      </c>
+      <c r="G128" s="3">
+        <v>1</v>
+      </c>
+      <c r="H128" s="3">
+        <v>20</v>
+      </c>
+      <c r="I128" s="3">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C129" s="3">
-        <v>2050</v>
+        <v>3749.34</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>378</v>
+        <v>310</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>20</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C130" s="3">
-        <v>3686.67</v>
+        <v>3900.82</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F130" s="3">
-        <v>458</v>
+        <v>0</v>
       </c>
       <c r="G130" s="3">
         <v>1</v>
       </c>
       <c r="H130" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I130" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A41:I41"/>
     <mergeCell ref="A49:I49"/>
     <mergeCell ref="A50:I50"/>
     <mergeCell ref="A60:I60"/>
     <mergeCell ref="A73:I73"/>
     <mergeCell ref="A76:I76"/>
     <mergeCell ref="A77:I77"/>
     <mergeCell ref="A93:I93"/>
     <mergeCell ref="A110:I110"/>
     <mergeCell ref="A117:I117"/>
     <mergeCell ref="A121:I121"/>
     <mergeCell ref="A127:I127"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>