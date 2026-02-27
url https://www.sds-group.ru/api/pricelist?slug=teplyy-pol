--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -60,705 +60,705 @@
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Теплый пол</t>
   </si>
   <si>
     <t>1.1 Нагревательный мат REXANT</t>
   </si>
   <si>
     <t>1.1.1 Classic</t>
   </si>
   <si>
     <t>51-0502-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-1-150 1м², 0,5х2м, 150Вт, двухжильный, с экраном REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>51-0510-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-6-900 6м², 0,5х12м, 900Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-9-1350 9м², 0,5х18м, 1350Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-0,5-75 0,5м², 0,5х1м, 75Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-1,5-225 1,5м², 0,5х3м, 225Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2-300 2м², 0,5х4м, 300Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-2,5-375 2,5м², 0,5х5м, 375Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3-450 3м², 0,5х6м, 450Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-3,5-525 3,5м², 0,5х7м, 525Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-4-600 4м², 0,5х8м, 600Вт двухжильный, с экраном, REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Теплый пол, нагревательный мат Classic RNX-5-750 5м², 0,5х10м, 750Вт двухжильный, с экраном REXANT </t>
+  </si>
+  <si>
+    <t>51-0512-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-7-1050 7м², 0,5х14м, 1050Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-10-1500 10м², 0,5х20м, 1500Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-11-1650 11м², 0,5х22м, 1650Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0524-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-12-1800 12м², 0,5х24м, 1800Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0525-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-13-1950 13м², 0,5х26м, 1950Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0526-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-14-2100 14м², 0,5х28 м, 2100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0527-2</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат Classic RNX-15-2250 15м², 0,5х30м, 2250Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0514-2</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат Classic RNX-8-1200 8м², 0,5х16м, 1200Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0526-2</t>
-[...100 lines deleted...]
-  <si>
     <t>1.1.2 Extra</t>
   </si>
   <si>
+    <t>51-0509</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4,5м², 0,5х9м, 720Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0512</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 6м², 0,5х12м, 960Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0501</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 0,7м², 0,5х1,4м, 112Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0503</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 1,5м², 0,5х3м, 240Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0504</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2м², 0,5х4м, 320Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0506</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 3м², 0,5х6м, 480Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0508</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 4м², 0,5х8м, 640Вт двухжильный, REXANT</t>
+  </si>
+  <si>
+    <t>51-0516</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 8м², 0,5х16м, 1280Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 9м², 0,5х18м, 1440Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 10 м², 0,5х20 м, 1600 Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0505</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 2,5м², 0,5х5м, 400Вт двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0510</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный самоклеящийся мат Extra 5м², 0,5х10м, 800Вт двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0502</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 1м², 0,5х2м, 160Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0505</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0524</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 12 м², 0,5х24 м, 1920 Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0510</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0507</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 3,5м², 0,5х7м, 560Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0509</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0514</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный самоклеящийся мат Extra 7м², 0,5х14м, 1120Вт двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0516</t>
-[...22 lines deleted...]
-  <si>
     <t>1.1.3 PRO</t>
   </si>
   <si>
+    <t>51-0014</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-3-660 3м², 0,5х6м, 660Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0018</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-5-1100 5м², 0,5х10м, 1100Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0011</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-1,5-330 1,5м², 0,5х3м, 330Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0012</t>
+  </si>
+  <si>
+    <t>Теплый пол, нагревательный мат PRO RNX-2-440 2м², 0,5х4м, 440Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
+    <t>51-0016</t>
+  </si>
+  <si>
+    <t>Тёплый пол, нагревательный мат PRO RNX-4-880 4м², 0,5х8м, 880Вт двухжильный, с экраном REXANT</t>
+  </si>
+  <si>
     <t>51-0010</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-1-220 1м², 0,5х2,0м, 220Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0011</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0013</t>
   </si>
   <si>
     <t>Теплый пол, нагревательный мат PRO RNX-2,5-550 2,5 м², 0,5х5 м, 550 Вт двухжильный, с экраном REXANT</t>
   </si>
   <si>
-    <t>51-0014</t>
-[...16 lines deleted...]
-  <si>
     <t>1.2 Кабельный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.2.1 Slim (без стяжки)</t>
   </si>
   <si>
     <t>51-0506-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-70-1250 1250Вт, 70м, 6,5-8,5м² двухжильный REXANT</t>
   </si>
   <si>
+    <t>51-0509-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Slim RNB-145-2600 2600Вт, 145м, 14,5-16,5м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0501-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-15-270 270Вт,15м, 1,2-1,8м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0502-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-21-370 370Вт, 21м,1,8-2,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0503-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-30-550 550Вт, 30м, 2,5-3,6м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0504-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-39-700 700Вт, 39м, 3,6-4,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0505-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-55-1000 1000Вт, 55м, 4,5-6,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0507-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-105-1900 1900Вт, 105м, 8,5-12,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0508-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Slim RNB-128-2300 2300Вт, 128м 12,5-14,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0509-3</t>
-[...4 lines deleted...]
-  <si>
     <t>1.2.2 Standard (в стяжку)</t>
   </si>
   <si>
+    <t>51-0512-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-10-150 150Вт, 10м, 0,9-1,2м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-20-300 300Вт, 20м, 1,3-2,6м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0514-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-30-450 450Вт, 30м, 2,7-3,8м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-40-600 600Вт, 40м, 3,7-5,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-50-750 750Вт, 50м, 4,7-6,3м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-60-900 900Вт, 60м, 5,6-7,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-80-1200 1200Вт, 80м, 7,5-10,0м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0519-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-100-1500 1500Вт, 100м, 9,4-12,5м² двухжильный REXANT</t>
+  </si>
+  <si>
+    <t>51-0520-3</t>
+  </si>
+  <si>
+    <t>Теплый пол, кабельная секция Standard RND-120-1800 1800Вт, 120м, 11,2-15,0м² двухжильный REXANT</t>
+  </si>
+  <si>
     <t>51-0521-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-140-2100 2100Вт, 140м, 13,0-17,5м² двухжильный REXANT</t>
   </si>
   <si>
-    <t>51-0512-3</t>
-[...52 lines deleted...]
-  <si>
     <t>51-0522-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-160-2400 2400Вт, 160м, 15,0-20,0м² двухжильный REXANT</t>
   </si>
   <si>
     <t>51-0523-3</t>
   </si>
   <si>
     <t>Теплый пол, кабельная секция Standard RND-180-2700 2700Вт, 180м, 17,0-22,5м² двухжильный REXANT</t>
   </si>
   <si>
     <t>1.2.3 Монтажная перфорированная лента</t>
   </si>
   <si>
     <t>07-7121-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 20 м REXANT</t>
   </si>
   <si>
     <t>рулон</t>
   </si>
   <si>
     <t>07-7110-4</t>
   </si>
   <si>
     <t>Монтажная перфорированная лента для теплого пола 20х0,55 мм, 10 м REXANT</t>
   </si>
   <si>
     <t>1.3 Пленочный теплый пол REXANT</t>
   </si>
   <si>
     <t>1.3.1 Optima</t>
   </si>
   <si>
+    <t>51-0502-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1,5м², 0,5х3м, 225Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 4м², 0,5х8м, 600Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 12м², 0,5х24м, 1800Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 1м², 0,5х2м, 150Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0503-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0504-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 2,5м², 0,5х5м, 375Вт REXANT</t>
   </si>
   <si>
-    <t>51-0501-7</t>
-[...14 lines deleted...]
-    <t>Пленочный теплый пол Optima 150 2м², 0,5х4м, 300Вт REXANT</t>
+    <t>51-0508-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 5м², 0,5х10м, 750Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 6 м², 0,5х12м, 900Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 7м², 0,5х14м, 1050Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 8м², 0,5х16м, 1200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 10м², 0,5х20м, 1500Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0516-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 13м², 0,5х26м, 1950Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0518-7</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Optima 150 15м², 0,5х30м, 2250Вт REXANT</t>
   </si>
   <si>
     <t>51-0505-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 3м², 0,5х6м, 450Вт REXANT</t>
   </si>
   <si>
-    <t>51-0507-7</t>
-[...28 lines deleted...]
-  <si>
     <t>51-0512-7</t>
   </si>
   <si>
     <t>Пленочный теплый пол Optima 150 9м², 0,5х18м, 1350Вт REXANT</t>
   </si>
   <si>
-    <t>51-0513-7</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3.2 Ultra</t>
   </si>
   <si>
+    <t>51-0503-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2м², 0,5х4м, 440Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0504-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 2,5м², 0,5х5м, 550Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0505-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3м², 0,5х6м, 660Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0506-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 3,5м², 0,5х7м, 770Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 4м², 0,5х8м, 880Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0508-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 5 м², 0,5х10м, 1100Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0510-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 7м², 0,5х14м, 1540Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0511-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 8м², 0,5х16м, 1760Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0501-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1м², 0,5х2м, 220Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0502-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 1,5м², 0,5х3м, 330Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0509-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 6м², 0,5х12м, 1320Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0512-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 9м², 0,5х18м, 1980Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0513-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 10м², 0,5х20м, 2200Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0515-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 12м², 0,5х24м, 2640Вт REXANT</t>
+  </si>
+  <si>
+    <t>51-0517-4</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
+  </si>
+  <si>
     <t>51-0518-4</t>
   </si>
   <si>
-    <t>Пленочный теплый пол  Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
-[...89 lines deleted...]
-    <t>Пленочный теплый пол Ultra RXM 220 14м², 0,5х28м, 3080Вт REXANT</t>
+    <t>Пленочный теплый пол Ultra RXM 220 15м², 0,5х30м, 3300Вт REXANT</t>
   </si>
   <si>
     <t>1.3.3 Рулоны</t>
   </si>
   <si>
     <t>51-0508-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол RXM 308 220Вт/м2, ширина 80 см, толщина 0,338, (Рулон 100 м) REXANT  </t>
   </si>
   <si>
     <t>пог. м</t>
   </si>
   <si>
+    <t>51-0509-5</t>
+  </si>
+  <si>
+    <t>Пленочный теплый пол RXM 310 220Вт/м2, ширина100 см, толщина 0,338, (Рулон100м) REXANT</t>
+  </si>
+  <si>
+    <t>51-0507-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXM 305 220Вт/м2, ширина 50 см, толщина 0,338, (Рулон 150м) REXANT                        </t>
+  </si>
+  <si>
+    <t>51-0550-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXT 305 150 Вт/м², ширина 50см, толщина 0,338мм (рулон 150м)  REXANT                                                            </t>
+  </si>
+  <si>
+    <t>51-0552-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Пленочный теплый пол RXT 310 150 Вт/м², ширина 100см, толщина 0,338мм (Рулон 100м) REXANT                                                            </t>
+  </si>
+  <si>
     <t>51-0560-5</t>
   </si>
   <si>
     <t xml:space="preserve">Пленочный теплый пол PTC 305 220Вт/м², ширина 50см, толщина 0,338мм (Рулон 150м) REXANT    </t>
   </si>
   <si>
-    <t>51-0507-5</t>
-[...22 lines deleted...]
-  <si>
     <t>1.3.4 Комплектующие для пленочного пола</t>
   </si>
   <si>
+    <t>51-0506-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
+  </si>
+  <si>
     <t>51-0504-5</t>
   </si>
   <si>
     <t>Монтажный зажим для пленочного пола (мин 50 шт/уп) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Монтажный комплект для пленочного пола (2 монтажных зажима, винил-мастика 5х5см) REXANT         </t>
   </si>
   <si>
     <t>51-0505-5</t>
   </si>
   <si>
     <t>Бутил-каучуковая лента 20м ширина 5см, толщина 0,05см REXANT</t>
   </si>
   <si>
     <t>1.3.5 Extrema Gold</t>
   </si>
   <si>
     <t>51-0522-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 2м², 0,5х4м, 440Вт REXANT</t>
   </si>
   <si>
     <t>51-0524-7</t>
   </si>
   <si>
     <t>Саморегулирующийся пленочный теплый пол Extrema 220 3м², 0,5х6м, 660Вт REXANT</t>
   </si>
   <si>
     <t>51-0526-7</t>
   </si>
@@ -1203,51 +1203,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyaschiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vt-m2-shirina-80-sm-tolschina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vt-m2-shirina-50-sm-tolschina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vt-m2-shirina100-sm-tolschina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vt-m-shirina-50sm-tolschina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vt-m-shirina-100sm-tolschina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-sht-up-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolschina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyuschiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-150-1m-0-5h2m-150vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-6-900-6m-0-5h12m-900vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-9-1350-9m-0-5h18m-1350vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-0-5-75-0-5m-0-5h1m-75vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-1-5-225-1-5m-0-5h3m-225vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-300-2m-0-5h4m-300vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-2-5-375-2-5m-0-5h5m-375vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-450-3m-0-5h6m-450vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-3-5-525-3-5m-0-5h7m-525vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-4-600-4m-0-5h8m-600vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-5-750-5m-0-5h10m-750vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-7-1050-7m-0-5h14m-1050vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-10-1500-10m-0-5h20m-1500vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-11-1650-11m-0-5h22m-1650vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-12-1800-12m-0-5h24m-1800vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-13-1950-13m-0-5h26m-1950vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-14-2100-14m-0-5h28-m-2100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-15-2250-15m-0-5h30m-2250vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-classic-rnx-8-1200-8m-0-5h16m-1200vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-4-5m-0-5h9m-720vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-6m-0-5h12m-960vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-0-7m-0-5h1-4m-112vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-1-5m-0-5h3m-240vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-2m-0-5h4m-320vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-3m-0-5h6m-480vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-4m-0-5h8m-640vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-8m-0-5h16m-1280vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-9m-0-5h18m-1440vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-10-m-0-5h20-m-1600-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-2-5m-0-5h5m-400vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-5m-0-5h10m-800vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-1m-0-5h2m-160vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-12-m-0-5h24-m-1920-vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-3-5m-0-5h7m-560vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-samokleyashchiysya-mat-extra-7m-0-5h14m-1120vt-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-3-660-3m-0-5h6m-660vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-5-1100-5m-0-5h10m-1100vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-5-330-1-5m-0-5h3m-330vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-440-2m-0-5h4m-440vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-4-880-4m-0-5h8m-880vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-1-220-1m-0-5h2-0m-220vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-nagrevatelnyy-mat-pro-rnx-2-5-550-2-5-m-0-5h5-m-550-vt-dvuhzhilnyy-s-ekranom-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-70-1250-1250vt-70m-6-5-8-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-145-2600-2600vt-145m-14-5-16-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-15-270-270vt-15m-1-2-1-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-21-370-370vt-21m-1-8-2-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-30-550-550vt-30m-2-5-3-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-39-700-700vt-39m-3-6-4-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-55-1000-1000vt-55m-4-5-6-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-105-1900-1900vt-105m-8-5-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-slim-rnb-128-2300-2300vt-128m-12-5-14-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-10-150-150vt-10m-0-9-1-2m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-20-300-300vt-20m-1-3-2-6m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-30-450-450vt-30m-2-7-3-8m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-40-600-600vt-40m-3-7-5-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-50-750-750vt-50m-4-7-6-3m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-60-900-900vt-60m-5-6-7-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-80-1200-1200vt-80m-7-5-10-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-100-1500-1500vt-100m-9-4-12-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-120-1800-1800vt-120m-11-2-15-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-140-2100-2100vt-140m-13-0-17-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-160-2400-2400vt-160m-15-0-20-0m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/teplyy-pol-kabelnaya-sektsiya-standard-rnd-180-2700-2700vt-180m-17-0-22-5m-dvuhzhilnyy-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-20-m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnaya-perforirovannaya-lenta-dlya-teplogo-pola-20h0-55-mm-10-m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1-5m-0-5h3m-225vt-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-4m-0-5h8m-600vt-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-12m-0-5h24m-1800vt-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-1m-0-5h2m-150vt-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2m-0-5h4m-300vt-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-2-5m-0-5h5m-375vt-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-5m-0-5h10m-750vt-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-6-m-0-5h12m-900vt-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-7m-0-5h14m-1050vt-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-8m-0-5h16m-1200vt-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-10m-0-5h20m-1500vt-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-13m-0-5h26m-1950vt-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-15m-0-5h30m-2250vt-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-3m-0-5h6m-450vt-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-optima-150-9m-0-5h18m-1350vt-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-2-5m-0-5h5m-550vt-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-3-5m-0-5h7m-770vt-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-5-m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-7m-0-5h14m-1540vt-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-8m-0-5h16m-1760vt-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-1-5m-0-5h3m-330vt-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-6m-0-5h12m-1320vt-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-9m-0-5h18m-1980vt-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-10m-0-5h20m-2200vt-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-12m-0-5h24m-2640vt-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-14m-0-5h28m-3080vt-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ultra-rxm-220-15m-0-5h30m-3300vt-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-308-220vtm2-shirina-80-sm-tolshchina-0-338-rulon-100-m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-310-220vtm2-shirina100-sm-tolshchina-0-338-rulon100m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxm-305-220vtm2-shirina-50-sm-tolshchina-0-338-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-305-150-vtm-shirina-50sm-tolshchina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-rxt-310-150-vtm-shirina-100sm-tolshchina-0-338mm-rulon-100m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/plenochnyy-teplyy-pol-ptc-305-220vtm-shirina-50sm-tolshchina-0-338mm-rulon-150m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-komplekt-dlya-plenochnogo-pola-2-montazhnyh-zazhima-vinil-mastika-5h5sm-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/montazhnyy-zazhim-dlya-plenochnogo-pola-min-50-shtup-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/butil-kauchukovaya-lenta-20m-shirina-5sm-tolshchina-0-05sm-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-2m-0-5h4m-440vt-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-3m-0-5h6m-660vt-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-4m-0-5h8m-880vt-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-5m-0-5h10m-1100vt-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/samoreguliruyushchiysya-plenochnyy-teplyy-pol-extrema-220-1m-0-5h2m-220vt-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h350mm-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-500h700mm-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kovrik-s-podogrevom-rnx-50-220v-50gts-50vt-ipx1-400h600mm-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I130"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1306,3439 +1306,3439 @@
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
         <v>2435.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>706</v>
+        <v>624</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>16</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>11340.57</v>
+        <v>9173.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>0</v>
+        <v>379</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>4</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>22485.87</v>
+        <v>12814.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>166</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>4</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
         <v>2138.18</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>250</v>
+        <v>394</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>16</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
         <v>2847.6</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>439</v>
+        <v>503</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>16</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
         <v>3508.65</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>1076</v>
+        <v>617</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>16</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
         <v>4403.61</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>136</v>
+        <v>352</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>16</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
         <v>4983.3</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>465</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>9</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>5827.41</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>177</v>
+        <v>111</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>9</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>6488.46</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>462</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>9</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
         <v>8359.74</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>249</v>
+        <v>322</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>4</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>9173.34</v>
+        <v>10571.72</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>73</v>
+        <v>185</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>10571.72</v>
+        <v>13393.89</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>190</v>
+        <v>99</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>12814.2</v>
+        <v>16701.17</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>4</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>13393.89</v>
+        <v>16719.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>99</v>
+        <v>42</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>4</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>16701.17</v>
+        <v>19305.2</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>16</v>
+        <v>84</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>4</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>16719.48</v>
+        <v>22485.87</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>4</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>19305.2</v>
+        <v>24960.91</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>4</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>24960.91</v>
+        <v>11340.57</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>58</v>
+        <v>163</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>4</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>4933.15</v>
+        <v>15485.25</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>10038.18</v>
+        <v>20039.68</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>20039.68</v>
+        <v>4422.63</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>40823.19</v>
+        <v>6805</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>3</v>
+        <v>136</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>18546.62</v>
+        <v>8336.47</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>70</v>
+        <v>115</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>33703.18</v>
+        <v>11569.7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>4422.63</v>
+        <v>14122.27</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>5</v>
+        <v>89</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>8336.47</v>
+        <v>24594.11</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>11569.7</v>
+        <v>25158.04</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C34" s="3">
-        <v>13101.1</v>
+        <v>33703.18</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="3">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C35" s="3">
-        <v>15485.25</v>
+        <v>10038.18</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>9</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C36" s="3">
-        <v>22772.36</v>
+        <v>18546.62</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="3">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>6</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="3">
-        <v>24594.11</v>
+        <v>4933.15</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C38" s="3">
-        <v>25158.04</v>
+        <v>40823.19</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>59</v>
+        <v>22</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>4</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="3">
-        <v>6805</v>
+        <v>13101.1</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>140</v>
+        <v>29</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C40" s="3">
-        <v>14122.27</v>
+        <v>22772.36</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>96</v>
+        <v>56</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C42" s="3">
-        <v>4920.18</v>
+        <v>12041.59</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C43" s="3">
-        <v>7250.8</v>
+        <v>17479.59</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C44" s="3">
-        <v>8545.58</v>
+        <v>7250.8</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="3">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
         <v>16</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="3">
-        <v>9387.18</v>
+        <v>8545.58</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>16</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C46" s="3">
-        <v>12041.59</v>
+        <v>15149.03</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
         <v>9</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C47" s="3">
-        <v>15149.03</v>
+        <v>4920.18</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C48" s="3">
-        <v>17479.59</v>
+        <v>9387.18</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="2"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
       <c r="I50" s="2"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C51" s="3">
         <v>14382.72</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F51" s="3">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G51" s="3">
         <v>1</v>
       </c>
       <c r="H51" s="3">
         <v>5</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="3">
-        <v>4154.25</v>
+        <v>31074.84</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>5</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C53" s="3">
-        <v>5006.62</v>
+        <v>4154.25</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F53" s="3">
-        <v>121</v>
+        <v>201</v>
       </c>
       <c r="G53" s="3">
         <v>1</v>
       </c>
       <c r="H53" s="3">
         <v>5</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="3">
-        <v>6862.37</v>
+        <v>5006.62</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F54" s="3">
-        <v>233</v>
+        <v>114</v>
       </c>
       <c r="G54" s="3">
         <v>1</v>
       </c>
       <c r="H54" s="3">
         <v>5</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C55" s="3">
-        <v>8739.8</v>
+        <v>6862.37</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F55" s="3">
-        <v>33</v>
+        <v>237</v>
       </c>
       <c r="G55" s="3">
         <v>1</v>
       </c>
       <c r="H55" s="3">
         <v>5</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C56" s="3">
-        <v>11825.57</v>
+        <v>8739.8</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F56" s="3">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="G56" s="3">
         <v>1</v>
       </c>
       <c r="H56" s="3">
         <v>5</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="3">
-        <v>21201.6</v>
+        <v>11825.57</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F57" s="3">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G57" s="3">
         <v>1</v>
       </c>
       <c r="H57" s="3">
         <v>5</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="3">
-        <v>27691.38</v>
+        <v>21201.6</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F58" s="3">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="G58" s="3">
         <v>1</v>
       </c>
       <c r="H58" s="3">
         <v>5</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="3">
-        <v>31074.84</v>
+        <v>27691.38</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F59" s="3">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G59" s="3">
         <v>1</v>
       </c>
       <c r="H59" s="3">
         <v>5</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>121</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="3">
-        <v>18417.87</v>
+        <v>2918.79</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F61" s="3">
-        <v>3</v>
+        <v>189</v>
       </c>
       <c r="G61" s="3">
         <v>1</v>
       </c>
       <c r="H61" s="3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>123</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="3">
-        <v>2918.79</v>
+        <v>3956.13</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F62" s="3">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G62" s="3">
         <v>1</v>
       </c>
       <c r="H62" s="3">
         <v>5</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>125</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="3">
-        <v>3956.13</v>
+        <v>4871.43</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F63" s="3">
-        <v>351</v>
+        <v>114</v>
       </c>
       <c r="G63" s="3">
         <v>1</v>
       </c>
       <c r="H63" s="3">
         <v>5</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>127</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="3">
-        <v>4871.43</v>
+        <v>6061.32</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F64" s="3">
-        <v>196</v>
+        <v>94</v>
       </c>
       <c r="G64" s="3">
         <v>1</v>
       </c>
       <c r="H64" s="3">
         <v>5</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>129</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="3">
-        <v>6061.32</v>
+        <v>7342.74</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F65" s="3">
-        <v>147</v>
+        <v>105</v>
       </c>
       <c r="G65" s="3">
         <v>1</v>
       </c>
       <c r="H65" s="3">
         <v>5</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>131</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="3">
-        <v>7342.74</v>
+        <v>8858.07</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F66" s="3">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="G66" s="3">
         <v>1</v>
       </c>
       <c r="H66" s="3">
         <v>5</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="3">
-        <v>8858.07</v>
+        <v>11868.39</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F67" s="3">
-        <v>51</v>
+        <v>110</v>
       </c>
       <c r="G67" s="3">
         <v>1</v>
       </c>
       <c r="H67" s="3">
         <v>5</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>135</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="3">
-        <v>11868.39</v>
+        <v>13393.89</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F68" s="3">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="G68" s="3">
         <v>1</v>
       </c>
       <c r="H68" s="3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>137</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="3">
-        <v>13393.89</v>
+        <v>16038.09</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F69" s="3">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="G69" s="3">
         <v>1</v>
       </c>
       <c r="H69" s="3">
         <v>3</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>139</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="3">
-        <v>16038.09</v>
+        <v>18417.87</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F70" s="3">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G70" s="3">
         <v>1</v>
       </c>
       <c r="H70" s="3">
         <v>3</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>141</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="3">
         <v>21316.32</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F71" s="3">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G71" s="3">
         <v>1</v>
       </c>
       <c r="H71" s="3">
         <v>3</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="3">
         <v>25425</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F72" s="3">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="G72" s="3">
         <v>1</v>
       </c>
       <c r="H72" s="3">
         <v>3</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C74" s="3">
         <v>1021.58</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F74" s="3">
-        <v>300</v>
+        <v>332</v>
       </c>
       <c r="G74" s="3">
         <v>1</v>
       </c>
       <c r="H74" s="3">
         <v>1</v>
       </c>
       <c r="I74" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="3">
         <v>534.55</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F75" s="3">
-        <v>124</v>
+        <v>749</v>
       </c>
       <c r="G75" s="3">
         <v>1</v>
       </c>
       <c r="H75" s="3">
         <v>1</v>
       </c>
       <c r="I75" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="2"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
       <c r="I77" s="2"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>154</v>
       </c>
       <c r="C78" s="3">
-        <v>4881.6</v>
+        <v>3386.61</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="3">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="G78" s="3">
         <v>1</v>
       </c>
       <c r="H78" s="3">
         <v>1</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>156</v>
       </c>
       <c r="C79" s="3">
-        <v>2491.65</v>
+        <v>7119</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="3">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G79" s="3">
         <v>1</v>
       </c>
       <c r="H79" s="3">
         <v>1</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>158</v>
       </c>
       <c r="C80" s="3">
-        <v>3386.61</v>
+        <v>18102.6</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F80" s="3">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="G80" s="3">
         <v>1</v>
       </c>
       <c r="H80" s="3">
         <v>1</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>160</v>
       </c>
       <c r="C81" s="3">
-        <v>3898.36</v>
+        <v>2491.65</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F81" s="3">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="G81" s="3">
         <v>1</v>
       </c>
       <c r="H81" s="3">
         <v>1</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>162</v>
       </c>
       <c r="C82" s="3">
-        <v>5390.1</v>
+        <v>3898.36</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F82" s="3">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="G82" s="3">
         <v>1</v>
       </c>
       <c r="H82" s="3">
         <v>1</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C83" s="3">
-        <v>7119</v>
+        <v>4881.6</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F83" s="3">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G83" s="3">
         <v>1</v>
       </c>
       <c r="H83" s="3">
         <v>1</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C84" s="3">
         <v>8339.4</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F84" s="3">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G84" s="3">
         <v>1</v>
       </c>
       <c r="H84" s="3">
         <v>1</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C85" s="3">
         <v>9661.5</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F85" s="3">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G85" s="3">
         <v>1</v>
       </c>
       <c r="H85" s="3">
         <v>1</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>170</v>
       </c>
       <c r="C86" s="3">
         <v>11187</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F86" s="3">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="G86" s="3">
         <v>1</v>
       </c>
       <c r="H86" s="3">
         <v>1</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>172</v>
       </c>
       <c r="C87" s="3">
         <v>12814.2</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F87" s="3">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="G87" s="3">
         <v>1</v>
       </c>
       <c r="H87" s="3">
         <v>1</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>174</v>
       </c>
       <c r="C88" s="3">
-        <v>14238</v>
+        <v>15468.57</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F88" s="3">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G88" s="3">
         <v>1</v>
       </c>
       <c r="H88" s="3">
         <v>1</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C89" s="3">
-        <v>15468.57</v>
+        <v>20340</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F89" s="3">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G89" s="3">
         <v>1</v>
       </c>
       <c r="H89" s="3">
         <v>1</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C90" s="3">
-        <v>18102.6</v>
+        <v>22374</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F90" s="3">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G90" s="3">
         <v>1</v>
       </c>
       <c r="H90" s="3">
         <v>1</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>179</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>180</v>
       </c>
       <c r="C91" s="3">
-        <v>20340</v>
+        <v>5390.1</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F91" s="3">
-        <v>3</v>
+        <v>92</v>
       </c>
       <c r="G91" s="3">
         <v>1</v>
       </c>
       <c r="H91" s="3">
         <v>1</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C92" s="3">
-        <v>22374</v>
+        <v>14238</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F92" s="3">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G92" s="3">
         <v>1</v>
       </c>
       <c r="H92" s="3">
         <v>1</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="2"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
       <c r="I93" s="2"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C94" s="3">
-        <v>31527</v>
+        <v>4729.05</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F94" s="3">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="G94" s="3">
         <v>1</v>
       </c>
       <c r="H94" s="3">
         <v>1</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C95" s="3">
-        <v>4729.05</v>
+        <v>5288.4</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F95" s="3">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="G95" s="3">
         <v>1</v>
       </c>
       <c r="H95" s="3">
         <v>1</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C96" s="3">
-        <v>3762.9</v>
+        <v>6610.5</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F96" s="3">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="G96" s="3">
         <v>1</v>
       </c>
       <c r="H96" s="3">
         <v>1</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C97" s="3">
-        <v>5288.4</v>
+        <v>7424.1</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F97" s="3">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="G97" s="3">
         <v>1</v>
       </c>
       <c r="H97" s="3">
         <v>1</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C98" s="3">
-        <v>6610.5</v>
+        <v>8136</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F98" s="3">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="G98" s="3">
         <v>1</v>
       </c>
       <c r="H98" s="3">
         <v>1</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C99" s="3">
-        <v>7424.1</v>
+        <v>9656.61</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F99" s="3">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G99" s="3">
         <v>1</v>
       </c>
       <c r="H99" s="3">
         <v>1</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C100" s="3">
-        <v>8136</v>
+        <v>14238</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F100" s="3">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="G100" s="3">
         <v>1</v>
       </c>
       <c r="H100" s="3">
         <v>1</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C101" s="3">
-        <v>14238</v>
+        <v>15788.66</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F101" s="3">
         <v>21</v>
       </c>
       <c r="G101" s="3">
         <v>1</v>
       </c>
       <c r="H101" s="3">
         <v>1</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C102" s="3">
-        <v>15788.66</v>
+        <v>2898.45</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F102" s="3">
-        <v>21</v>
+        <v>110</v>
       </c>
       <c r="G102" s="3">
         <v>1</v>
       </c>
       <c r="H102" s="3">
         <v>1</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C103" s="3">
-        <v>17781.74</v>
+        <v>3762.9</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F103" s="3">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="G103" s="3">
         <v>1</v>
       </c>
       <c r="H103" s="3">
         <v>1</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C104" s="3">
-        <v>17797.5</v>
+        <v>12204</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F104" s="3">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G104" s="3">
         <v>1</v>
       </c>
       <c r="H104" s="3">
         <v>1</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C105" s="3">
-        <v>22780.8</v>
+        <v>17781.74</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F105" s="3">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="G105" s="3">
         <v>1</v>
       </c>
       <c r="H105" s="3">
         <v>1</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C106" s="3">
-        <v>12204</v>
+        <v>17797.5</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F106" s="3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G106" s="3">
         <v>1</v>
       </c>
       <c r="H106" s="3">
         <v>1</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C107" s="3">
-        <v>2898.45</v>
+        <v>22780.8</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F107" s="3">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="G107" s="3">
         <v>1</v>
       </c>
       <c r="H107" s="3">
         <v>1</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C108" s="3">
-        <v>9656.61</v>
+        <v>29493</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F108" s="3">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G108" s="3">
         <v>1</v>
       </c>
       <c r="H108" s="3">
         <v>1</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C109" s="3">
-        <v>29493</v>
+        <v>31527</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F109" s="3">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="G109" s="3">
         <v>1</v>
       </c>
       <c r="H109" s="3">
         <v>1</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>216</v>
       </c>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C111" s="3">
         <v>862.42</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F111" s="3">
-        <v>3700</v>
+        <v>3500</v>
       </c>
       <c r="G111" s="3">
         <v>100</v>
       </c>
       <c r="H111" s="3">
         <v>100</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C112" s="3">
-        <v>544.09</v>
+        <v>935.64</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F112" s="3">
-        <v>3300</v>
+        <v>2500</v>
       </c>
       <c r="G112" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H112" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C113" s="3">
         <v>527.82</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F113" s="3">
-        <v>600</v>
+        <v>1500</v>
       </c>
       <c r="G113" s="3">
         <v>150</v>
       </c>
       <c r="H113" s="3">
         <v>150</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C114" s="3">
-        <v>935.64</v>
+        <v>507.48</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F114" s="3">
-        <v>500</v>
+        <v>6450</v>
       </c>
       <c r="G114" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H114" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C115" s="3">
-        <v>507.48</v>
+        <v>859.36</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F115" s="3">
-        <v>1350</v>
+        <v>200</v>
       </c>
       <c r="G115" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="H115" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C116" s="3">
-        <v>859.36</v>
+        <v>544.09</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F116" s="3">
-        <v>900</v>
+        <v>2250</v>
       </c>
       <c r="G116" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H116" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>230</v>
       </c>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="2"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
       <c r="I117" s="2"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>231</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C118" s="3">
-        <v>51.52</v>
+        <v>242.65</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F118" s="3">
-        <v>9150</v>
+        <v>4502</v>
       </c>
       <c r="G118" s="3">
+        <v>1</v>
+      </c>
+      <c r="H118" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>8000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C119" s="3">
-        <v>242.65</v>
+        <v>51.52</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F119" s="3">
-        <v>0</v>
+        <v>6250</v>
       </c>
       <c r="G119" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H119" s="3">
-        <v>50</v>
+        <v>8000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>235</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C120" s="3">
         <v>5176.49</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F120" s="3">
-        <v>56</v>
+        <v>241</v>
       </c>
       <c r="G120" s="3">
         <v>1</v>
       </c>
       <c r="H120" s="3">
         <v>8</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="2"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C122" s="3">
         <v>5695.2</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F122" s="3">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="G122" s="3">
         <v>1</v>
       </c>
       <c r="H122" s="3">
         <v>1</v>
       </c>
       <c r="I122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C123" s="3">
         <v>7729.2</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F123" s="3">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="G123" s="3">
         <v>1</v>
       </c>
       <c r="H123" s="3">
         <v>1</v>
       </c>
       <c r="I123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C124" s="3">
         <v>10475.1</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F124" s="3">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="G124" s="3">
         <v>1</v>
       </c>
       <c r="H124" s="3">
         <v>1</v>
       </c>
       <c r="I124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C125" s="3">
         <v>13017.6</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F125" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G125" s="3">
         <v>1</v>
       </c>
       <c r="H125" s="3">
         <v>1</v>
       </c>
       <c r="I125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C126" s="3">
         <v>3457.8</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F126" s="3">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G126" s="3">
         <v>1</v>
       </c>
       <c r="H126" s="3">
         <v>1</v>
       </c>
       <c r="I126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>248</v>
       </c>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="2"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
       <c r="I127" s="2"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C128" s="3">
         <v>2084.85</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F128" s="3">
-        <v>200</v>
+        <v>78</v>
       </c>
       <c r="G128" s="3">
         <v>1</v>
       </c>
       <c r="H128" s="3">
         <v>20</v>
       </c>
       <c r="I128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>252</v>
       </c>
       <c r="C129" s="3">
         <v>3749.34</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F129" s="3">
-        <v>310</v>
+        <v>231</v>
       </c>
       <c r="G129" s="3">
         <v>1</v>
       </c>
       <c r="H129" s="3">
         <v>20</v>
       </c>
       <c r="I129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C130" s="3">
         <v>3900.82</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E130" s="3" t="s">