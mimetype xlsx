--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -45,318 +45,318 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Терморегуляторы</t>
   </si>
   <si>
     <t>1.1 Для теплого пола</t>
   </si>
   <si>
-    <t>1.1.1 Механические</t>
+    <t>1.1.1 Wi-Fi</t>
+  </si>
+  <si>
+    <t>51-0572</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой ClimaHome W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0578</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой SmartWarm W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0591</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0590</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0577</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-44W сенсорный, программируемый, с Wi-Fi, белый REXANT (совместим с рамкой Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>1.1.2 Многоканальные</t>
+  </si>
+  <si>
+    <t>51-0844</t>
+  </si>
+  <si>
+    <t>Терморегулятор 8-зонный TermoStat Infinity 16А (на DIN-рейку) REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 Комплектующие</t>
+  </si>
+  <si>
+    <t>51-0569-2</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0569-1</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 белый REXANT</t>
+  </si>
+  <si>
+    <t>51-1000</t>
+  </si>
+  <si>
+    <t>Датчик температуры для терморегулятора NTC 10 кОм, 3 м REXANT</t>
+  </si>
+  <si>
+    <t>82-0256</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий, глубина 43 мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Электронные</t>
+  </si>
+  <si>
+    <t>51-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R200W сенсорный, программируемый, белый REXANT </t>
+  </si>
+  <si>
+    <t>51-0575</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R300B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0532</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R51XT программируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0533</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R91XT сенсорный, программируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0566</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0584</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0588</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100W сенсорный, програмируемый, белый REXANT </t>
+  </si>
+  <si>
+    <t>51-0587</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-421H сенсорный, программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0576</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-43 сенсорный, белый REXANT (совместим с рамкой: Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0567</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0568</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0569</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0574</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R200B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0585</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0586</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-421H сенсорный, программируемый, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100B сенсорный, програмируемый, черный REXANT </t>
+  </si>
+  <si>
+    <t>51-0595</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R31XT белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.5 На DIN-рейку</t>
+  </si>
+  <si>
+    <t>51-0820</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-157 программируемый, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.6 Механические</t>
   </si>
   <si>
     <t>51-0593</t>
   </si>
   <si>
     <t>Терморегулятор механический R5XT черный REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>51-0562</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0825</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0594</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT черный REXANT</t>
   </si>
   <si>
     <t>51-0531</t>
   </si>
   <si>
     <t>Терморегулятор механический R70XT белый REXANT</t>
   </si>
   <si>
+    <t>51-0580</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R72XT с датчиком температуры воздуха и пола, белый REXANT</t>
+  </si>
+  <si>
     <t>51-0581</t>
   </si>
   <si>
     <t>Терморегулятор механический R70XT бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0580</t>
-[...2 lines deleted...]
-    <t>Терморегулятор механический R72XT с датчиком температуры воздуха и пола, белый REXANT</t>
+    <t>51-0823</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308U, совместим с Schneider серии Unica, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0826</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, бежевый REXANT</t>
   </si>
   <si>
     <t>51-0824</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308U, совместим с Schneider серии Unica, бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0823</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0563</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0562</t>
-[...8 lines deleted...]
-    <t>Терморегулятор механический R70XT черный REXANT</t>
+    <t>51-0816</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, черный REXANT</t>
   </si>
   <si>
     <t>51-0592</t>
   </si>
   <si>
     <t>Терморегулятор механический R5XT белый REXANT</t>
-  </si>
-[...187 lines deleted...]
-    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
   </si>
   <si>
     <t>1.2 Для мобильных обогревателей</t>
   </si>
   <si>
     <t>51-0800</t>
   </si>
   <si>
     <t>Терморегулятор цифровой 16А-01 в розетку, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -750,51 +750,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexan.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-re.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevy.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-r.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-s.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-s-sensornimi-knopkami-r150-wi-fi-cherniy-rexant-20558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-c-sensornimi-knopkami-r150-wi-fi-beliy-rexant-20557" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-rexant-30152" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonniy-termostat-infinity-16a-na-din-reyku-rexant-31588" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montaja-elektroustanovochnih-izdeliy-bn-01-bejeviy-rexant-12055" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montaja-elektroustanovochnih-izdeliy-bn-01-beliy-rexant-12069" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-dlya-termoregulyatora-ntc-10-kom-3-m-rexant-27738" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montaja-elektroustanovochnih-izdeliy-glubina-43-mm-beliy-rexant-20328" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-r200w-s-avtomaticheskim-programmirovaniem-beliy-rexant-14833" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-programmiruemiy-r300b-cherniy-rexant-14912" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r51xt-s-displeem-i-avtomaticheskim-programmirovaniem-rexant-11847" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-r91xt-s-avtomaticheskim-programmirovaniem-3680-vt-rexant-11848" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-beliy-sovmestim-s-legrand-serii-valena-rexant-12080" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-rx-419b-beliy-sovmestim-s-legrand-serii-valena-rexant-19255" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r100w-s-avtomaticheskim-programmirovaniem-i-sensornimi-knopkami-beliy-rexant-21031" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-programmiruemiy-rx-421h-bejeviy-sovmestim-s-legrand-serii-valena-rexant-19257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-rexant-30151" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-bejeviy-sovmestim-s-legrand-serii-valena-rexant-12063" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-programmiruemiy-rx-527h-beliy-sovmestim-s-legrand-serii-valena-rexant-12057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-programmiruemiy-rx-527h-bejeviy-sovmestim-s-legrand-serii-valena-rexant-12064" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-r200b-s-avtomaticheskim-programmirovaniem-cherniy-rexant-14883" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-rx-419b-bejeviy-sovmestim-s-legrand-serii-valena-rexant-19256" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-programmiruemiy-rx-421h-beliy-sovmestim-s-legrand-serii-valena-rexant-19258" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r100b-s-avtomaticheskim-programmirovaniem-i-sensornimi-knopkami-cherniy-rexant-21032" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r31xt-s-displeem-rexant-30748" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemiy-na-din-reyku-rexant-28842" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-3-5kvt-cherniy-rexant-30584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-beliy-sovmestim-s-legrand-serii-valena-rexant-12070" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-beliy-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-rexant-28847" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-s-datchikom-temperaturi-pola-i-led-indikatorom-16a-5vt-cherniy-rexant-30585" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-s-datchikom-temperaturi-pola-i-led-indikatorom-16a-5vt-rexant-10601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-s-datchikom-temperaturi-pola-i-vozduha-r72xt-rexant-19410" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-s-datchikom-temperaturi-pola-3500-vt-bejeviy-rexant-15617" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-beliy-sovmestim-s-schneider-serii-unica-rexant-28845" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-bejeviy-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-rexant-28848" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-bejeviy-sovmestim-s-schneider-serii-unica-rexant-28846" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-bejeviy-sovmestim-s-legrand-serii-valena-rexant-12073" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-cherniy-sovmestim-s-legrand-serii-valena-rexant-20005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-3-5kvt-beliy-rexant-30583" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-v-rozetku-16a-01-beliy-rexant-31052" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I52"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -844,1388 +844,1388 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>1378.04</v>
+        <v>5701.15</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>969</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>64</v>
       </c>
       <c r="I5" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>780</v>
+        <v>5493.46</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>52090</v>
+        <v>475</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="I6" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>820</v>
+        <v>7500</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>3759</v>
+        <v>227</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>1330</v>
+        <v>7850</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>3568</v>
+        <v>98</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>3251.2</v>
+        <v>5150</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>57</v>
+        <v>1184</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="3" t="s">
+      <c r="C11" s="3">
+        <v>50000</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="3">
+        <v>4</v>
+      </c>
+      <c r="G11" s="3">
+        <v>1</v>
+      </c>
+      <c r="H11" s="3">
+        <v>1</v>
+      </c>
+      <c r="I11" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B12" s="2"/>
+      <c r="C12" s="2"/>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2"/>
+      <c r="F12" s="2"/>
+      <c r="G12" s="2"/>
+      <c r="H12" s="2"/>
+      <c r="I12" s="2"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C13" s="3">
-        <v>3958.49</v>
+        <v>275</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>272</v>
+        <v>155</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C14" s="3">
-        <v>3958.49</v>
+        <v>275</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>175</v>
+        <v>78</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C15" s="3">
-        <v>870</v>
+        <v>354.94</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>575</v>
+        <v>3485</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>64</v>
+        <v>250</v>
       </c>
       <c r="I15" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C16" s="3">
+        <v>340</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F16" s="3">
+        <v>311</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>60</v>
+      </c>
+      <c r="I16" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B16" s="3" t="s">
+      <c r="B17" s="2"/>
+      <c r="C17" s="2"/>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2"/>
+      <c r="H17" s="2"/>
+      <c r="I17" s="2"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="3">
-[...22 lines deleted...]
-      <c r="A17" s="3" t="s">
+      <c r="B18" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I18" s="2"/>
+      <c r="C18" s="3">
+        <v>4950</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F18" s="3">
+        <v>658</v>
+      </c>
+      <c r="G18" s="3">
+        <v>1</v>
+      </c>
+      <c r="H18" s="3">
+        <v>100</v>
+      </c>
+      <c r="I18" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C19" s="3">
-        <v>2330</v>
+        <v>4950</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C20" s="3">
-        <v>3050</v>
+        <v>2330</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>588</v>
+        <v>372</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C21" s="3">
-        <v>4950</v>
+        <v>2890</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>1214</v>
+        <v>589</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C22" s="3">
-        <v>2890</v>
+        <v>4866.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>887</v>
+        <v>85</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C23" s="3">
-        <v>4866.99</v>
+        <v>5451.02</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>140</v>
+        <v>78</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>40</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C24" s="3">
-        <v>4866.99</v>
+        <v>5500</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>93</v>
+        <v>153</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C25" s="3">
-        <v>6081.34</v>
+        <v>4410.66</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C26" s="3">
-        <v>6081.34</v>
+        <v>3050</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>124</v>
+        <v>346</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C27" s="3">
-        <v>4950</v>
+        <v>4866.99</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>713</v>
+        <v>9</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C28" s="3">
-        <v>4410.66</v>
+        <v>6081.34</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>40</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C29" s="3">
-        <v>5840.1</v>
+        <v>6081.34</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>2</v>
+        <v>75</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C30" s="3">
-        <v>5500</v>
+        <v>4950</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>63</v>
+        <v>1126</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C31" s="3">
-        <v>2151</v>
+        <v>4810.43</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>419</v>
+        <v>12</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C32" s="3">
-        <v>4810.43</v>
+        <v>5840.1</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>40</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C33" s="3">
-        <v>4950</v>
+        <v>5500</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>1620</v>
+        <v>58</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C34" s="3">
+        <v>1935.9</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F34" s="3">
+        <v>413</v>
+      </c>
+      <c r="G34" s="3">
+        <v>1</v>
+      </c>
+      <c r="H34" s="3">
+        <v>64</v>
+      </c>
+      <c r="I34" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="C34" s="3">
-[...22 lines deleted...]
-      <c r="A35" s="3" t="s">
+      <c r="B36" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C36" s="3">
+        <v>6360.72</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F36" s="3">
+        <v>61</v>
+      </c>
+      <c r="G36" s="3">
+        <v>1</v>
+      </c>
+      <c r="H36" s="3">
+        <v>1</v>
+      </c>
+      <c r="I36" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C35" s="3">
-[...22 lines deleted...]
-      <c r="A36" s="2" t="s">
+      <c r="B37" s="2"/>
+      <c r="C37" s="2"/>
+      <c r="D37" s="2"/>
+      <c r="E37" s="2"/>
+      <c r="F37" s="2"/>
+      <c r="G37" s="2"/>
+      <c r="H37" s="2"/>
+      <c r="I37" s="2"/>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A38" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B36" s="2"/>
-[...9 lines deleted...]
-      <c r="A37" s="3" t="s">
+      <c r="B38" s="3" t="s">
         <v>76</v>
       </c>
-      <c r="B37" s="3" t="s">
-[...35 lines deleted...]
-      <c r="I38" s="2"/>
+      <c r="C38" s="3">
+        <v>1378.04</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F38" s="3">
+        <v>831</v>
+      </c>
+      <c r="G38" s="3">
+        <v>1</v>
+      </c>
+      <c r="H38" s="3">
+        <v>64</v>
+      </c>
+      <c r="I38" s="3">
+        <v>0</v>
+      </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C39" s="3">
-        <v>7850</v>
+        <v>3958.49</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>129</v>
+        <v>152</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C40" s="3">
-        <v>7500</v>
+        <v>4173.36</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>254</v>
+        <v>96</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>100</v>
+        <v>39</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C41" s="3">
-        <v>5150</v>
+        <v>870</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>1210</v>
+        <v>156</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C42" s="3">
-        <v>5493.46</v>
+        <v>780</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="3">
-        <v>0</v>
+        <v>35626</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C43" s="3">
-        <v>5701.15</v>
+        <v>1330</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>0</v>
+        <v>2771</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
         <v>64</v>
       </c>
       <c r="I43" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I44" s="2"/>
+      <c r="A44" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C44" s="3">
+        <v>820</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F44" s="3">
+        <v>1567</v>
+      </c>
+      <c r="G44" s="3">
+        <v>1</v>
+      </c>
+      <c r="H44" s="3">
+        <v>64</v>
+      </c>
+      <c r="I44" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="C45" s="3">
+        <v>4214.52</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="3">
+        <v>45</v>
+      </c>
+      <c r="G45" s="3">
+        <v>1</v>
+      </c>
+      <c r="H45" s="3">
+        <v>39</v>
+      </c>
+      <c r="I45" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C45" s="3">
-[...22 lines deleted...]
-      <c r="A46" s="2" t="s">
+      <c r="B46" s="3" t="s">
         <v>92</v>
       </c>
-      <c r="B46" s="2"/>
-[...6 lines deleted...]
-      <c r="I46" s="2"/>
+      <c r="C46" s="3">
+        <v>4173.36</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F46" s="3">
+        <v>22</v>
+      </c>
+      <c r="G46" s="3">
+        <v>1</v>
+      </c>
+      <c r="H46" s="3">
+        <v>39</v>
+      </c>
+      <c r="I46" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>340</v>
+        <v>3088.64</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>430</v>
+        <v>20</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>354.94</v>
+        <v>3958.49</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>5409</v>
+        <v>237</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>250</v>
+        <v>40</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="3">
-        <v>275</v>
+        <v>3869.77</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F49" s="3">
-        <v>223</v>
+        <v>104</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="3">
-        <v>275</v>
+        <v>1282.78</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>130</v>
+        <v>636</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I50" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
       <c r="I51" s="2"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C52" s="3">
         <v>1650</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F52" s="3">
-        <v>537</v>
+        <v>0</v>
       </c>
       <c r="G52" s="3">
         <v>1</v>
       </c>
       <c r="H52" s="3">
         <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A18:I18"/>
-[...3 lines deleted...]
-    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A12:I12"/>
+    <mergeCell ref="A17:I17"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A37:I37"/>
     <mergeCell ref="A51:I51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D10" r:id="rId6"/>
-[...30 lines deleted...]
-    <hyperlink ref="D45" r:id="rId37"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D13" r:id="rId7"/>
+    <hyperlink ref="D14" r:id="rId8"/>
+    <hyperlink ref="D15" r:id="rId9"/>
+    <hyperlink ref="D16" r:id="rId10"/>
+    <hyperlink ref="D18" r:id="rId11"/>
+    <hyperlink ref="D19" r:id="rId12"/>
+    <hyperlink ref="D20" r:id="rId13"/>
+    <hyperlink ref="D21" r:id="rId14"/>
+    <hyperlink ref="D22" r:id="rId15"/>
+    <hyperlink ref="D23" r:id="rId16"/>
+    <hyperlink ref="D24" r:id="rId17"/>
+    <hyperlink ref="D25" r:id="rId18"/>
+    <hyperlink ref="D26" r:id="rId19"/>
+    <hyperlink ref="D27" r:id="rId20"/>
+    <hyperlink ref="D28" r:id="rId21"/>
+    <hyperlink ref="D29" r:id="rId22"/>
+    <hyperlink ref="D30" r:id="rId23"/>
+    <hyperlink ref="D31" r:id="rId24"/>
+    <hyperlink ref="D32" r:id="rId25"/>
+    <hyperlink ref="D33" r:id="rId26"/>
+    <hyperlink ref="D34" r:id="rId27"/>
+    <hyperlink ref="D36" r:id="rId28"/>
+    <hyperlink ref="D38" r:id="rId29"/>
+    <hyperlink ref="D39" r:id="rId30"/>
+    <hyperlink ref="D40" r:id="rId31"/>
+    <hyperlink ref="D41" r:id="rId32"/>
+    <hyperlink ref="D42" r:id="rId33"/>
+    <hyperlink ref="D43" r:id="rId34"/>
+    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D45" r:id="rId36"/>
+    <hyperlink ref="D46" r:id="rId37"/>
     <hyperlink ref="D47" r:id="rId38"/>
     <hyperlink ref="D48" r:id="rId39"/>
     <hyperlink ref="D49" r:id="rId40"/>
     <hyperlink ref="D50" r:id="rId41"/>
     <hyperlink ref="D52" r:id="rId42"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>