--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -8,355 +8,343 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="100">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Терморегуляторы</t>
   </si>
   <si>
     <t>1.1 Для теплого пола</t>
   </si>
   <si>
-    <t>1.1.1 Wi-Fi</t>
+    <t>1.1.1 Механические</t>
+  </si>
+  <si>
+    <t>51-0825</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0826</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0563</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0823</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308U, совместим с Schneider серии Unica, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0562</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0593</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R5XT черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0816</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0531</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0592</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R5XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0594</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0581</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0580</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R72XT с датчиком температуры воздуха и пола, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.2 Электронные</t>
+  </si>
+  <si>
+    <t>51-0573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R200W сенсорный, программируемый, белый REXANT </t>
+  </si>
+  <si>
+    <t>51-0584</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0585</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0587</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-421H сенсорный, программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0589</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100B сенсорный, програмируемый, черный REXANT </t>
+  </si>
+  <si>
+    <t>51-0576</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-43 сенсорный, белый REXANT (совместим с рамкой: Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0566</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0567</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0568</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0575</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R300B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0533</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R91XT сенсорный, программируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0595</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R31XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0574</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R200B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0569</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0588</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100W сенсорный, програмируемый, белый REXANT </t>
+  </si>
+  <si>
+    <t>51-0532</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R51XT программируемый, белый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.3 На DIN-рейку</t>
+  </si>
+  <si>
+    <t>51-0820</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-157 программируемый, серый REXANT</t>
+  </si>
+  <si>
+    <t>1.1.4 Wi-Fi</t>
+  </si>
+  <si>
+    <t>51-0577</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-44W сенсорный, программируемый, с Wi-Fi, белый REXANT (совместим с рамкой Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0591</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0578</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой SmartWarm W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
     <t>51-0572</t>
   </si>
   <si>
     <t>Терморегулятор цифровой ClimaHome W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...16 lines deleted...]
-  <si>
     <t>51-0590</t>
   </si>
   <si>
     <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
-    <t>51-0577</t>
-[...5 lines deleted...]
-    <t>1.1.2 Многоканальные</t>
+    <t>1.1.5 Многоканальные</t>
   </si>
   <si>
     <t>51-0844</t>
   </si>
   <si>
     <t>Терморегулятор 8-зонный TermoStat Infinity 16А (на DIN-рейку) REXANT</t>
   </si>
   <si>
-    <t>1.1.3 Комплектующие</t>
+    <t>1.1.6 Комплектующие</t>
+  </si>
+  <si>
+    <t>51-1000</t>
+  </si>
+  <si>
+    <t>Датчик температуры для терморегулятора NTC 10 кОм, 3 м REXANT</t>
+  </si>
+  <si>
+    <t>82-0256</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий, глубина 43 мм, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0569-1</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 белый REXANT</t>
   </si>
   <si>
     <t>51-0569-2</t>
   </si>
   <si>
     <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
-  </si>
-[...211 lines deleted...]
-    <t>Терморегулятор механический R5XT белый REXANT</t>
   </si>
   <si>
     <t>1.2 Для мобильных обогревателей</t>
   </si>
   <si>
     <t>51-0800</t>
   </si>
   <si>
     <t>Терморегулятор цифровой 16А-01 в розетку, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -750,56 +738,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-s-sensornimi-knopkami-r150-wi-fi-cherniy-rexant-20558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-c-sensornimi-knopkami-r150-wi-fi-beliy-rexant-20557" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-rexant-30152" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonniy-termostat-infinity-16a-na-din-reyku-rexant-31588" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montaja-elektroustanovochnih-izdeliy-bn-01-bejeviy-rexant-12055" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montaja-elektroustanovochnih-izdeliy-bn-01-beliy-rexant-12069" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperaturi-dlya-termoregulyatora-ntc-10-kom-3-m-rexant-27738" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montaja-elektroustanovochnih-izdeliy-glubina-43-mm-beliy-rexant-20328" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-r200w-s-avtomaticheskim-programmirovaniem-beliy-rexant-14833" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-programmiruemiy-r300b-cherniy-rexant-14912" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r51xt-s-displeem-i-avtomaticheskim-programmirovaniem-rexant-11847" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-r91xt-s-avtomaticheskim-programmirovaniem-3680-vt-rexant-11848" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-beliy-sovmestim-s-legrand-serii-valena-rexant-12080" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-rx-419b-beliy-sovmestim-s-legrand-serii-valena-rexant-19255" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r100w-s-avtomaticheskim-programmirovaniem-i-sensornimi-knopkami-beliy-rexant-21031" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-programmiruemiy-rx-421h-bejeviy-sovmestim-s-legrand-serii-valena-rexant-19257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-rexant-30151" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-bejeviy-sovmestim-s-legrand-serii-valena-rexant-12063" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-programmiruemiy-rx-527h-beliy-sovmestim-s-legrand-serii-valena-rexant-12057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-programmiruemiy-rx-527h-bejeviy-sovmestim-s-legrand-serii-valena-rexant-12064" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-r200b-s-avtomaticheskim-programmirovaniem-cherniy-rexant-14883" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-rx-419b-bejeviy-sovmestim-s-legrand-serii-valena-rexant-19256" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-sensorniy-programmiruemiy-rx-421h-beliy-sovmestim-s-legrand-serii-valena-rexant-19258" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r100b-s-avtomaticheskim-programmirovaniem-i-sensornimi-knopkami-cherniy-rexant-21032" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-r31xt-s-displeem-rexant-30748" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemiy-na-din-reyku-rexant-28842" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-3-5kvt-cherniy-rexant-30584" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-beliy-sovmestim-s-legrand-serii-valena-rexant-12070" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-beliy-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-rexant-28847" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-s-datchikom-temperaturi-pola-i-led-indikatorom-16a-5vt-cherniy-rexant-30585" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-s-datchikom-temperaturi-pola-i-led-indikatorom-16a-5vt-rexant-10601" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-s-datchikom-temperaturi-pola-i-vozduha-r72xt-rexant-19410" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-s-datchikom-temperaturi-pola-3500-vt-bejeviy-rexant-15617" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-beliy-sovmestim-s-schneider-serii-unica-rexant-28845" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-bejeviy-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-rexant-28848" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-bejeviy-sovmestim-s-schneider-serii-unica-rexant-28846" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-bejeviy-sovmestim-s-legrand-serii-valena-rexant-12073" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-cherniy-sovmestim-s-legrand-serii-valena-rexant-20005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-3-5kvt-beliy-rexant-30583" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-v-rozetku-16a-01-beliy-rexant-31052" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-re" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I50"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -844,1393 +832,1333 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>5701.15</v>
+        <v>4244.31</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="I5" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>5493.46</v>
+        <v>4244.31</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>475</v>
+        <v>20</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="I6" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
-        <v>7500</v>
+        <v>4025.78</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>7850</v>
+        <v>3857.55</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>100</v>
+        <v>39</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>5150</v>
+        <v>4025.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>1184</v>
+        <v>101</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I9" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="3">
+        <v>1401.47</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="3">
+        <v>797</v>
+      </c>
+      <c r="G10" s="3">
+        <v>1</v>
+      </c>
+      <c r="H10" s="3">
+        <v>64</v>
+      </c>
+      <c r="I10" s="3">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>50000</v>
+        <v>3935.56</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A12" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I12" s="2"/>
+      <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="3">
+        <v>793.26</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="3">
+        <v>14941</v>
+      </c>
+      <c r="G12" s="3">
+        <v>1</v>
+      </c>
+      <c r="H12" s="3">
+        <v>64</v>
+      </c>
+      <c r="I12" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C13" s="3">
-        <v>275</v>
+        <v>1304.59</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>155</v>
+        <v>552</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C14" s="3">
-        <v>275</v>
+        <v>884.79</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>354.94</v>
+        <v>833.94</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>3485</v>
+        <v>704</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>250</v>
+        <v>64</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>340</v>
+        <v>1352.61</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>311</v>
+        <v>1724</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>4950</v>
+        <v>5034.15</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>658</v>
+        <v>610</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" s="3">
+        <v>5543.69</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F19" s="3">
+        <v>75</v>
+      </c>
+      <c r="G19" s="3">
+        <v>1</v>
+      </c>
+      <c r="H19" s="3">
         <v>40</v>
-      </c>
-[...16 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>2330</v>
+        <v>4892.21</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>372</v>
+        <v>8</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>2890</v>
+        <v>4485.64</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>589</v>
+        <v>26</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>4866.99</v>
+        <v>5593.5</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>5451.02</v>
+        <v>3101.85</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>78</v>
+        <v>314</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>5500</v>
+        <v>4949.73</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>153</v>
+        <v>46</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>4410.66</v>
+        <v>4949.73</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>3050</v>
+        <v>6184.72</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>346</v>
+        <v>116</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I26" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>4866.99</v>
+        <v>5034.15</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>9</v>
+        <v>1542</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>6081.34</v>
+        <v>2939.13</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>6081.34</v>
+        <v>1771.93</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>75</v>
+        <v>405</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="I29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>4950</v>
+        <v>5034.15</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1126</v>
+        <v>1081</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>100</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>4810.43</v>
+        <v>6184.72</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>40</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>5840.1</v>
+        <v>5593.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>2</v>
+        <v>141</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>5500</v>
+        <v>2369.61</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>58</v>
+        <v>0</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A34" s="3" t="s">
-[...23 lines deleted...]
-      <c r="I34" s="3">
+      <c r="A34" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="2"/>
+      <c r="C34" s="2"/>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2"/>
+      <c r="F34" s="2"/>
+      <c r="G34" s="2"/>
+      <c r="H34" s="2"/>
+      <c r="I34" s="2"/>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A35" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="C35" s="3">
+        <v>6468.85</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="3">
+        <v>39</v>
+      </c>
+      <c r="G35" s="3">
+        <v>1</v>
+      </c>
+      <c r="H35" s="3">
+        <v>1</v>
+      </c>
+      <c r="I35" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A37" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C37" s="3">
+        <v>5237.55</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="F37" s="3">
+        <v>1168</v>
+      </c>
+      <c r="G37" s="3">
+        <v>1</v>
+      </c>
+      <c r="H37" s="3">
+        <v>50</v>
+      </c>
+      <c r="I37" s="3">
         <v>0</v>
       </c>
-    </row>
-[...53 lines deleted...]
-      <c r="I37" s="2"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C38" s="3">
-        <v>1378.04</v>
+        <v>7627.5</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>831</v>
+        <v>221</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I38" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>3958.49</v>
+        <v>5586.85</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>152</v>
+        <v>468</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>4173.36</v>
+        <v>5798.07</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I40" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>870</v>
+        <v>7983.45</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>156</v>
+        <v>90</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A42" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C43" s="3">
-        <v>1330</v>
+        <v>50850</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="3">
-        <v>2771</v>
+        <v>3</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="I43" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B44" s="3" t="s">
+      <c r="A44" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="C44" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B44" s="2"/>
+      <c r="C44" s="2"/>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2"/>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
+      <c r="H44" s="2"/>
+      <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>4214.52</v>
+        <v>360.97</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>45</v>
+        <v>2541</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>39</v>
+        <v>250</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>4173.36</v>
+        <v>345.78</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>22</v>
+        <v>189</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="3">
-        <v>3088.64</v>
+        <v>279.68</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>20</v>
+        <v>139</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>3958.49</v>
+        <v>279.68</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>237</v>
+        <v>143</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="3" t="s">
+      <c r="A49" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
+      <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="B50" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" s="3">
-        <v>1282.78</v>
+        <v>1932.3</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>636</v>
+        <v>0</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="I50" s="3">
-        <v>0</v>
-[...40 lines deleted...]
-      <c r="I52" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
-    <mergeCell ref="A10:I10"/>
-    <mergeCell ref="A12:I12"/>
     <mergeCell ref="A17:I17"/>
-    <mergeCell ref="A35:I35"/>
-[...1 lines deleted...]
-    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A34:I34"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A49:I49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>
     <hyperlink ref="D6" r:id="rId2"/>
     <hyperlink ref="D7" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D11" r:id="rId6"/>
-[...28 lines deleted...]
-    <hyperlink ref="D44" r:id="rId35"/>
+    <hyperlink ref="D10" r:id="rId6"/>
+    <hyperlink ref="D11" r:id="rId7"/>
+    <hyperlink ref="D12" r:id="rId8"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D16" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D22" r:id="rId17"/>
+    <hyperlink ref="D23" r:id="rId18"/>
+    <hyperlink ref="D24" r:id="rId19"/>
+    <hyperlink ref="D25" r:id="rId20"/>
+    <hyperlink ref="D26" r:id="rId21"/>
+    <hyperlink ref="D27" r:id="rId22"/>
+    <hyperlink ref="D28" r:id="rId23"/>
+    <hyperlink ref="D29" r:id="rId24"/>
+    <hyperlink ref="D30" r:id="rId25"/>
+    <hyperlink ref="D31" r:id="rId26"/>
+    <hyperlink ref="D32" r:id="rId27"/>
+    <hyperlink ref="D33" r:id="rId28"/>
+    <hyperlink ref="D35" r:id="rId29"/>
+    <hyperlink ref="D37" r:id="rId30"/>
+    <hyperlink ref="D38" r:id="rId31"/>
+    <hyperlink ref="D39" r:id="rId32"/>
+    <hyperlink ref="D40" r:id="rId33"/>
+    <hyperlink ref="D41" r:id="rId34"/>
+    <hyperlink ref="D43" r:id="rId35"/>
     <hyperlink ref="D45" r:id="rId36"/>
     <hyperlink ref="D46" r:id="rId37"/>
     <hyperlink ref="D47" r:id="rId38"/>
     <hyperlink ref="D48" r:id="rId39"/>
-    <hyperlink ref="D49" r:id="rId40"/>
-[...1 lines deleted...]
-    <hyperlink ref="D52" r:id="rId42"/>
+    <hyperlink ref="D50" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>