--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -48,303 +48,303 @@
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Терморегуляторы</t>
   </si>
   <si>
     <t>1.1 Для теплого пола</t>
   </si>
   <si>
     <t>1.1.1 Механические</t>
   </si>
   <si>
+    <t>51-0580</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R72XT с датчиком температуры воздуха и пола, белый REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>51-0531</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0563</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0581</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0816</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, черный REXANT</t>
+  </si>
+  <si>
     <t>51-0825</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, белый REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>51-0826</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308G, совместим с Schneider серии Glossa, Atlas, Sedna, W59, бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0563</t>
-[...2 lines deleted...]
-    <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, бежевый REXANT</t>
+    <t>51-0593</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R5XT черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0592</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R5XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0594</t>
+  </si>
+  <si>
+    <t>Терморегулятор механический R70XT черный REXANT</t>
   </si>
   <si>
     <t>51-0823</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308U, совместим с Schneider серии Unica, белый REXANT</t>
   </si>
   <si>
     <t>51-0562</t>
   </si>
   <si>
     <t>Терморегулятор механический RX-308B, совместим с Legrand серии Valena, белый REXANT</t>
   </si>
   <si>
-    <t>51-0593</t>
-[...40 lines deleted...]
-  <si>
     <t>1.1.2 Электронные</t>
   </si>
   <si>
+    <t>51-0576</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-43 сенсорный, белый REXANT (совместим с рамкой: Schneider, Legrand, ABB, Gira)</t>
+  </si>
+  <si>
+    <t>51-0568</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0532</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R51XT программируемый, белый REXANT</t>
+  </si>
+  <si>
     <t>51-0573</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой R200W сенсорный, программируемый, белый REXANT </t>
   </si>
   <si>
+    <t>51-0574</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R200B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0575</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R300B сенсорный, программируемый, черный REXANT</t>
+  </si>
+  <si>
+    <t>51-0587</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-421H сенсорный, программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
+    <t>51-0585</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, бежевый REXANT</t>
+  </si>
+  <si>
     <t>51-0584</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-419B сенсорный, совместим с Legrand серии Valena, белый REXANT</t>
   </si>
   <si>
-    <t>51-0585</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0589</t>
   </si>
   <si>
     <t xml:space="preserve">Терморегулятор цифровой R100B сенсорный, програмируемый, черный REXANT </t>
   </si>
   <si>
-    <t>51-0576</t>
-[...2 lines deleted...]
-    <t>Терморегулятор цифровой RX-43 сенсорный, белый REXANT (совместим с рамкой: Schneider, Legrand, ABB, Gira)</t>
+    <t>51-0595</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R31XT белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0588</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Терморегулятор цифровой R100W сенсорный, програмируемый, белый REXANT </t>
   </si>
   <si>
     <t>51-0566</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, белый REXANT</t>
   </si>
   <si>
     <t>51-0567</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-511H совместим с Legrand серии Valena, бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0568</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0533</t>
   </si>
   <si>
     <t>Терморегулятор цифровой R91XT сенсорный, программируемый, белый REXANT</t>
   </si>
   <si>
-    <t>51-0595</t>
-[...10 lines deleted...]
-  <si>
     <t>51-0569</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-527H программируемый, совместим с Legrand серии Valena, бежевый REXANT</t>
   </si>
   <si>
-    <t>51-0588</t>
-[...10 lines deleted...]
-  <si>
     <t>1.1.3 На DIN-рейку</t>
   </si>
   <si>
     <t>51-0820</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-157 программируемый, серый REXANT</t>
   </si>
   <si>
     <t>1.1.4 Wi-Fi</t>
   </si>
   <si>
+    <t>51-0578</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой SmartWarm W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+  </si>
+  <si>
+    <t>51-0591</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, черный REXANT</t>
+  </si>
+  <si>
     <t>51-0577</t>
   </si>
   <si>
     <t>Терморегулятор цифровой RX-44W сенсорный, программируемый, с Wi-Fi, белый REXANT (совместим с рамкой Schneider, Legrand, ABB, Gira)</t>
   </si>
   <si>
-    <t>51-0591</t>
-[...8 lines deleted...]
-    <t>Терморегулятор цифровой SmartWarm W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
+    <t>51-0590</t>
+  </si>
+  <si>
+    <t>Терморегулятор цифровой R150 сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
     <t>51-0572</t>
   </si>
   <si>
     <t>Терморегулятор цифровой ClimaHome W сенсорный, программируемый, с Wi-Fi, белый REXANT</t>
   </si>
   <si>
-    <t>51-0590</t>
-[...4 lines deleted...]
-  <si>
     <t>1.1.5 Многоканальные</t>
   </si>
   <si>
     <t>51-0844</t>
   </si>
   <si>
     <t>Терморегулятор 8-зонный TermoStat Infinity 16А (на DIN-рейку) REXANT</t>
   </si>
   <si>
     <t>1.1.6 Комплектующие</t>
   </si>
   <si>
+    <t>51-0569-1</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 белый REXANT</t>
+  </si>
+  <si>
     <t>51-1000</t>
   </si>
   <si>
     <t>Датчик температуры для терморегулятора NTC 10 кОм, 3 м REXANT</t>
   </si>
   <si>
+    <t>51-0569-2</t>
+  </si>
+  <si>
+    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
+  </si>
+  <si>
     <t>82-0256</t>
   </si>
   <si>
     <t>Бокс для накладного монтажа электроустановочных изделий, глубина 43 мм, белый REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Бокс для накладного монтажа электроустановочных изделий BN-01 бежевый REXANT</t>
   </si>
   <si>
     <t>1.2 Для мобильных обогревателей</t>
   </si>
   <si>
     <t>51-0800</t>
   </si>
   <si>
     <t>Терморегулятор цифровой 16А-01 в розетку, белый REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -738,51 +738,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexan" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-re" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r72xt-s-datchikom-temperatury-vozduha-i-pola-belyy-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-chernyy-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-belyy-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308g-sovmestim-s-schneider-serii-glossa-atlas-sedna-w59-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r5xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-r70xt-chernyy-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308u-sovmestim-s-schneider-serii-unica-belyy-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-mehanicheskiy-rx-308b-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-43-sensornyy-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r51xt-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200w-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r200b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r300b-sensornyy-programmiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-421h-sensornyy-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-419b-sensornyy-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100b-sensornyy-programiruemyy-chernyy-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r31xt-belyy-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r100w-sensornyy-programiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-belyy-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-511h-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r91xt-sensornyy-programmiruemyy-belyy-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-527h-programmiruemyy-sovmestim-s-legrand-serii-valena-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-157-programmiruemyy-seryy-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-smartwarm-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-chernyy-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-rx-44w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant-sovmestim-s-ramkoy-schneider-legrand-abb-gira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-r150-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-climahome-w-sensornyy-programmiruemyy-s-wi-fi-belyy-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-8-zonnyy-termostat-infinity-16a-na-din-reyku-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-belyy-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/datchik-temperatury-dlya-termoregulyatora-ntc-10-kom-3-m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-bn-01-bezhevyy-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/boks-dlya-nakladnogo-montazha-elektroustanovochnyh-izdeliy-glubina-43-mm-belyy-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/termoregulyator-tsifrovoy-16a-01-v-rozetku-belyy-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I50"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -832,1065 +832,1065 @@
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="3">
-        <v>4244.31</v>
+        <v>1352.61</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>87</v>
+        <v>1269</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="3">
-        <v>4244.31</v>
+        <v>793.26</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>20</v>
+        <v>5604</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="3">
         <v>4025.78</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>216</v>
+        <v>146</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>40</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>3857.55</v>
+        <v>833.94</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="3">
-        <v>4025.78</v>
+        <v>3935.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="3">
-        <v>1401.47</v>
+        <v>4244.31</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>797</v>
+        <v>94</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C11" s="3">
-        <v>3935.56</v>
+        <v>4244.31</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>39</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C12" s="3">
-        <v>793.26</v>
+        <v>1401.47</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>14941</v>
+        <v>533</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>64</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="3">
         <v>1304.59</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>552</v>
+        <v>388</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>64</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="3">
         <v>884.79</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="3">
         <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>64</v>
       </c>
       <c r="I14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="3">
-        <v>833.94</v>
+        <v>3857.55</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>704</v>
+        <v>43</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="3">
-        <v>1352.61</v>
+        <v>4025.78</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>1724</v>
+        <v>99</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="3">
-        <v>5034.15</v>
+        <v>3101.85</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>610</v>
+        <v>286</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="3">
-        <v>5543.69</v>
+        <v>6184.72</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>40</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C20" s="3">
-        <v>4892.21</v>
+        <v>2369.61</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C21" s="3">
-        <v>4485.64</v>
+        <v>5034.15</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>26</v>
+        <v>534</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C22" s="3">
-        <v>5593.5</v>
+        <v>5034.15</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="3">
-        <v>72</v>
+        <v>1036</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>100</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>3101.85</v>
+        <v>5034.15</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="3">
-        <v>314</v>
+        <v>1424</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>50</v>
       </c>
       <c r="I23" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>4949.73</v>
+        <v>4485.64</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="3">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>40</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="C25" s="3">
-        <v>4949.73</v>
+        <v>4892.21</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="3">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="3">
-        <v>6184.72</v>
+        <v>5543.69</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="3">
-        <v>116</v>
+        <v>69</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>40</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="3">
-        <v>5034.15</v>
+        <v>5593.5</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="3">
-        <v>1542</v>
+        <v>75</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>2939.13</v>
+        <v>1771.93</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="3">
-        <v>139</v>
+        <v>388</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>64</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>1771.93</v>
+        <v>5593.5</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="3">
-        <v>405</v>
+        <v>136</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I29" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C30" s="3">
-        <v>5034.15</v>
+        <v>4949.73</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="3">
-        <v>1081</v>
+        <v>22</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C31" s="3">
-        <v>6184.72</v>
+        <v>4949.73</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="3">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>40</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="3">
-        <v>5593.5</v>
+        <v>2939.13</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="3">
-        <v>141</v>
+        <v>334</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C33" s="3">
-        <v>2369.61</v>
+        <v>6184.72</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
       <c r="I34" s="2"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="3">
         <v>6468.85</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="3">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>1</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
       <c r="I36" s="2"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
-        <v>5237.55</v>
+        <v>5586.85</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="3">
-        <v>1168</v>
+        <v>237</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
         <v>7627.5</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="3">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>100</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
-        <v>5586.85</v>
+        <v>5237.55</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="3">
-        <v>468</v>
+        <v>1152</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
-        <v>5798.07</v>
+        <v>7983.45</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="3">
-        <v>0</v>
+        <v>41</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>64</v>
+        <v>100</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
-        <v>7983.45</v>
+        <v>5798.07</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="3">
-        <v>90</v>
+        <v>260</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="3">
         <v>50850</v>
       </c>
@@ -1912,189 +1912,189 @@
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="3">
-        <v>360.97</v>
+        <v>279.68</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F45" s="3">
-        <v>2541</v>
+        <v>164</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="3">
-        <v>345.78</v>
+        <v>360.97</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="3">
-        <v>189</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="3">
         <v>279.68</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F47" s="3">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>50</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="3">
-        <v>279.68</v>
+        <v>345.78</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F48" s="3">
-        <v>143</v>
+        <v>195</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
       <c r="I49" s="2"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3">
         <v>1932.3</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>14</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F50" s="3">
-        <v>0</v>
+        <v>1598</v>
       </c>
       <c r="G50" s="3">
         <v>1</v>
       </c>
       <c r="H50" s="3">
         <v>50</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="A34:I34"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A49:I49"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId1"/>