--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -54,102 +54,102 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Термоусаживаемые трубки 2:1 двустенные с клеевым слоем</t>
   </si>
   <si>
     <t>26-2102</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 4,8/2,4мм, черная, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>26-2101</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 3,2/1,6мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>26-2103</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 6,4/3,2мм, черная, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>26-2104</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 9,5/4,75мм, черная, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
+    <t>26-2110</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 50,8/25,4мм, черная, упаковка 2 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2105</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 12,7/6,35мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2106</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 15,9/7,95мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>26-2107</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 19,1/9,55мм, черная, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>26-2108</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 25,4/12,7мм, черная, упаковка 5 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>26-2109</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 38,1/19,05мм, черная, упаковка 4 шт. по 1м REXANT</t>
-  </si>
-[...22 lines deleted...]
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 50,8/25,4мм, черная, упаковка 2 шт. по 1м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -534,51 +534,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-4-8-2-4mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-6-4-3-2mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-9-5-4-75mm-chernaya-upakovka-10-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-19-1-9-55mm-chernaya-upakovka-10-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-25-4-12-7mm-chernaya-upakovka-5-sht-po-1m-re.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-38-1-19-05mm-chernaya-upakovka-4-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-12-7-6-35mm-chernaya-upakovka-10-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-3-2-1-6mm-chernaya-upakovka-10-sht-po-1m-rex.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-15-9-7-95mm-chernaya-upakovka-10-sht-po-1m-r.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-50-8-25-4mm-chernaya-upakovka-2-sht-po-1m-re.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-4-8-2-4mm-chernaya-upakovka-10-sht-po-1m-rexant-22836" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-3-2-1-6mm-chernaya-upakovka-10-sht-po-1m-rexant-22835" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-6-4-3-2mm-chernaya-upakovka-10-sht-po-1m-rexant-22837" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-9-5-4-75mm-chernaya-upakovka-10-sht-po-1m-rexant-22838" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-50-8-25-4mm-chernaya-upakovka-2-sht-po-1m-rexant-22844" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-12-7-6-35mm-chernaya-upakovka-10-sht-po-1m-rexant-22839" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-15-9-7-95mm-chernaya-upakovka-10-sht-po-1m-rexant-22840" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-19-1-9-55mm-chernaya-upakovka-10-sht-po-1m-rexant-22841" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-25-4-12-7mm-chernaya-upakovka-5-sht-po-1m-rexant-22842" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-38-1-19-05mm-chernaya-upakovka-4-sht-po-1m-rexant-22843" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I12"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -611,318 +611,318 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>34.76</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>27190</v>
+        <v>24150</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>400</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>45.26</v>
+        <v>26.97</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8580</v>
+        <v>27730</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>300</v>
+        <v>720</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>70.2</v>
+        <v>45.26</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>11300</v>
+        <v>5600</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>182.57</v>
+        <v>70.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3430</v>
+        <v>8710</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>272.55</v>
+        <v>567.3</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6565</v>
+        <v>2012</v>
       </c>
       <c r="G7" s="3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>386.16</v>
+        <v>106.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2824</v>
+        <v>5000</v>
       </c>
       <c r="G8" s="3">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>106.41</v>
+        <v>177.36</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>4940</v>
+        <v>790</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>26.97</v>
+        <v>182.57</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>33410</v>
+        <v>2550</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>720</v>
+        <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>177.36</v>
+        <v>272.55</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>1610</v>
+        <v>2430</v>
       </c>
       <c r="G11" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H11" s="3">
         <v>100</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>567.3</v>
+        <v>386.16</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1092</v>
+        <v>2096</v>
       </c>
       <c r="G12" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H12" s="3">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>