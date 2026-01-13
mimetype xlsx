--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,108 +42,108 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Термоусаживаемые трубки 2:1 двустенные с клеевым слоем</t>
   </si>
   <si>
+    <t>26-2103</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 6,4/3,2мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>26-2104</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 9,5/4,75мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2101</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 3,2/1,6мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2105</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 12,7/6,35мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2106</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 15,9/7,95мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2107</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 19,1/9,55мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2110</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 50,8/25,4мм, черная, упаковка 2 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>26-2108</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 25,4/12,7мм, черная, упаковка 5 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>26-2102</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 4,8/2,4мм, черная, упаковка 10 шт. по 1м REXANT</t>
-  </si>
-[...52 lines deleted...]
-    <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 25,4/12,7мм, черная, упаковка 5 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>26-2109</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая СТТК (2:1) двустенная клеевая 38,1/19,05мм, черная, упаковка 4 шт. по 1м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -534,51 +534,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-4-8-2-4mm-chernaya-upakovka-10-sht-po-1m-rexant-22836" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-3-2-1-6mm-chernaya-upakovka-10-sht-po-1m-rexant-22835" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-6-4-3-2mm-chernaya-upakovka-10-sht-po-1m-rexant-22837" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-9-5-4-75mm-chernaya-upakovka-10-sht-po-1m-rexant-22838" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-50-8-25-4mm-chernaya-upakovka-2-sht-po-1m-rexant-22844" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-12-7-6-35mm-chernaya-upakovka-10-sht-po-1m-rexant-22839" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-15-9-7-95mm-chernaya-upakovka-10-sht-po-1m-rexant-22840" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-19-1-9-55mm-chernaya-upakovka-10-sht-po-1m-rexant-22841" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-25-4-12-7mm-chernaya-upakovka-5-sht-po-1m-rexant-22842" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-sttk-2-1-dvustennaya-kleevaya-38-1-19-05mm-chernaya-upakovka-4-sht-po-1m-rexant-22843" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-6-4-3-2mm-chernaya-upakovka-10-sht-po-1m-rex" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-9-5-4-75mm-chernaya-upakovka-10-sht-po-1m-re" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-3-2-1-6mm-chernaya-upakovka-10-sht-po-1m-rex" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-12-7-6-35mm-chernaya-upakovka-10-sht-po-1m-r" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-15-9-7-95mm-chernaya-upakovka-10-sht-po-1m-r" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-19-1-9-55mm-chernaya-upakovka-10-sht-po-1m-r" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-50-8-25-4mm-chernaya-upakovka-2-sht-po-1m-re" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-25-4-12-7mm-chernaya-upakovka-5-sht-po-1m-re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-4-8-2-4mm-chernaya-upakovka-10-sht-po-1m-rex" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-sttk-2-1-dvustennaya-kleevaya-38-1-19-05mm-chernaya-upakovka-4-sht-po-1m-r" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I12"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -602,321 +602,321 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>34.76</v>
+        <v>46.03</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>24150</v>
+        <v>8840</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>26.97</v>
+        <v>71.39</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>27730</v>
+        <v>7720</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>720</v>
+        <v>200</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>45.26</v>
+        <v>27.43</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>5600</v>
+        <v>26510</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>300</v>
+        <v>720</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>70.2</v>
+        <v>108.22</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>8710</v>
+        <v>2350</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>200</v>
+        <v>150</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>567.3</v>
+        <v>180.38</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2012</v>
+        <v>1310</v>
       </c>
       <c r="G7" s="3">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>106.41</v>
+        <v>185.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>5000</v>
+        <v>2230</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>177.36</v>
+        <v>576.94</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>790</v>
+        <v>1964</v>
       </c>
       <c r="G9" s="3">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="H9" s="3">
-        <v>120</v>
+        <v>32</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>182.57</v>
+        <v>277.18</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2550</v>
+        <v>1005</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="H10" s="3">
         <v>100</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>272.55</v>
+        <v>35.35</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2430</v>
+        <v>19480</v>
       </c>
       <c r="G11" s="3">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>386.16</v>
+        <v>392.72</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>2096</v>
+        <v>520</v>
       </c>
       <c r="G12" s="3">
         <v>4</v>
       </c>
       <c r="H12" s="3">
         <v>48</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>