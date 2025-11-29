--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -42,1128 +42,1128 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Термоусаживаемые трубки 2:1 с подавлением горения</t>
   </si>
   <si>
+    <t>22-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>21-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0063</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0100</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 100,0/50,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, зеленый, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0120</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 120,0/60,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, черная, упак. 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, серая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0062</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, серая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0061</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0064</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 18,0/9,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>20-2005</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+    <t>21-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 18,0/9,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0060</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0080</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 80,0/40,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1507</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, черный, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>25-0004</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
+    <t>20-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>20-2002</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>25-0063</t>
-[...1000 lines deleted...]
-  <si>
     <t>21-3004</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
-  </si>
-[...40 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, синяя, упаковка 10 шт. по 1м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1548,51 +1548,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-chernaya-upak-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-seraya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-seraya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-seraya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zelenyy-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-80-0-40-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-100-0-50-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-chernyy-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-120-0-60-0mm-chernaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-belaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zheltaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-krasnaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-sinyaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zheltaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-krasnaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-rexant-1920" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-2477" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-19027" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1816" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-belaya-upakovka-50-sht-po-1m-rexant-1807" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-seraya-upakovka-50-sht-po-1m-rexant-19030" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1891" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-100-0-50-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6753" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6868" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1887" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-rexant-1915" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-rexant-1885" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-rexant-1880" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-2475" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6880" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-rexant-1917" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-2473" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6883" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1903" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-2472" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-jeltaya-upakovka-10-sht-po-1m-rexant-1898" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1924" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1803" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1877" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1840" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1882" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1886" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1859" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1904" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1942" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-jeltaya-upakovka-50-sht-po-1m-rexant-1797" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-rexant-1941" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-sinyaya-upakovka-50-sht-po-1m-rexant-1799" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-krasnaya-upakovka-10-sht-po-1m-rexant-1900" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-zeleniy-upakovka-50-sht-po-1m-rexant-1827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6878" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-zelenaya-upakovka-50-sht-po-1m-rexant-1821" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6867" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1876" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1818" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6886" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1871" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-19028" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-seraya-upakovka-50-sht-po-1m-rexant-19038" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-zelenaya-upakovka-10-sht-po-1m-rexant-1899" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6885" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1905" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1911" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1860" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-seraya-upakovka-50-sht-po-1m-rexant-19024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-120-0-60-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6754" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-jeltaya-upakovka-10-sht-po-1m-rexant-1929" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-krasnaya-upakovka-50-sht-po-1m-rexant-1822" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1857" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-19034" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1943" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1814" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1826" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-jeltaya-upakovka-50-sht-po-1m-rexant-1808" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-2479" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1869" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6882" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1791" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-chernaya-upakovka-10-sht-po-1m-rexant-2482" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1861" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1937" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-chernaya-upakovka-10-sht-po-1m-rexant-2481" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1926" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1927" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-belaya-upakovka-50-sht-po-1m-rexant-1790" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1936" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-seraya-upakovka-50-sht-po-1m-rexant-19035" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-2474" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1841" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1883" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-rexant-2486" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1855" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-krasnaya-upakovka-50-sht-po-1m-rexant-1810" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1804" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1838" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1806" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-rexant-1940" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-krasnaya-upakovka-50-sht-po-1m-rexant-1798" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-chernaya-upakovka-10-sht-po-1m-rexant-1933" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1830" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-chernaya-upakovka-50-sht-po-1m-rexant-2478" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-chernaya-upak-50-sht-po-1m-rexant-1824" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-rexant-2484" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-rexant-1801" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-belaya-upakovka-50-sht-po-1m-rexant-1795" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-chernaya-upakovka-10-sht-po-1m-rexant-2483" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-krasnaya-upakovka-10-sht-po-1m-rexant-1931" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-rexant-1934" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-rexant-1839" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-rexant-2476" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1884" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1794" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1853" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6879" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-chernaya-upakovka-50-sht-po-1m-rexant-1812" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-seraya-upakovka-10-sht-po-1m-rexant-19023" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-19019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-seraya-upakovka-50-sht-po-1m-rexant-19016" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-seraya-upakovka-50-sht-po-1m-rexant-19020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-seraya-upakovka-50-sht-po-1m-rexant-19018" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-seraya-upakovka-50-sht-po-1m-rexant-19031" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-seraya-upakovka-50-sht-po-1m-rexant-19021" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-seraya-upakovka-50-sht-po-1m-rexant-19036" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-seraya-upakovka-10-sht-po-1m-rexant-19033" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-rexant-19039" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-19025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1817" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1881" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-rexant-2480" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1854" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1805" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1888" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1851" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1815" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-belaya-upakovka-10-sht-po-1m-rexant-1928" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-jeltaya-upakovka-10-sht-po-1m-rexant-1916" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-rexant-2471" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1907" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1912" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-sinyaya-upakovka-50-sht-po-1m-rexant-1823" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1925" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1895" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1892" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-belaya-upakovka-50-sht-po-1m-rexant-1890" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6751" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-80-0-40-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6752" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6877" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6881" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6884" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1829" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-belaya-upakovka-10-sht-po-1m-rexant-1897" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1939" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1792" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-rexant-1923" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1872" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1894" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1828" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-sinyaya-upakovka-10-sht-po-1m-rexant-2485" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-belaya-upakovka-50-sht-po-1m-rexant-1850" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1870" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-2468" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-zelenaya-upakovka-10-sht-po-1m-rexant-1930" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1873" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-rexant-1902" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-belaya-upakovka-50-sht-po-1m-rexant-1819" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-1922" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-rexant-1918" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-belaya-upakovka-10-sht-po-1m-rexant-1910" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1852" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-zelenaya-upakovka-50-sht-po-1m-rexant-1796" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1842" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1945" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-rexant-1874" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1875" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-rexant-1856" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1858" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-chernaya-upakovka-50-sht-po-1m-rexant-1800" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-cherniy-upakovka-10-sht-po-1m-rexant-1909" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1879" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1935" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-sinyaya-upakovka-50-sht-po-1m-rexant-1811" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-zelenaya-upakovka-50-sht-po-1m-rexant-1809" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1889" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-rexant-1825" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1837" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1913" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-rexant-1813" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1793" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1944" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-belaya-upakovka-50-sht-po-1m-rexant-1868" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-jeltaya-upakovka-50-sht-po-1m-rexant-1820" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1802" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1893" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I181"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1616,5228 +1616,5228 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>11.78</v>
+        <v>113.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>24450</v>
+        <v>2640</v>
       </c>
       <c r="G3" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>4000</v>
+        <v>300</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>90.34</v>
+        <v>34.12</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2350</v>
+        <v>7000</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>297.85</v>
+        <v>333.86</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1250</v>
+        <v>590</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>11.78</v>
+        <v>13.34</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>17550</v>
+        <v>62750</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>333.86</v>
+        <v>13.64</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>620</v>
+        <v>31150</v>
       </c>
       <c r="G7" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>10.75</v>
+        <v>20.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>9750</v>
+        <v>7800</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
         <v>44.77</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>11150</v>
+        <v>2900</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
         <v>600</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>11.44</v>
+        <v>724.87</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>18450</v>
+        <v>1869</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>4000</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>14.45</v>
+        <v>37.52</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>326583</v>
+        <v>3150</v>
       </c>
       <c r="G11" s="3">
         <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>26.53</v>
+        <v>60.6</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>58700</v>
+        <v>4750</v>
       </c>
       <c r="G12" s="3">
         <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>11.66</v>
+        <v>119.01</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>71283</v>
+        <v>3530</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>2000</v>
+        <v>300</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>44.36</v>
+        <v>60.6</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>21633</v>
+        <v>5900</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>11.78</v>
+        <v>34.12</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>30600</v>
+        <v>10500</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>153.13</v>
+        <v>20.08</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>30180</v>
+        <v>34850</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>11.78</v>
+        <v>37.69</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>53200</v>
+        <v>4600</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>10.93</v>
+        <v>113.06</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>49500</v>
+        <v>2820</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>107.68</v>
+        <v>20.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>55140</v>
+        <v>24600</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>1500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>10.22</v>
+        <v>249.56</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>80983</v>
+        <v>1520</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>2000</v>
+        <v>150</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>176.19</v>
+        <v>80.67</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>1630</v>
+        <v>4390</v>
       </c>
       <c r="G21" s="3">
         <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>34.12</v>
+        <v>20.48</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>11250</v>
+        <v>22900</v>
       </c>
       <c r="G22" s="3">
         <v>50</v>
       </c>
       <c r="H22" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>269.32</v>
+        <v>83.09</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>10240</v>
+        <v>990</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>30.49</v>
+        <v>133.29</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>70283</v>
+        <v>3140</v>
       </c>
       <c r="G24" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H24" s="3">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>12.04</v>
+        <v>11.78</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>73583</v>
+        <v>18200</v>
       </c>
       <c r="G25" s="3">
         <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>32.49</v>
+        <v>32</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>44900</v>
+        <v>11750</v>
       </c>
       <c r="G26" s="3">
         <v>50</v>
       </c>
       <c r="H26" s="3">
         <v>800</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>183.32</v>
+        <v>20.08</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>7790</v>
+        <v>21750</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>10.44</v>
+        <v>34.12</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>22400</v>
+        <v>5950</v>
       </c>
       <c r="G28" s="3">
         <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>20.08</v>
+        <v>60.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>56050</v>
+        <v>4750</v>
       </c>
       <c r="G29" s="3">
         <v>50</v>
       </c>
       <c r="H29" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>34.12</v>
+        <v>25.73</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>2000</v>
+        <v>19600</v>
       </c>
       <c r="G30" s="3">
         <v>50</v>
       </c>
       <c r="H30" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>10.93</v>
+        <v>80.67</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>9400</v>
+        <v>4240</v>
       </c>
       <c r="G31" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H31" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>29.48</v>
+        <v>297.85</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>18600</v>
+        <v>530</v>
       </c>
       <c r="G32" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H32" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>19.04</v>
+        <v>10.93</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>200617</v>
+        <v>2800</v>
       </c>
       <c r="G33" s="3">
         <v>50</v>
       </c>
       <c r="H33" s="3">
-        <v>1500</v>
+        <v>5000</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>15.17</v>
+        <v>297.84</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>102250</v>
+        <v>1720</v>
       </c>
       <c r="G34" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>225.63</v>
+        <v>10.93</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3230</v>
+        <v>17350</v>
       </c>
       <c r="G35" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>10.93</v>
+        <v>83.09</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>15900</v>
+        <v>2040</v>
       </c>
       <c r="G36" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H36" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>12.71</v>
+        <v>15.17</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>285217</v>
+        <v>39450</v>
       </c>
       <c r="G37" s="3">
         <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>20.08</v>
+        <v>26.67</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>81550</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>50</v>
       </c>
       <c r="H38" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>182.43</v>
+        <v>12.68</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>8870</v>
+        <v>11200</v>
       </c>
       <c r="G39" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>23.9</v>
+        <v>130.75</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>7600</v>
+        <v>1970</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>4000</v>
+        <v>400</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>9.36</v>
+        <v>32</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>149000</v>
+        <v>11650</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>5000</v>
+        <v>800</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>19.5</v>
+        <v>12.71</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>223267</v>
+        <v>230700</v>
       </c>
       <c r="G42" s="3">
         <v>50</v>
       </c>
       <c r="H42" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>83.09</v>
+        <v>441.98</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>1190</v>
+        <v>240</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>13.34</v>
+        <v>31.04</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>11000</v>
+        <v>6050</v>
       </c>
       <c r="G44" s="3">
         <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>15.17</v>
+        <v>23.9</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>16750</v>
+        <v>7350</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>20.48</v>
+        <v>20.08</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>6100</v>
+        <v>10400</v>
       </c>
       <c r="G46" s="3">
         <v>50</v>
       </c>
       <c r="H46" s="3">
         <v>1500</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>20.08</v>
+        <v>83.09</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>11300</v>
+        <v>1100</v>
       </c>
       <c r="G47" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H47" s="3">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>29.48</v>
+        <v>347.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>3800</v>
+        <v>810</v>
       </c>
       <c r="G48" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>32</v>
+        <v>80.67</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>5600</v>
+        <v>5420</v>
       </c>
       <c r="G49" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>63.71</v>
+        <v>115.92</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>2700</v>
+        <v>3690</v>
       </c>
       <c r="G50" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H50" s="3">
-        <v>800</v>
+        <v>350</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>60.6</v>
+        <v>25.73</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>3350</v>
+        <v>16700</v>
       </c>
       <c r="G51" s="3">
         <v>50</v>
       </c>
       <c r="H51" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>85.86</v>
+        <v>11.44</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>1600</v>
+        <v>17850</v>
       </c>
       <c r="G52" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H52" s="3">
-        <v>400</v>
+        <v>4000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>113.06</v>
+        <v>870.76</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>3290</v>
+        <v>1420</v>
       </c>
       <c r="G53" s="3">
         <v>10</v>
       </c>
       <c r="H53" s="3">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>333.86</v>
+        <v>225.63</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>690</v>
+        <v>1850</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>333.86</v>
+        <v>12.68</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>800</v>
+        <v>24000</v>
       </c>
       <c r="G55" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H55" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>176.19</v>
+        <v>25.73</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>2260</v>
+        <v>11300</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H56" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>30.55</v>
+        <v>63.71</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>3000</v>
+        <v>750</v>
       </c>
       <c r="G57" s="3">
         <v>50</v>
       </c>
       <c r="H57" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>333.86</v>
+        <v>297.84</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
         <v>610</v>
       </c>
       <c r="G58" s="3">
         <v>10</v>
       </c>
       <c r="H58" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>12.68</v>
+        <v>13.34</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>26400</v>
+        <v>37000</v>
       </c>
       <c r="G59" s="3">
         <v>50</v>
       </c>
       <c r="H59" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>13.34</v>
+        <v>15.17</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>59500</v>
+        <v>32450</v>
       </c>
       <c r="G60" s="3">
         <v>50</v>
       </c>
       <c r="H60" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>34.12</v>
+        <v>10.44</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>8500</v>
+        <v>6200</v>
       </c>
       <c r="G61" s="3">
         <v>50</v>
       </c>
       <c r="H61" s="3">
-        <v>800</v>
+        <v>3000</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>119.01</v>
+        <v>60.6</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>3570</v>
+        <v>5700</v>
       </c>
       <c r="G62" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H62" s="3">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>83.09</v>
+        <v>31.04</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>1340</v>
+        <v>5300</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H63" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>13.34</v>
+        <v>90.34</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>72250</v>
+        <v>2750</v>
       </c>
       <c r="G64" s="3">
         <v>50</v>
       </c>
       <c r="H64" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>60.59</v>
+        <v>10.75</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>13800</v>
+        <v>8450</v>
       </c>
       <c r="G65" s="3">
         <v>50</v>
       </c>
       <c r="H65" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>29.48</v>
+        <v>110.4</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>16400</v>
+        <v>7380</v>
       </c>
       <c r="G66" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>29.48</v>
+        <v>22.57</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>6900</v>
+        <v>70850</v>
       </c>
       <c r="G67" s="3">
         <v>50</v>
       </c>
       <c r="H67" s="3">
         <v>1000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>13.34</v>
+        <v>176.19</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>32800</v>
+        <v>1670</v>
       </c>
       <c r="G68" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>12.68</v>
+        <v>79.13</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>12800</v>
+        <v>5350</v>
       </c>
       <c r="G69" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H69" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>44.77</v>
+        <v>133.29</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>3000</v>
+        <v>3250</v>
       </c>
       <c r="G70" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>71.22</v>
+        <v>133.29</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>12500</v>
+        <v>1090</v>
       </c>
       <c r="G71" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H71" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>10.93</v>
+        <v>10.75</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>17150</v>
+        <v>25400</v>
       </c>
       <c r="G72" s="3">
         <v>50</v>
       </c>
       <c r="H72" s="3">
         <v>5000</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>113.06</v>
+        <v>176.19</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>3420</v>
+        <v>1350</v>
       </c>
       <c r="G73" s="3">
         <v>10</v>
       </c>
       <c r="H73" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>20.48</v>
+        <v>34.12</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>41550</v>
+        <v>2650</v>
       </c>
       <c r="G74" s="3">
         <v>50</v>
       </c>
       <c r="H74" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>115.92</v>
+        <v>20.48</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>3080</v>
+        <v>44650</v>
       </c>
       <c r="G75" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H75" s="3">
-        <v>350</v>
+        <v>1500</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>34.12</v>
+        <v>20.08</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>12650</v>
+        <v>50650</v>
       </c>
       <c r="G76" s="3">
         <v>50</v>
       </c>
       <c r="H76" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>297.84</v>
+        <v>34.12</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>590</v>
+        <v>9800</v>
       </c>
       <c r="G77" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H77" s="3">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>15.17</v>
+        <v>269.32</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>43150</v>
+        <v>8080</v>
       </c>
       <c r="G78" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>22.57</v>
+        <v>26.53</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>92400</v>
+        <v>47050</v>
       </c>
       <c r="G79" s="3">
         <v>50</v>
       </c>
       <c r="H79" s="3">
         <v>1000</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>20.08</v>
+        <v>10.44</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>43850</v>
+        <v>18050</v>
       </c>
       <c r="G80" s="3">
         <v>50</v>
       </c>
       <c r="H80" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>110.4</v>
+        <v>11.78</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>10160</v>
+        <v>30050</v>
       </c>
       <c r="G81" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H81" s="3">
-        <v>350</v>
+        <v>2000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C82" s="3">
-        <v>498.53</v>
+        <v>19.5</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>3630</v>
+        <v>216050</v>
       </c>
       <c r="G82" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H82" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C83" s="3">
-        <v>724.87</v>
+        <v>10.22</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>2439</v>
+        <v>47900</v>
       </c>
       <c r="G83" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C84" s="3">
-        <v>83.09</v>
+        <v>182.43</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>2070</v>
+        <v>2960</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C85" s="3">
-        <v>44.77</v>
+        <v>10.93</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>2150</v>
+        <v>18300</v>
       </c>
       <c r="G85" s="3">
         <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>600</v>
+        <v>5000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C86" s="3">
-        <v>24</v>
+        <v>183.32</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>9800</v>
+        <v>5150</v>
       </c>
       <c r="G86" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C87" s="3">
-        <v>37.69</v>
+        <v>14.45</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>5900</v>
+        <v>251549</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C88" s="3">
-        <v>441.98</v>
+        <v>19.04</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>230</v>
+        <v>152850</v>
       </c>
       <c r="G88" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H88" s="3">
-        <v>100</v>
+        <v>1500</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="3">
-        <v>347.48</v>
+        <v>44.36</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>1070</v>
+        <v>19350</v>
       </c>
       <c r="G89" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H89" s="3">
-        <v>150</v>
+        <v>600</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C90" s="3">
-        <v>353.59</v>
+        <v>11.66</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>4150</v>
+        <v>66000</v>
       </c>
       <c r="G90" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H90" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C91" s="3">
-        <v>83.09</v>
+        <v>153.13</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
-        <v>2310</v>
+        <v>24890</v>
       </c>
       <c r="G91" s="3">
         <v>10</v>
       </c>
       <c r="H91" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C92" s="3">
-        <v>36.83</v>
+        <v>11.78</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>5700</v>
+        <v>43650</v>
       </c>
       <c r="G92" s="3">
         <v>50</v>
       </c>
       <c r="H92" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C93" s="3">
-        <v>393.4</v>
+        <v>10.93</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>1720</v>
+        <v>51650</v>
       </c>
       <c r="G93" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C94" s="3">
-        <v>176.19</v>
+        <v>107.68</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>2750</v>
+        <v>48950</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C95" s="3">
-        <v>15.17</v>
+        <v>225.63</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>52300</v>
+        <v>3310</v>
       </c>
       <c r="G95" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C96" s="3">
-        <v>10.75</v>
+        <v>176.19</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F96" s="3">
-        <v>20750</v>
+        <v>1140</v>
       </c>
       <c r="G96" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C97" s="3">
-        <v>115.92</v>
+        <v>20.08</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F97" s="3">
-        <v>3800</v>
+        <v>66100</v>
       </c>
       <c r="G97" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H97" s="3">
-        <v>350</v>
+        <v>1500</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C98" s="3">
-        <v>133.29</v>
+        <v>30.49</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F98" s="3">
-        <v>3630</v>
+        <v>61300</v>
       </c>
       <c r="G98" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>150</v>
+        <v>800</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C99" s="3">
-        <v>25.73</v>
+        <v>32.49</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F99" s="3">
-        <v>18000</v>
+        <v>25800</v>
       </c>
       <c r="G99" s="3">
         <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C100" s="3">
-        <v>11.78</v>
+        <v>9.36</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F100" s="3">
-        <v>19800</v>
+        <v>19200</v>
       </c>
       <c r="G100" s="3">
         <v>50</v>
       </c>
       <c r="H100" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C101" s="3">
-        <v>10.75</v>
+        <v>29.48</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="3">
-        <v>32450</v>
+        <v>21400</v>
       </c>
       <c r="G101" s="3">
         <v>50</v>
       </c>
       <c r="H101" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C102" s="3">
-        <v>20.48</v>
+        <v>24</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="3">
-        <v>24300</v>
+        <v>5550</v>
       </c>
       <c r="G102" s="3">
         <v>50</v>
       </c>
       <c r="H102" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C103" s="3">
-        <v>80.67</v>
+        <v>12.04</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="3">
-        <v>7280</v>
+        <v>55450</v>
       </c>
       <c r="G103" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H103" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C104" s="3">
-        <v>15.17</v>
+        <v>85.86</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F104" s="3">
-        <v>82600</v>
+        <v>270</v>
       </c>
       <c r="G104" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H104" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C105" s="3">
-        <v>225.63</v>
+        <v>333.86</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F105" s="3">
-        <v>2170</v>
+        <v>660</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C106" s="3">
-        <v>31.04</v>
+        <v>13.34</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="3">
-        <v>5350</v>
+        <v>10100</v>
       </c>
       <c r="G106" s="3">
         <v>50</v>
       </c>
       <c r="H106" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C107" s="3">
-        <v>29.48</v>
+        <v>15.17</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F107" s="3">
-        <v>12300</v>
+        <v>14700</v>
       </c>
       <c r="G107" s="3">
         <v>50</v>
       </c>
       <c r="H107" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C108" s="3">
-        <v>133.29</v>
+        <v>29.48</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F108" s="3">
-        <v>4180</v>
+        <v>3700</v>
       </c>
       <c r="G108" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H108" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C109" s="3">
-        <v>13.34</v>
+        <v>30.55</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F109" s="3">
-        <v>39600</v>
+        <v>2900</v>
       </c>
       <c r="G109" s="3">
         <v>50</v>
       </c>
       <c r="H109" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C110" s="3">
-        <v>31.04</v>
+        <v>32</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F110" s="3">
-        <v>2600</v>
+        <v>5600</v>
       </c>
       <c r="G110" s="3">
         <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C111" s="3">
-        <v>225.63</v>
+        <v>60.6</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F111" s="3">
-        <v>2340</v>
+        <v>3050</v>
       </c>
       <c r="G111" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C112" s="3">
-        <v>29.57</v>
+        <v>113.06</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F112" s="3">
-        <v>15550</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H112" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C113" s="3">
-        <v>60.6</v>
+        <v>333.86</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F113" s="3">
-        <v>5550</v>
+        <v>490</v>
       </c>
       <c r="G113" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C114" s="3">
-        <v>130.75</v>
+        <v>333.86</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F114" s="3">
-        <v>1710</v>
+        <v>760</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C115" s="3">
-        <v>20.48</v>
+        <v>13.34</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F115" s="3">
-        <v>54300</v>
+        <v>52750</v>
       </c>
       <c r="G115" s="3">
         <v>50</v>
       </c>
       <c r="H115" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C116" s="3">
-        <v>12.68</v>
+        <v>34.12</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F116" s="3">
-        <v>23800</v>
+        <v>5550</v>
       </c>
       <c r="G116" s="3">
         <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C117" s="3">
-        <v>20.48</v>
+        <v>71.22</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F117" s="3">
-        <v>25700</v>
+        <v>10850</v>
       </c>
       <c r="G117" s="3">
         <v>50</v>
       </c>
       <c r="H117" s="3">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C118" s="3">
-        <v>10.75</v>
+        <v>29.48</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F118" s="3">
-        <v>13400</v>
+        <v>18100</v>
       </c>
       <c r="G118" s="3">
         <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C119" s="3">
-        <v>80.67</v>
+        <v>11.78</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F119" s="3">
-        <v>9400</v>
+        <v>24000</v>
       </c>
       <c r="G119" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H119" s="3">
-        <v>400</v>
+        <v>4000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C120" s="3">
-        <v>176.19</v>
+        <v>60.59</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F120" s="3">
-        <v>1360</v>
+        <v>12050</v>
       </c>
       <c r="G120" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C121" s="3">
-        <v>133.29</v>
+        <v>29.48</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F121" s="3">
-        <v>3600</v>
+        <v>6550</v>
       </c>
       <c r="G121" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H121" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C122" s="3">
-        <v>297.84</v>
+        <v>13.34</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F122" s="3">
-        <v>340</v>
+        <v>29100</v>
       </c>
       <c r="G122" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>80</v>
+        <v>3000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C123" s="3">
-        <v>32</v>
+        <v>225.63</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F123" s="3">
-        <v>30300</v>
+        <v>2280</v>
       </c>
       <c r="G123" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H123" s="3">
-        <v>800</v>
+        <v>200</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C124" s="3">
-        <v>25.74</v>
+        <v>113.06</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F124" s="3">
-        <v>12300</v>
+        <v>2590</v>
       </c>
       <c r="G124" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H124" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C125" s="3">
-        <v>15.17</v>
+        <v>20.48</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F125" s="3">
-        <v>40700</v>
+        <v>38450</v>
       </c>
       <c r="G125" s="3">
         <v>50</v>
       </c>
       <c r="H125" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C126" s="3">
-        <v>113.06</v>
+        <v>80.67</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F126" s="3">
-        <v>6880</v>
+        <v>5580</v>
       </c>
       <c r="G126" s="3">
         <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C127" s="3">
-        <v>29.48</v>
+        <v>115.92</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F127" s="3">
-        <v>4500</v>
+        <v>3300</v>
       </c>
       <c r="G127" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C128" s="3">
-        <v>10.93</v>
+        <v>12.68</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F128" s="3">
-        <v>12250</v>
+        <v>13100</v>
       </c>
       <c r="G128" s="3">
         <v>50</v>
       </c>
       <c r="H128" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C129" s="3">
-        <v>20.08</v>
+        <v>133.29</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F129" s="3">
-        <v>38900</v>
+        <v>1560</v>
       </c>
       <c r="G129" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H129" s="3">
-        <v>1500</v>
+        <v>150</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C130" s="3">
-        <v>225.63</v>
+        <v>78.34</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F130" s="3">
-        <v>1710</v>
+        <v>3700</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H130" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C131" s="3">
-        <v>10.26</v>
+        <v>44.77</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F131" s="3">
-        <v>44850</v>
+        <v>2550</v>
       </c>
       <c r="G131" s="3">
         <v>50</v>
       </c>
       <c r="H131" s="3">
-        <v>5000</v>
+        <v>600</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C132" s="3">
-        <v>83.3</v>
+        <v>44.77</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F132" s="3">
-        <v>31353</v>
+        <v>3550</v>
       </c>
       <c r="G132" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H132" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C133" s="3">
-        <v>13.64</v>
+        <v>353.59</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F133" s="3">
-        <v>35050</v>
+        <v>2590</v>
       </c>
       <c r="G133" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H133" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C134" s="3">
-        <v>10.44</v>
+        <v>498.53</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F134" s="3">
-        <v>15450</v>
+        <v>3250</v>
       </c>
       <c r="G134" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C135" s="3">
-        <v>34.12</v>
+        <v>19.57</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F135" s="3">
-        <v>8300</v>
+        <v>5050</v>
       </c>
       <c r="G135" s="3">
         <v>50</v>
       </c>
       <c r="H135" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C136" s="3">
-        <v>20.48</v>
+        <v>36.83</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F136" s="3">
-        <v>37050</v>
+        <v>1900</v>
       </c>
       <c r="G136" s="3">
         <v>50</v>
       </c>
       <c r="H136" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C137" s="3">
-        <v>13.34</v>
+        <v>393.4</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F137" s="3">
-        <v>96050</v>
+        <v>1610</v>
       </c>
       <c r="G137" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>3000</v>
+        <v>200</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C138" s="3">
-        <v>12.68</v>
+        <v>15.17</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F138" s="3">
-        <v>8250</v>
+        <v>49000</v>
       </c>
       <c r="G138" s="3">
         <v>50</v>
       </c>
       <c r="H138" s="3">
         <v>2000</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C139" s="3">
-        <v>32</v>
+        <v>83.09</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F139" s="3">
-        <v>10100</v>
+        <v>1960</v>
       </c>
       <c r="G139" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H139" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C140" s="3">
-        <v>10.44</v>
+        <v>176.19</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F140" s="3">
-        <v>10700</v>
+        <v>2010</v>
       </c>
       <c r="G140" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H140" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C141" s="3">
-        <v>297.85</v>
+        <v>10.75</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F141" s="3">
-        <v>410</v>
+        <v>15550</v>
       </c>
       <c r="G141" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H141" s="3">
-        <v>80</v>
+        <v>5000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C142" s="3">
-        <v>52.93</v>
+        <v>133.29</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F142" s="3">
-        <v>41700</v>
+        <v>2640</v>
       </c>
       <c r="G142" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H142" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C143" s="3">
-        <v>20.08</v>
+        <v>31.04</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F143" s="3">
-        <v>29400</v>
+        <v>4950</v>
       </c>
       <c r="G143" s="3">
         <v>50</v>
       </c>
       <c r="H143" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C144" s="3">
-        <v>31.04</v>
+        <v>44.77</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F144" s="3">
-        <v>16600</v>
+        <v>11050</v>
       </c>
       <c r="G144" s="3">
         <v>50</v>
       </c>
       <c r="H144" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C145" s="3">
-        <v>79.13</v>
+        <v>15.17</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F145" s="3">
-        <v>4890</v>
+        <v>76050</v>
       </c>
       <c r="G145" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H145" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C146" s="3">
-        <v>80.67</v>
+        <v>225.63</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F146" s="3">
-        <v>5590</v>
+        <v>2270</v>
       </c>
       <c r="G146" s="3">
         <v>10</v>
       </c>
       <c r="H146" s="3">
-        <v>400</v>
+        <v>200</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C147" s="3">
-        <v>187.8</v>
+        <v>29.48</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F147" s="3">
-        <v>1870</v>
+        <v>11050</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H147" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C148" s="3">
-        <v>133.29</v>
+        <v>31.04</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F148" s="3">
-        <v>2200</v>
+        <v>2350</v>
       </c>
       <c r="G148" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C149" s="3">
-        <v>25.73</v>
+        <v>10.75</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F149" s="3">
-        <v>33750</v>
+        <v>11300</v>
       </c>
       <c r="G149" s="3">
         <v>50</v>
       </c>
       <c r="H149" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C150" s="3">
-        <v>176.19</v>
+        <v>225.63</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F150" s="3">
-        <v>1900</v>
+        <v>2410</v>
       </c>
       <c r="G150" s="3">
         <v>10</v>
       </c>
       <c r="H150" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C151" s="3">
-        <v>113.06</v>
+        <v>29.57</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F151" s="3">
-        <v>2880</v>
+        <v>0</v>
       </c>
       <c r="G151" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H151" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C152" s="3">
-        <v>12.68</v>
+        <v>80.67</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F152" s="3">
-        <v>15300</v>
+        <v>8550</v>
       </c>
       <c r="G152" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H152" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C153" s="3">
-        <v>80.67</v>
+        <v>12.68</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F153" s="3">
-        <v>5150</v>
+        <v>21300</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H153" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C154" s="3">
-        <v>133.29</v>
+        <v>187.8</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F154" s="3">
-        <v>1600</v>
+        <v>2170</v>
       </c>
       <c r="G154" s="3">
         <v>10</v>
       </c>
       <c r="H154" s="3">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C155" s="3">
-        <v>78.34</v>
+        <v>113.06</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F155" s="3">
-        <v>4250</v>
+        <v>7090</v>
       </c>
       <c r="G155" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C156" s="3">
-        <v>60.6</v>
+        <v>115.92</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F156" s="3">
-        <v>7050</v>
+        <v>770</v>
       </c>
       <c r="G156" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C157" s="3">
-        <v>19.57</v>
+        <v>29.48</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F157" s="3">
-        <v>7750</v>
+        <v>5150</v>
       </c>
       <c r="G157" s="3">
         <v>50</v>
       </c>
       <c r="H157" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C158" s="3">
-        <v>249.56</v>
+        <v>10.93</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F158" s="3">
-        <v>1590</v>
+        <v>10950</v>
       </c>
       <c r="G158" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H158" s="3">
-        <v>150</v>
+        <v>5000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C159" s="3">
-        <v>60.6</v>
+        <v>20.08</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F159" s="3">
-        <v>7450</v>
+        <v>35850</v>
       </c>
       <c r="G159" s="3">
         <v>50</v>
       </c>
       <c r="H159" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C160" s="3">
-        <v>26.67</v>
+        <v>297.84</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F160" s="3">
-        <v>8350</v>
+        <v>40</v>
       </c>
       <c r="G160" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>3000</v>
+        <v>80</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C161" s="3">
-        <v>31.04</v>
+        <v>32</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F161" s="3">
-        <v>5500</v>
+        <v>28000</v>
       </c>
       <c r="G161" s="3">
         <v>50</v>
       </c>
       <c r="H161" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C162" s="3">
-        <v>37.52</v>
+        <v>32</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F162" s="3">
-        <v>3050</v>
+        <v>7900</v>
       </c>
       <c r="G162" s="3">
         <v>50</v>
       </c>
       <c r="H162" s="3">
         <v>800</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C163" s="3">
-        <v>225.63</v>
+        <v>25.73</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F163" s="3">
-        <v>2470</v>
+        <v>31900</v>
       </c>
       <c r="G163" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H163" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C164" s="3">
-        <v>25.73</v>
+        <v>25.74</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F164" s="3">
-        <v>10900</v>
+        <v>12100</v>
       </c>
       <c r="G164" s="3">
         <v>50</v>
       </c>
       <c r="H164" s="3">
         <v>1000</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C165" s="3">
-        <v>870.76</v>
+        <v>10.26</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F165" s="3">
-        <v>1600</v>
+        <v>16750</v>
       </c>
       <c r="G165" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H165" s="3">
-        <v>40</v>
+        <v>5000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C166" s="3">
-        <v>44.77</v>
+        <v>83.3</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F166" s="3">
-        <v>3750</v>
+        <v>22390</v>
       </c>
       <c r="G166" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H166" s="3">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C167" s="3">
-        <v>10.44</v>
+        <v>32</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F167" s="3">
-        <v>9550</v>
+        <v>9300</v>
       </c>
       <c r="G167" s="3">
         <v>50</v>
       </c>
       <c r="H167" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C168" s="3">
-        <v>32</v>
+        <v>176.19</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F168" s="3">
-        <v>15100</v>
+        <v>1320</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C169" s="3">
-        <v>80.67</v>
+        <v>10.44</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F169" s="3">
-        <v>5550</v>
+        <v>13250</v>
       </c>
       <c r="G169" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H169" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C170" s="3">
-        <v>25.73</v>
+        <v>10.44</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F170" s="3">
-        <v>21150</v>
+        <v>11100</v>
       </c>
       <c r="G170" s="3">
         <v>50</v>
       </c>
       <c r="H170" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C171" s="3">
-        <v>31.04</v>
+        <v>52.93</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F171" s="3">
-        <v>6500</v>
+        <v>30650</v>
       </c>
       <c r="G171" s="3">
         <v>50</v>
       </c>
       <c r="H171" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C172" s="3">
-        <v>32</v>
+        <v>15.17</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F172" s="3">
-        <v>10900</v>
+        <v>80400</v>
       </c>
       <c r="G172" s="3">
         <v>50</v>
       </c>
       <c r="H172" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C173" s="3">
-        <v>60.6</v>
+        <v>20.48</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F173" s="3">
-        <v>5650</v>
+        <v>34100</v>
       </c>
       <c r="G173" s="3">
         <v>50</v>
       </c>
       <c r="H173" s="3">
-        <v>500</v>
+        <v>1500</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C174" s="3">
-        <v>44.77</v>
+        <v>115.92</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F174" s="3">
-        <v>4250</v>
+        <v>1290</v>
       </c>
       <c r="G174" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>600</v>
+        <v>350</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C175" s="3">
-        <v>10.75</v>
+        <v>13.34</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F175" s="3">
-        <v>12800</v>
+        <v>76250</v>
       </c>
       <c r="G175" s="3">
         <v>50</v>
       </c>
       <c r="H175" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C176" s="3">
-        <v>115.92</v>
+        <v>10.75</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F176" s="3">
-        <v>860</v>
+        <v>11300</v>
       </c>
       <c r="G176" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>350</v>
+        <v>5000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C177" s="3">
-        <v>297.84</v>
+        <v>297.85</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F177" s="3">
-        <v>1070</v>
+        <v>1250</v>
       </c>
       <c r="G177" s="3">
         <v>10</v>
       </c>
       <c r="H177" s="3">
         <v>80</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C178" s="3">
-        <v>32</v>
+        <v>31.04</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F178" s="3">
-        <v>9200</v>
+        <v>12500</v>
       </c>
       <c r="G178" s="3">
         <v>50</v>
       </c>
       <c r="H178" s="3">
         <v>800</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C179" s="3">
-        <v>34.12</v>
+        <v>12.68</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F179" s="3">
-        <v>8300</v>
+        <v>6850</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C180" s="3">
-        <v>115.92</v>
+        <v>11.78</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F180" s="3">
-        <v>1380</v>
+        <v>16550</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H180" s="3">
-        <v>350</v>
+        <v>2000</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C181" s="3">
-        <v>113.06</v>
+        <v>44.77</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F181" s="3">
-        <v>3240</v>
+        <v>3000</v>
       </c>
       <c r="G181" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>