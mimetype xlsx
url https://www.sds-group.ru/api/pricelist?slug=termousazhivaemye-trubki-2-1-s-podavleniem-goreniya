--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,1128 +42,1128 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Термоусаживаемые трубки 2:1 с подавлением горения</t>
   </si>
   <si>
+    <t>20-7006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>20-1502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, серая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0062</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, серая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 18,0/9,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, зеленый, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1507</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 18,0/9,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0060</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0061</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0064</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0080</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 80,0/40,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0120</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 120,0/60,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-6002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 6,0/3,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 22,0/11,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0100</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 100,0/50,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, желто-зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-7003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, синяя, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
     <t>22-5006</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 25,0/12,5мм, синяя, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+    <t>20-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-3506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, черная, упак. 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, красная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 9,0/4,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 5,0/2,5мм, серая, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>25-0063</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 60,0/30,0мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>20-3004</t>
-[...26 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 100,0/50,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>20-8003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 8,0/4,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>23-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, желтая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>22-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 20,0/10,0мм, черный, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, желтая, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>21-0007</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, желто-зеленая, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>21-5003</t>
-[...176 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 10,0/5,0мм, зеленая, упаковка 50 шт. по 1м REXANT</t>
+    <t>21-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 19,0/9,5мм, зеленая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 15,0/7,5мм, синяя, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-1501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, белая, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>24-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 40,0/20,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>25-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-4006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>20-2504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, красная, упаковка 50 шт. по 1м REXANT</t>
+  </si>
+  <si>
+    <t>21-3008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
     <t>20-3006</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 3,0/1,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>25-0007</t>
-[...256 lines deleted...]
-  <si>
     <t>23-5006</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, черная, упаковка 10 шт. по 1м REXANT</t>
   </si>
   <si>
-    <t>20-4006</t>
-[...76 lines deleted...]
-  <si>
     <t>20-1006</t>
   </si>
   <si>
     <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
-  </si>
-[...484 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1548,51 +1548,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-rexant-1920" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-2477" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-19027" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1816" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-belaya-upakovka-50-sht-po-1m-rexant-1807" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-seraya-upakovka-50-sht-po-1m-rexant-19030" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1891" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-100-0-50-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6753" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6868" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1887" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-rexant-1915" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-rexant-1885" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-rexant-1880" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-2475" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6880" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-rexant-1917" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-2473" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6883" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1903" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-2472" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-jeltaya-upakovka-10-sht-po-1m-rexant-1898" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1924" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1803" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1877" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1840" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1882" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1886" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1859" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1904" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1942" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-jeltaya-upakovka-50-sht-po-1m-rexant-1797" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-rexant-1941" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-sinyaya-upakovka-50-sht-po-1m-rexant-1799" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-krasnaya-upakovka-10-sht-po-1m-rexant-1900" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-zeleniy-upakovka-50-sht-po-1m-rexant-1827" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6878" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-zelenaya-upakovka-50-sht-po-1m-rexant-1821" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6867" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1876" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1818" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6886" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1871" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-19028" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-seraya-upakovka-50-sht-po-1m-rexant-19038" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-zelenaya-upakovka-10-sht-po-1m-rexant-1899" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6885" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1905" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1911" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1860" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-seraya-upakovka-50-sht-po-1m-rexant-19024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-120-0-60-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6754" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-jeltaya-upakovka-10-sht-po-1m-rexant-1929" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-krasnaya-upakovka-50-sht-po-1m-rexant-1822" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1857" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-19034" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1943" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1814" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1826" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-jeltaya-upakovka-50-sht-po-1m-rexant-1808" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-2479" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1869" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6882" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1791" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-chernaya-upakovka-10-sht-po-1m-rexant-2482" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1861" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1937" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-chernaya-upakovka-10-sht-po-1m-rexant-2481" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1926" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1927" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-belaya-upakovka-50-sht-po-1m-rexant-1790" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1936" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-seraya-upakovka-50-sht-po-1m-rexant-19035" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-2474" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1841" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1883" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-rexant-2486" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1855" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-krasnaya-upakovka-50-sht-po-1m-rexant-1810" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1804" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1838" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1806" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-rexant-1940" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-krasnaya-upakovka-50-sht-po-1m-rexant-1798" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-chernaya-upakovka-10-sht-po-1m-rexant-1933" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1830" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-chernaya-upakovka-50-sht-po-1m-rexant-2478" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-chernaya-upak-50-sht-po-1m-rexant-1824" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-rexant-2484" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-rexant-1801" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-belaya-upakovka-50-sht-po-1m-rexant-1795" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-chernaya-upakovka-10-sht-po-1m-rexant-2483" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-krasnaya-upakovka-10-sht-po-1m-rexant-1931" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-rexant-1934" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-rexant-1839" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-rexant-2476" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-rexant-1884" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1794" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1853" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6879" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-chernaya-upakovka-50-sht-po-1m-rexant-1812" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-seraya-upakovka-10-sht-po-1m-rexant-19023" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-19019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-seraya-upakovka-50-sht-po-1m-rexant-19016" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-seraya-upakovka-50-sht-po-1m-rexant-19020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-seraya-upakovka-50-sht-po-1m-rexant-19018" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-seraya-upakovka-50-sht-po-1m-rexant-19031" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-seraya-upakovka-50-sht-po-1m-rexant-19021" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-seraya-upakovka-50-sht-po-1m-rexant-19036" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-seraya-upakovka-10-sht-po-1m-rexant-19033" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-rexant-19039" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-19025" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1817" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-12-0-6-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1881" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-rexant-2480" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1854" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1805" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1888" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-1851" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1815" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-belaya-upakovka-10-sht-po-1m-rexant-1928" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-jeltaya-upakovka-10-sht-po-1m-rexant-1916" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-rexant-2471" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1907" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1912" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-sinyaya-upakovka-50-sht-po-1m-rexant-1823" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-zelenaya-upakovka-10-sht-po-1m-rexant-1925" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1895" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1892" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-belaya-upakovka-50-sht-po-1m-rexant-1890" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6751" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-80-0-40-0mm-chernaya-upakovka-10-sht-po-1m-rexant-6752" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6877" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-jelto-zelenaya-upakovka-50-sht-po-1m-rexant-6881" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-6884" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1829" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-19-0-9-5mm-belaya-upakovka-10-sht-po-1m-rexant-1897" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1939" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1792" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-rexant-1923" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1872" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1894" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-rexant-1828" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-sinyaya-upakovka-10-sht-po-1m-rexant-2485" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-belaya-upakovka-50-sht-po-1m-rexant-1850" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1870" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-jeltaya-upakovka-50-sht-po-1m-rexant-2468" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-35-0-17-5mm-zelenaya-upakovka-10-sht-po-1m-rexant-1930" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1873" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-rexant-1902" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-belaya-upakovka-50-sht-po-1m-rexant-1819" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-jelto-zelenaya-upakovka-10-sht-po-1m-rexant-1922" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-rexant-1918" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-belaya-upakovka-10-sht-po-1m-rexant-1910" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-7-0-3-5mm-zelenaya-upakovka-50-sht-po-1m-rexant-1852" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-zelenaya-upakovka-50-sht-po-1m-rexant-1796" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1842" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-sinyaya-upakovka-10-sht-po-1m-rexant-1945" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-rexant-1874" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1875" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-rexant-1856" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-rexant-1858" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-5-0-75mm-chernaya-upakovka-50-sht-po-1m-rexant-1800" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-20-0-10-0mm-cherniy-upakovka-10-sht-po-1m-rexant-1909" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-rexant-1879" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-40-0-20-0mm-jeltaya-upakovka-10-sht-po-1m-rexant-1935" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-sinyaya-upakovka-50-sht-po-1m-rexant-1811" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-5-1-25mm-zelenaya-upakovka-50-sht-po-1m-rexant-1809" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-rexant-1889" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-rexant-1825" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1837" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-22-0-11-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1913" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-rexant-1813" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-1-0-0-5mm-sinyaya-upakovka-50-sht-po-1m-rexant-1793" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-rexant-1944" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-9-0-4-5mm-belaya-upakovka-50-sht-po-1m-rexant-1868" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-3-5-1-75mm-jeltaya-upakovka-50-sht-po-1m-rexant-1820" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-2-0-1-0mm-jeltaya-upakovka-50-sht-po-1m-rexant-1802" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousajivaemaya-tut-ng-13-0-6-5mm-krasnaya-upakovka-50-sht-po-1m-rexant-1893" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-seraya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-seraya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zelenyy-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-80-0-40-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-120-0-60-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-100-0-50-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-chernaya-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-chernyy-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I181"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1616,5228 +1616,5228 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>113.06</v>
+        <v>26.98</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2640</v>
+        <v>32950</v>
       </c>
       <c r="G3" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>34.12</v>
+        <v>11.66</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>7000</v>
+        <v>2150</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>333.86</v>
+        <v>12.9</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>590</v>
+        <v>5900</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>13.34</v>
+        <v>24.31</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>62750</v>
+        <v>7000</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>13.64</v>
+        <v>31.07</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>31150</v>
+        <v>2600</v>
       </c>
       <c r="G7" s="3">
         <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>20.48</v>
+        <v>35.8</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>7800</v>
+        <v>4950</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>44.77</v>
+        <v>21.3</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2900</v>
+        <v>110250</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>600</v>
+        <v>1500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>724.87</v>
+        <v>64.79</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1869</v>
+        <v>350</v>
       </c>
       <c r="G10" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>37.52</v>
+        <v>61.63</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>3150</v>
+        <v>900</v>
       </c>
       <c r="G11" s="3">
         <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>60.6</v>
+        <v>114.98</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>4750</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>119.01</v>
+        <v>339.54</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>3530</v>
+        <v>580</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>60.6</v>
+        <v>185.53</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>5900</v>
+        <v>3020</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>34.12</v>
+        <v>155.73</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>10500</v>
+        <v>13740</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H15" s="3">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>20.08</v>
+        <v>11.98</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>34850</v>
+        <v>37600</v>
       </c>
       <c r="G16" s="3">
         <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>37.69</v>
+        <v>11.42</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>4600</v>
+        <v>59200</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>113.06</v>
+        <v>29.98</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2820</v>
+        <v>6350</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H18" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>20.48</v>
+        <v>87.32</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>24600</v>
+        <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>249.56</v>
+        <v>302.91</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1520</v>
+        <v>780</v>
       </c>
       <c r="G20" s="3">
         <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>150</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>80.67</v>
+        <v>11.66</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>4390</v>
+        <v>16050</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>5000</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>20.48</v>
+        <v>31.57</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>22900</v>
+        <v>3700</v>
       </c>
       <c r="G22" s="3">
         <v>50</v>
       </c>
       <c r="H22" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>83.09</v>
+        <v>190.99</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>990</v>
+        <v>1790</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>133.29</v>
+        <v>20.42</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>3140</v>
+        <v>42950</v>
       </c>
       <c r="G24" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>150</v>
+        <v>1500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>11.78</v>
+        <v>36.34</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>18200</v>
+        <v>27900</v>
       </c>
       <c r="G25" s="3">
         <v>50</v>
       </c>
       <c r="H25" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>32</v>
+        <v>29.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>11750</v>
+        <v>17950</v>
       </c>
       <c r="G26" s="3">
         <v>50</v>
       </c>
       <c r="H26" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>20.08</v>
+        <v>11.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>21750</v>
+        <v>21950</v>
       </c>
       <c r="G27" s="3">
         <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>1500</v>
+        <v>4000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>34.12</v>
+        <v>12.9</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>5950</v>
+        <v>10450</v>
       </c>
       <c r="G28" s="3">
         <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>60.6</v>
+        <v>229.47</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>4750</v>
+        <v>2180</v>
       </c>
       <c r="G29" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>25.73</v>
+        <v>117.89</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>19600</v>
+        <v>3240</v>
       </c>
       <c r="G30" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>80.67</v>
+        <v>12.9</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>4240</v>
+        <v>11800</v>
       </c>
       <c r="G31" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H31" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>297.85</v>
+        <v>38.16</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>530</v>
+        <v>9750</v>
       </c>
       <c r="G32" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>10.93</v>
+        <v>112.28</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>2800</v>
+        <v>7170</v>
       </c>
       <c r="G33" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H33" s="3">
-        <v>5000</v>
+        <v>350</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>297.84</v>
+        <v>135.56</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>1720</v>
+        <v>2370</v>
       </c>
       <c r="G34" s="3">
         <v>10</v>
       </c>
       <c r="H34" s="3">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>10.93</v>
+        <v>79.67</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>17350</v>
+        <v>3500</v>
       </c>
       <c r="G35" s="3">
         <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>83.09</v>
+        <v>84.5</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>2040</v>
+        <v>2000</v>
       </c>
       <c r="G36" s="3">
         <v>10</v>
       </c>
       <c r="H36" s="3">
         <v>400</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>15.17</v>
+        <v>15.43</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>39450</v>
+        <v>16750</v>
       </c>
       <c r="G37" s="3">
         <v>50</v>
       </c>
       <c r="H37" s="3">
         <v>2000</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>26.67</v>
+        <v>26.4</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>0</v>
+        <v>63751</v>
       </c>
       <c r="G38" s="3">
         <v>50</v>
       </c>
       <c r="H38" s="3">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>12.68</v>
+        <v>22.9</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>11200</v>
+        <v>4850</v>
       </c>
       <c r="G39" s="3">
         <v>50</v>
       </c>
       <c r="H39" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>130.75</v>
+        <v>24.41</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>1970</v>
+        <v>4950</v>
       </c>
       <c r="G40" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H40" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>32</v>
+        <v>91.88</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>11650</v>
+        <v>2400</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>12.71</v>
+        <v>353.39</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>230700</v>
+        <v>800</v>
       </c>
       <c r="G42" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H42" s="3">
-        <v>3000</v>
+        <v>150</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>441.98</v>
+        <v>449.49</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>240</v>
+        <v>510</v>
       </c>
       <c r="G43" s="3">
         <v>10</v>
       </c>
       <c r="H43" s="3">
         <v>100</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>31.04</v>
+        <v>84.5</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>6050</v>
+        <v>1700</v>
       </c>
       <c r="G44" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H44" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>23.9</v>
+        <v>20.83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>7350</v>
+        <v>9100</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>20.08</v>
+        <v>179.19</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>10400</v>
+        <v>1940</v>
       </c>
       <c r="G46" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H46" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>83.09</v>
+        <v>82.04</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>1100</v>
+        <v>5610</v>
       </c>
       <c r="G47" s="3">
         <v>10</v>
       </c>
       <c r="H47" s="3">
         <v>400</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>347.48</v>
+        <v>11.48</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>810</v>
+        <v>8250</v>
       </c>
       <c r="G48" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H48" s="3">
-        <v>150</v>
+        <v>5000</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>80.67</v>
+        <v>135.56</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>5420</v>
+        <v>2460</v>
       </c>
       <c r="G49" s="3">
         <v>10</v>
       </c>
       <c r="H49" s="3">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>115.92</v>
+        <v>45.53</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>3690</v>
+        <v>2250</v>
       </c>
       <c r="G50" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>350</v>
+        <v>600</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>25.73</v>
+        <v>11.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>16700</v>
+        <v>17350</v>
       </c>
       <c r="G51" s="3">
         <v>50</v>
       </c>
       <c r="H51" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>11.44</v>
+        <v>11.48</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>17850</v>
+        <v>20950</v>
       </c>
       <c r="G52" s="3">
         <v>50</v>
       </c>
       <c r="H52" s="3">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>870.76</v>
+        <v>13.57</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>1420</v>
+        <v>4300</v>
       </c>
       <c r="G53" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H53" s="3">
-        <v>40</v>
+        <v>3000</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>225.63</v>
+        <v>82.04</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>1850</v>
+        <v>3890</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>12.68</v>
+        <v>31.57</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>24000</v>
+        <v>2100</v>
       </c>
       <c r="G55" s="3">
         <v>50</v>
       </c>
       <c r="H55" s="3">
         <v>1000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>25.73</v>
+        <v>84.5</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>11300</v>
+        <v>980</v>
       </c>
       <c r="G56" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H56" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>63.71</v>
+        <v>11.48</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>750</v>
+        <v>10550</v>
       </c>
       <c r="G57" s="3">
         <v>50</v>
       </c>
       <c r="H57" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>297.84</v>
+        <v>38.16</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>610</v>
+        <v>7250</v>
       </c>
       <c r="G58" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H58" s="3">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>13.34</v>
+        <v>61.63</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>37000</v>
+        <v>3900</v>
       </c>
       <c r="G59" s="3">
         <v>50</v>
       </c>
       <c r="H59" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>15.17</v>
+        <v>82.04</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>32450</v>
+        <v>8140</v>
       </c>
       <c r="G60" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H60" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>10.44</v>
+        <v>20.83</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>6200</v>
+        <v>7500</v>
       </c>
       <c r="G61" s="3">
         <v>50</v>
       </c>
       <c r="H61" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>60.6</v>
+        <v>12.9</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>5700</v>
+        <v>20050</v>
       </c>
       <c r="G62" s="3">
         <v>50</v>
       </c>
       <c r="H62" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>31.04</v>
+        <v>179.19</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>5300</v>
+        <v>1150</v>
       </c>
       <c r="G63" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H63" s="3">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>90.34</v>
+        <v>302.9</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>2750</v>
+        <v>200</v>
       </c>
       <c r="G64" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>10.75</v>
+        <v>12.24</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>8450</v>
+        <v>63150</v>
       </c>
       <c r="G65" s="3">
         <v>50</v>
       </c>
       <c r="H65" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>110.4</v>
+        <v>11.98</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>7380</v>
+        <v>31600</v>
       </c>
       <c r="G66" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H66" s="3">
-        <v>350</v>
+        <v>2000</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>22.57</v>
+        <v>10.97</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>70850</v>
+        <v>33000</v>
       </c>
       <c r="G67" s="3">
         <v>50</v>
       </c>
       <c r="H67" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>176.19</v>
+        <v>179.19</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>1670</v>
+        <v>190</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>79.13</v>
+        <v>11.68</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>5350</v>
+        <v>4950</v>
       </c>
       <c r="G69" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>133.29</v>
+        <v>59.21</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>3250</v>
+        <v>12550</v>
       </c>
       <c r="G70" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H70" s="3">
-        <v>150</v>
+        <v>500</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>133.29</v>
+        <v>20.83</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>1090</v>
+        <v>33500</v>
       </c>
       <c r="G71" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>150</v>
+        <v>1500</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>10.75</v>
+        <v>117.89</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>25400</v>
+        <v>1210</v>
       </c>
       <c r="G72" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H72" s="3">
-        <v>5000</v>
+        <v>350</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>176.19</v>
+        <v>13.57</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>1350</v>
+        <v>15250</v>
       </c>
       <c r="G73" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H73" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>34.12</v>
+        <v>11.98</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>2650</v>
+        <v>14800</v>
       </c>
       <c r="G74" s="3">
         <v>50</v>
       </c>
       <c r="H74" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>20.48</v>
+        <v>13.57</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>44650</v>
+        <v>9550</v>
       </c>
       <c r="G75" s="3">
         <v>50</v>
       </c>
       <c r="H75" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>20.08</v>
+        <v>26.17</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>50650</v>
+        <v>11650</v>
       </c>
       <c r="G76" s="3">
         <v>50</v>
       </c>
       <c r="H76" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>34.12</v>
+        <v>45.53</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>9800</v>
+        <v>3400</v>
       </c>
       <c r="G77" s="3">
         <v>50</v>
       </c>
       <c r="H77" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>269.32</v>
+        <v>20.42</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>8080</v>
+        <v>9850</v>
       </c>
       <c r="G78" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H78" s="3">
-        <v>80</v>
+        <v>1500</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>26.53</v>
+        <v>135.56</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>47050</v>
+        <v>2590</v>
       </c>
       <c r="G79" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>10.44</v>
+        <v>38.33</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>18050</v>
+        <v>5350</v>
       </c>
       <c r="G80" s="3">
         <v>50</v>
       </c>
       <c r="H80" s="3">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>11.78</v>
+        <v>11.48</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>30050</v>
+        <v>11100</v>
       </c>
       <c r="G81" s="3">
         <v>50</v>
       </c>
       <c r="H81" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C82" s="3">
-        <v>19.5</v>
+        <v>79.66</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>216050</v>
+        <v>10700</v>
       </c>
       <c r="G82" s="3">
         <v>50</v>
       </c>
       <c r="H82" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C83" s="3">
-        <v>10.22</v>
+        <v>13.57</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>47900</v>
+        <v>21650</v>
       </c>
       <c r="G83" s="3">
         <v>50</v>
       </c>
       <c r="H83" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C84" s="3">
-        <v>182.43</v>
+        <v>114.98</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>2960</v>
+        <v>2630</v>
       </c>
       <c r="G84" s="3">
         <v>10</v>
       </c>
       <c r="H84" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C85" s="3">
-        <v>10.93</v>
+        <v>114.98</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>18300</v>
+        <v>2590</v>
       </c>
       <c r="G85" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H85" s="3">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C86" s="3">
-        <v>183.32</v>
+        <v>359.6</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>5150</v>
+        <v>2600</v>
       </c>
       <c r="G86" s="3">
         <v>10</v>
       </c>
       <c r="H86" s="3">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C87" s="3">
-        <v>14.45</v>
+        <v>27.12</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>251549</v>
+        <v>0</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C88" s="3">
-        <v>19.04</v>
+        <v>302.9</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>152850</v>
+        <v>1610</v>
       </c>
       <c r="G88" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>1500</v>
+        <v>80</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="3">
-        <v>44.36</v>
+        <v>135.56</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>19350</v>
+        <v>3620</v>
       </c>
       <c r="G89" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C90" s="3">
-        <v>11.66</v>
+        <v>35.8</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>66000</v>
+        <v>11150</v>
       </c>
       <c r="G90" s="3">
         <v>50</v>
       </c>
       <c r="H90" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C91" s="3">
-        <v>153.13</v>
+        <v>19.83</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
-        <v>24890</v>
+        <v>163301</v>
       </c>
       <c r="G91" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H91" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C92" s="3">
-        <v>11.78</v>
+        <v>38.16</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>43650</v>
+        <v>3350</v>
       </c>
       <c r="G92" s="3">
         <v>50</v>
       </c>
       <c r="H92" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C93" s="3">
-        <v>10.93</v>
+        <v>20.42</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>51650</v>
+        <v>10200</v>
       </c>
       <c r="G93" s="3">
         <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C94" s="3">
-        <v>107.68</v>
+        <v>339.54</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>48950</v>
+        <v>450</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>300</v>
+        <v>50</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C95" s="3">
-        <v>225.63</v>
+        <v>339.54</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>3310</v>
+        <v>730</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C96" s="3">
-        <v>176.19</v>
+        <v>109.51</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F96" s="3">
-        <v>1140</v>
+        <v>38790</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C97" s="3">
-        <v>20.08</v>
+        <v>34.1</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F97" s="3">
-        <v>66100</v>
+        <v>54710</v>
       </c>
       <c r="G97" s="3">
         <v>50</v>
       </c>
       <c r="H97" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C98" s="3">
-        <v>30.49</v>
+        <v>13.57</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F98" s="3">
-        <v>61300</v>
+        <v>48000</v>
       </c>
       <c r="G98" s="3">
         <v>50</v>
       </c>
       <c r="H98" s="3">
-        <v>800</v>
+        <v>3000</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C99" s="3">
-        <v>32.49</v>
+        <v>45.53</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F99" s="3">
-        <v>25800</v>
+        <v>2850</v>
       </c>
       <c r="G99" s="3">
         <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C100" s="3">
-        <v>9.36</v>
+        <v>11.66</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F100" s="3">
-        <v>19200</v>
+        <v>20400</v>
       </c>
       <c r="G100" s="3">
         <v>50</v>
       </c>
       <c r="H100" s="3">
         <v>5000</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C101" s="3">
-        <v>29.48</v>
+        <v>29.98</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="3">
-        <v>21400</v>
+        <v>20850</v>
       </c>
       <c r="G101" s="3">
         <v>50</v>
       </c>
       <c r="H101" s="3">
         <v>1000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C102" s="3">
-        <v>24</v>
+        <v>82.04</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="3">
-        <v>5550</v>
+        <v>5270</v>
       </c>
       <c r="G102" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H102" s="3">
-        <v>2000</v>
+        <v>400</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C103" s="3">
-        <v>12.04</v>
+        <v>45.53</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="3">
-        <v>55450</v>
+        <v>2500</v>
       </c>
       <c r="G103" s="3">
         <v>50</v>
       </c>
       <c r="H103" s="3">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C104" s="3">
-        <v>85.86</v>
+        <v>20.42</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F104" s="3">
-        <v>270</v>
+        <v>31800</v>
       </c>
       <c r="G104" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H104" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C105" s="3">
-        <v>333.86</v>
+        <v>507.01</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F105" s="3">
-        <v>660</v>
+        <v>3370</v>
       </c>
       <c r="G105" s="3">
         <v>10</v>
       </c>
       <c r="H105" s="3">
         <v>50</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C106" s="3">
-        <v>13.34</v>
+        <v>885.56</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="3">
-        <v>10100</v>
+        <v>1360</v>
       </c>
       <c r="G106" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H106" s="3">
-        <v>3000</v>
+        <v>40</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C107" s="3">
-        <v>15.17</v>
+        <v>37.46</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F107" s="3">
-        <v>14700</v>
+        <v>2700</v>
       </c>
       <c r="G107" s="3">
         <v>50</v>
       </c>
       <c r="H107" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C108" s="3">
-        <v>29.48</v>
+        <v>11.48</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F108" s="3">
-        <v>3700</v>
+        <v>14850</v>
       </c>
       <c r="G108" s="3">
         <v>50</v>
       </c>
       <c r="H108" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C109" s="3">
-        <v>30.55</v>
+        <v>117.89</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F109" s="3">
-        <v>2900</v>
+        <v>3680</v>
       </c>
       <c r="G109" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H109" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C110" s="3">
-        <v>32</v>
+        <v>26.17</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F110" s="3">
-        <v>5600</v>
+        <v>17850</v>
       </c>
       <c r="G110" s="3">
         <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C111" s="3">
-        <v>60.6</v>
+        <v>29.98</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F111" s="3">
-        <v>3050</v>
+        <v>10800</v>
       </c>
       <c r="G111" s="3">
         <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C112" s="3">
-        <v>113.06</v>
+        <v>12.9</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F112" s="3">
-        <v>0</v>
+        <v>22100</v>
       </c>
       <c r="G112" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H112" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C113" s="3">
-        <v>333.86</v>
+        <v>229.47</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F113" s="3">
-        <v>490</v>
+        <v>2560</v>
       </c>
       <c r="G113" s="3">
         <v>10</v>
       </c>
       <c r="H113" s="3">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C114" s="3">
-        <v>333.86</v>
+        <v>132.97</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F114" s="3">
-        <v>760</v>
+        <v>2270</v>
       </c>
       <c r="G114" s="3">
         <v>10</v>
       </c>
       <c r="H114" s="3">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C115" s="3">
-        <v>13.34</v>
+        <v>114.98</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F115" s="3">
-        <v>52750</v>
+        <v>4510</v>
       </c>
       <c r="G115" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H115" s="3">
-        <v>3000</v>
+        <v>300</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C116" s="3">
-        <v>34.12</v>
+        <v>11.66</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F116" s="3">
-        <v>5550</v>
+        <v>10350</v>
       </c>
       <c r="G116" s="3">
         <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C117" s="3">
-        <v>71.22</v>
+        <v>20.42</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F117" s="3">
-        <v>10850</v>
+        <v>7700</v>
       </c>
       <c r="G117" s="3">
         <v>50</v>
       </c>
       <c r="H117" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C118" s="3">
-        <v>29.48</v>
+        <v>35.8</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F118" s="3">
-        <v>18100</v>
+        <v>26350</v>
       </c>
       <c r="G118" s="3">
         <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C119" s="3">
-        <v>11.78</v>
+        <v>26.17</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F119" s="3">
-        <v>24000</v>
+        <v>30950</v>
       </c>
       <c r="G119" s="3">
         <v>50</v>
       </c>
       <c r="H119" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C120" s="3">
-        <v>60.59</v>
+        <v>35.8</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F120" s="3">
-        <v>12050</v>
+        <v>11150</v>
       </c>
       <c r="G120" s="3">
         <v>50</v>
       </c>
       <c r="H120" s="3">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C121" s="3">
-        <v>29.48</v>
+        <v>13.87</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F121" s="3">
-        <v>6550</v>
+        <v>29500</v>
       </c>
       <c r="G121" s="3">
         <v>50</v>
       </c>
       <c r="H121" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C122" s="3">
-        <v>13.34</v>
+        <v>38.16</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F122" s="3">
-        <v>29100</v>
+        <v>6650</v>
       </c>
       <c r="G122" s="3">
         <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C123" s="3">
-        <v>225.63</v>
+        <v>31.57</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F123" s="3">
-        <v>2280</v>
+        <v>14650</v>
       </c>
       <c r="G123" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C124" s="3">
-        <v>113.06</v>
+        <v>20.42</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F124" s="3">
-        <v>2590</v>
+        <v>17750</v>
       </c>
       <c r="G124" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>300</v>
+        <v>1500</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C125" s="3">
-        <v>20.48</v>
+        <v>15.43</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F125" s="3">
-        <v>38450</v>
+        <v>14200</v>
       </c>
       <c r="G125" s="3">
         <v>50</v>
       </c>
       <c r="H125" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C126" s="3">
-        <v>80.67</v>
+        <v>29.98</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F126" s="3">
-        <v>5580</v>
+        <v>3650</v>
       </c>
       <c r="G126" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H126" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C127" s="3">
-        <v>115.92</v>
+        <v>82.04</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F127" s="3">
-        <v>3300</v>
+        <v>3350</v>
       </c>
       <c r="G127" s="3">
         <v>10</v>
       </c>
       <c r="H127" s="3">
-        <v>350</v>
+        <v>400</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C128" s="3">
-        <v>12.68</v>
+        <v>117.89</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F128" s="3">
-        <v>13100</v>
+        <v>710</v>
       </c>
       <c r="G128" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H128" s="3">
-        <v>2000</v>
+        <v>350</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C129" s="3">
-        <v>133.29</v>
+        <v>31.57</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F129" s="3">
-        <v>1560</v>
+        <v>5750</v>
       </c>
       <c r="G129" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H129" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C130" s="3">
-        <v>78.34</v>
+        <v>121.03</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F130" s="3">
-        <v>3700</v>
+        <v>3220</v>
       </c>
       <c r="G130" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H130" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C131" s="3">
-        <v>44.77</v>
+        <v>253.8</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F131" s="3">
-        <v>2550</v>
+        <v>1280</v>
       </c>
       <c r="G131" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H131" s="3">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C132" s="3">
-        <v>44.77</v>
+        <v>15.43</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F132" s="3">
-        <v>3550</v>
+        <v>2600</v>
       </c>
       <c r="G132" s="3">
         <v>50</v>
       </c>
       <c r="H132" s="3">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C133" s="3">
-        <v>353.59</v>
+        <v>13.57</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F133" s="3">
-        <v>2590</v>
+        <v>29600</v>
       </c>
       <c r="G133" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H133" s="3">
-        <v>100</v>
+        <v>3000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C134" s="3">
-        <v>498.53</v>
+        <v>61.63</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F134" s="3">
-        <v>3250</v>
+        <v>6100</v>
       </c>
       <c r="G134" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H134" s="3">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C135" s="3">
-        <v>19.57</v>
+        <v>20.83</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F135" s="3">
-        <v>5050</v>
+        <v>45500</v>
       </c>
       <c r="G135" s="3">
         <v>50</v>
       </c>
       <c r="H135" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C136" s="3">
-        <v>36.83</v>
+        <v>302.9</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F136" s="3">
-        <v>1900</v>
+        <v>870</v>
       </c>
       <c r="G136" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H136" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C137" s="3">
-        <v>393.4</v>
+        <v>737.19</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F137" s="3">
-        <v>1610</v>
+        <v>1950</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C138" s="3">
-        <v>15.17</v>
+        <v>400.09</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F138" s="3">
-        <v>49000</v>
+        <v>1500</v>
       </c>
       <c r="G138" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H138" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C139" s="3">
-        <v>83.09</v>
+        <v>45.53</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F139" s="3">
-        <v>1960</v>
+        <v>10800</v>
       </c>
       <c r="G139" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H139" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C140" s="3">
-        <v>176.19</v>
+        <v>15.43</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F140" s="3">
-        <v>2010</v>
+        <v>70600</v>
       </c>
       <c r="G140" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C141" s="3">
-        <v>10.75</v>
+        <v>20.83</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F141" s="3">
-        <v>15550</v>
+        <v>30300</v>
       </c>
       <c r="G141" s="3">
         <v>50</v>
       </c>
       <c r="H141" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C142" s="3">
-        <v>133.29</v>
+        <v>229.47</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F142" s="3">
-        <v>2640</v>
+        <v>2300</v>
       </c>
       <c r="G142" s="3">
         <v>10</v>
       </c>
       <c r="H142" s="3">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C143" s="3">
-        <v>31.04</v>
+        <v>80.48</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F143" s="3">
-        <v>4950</v>
+        <v>5660</v>
       </c>
       <c r="G143" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H143" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C144" s="3">
-        <v>44.77</v>
+        <v>26.17</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F144" s="3">
-        <v>11050</v>
+        <v>21750</v>
       </c>
       <c r="G144" s="3">
         <v>50</v>
       </c>
       <c r="H144" s="3">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C145" s="3">
-        <v>15.17</v>
+        <v>31.57</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F145" s="3">
-        <v>76050</v>
+        <v>5500</v>
       </c>
       <c r="G145" s="3">
         <v>50</v>
       </c>
       <c r="H145" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C146" s="3">
-        <v>225.63</v>
+        <v>29.98</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F146" s="3">
-        <v>2270</v>
+        <v>4850</v>
       </c>
       <c r="G146" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H146" s="3">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C147" s="3">
-        <v>29.48</v>
+        <v>135.56</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F147" s="3">
-        <v>11050</v>
+        <v>1260</v>
       </c>
       <c r="G147" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H147" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C148" s="3">
-        <v>31.04</v>
+        <v>35.8</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F148" s="3">
-        <v>2350</v>
+        <v>2850</v>
       </c>
       <c r="G148" s="3">
         <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C149" s="3">
-        <v>10.75</v>
+        <v>11.68</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F149" s="3">
-        <v>11300</v>
+        <v>11450</v>
       </c>
       <c r="G149" s="3">
         <v>50</v>
       </c>
       <c r="H149" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C150" s="3">
-        <v>225.63</v>
+        <v>302.91</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F150" s="3">
-        <v>2410</v>
+        <v>980</v>
       </c>
       <c r="G150" s="3">
         <v>10</v>
       </c>
       <c r="H150" s="3">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C151" s="3">
-        <v>29.57</v>
+        <v>114.98</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F151" s="3">
-        <v>0</v>
+        <v>810</v>
       </c>
       <c r="G151" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C152" s="3">
-        <v>80.67</v>
+        <v>10.47</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F152" s="3">
-        <v>8550</v>
+        <v>16700</v>
       </c>
       <c r="G152" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H152" s="3">
-        <v>400</v>
+        <v>4000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C153" s="3">
-        <v>12.68</v>
+        <v>229.47</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F153" s="3">
-        <v>21300</v>
+        <v>3120</v>
       </c>
       <c r="G153" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H153" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C154" s="3">
-        <v>187.8</v>
+        <v>11.86</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F154" s="3">
-        <v>2170</v>
+        <v>42450</v>
       </c>
       <c r="G154" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>300</v>
+        <v>2000</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C155" s="3">
-        <v>113.06</v>
+        <v>179.19</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F155" s="3">
-        <v>7090</v>
+        <v>1810</v>
       </c>
       <c r="G155" s="3">
         <v>10</v>
       </c>
       <c r="H155" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C156" s="3">
-        <v>115.92</v>
+        <v>30.07</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F156" s="3">
-        <v>770</v>
+        <v>700</v>
       </c>
       <c r="G156" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H156" s="3">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C157" s="3">
-        <v>29.48</v>
+        <v>35.8</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F157" s="3">
-        <v>5150</v>
+        <v>13000</v>
       </c>
       <c r="G157" s="3">
         <v>50</v>
       </c>
       <c r="H157" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C158" s="3">
-        <v>10.93</v>
+        <v>15.43</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F158" s="3">
-        <v>10950</v>
+        <v>33000</v>
       </c>
       <c r="G158" s="3">
         <v>50</v>
       </c>
       <c r="H158" s="3">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C159" s="3">
-        <v>20.08</v>
+        <v>20.83</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F159" s="3">
-        <v>35850</v>
+        <v>7700</v>
       </c>
       <c r="G159" s="3">
         <v>50</v>
       </c>
       <c r="H159" s="3">
         <v>1500</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C160" s="3">
-        <v>297.84</v>
+        <v>339.54</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F160" s="3">
-        <v>40</v>
+        <v>570</v>
       </c>
       <c r="G160" s="3">
         <v>10</v>
       </c>
       <c r="H160" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C161" s="3">
-        <v>32</v>
+        <v>26.18</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F161" s="3">
-        <v>28000</v>
+        <v>11700</v>
       </c>
       <c r="G161" s="3">
         <v>50</v>
       </c>
       <c r="H161" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C162" s="3">
-        <v>32</v>
+        <v>229.47</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F162" s="3">
-        <v>7900</v>
+        <v>1740</v>
       </c>
       <c r="G162" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H162" s="3">
-        <v>800</v>
+        <v>200</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C163" s="3">
-        <v>25.73</v>
+        <v>61.63</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F163" s="3">
-        <v>31900</v>
+        <v>4450</v>
       </c>
       <c r="G163" s="3">
         <v>50</v>
       </c>
       <c r="H163" s="3">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C164" s="3">
-        <v>25.74</v>
+        <v>84.72</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F164" s="3">
-        <v>12100</v>
+        <v>23831</v>
       </c>
       <c r="G164" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H164" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C165" s="3">
-        <v>10.26</v>
+        <v>11.68</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F165" s="3">
-        <v>16750</v>
+        <v>10800</v>
       </c>
       <c r="G165" s="3">
         <v>50</v>
       </c>
       <c r="H165" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C166" s="3">
-        <v>83.3</v>
+        <v>15.43</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F166" s="3">
-        <v>22390</v>
+        <v>79900</v>
       </c>
       <c r="G166" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H166" s="3">
-        <v>400</v>
+        <v>2000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C167" s="3">
-        <v>32</v>
+        <v>38.16</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F167" s="3">
-        <v>9300</v>
+        <v>5500</v>
       </c>
       <c r="G167" s="3">
         <v>50</v>
       </c>
       <c r="H167" s="3">
         <v>800</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C168" s="3">
-        <v>176.19</v>
+        <v>40.83</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F168" s="3">
-        <v>1320</v>
+        <v>2850</v>
       </c>
       <c r="G168" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H168" s="3">
-        <v>150</v>
+        <v>800</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C169" s="3">
-        <v>10.44</v>
+        <v>61.62</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F169" s="3">
-        <v>13250</v>
+        <v>13150</v>
       </c>
       <c r="G169" s="3">
         <v>50</v>
       </c>
       <c r="H169" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C170" s="3">
-        <v>10.44</v>
+        <v>84.5</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F170" s="3">
-        <v>11100</v>
+        <v>1090</v>
       </c>
       <c r="G170" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H170" s="3">
-        <v>3000</v>
+        <v>400</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C171" s="3">
-        <v>52.93</v>
+        <v>61.63</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F171" s="3">
-        <v>30650</v>
+        <v>6250</v>
       </c>
       <c r="G171" s="3">
         <v>50</v>
       </c>
       <c r="H171" s="3">
         <v>500</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C172" s="3">
-        <v>15.17</v>
+        <v>11.66</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F172" s="3">
-        <v>80400</v>
+        <v>50450</v>
       </c>
       <c r="G172" s="3">
         <v>50</v>
       </c>
       <c r="H172" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C173" s="3">
-        <v>20.48</v>
+        <v>179.19</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F173" s="3">
-        <v>34100</v>
+        <v>1560</v>
       </c>
       <c r="G173" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H173" s="3">
-        <v>1500</v>
+        <v>100</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C174" s="3">
-        <v>115.92</v>
+        <v>273.9</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F174" s="3">
-        <v>1290</v>
+        <v>7110</v>
       </c>
       <c r="G174" s="3">
         <v>10</v>
       </c>
       <c r="H174" s="3">
-        <v>350</v>
+        <v>80</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C175" s="3">
-        <v>13.34</v>
+        <v>38.16</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F175" s="3">
-        <v>76250</v>
+        <v>11250</v>
       </c>
       <c r="G175" s="3">
         <v>50</v>
       </c>
       <c r="H175" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C176" s="3">
-        <v>10.75</v>
+        <v>14.7</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F176" s="3">
-        <v>11300</v>
+        <v>192200</v>
       </c>
       <c r="G176" s="3">
         <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C177" s="3">
-        <v>297.85</v>
+        <v>11.68</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F177" s="3">
-        <v>1250</v>
+        <v>22900</v>
       </c>
       <c r="G177" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H177" s="3">
-        <v>80</v>
+        <v>3000</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C178" s="3">
-        <v>31.04</v>
+        <v>45.11</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F178" s="3">
-        <v>12500</v>
+        <v>17661</v>
       </c>
       <c r="G178" s="3">
         <v>50</v>
       </c>
       <c r="H178" s="3">
-        <v>800</v>
+        <v>600</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C179" s="3">
-        <v>12.68</v>
+        <v>12.93</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F179" s="3">
-        <v>6850</v>
+        <v>101000</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C180" s="3">
-        <v>11.78</v>
+        <v>186.44</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F180" s="3">
-        <v>16550</v>
+        <v>4920</v>
       </c>
       <c r="G180" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H180" s="3">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C181" s="3">
-        <v>44.77</v>
+        <v>10</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F181" s="3">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="G181" s="3">
         <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>600</v>
+        <v>5000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>