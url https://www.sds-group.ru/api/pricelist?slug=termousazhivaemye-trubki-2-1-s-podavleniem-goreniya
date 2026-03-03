--- v2 (2026-01-13)
+++ v3 (2026-03-03)
@@ -42,1128 +42,1128 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Термоусаживаемые трубки 2:1 с подавлением горения</t>
   </si>
   <si>
+    <t>21-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 красная REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>20-6006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-8010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 серая REXANT</t>
+  </si>
+  <si>
+    <t>22-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 серая REXANT</t>
+  </si>
+  <si>
+    <t>25-0063</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-7004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-6007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-4004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-1001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>23-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-1002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>24-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 зеленый REXANT</t>
+  </si>
+  <si>
+    <t>20-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>23-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-7003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-6005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>24-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-2501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 белая REXANT</t>
+  </si>
+  <si>
+    <t>21-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 серая REXANT</t>
+  </si>
+  <si>
+    <t>21-2010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 серая REXANT</t>
+  </si>
+  <si>
     <t>20-7006</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 7,0/3,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
-[...5 lines deleted...]
-    <t>шт</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-5008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>25-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-1504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-1501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 белая REXANT</t>
+  </si>
+  <si>
+    <t>21-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-6004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 красная REXANT</t>
+  </si>
+  <si>
+    <t>23-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-7010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>21-0010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 серая REXANT</t>
+  </si>
+  <si>
+    <t>21-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>25-0062</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-3005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>21-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-18/9 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-7002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-18/9 красная REXANT</t>
+  </si>
+  <si>
+    <t>21-9004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>21-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>25-0060</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 черная REXANT</t>
+  </si>
+  <si>
+    <t>25-0120</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-120/60 черная REXANT</t>
+  </si>
+  <si>
+    <t>24-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 черная REXANT</t>
+  </si>
+  <si>
+    <t>21-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>21-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-3503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>22-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 белая REXANT</t>
+  </si>
+  <si>
+    <t>22-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 черная REXANT</t>
+  </si>
+  <si>
+    <t>23-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-3003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 зеленый REXANT</t>
+  </si>
+  <si>
+    <t>20-8006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 черная REXANT</t>
   </si>
   <si>
     <t>20-1502</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 1,5/0,75мм, желтая, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0080</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-80/40 черная REXANT</t>
+  </si>
+  <si>
+    <t>25-0100</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-100/50 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-1507</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>24-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>25-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>24-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 синяя REXANT</t>
+  </si>
+  <si>
+    <t>22-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-1004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-1003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-8005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-7001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-3002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>24-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-3504</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 красная REXANT</t>
+  </si>
+  <si>
+    <t>21-3008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-9006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-5004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-3501</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-8002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-8004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-0003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-1503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>25-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-8001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-8003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>22-0008</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 черный REXANT</t>
+  </si>
+  <si>
+    <t>20-2505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-2502</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-2005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-2006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-3001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-1005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>25-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-9001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-6002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-5006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-1006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1/0,5 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-3010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>20-6010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 серая REXANT</t>
+  </si>
+  <si>
+    <t>22-5010</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 серая REXANT</t>
+  </si>
+  <si>
+    <t>25-0064</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-2003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2/1 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>22-2001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-22/11 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-6003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 черная REXANT</t>
+  </si>
+  <si>
+    <t>24-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-40/20 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-6001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-6/3 белая REXANT</t>
+  </si>
+  <si>
+    <t>22-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-1505</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-3004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3/1,5 красная REXANT</t>
+  </si>
+  <si>
+    <t>20-5001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-5/2,5 белая REXANT</t>
+  </si>
+  <si>
+    <t>20-9002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>25-0001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-50/25 белая REXANT</t>
+  </si>
+  <si>
+    <t>25-0061</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-60/30 белая REXANT</t>
+  </si>
+  <si>
+    <t>23-0005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 синяя REXANT</t>
+  </si>
+  <si>
+    <t>21-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-10/5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-7005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-7/3,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>23-0006</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 черная REXANT</t>
+  </si>
+  <si>
+    <t>21-2002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-9003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-19/9,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>22-5003</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-25/12,5 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>21-5005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>20-8007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-8/4 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-9005</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-9/4,5 синяя REXANT</t>
+  </si>
+  <si>
+    <t>23-0004</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-30/15 красная REXANT</t>
+  </si>
+  <si>
+    <t>22-0002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 желтая REXANT</t>
+  </si>
+  <si>
+    <t>21-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-15/7,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>22-0007</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-20/10 желто-зеленая REXANT</t>
+  </si>
+  <si>
+    <t>23-5002</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 желтая REXANT</t>
+  </si>
+  <si>
+    <t>20-1506</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-1,5/0,75 черная REXANT</t>
+  </si>
+  <si>
+    <t>20-2503</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 зеленая REXANT</t>
+  </si>
+  <si>
+    <t>20-4001</t>
+  </si>
+  <si>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-4/2 белая REXANT</t>
   </si>
   <si>
     <t>20-3502</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, желтая, упаковка 50 шт. по 1м REXANT</t>
-[...263 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 30,0/15,0мм, белая, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 желтая REXANT</t>
   </si>
   <si>
     <t>21-3004</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 13,0/6,5мм, красная, упаковка 50 шт. по 1м REXANT</t>
-[...611 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 2,0/1,0мм, серая, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-13/6,5 красная REXANT</t>
   </si>
   <si>
     <t>23-5004</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 35,0/17,5мм, красная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-35/17,5 красная REXANT</t>
   </si>
   <si>
     <t>20-3506</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 3,5/1,75мм, черная, упак. 50 шт. по 1м REXANT</t>
-[...119 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 50,0/25,0мм, черная, упаковка 10 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-3,5/1,75 черная REXANT</t>
   </si>
   <si>
     <t>21-2004</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 12,0/6,0мм, красная, упаковка 50 шт. по 1м REXANT</t>
-[...5 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 4,0/2,0мм, черная, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-12/6 красная REXANT</t>
   </si>
   <si>
     <t>20-2504</t>
   </si>
   <si>
-    <t>Трубка термоусаживаемая ТУТ нг 2,5/1,25мм, красная, упаковка 50 шт. по 1м REXANT</t>
-[...23 lines deleted...]
-    <t>Трубка термоусаживаемая ТУТ нг 1,0/0,5мм, черная, упаковка 50 шт. по 1м REXANT</t>
+    <t>Трубка термоусаживаемая ТУТнг-LS (2:1)-2,5/1,25 красная REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1548,51 +1548,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-seraya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-seraya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zelenyy-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-18-0-9-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-80-0-40-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-120-0-60-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-6-0-3-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-22-0-11-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-100-0-50-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zhelto-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-7-0-3-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-30-0-15-0mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-25-0-12-5mm-sinyaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-0-1-0mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-5-1-75mm-chernaya-upak-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-krasnaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-9-0-4-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-5-0-2-5mm-seraya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-60-0-30-0mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-8-0-4-0mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-zheltaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-20-0-10-0mm-chernyy-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-zheltaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-10-0-5-0mm-zhelto-zelenaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-19-0-9-5mm-zelenaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-15-0-7-5mm-sinyaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-5-0-75mm-belaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-40-0-20-0mm-belaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-50-0-25-0mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-12-0-6-0mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-4-0-2-0mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-2-5-1-25mm-krasnaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-13-0-6-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-3-0-1-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-35-0-17-5mm-chernaya-upakovka-10-sht-po-1m-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tut-ng-1-0-0-5mm-chernaya-upakovka-50-sht-po-1m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-chernaya-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-84-seraya-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2010-seraya-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2010-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6-3-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-belaya-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-12-6-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-19-9-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-25-12-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-25-12-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-7-3-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6-3-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-belaya-rexant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-22-11-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-1-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-seraya-rexant" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-seraya-rexant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5025-chernaya-rexant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-51-25-chernaya-rexant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-belaya-rexant" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-chernaya-rexant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-seraya-rexant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-seraya-rexant" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-189-chernaya-rexant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5025-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-189-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-199-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-chernaya-rexant" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-12060-chernaya-rexant" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4020-chernaya-rexant" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-chernaya-rexant" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3517-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-105-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-51-75-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3517-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2211-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-51-75-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-belaya-rexant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2211-chernaya-rexant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3015-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-zelenyy-rexant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-84-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8040-chernaya-rexant" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10050-chernaya-rexant" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-5-0-75-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-1-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-19-9-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-22-11-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-13-6-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-7-3-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-1-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-19-9-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-40-20-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-5-1-75-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-136-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-5-1-75-belaya-rexant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-krasnaya-rexant-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-5-0-75-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-belaya-rexant" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-belaya-rexant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-chernyy-rexant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-12-6-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-5-2-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-chernaya-rexant" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-1-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-0-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6-3-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-25-12-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-chernaya-rexant" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-21-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-seraya-rexant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-seraya-rexant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-1-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-22-11-belaya-rexant" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-42-chernaya-rexant-2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4020-belaya-rexant" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-63-belaya-rexant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-belaya-rexant" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-50-75-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-31-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-52-5-belaya-rexant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-94-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-50-25-belaya-rexant" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-6030-belaya-rexant" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-10-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-73-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3015-chernaya-rexant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-199-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2512-5-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-157-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-8-4-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-9-4-5-sinyaya-rexant" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-30-15-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-15-7-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-20-10-zhelto-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-35-17-5-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-1-5-0-75-chernaya-rexant" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-5-1-25-zelenaya-rexant" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-4-2-belaya-rexant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-5-1-75-zheltaya-rexant" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-13-6-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3517-5-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-3-51-75-chernaya-rexant" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-126-krasnaya-rexant" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/trubka-termousazhivaemaya-tutng-ls-2-1-2-51-25-krasnaya-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I181"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -1616,5228 +1616,5228 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>26.98</v>
+        <v>35.8</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>32950</v>
+        <v>17250</v>
       </c>
       <c r="G3" s="3">
         <v>50</v>
       </c>
       <c r="H3" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>11.66</v>
+        <v>21.3</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2150</v>
+        <v>105450</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>12.9</v>
+        <v>31.07</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>5900</v>
+        <v>2750</v>
       </c>
       <c r="G5" s="3">
         <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>24.31</v>
+        <v>87.32</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>7000</v>
+        <v>70</v>
       </c>
       <c r="G6" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>4000</v>
+        <v>400</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>31.07</v>
+        <v>339.54</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2600</v>
+        <v>490</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>35.8</v>
+        <v>29.98</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>4950</v>
+        <v>19850</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>21.3</v>
+        <v>82.04</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>110250</v>
+        <v>4810</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H9" s="3">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>64.79</v>
+        <v>38.33</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>350</v>
+        <v>7250</v>
       </c>
       <c r="G10" s="3">
         <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>800</v>
+        <v>1500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>61.63</v>
+        <v>253.8</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>900</v>
+        <v>840</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>114.98</v>
+        <v>400.09</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>0</v>
+        <v>580</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>339.54</v>
+        <v>15.43</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>580</v>
+        <v>44950</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>2000</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>185.53</v>
+        <v>20.83</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3020</v>
+        <v>7100</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>1500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>155.73</v>
+        <v>135.56</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>13740</v>
+        <v>1890</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>150</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>11.98</v>
+        <v>15.43</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>37600</v>
+        <v>62150</v>
       </c>
       <c r="G16" s="3">
         <v>50</v>
       </c>
       <c r="H16" s="3">
         <v>2000</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>11.42</v>
+        <v>11.48</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>59200</v>
+        <v>12000</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>29.98</v>
+        <v>229.47</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>6350</v>
+        <v>2210</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>87.32</v>
+        <v>11.48</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>5000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>302.91</v>
+        <v>38.16</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>780</v>
+        <v>7450</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>11.66</v>
+        <v>80.48</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>16050</v>
+        <v>5360</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>5000</v>
+        <v>400</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>31.57</v>
+        <v>190.99</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>3700</v>
+        <v>970</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>190.99</v>
+        <v>179.19</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>1790</v>
+        <v>1640</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>20.42</v>
+        <v>31.57</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>42950</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>50</v>
       </c>
       <c r="H24" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>36.34</v>
+        <v>135.56</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>27900</v>
+        <v>3840</v>
       </c>
       <c r="G25" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>29.98</v>
+        <v>114.98</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>17950</v>
+        <v>5880</v>
       </c>
       <c r="G26" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>11.98</v>
+        <v>29.98</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>21950</v>
+        <v>4600</v>
       </c>
       <c r="G27" s="3">
         <v>50</v>
       </c>
       <c r="H27" s="3">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>12.9</v>
+        <v>20.42</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>10450</v>
+        <v>6700</v>
       </c>
       <c r="G28" s="3">
         <v>50</v>
       </c>
       <c r="H28" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>229.47</v>
+        <v>61.63</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>2180</v>
+        <v>3300</v>
       </c>
       <c r="G29" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>117.89</v>
+        <v>179.19</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
-        <v>3240</v>
+        <v>2070</v>
       </c>
       <c r="G30" s="3">
         <v>10</v>
       </c>
       <c r="H30" s="3">
-        <v>350</v>
+        <v>150</v>
       </c>
       <c r="I30" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>12.9</v>
+        <v>13.87</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>11800</v>
+        <v>26000</v>
       </c>
       <c r="G31" s="3">
         <v>50</v>
       </c>
       <c r="H31" s="3">
         <v>2000</v>
       </c>
       <c r="I31" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>38.16</v>
+        <v>59.21</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>9750</v>
+        <v>6750</v>
       </c>
       <c r="G32" s="3">
         <v>50</v>
       </c>
       <c r="H32" s="3">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="I32" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>112.28</v>
+        <v>117.89</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>7170</v>
+        <v>1140</v>
       </c>
       <c r="G33" s="3">
         <v>10</v>
       </c>
       <c r="H33" s="3">
         <v>350</v>
       </c>
       <c r="I33" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>135.56</v>
+        <v>11.98</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>2370</v>
+        <v>12650</v>
       </c>
       <c r="G34" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H34" s="3">
-        <v>150</v>
+        <v>2000</v>
       </c>
       <c r="I34" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>79.67</v>
+        <v>35.8</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>3500</v>
+        <v>12050</v>
       </c>
       <c r="G35" s="3">
         <v>50</v>
       </c>
       <c r="H35" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I35" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>84.5</v>
+        <v>10.47</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>2000</v>
+        <v>16450</v>
       </c>
       <c r="G36" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H36" s="3">
-        <v>400</v>
+        <v>4000</v>
       </c>
       <c r="I36" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>15.43</v>
+        <v>38.16</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>16750</v>
+        <v>2950</v>
       </c>
       <c r="G37" s="3">
         <v>50</v>
       </c>
       <c r="H37" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I37" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>26.4</v>
+        <v>26.98</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>63751</v>
+        <v>26099</v>
       </c>
       <c r="G38" s="3">
         <v>50</v>
       </c>
       <c r="H38" s="3">
         <v>1000</v>
       </c>
       <c r="I38" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>22.9</v>
+        <v>109.51</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>4850</v>
+        <v>34740</v>
       </c>
       <c r="G39" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H39" s="3">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="I39" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>24.41</v>
+        <v>273.9</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>4950</v>
+        <v>7820</v>
       </c>
       <c r="G40" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H40" s="3">
-        <v>2000</v>
+        <v>80</v>
       </c>
       <c r="I40" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>91.88</v>
+        <v>12.24</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>2400</v>
+        <v>62950</v>
       </c>
       <c r="G41" s="3">
         <v>50</v>
       </c>
       <c r="H41" s="3">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="I41" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>353.39</v>
+        <v>11.66</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>800</v>
+        <v>18450</v>
       </c>
       <c r="G42" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H42" s="3">
-        <v>150</v>
+        <v>5000</v>
       </c>
       <c r="I42" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>449.49</v>
+        <v>11.66</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>510</v>
+        <v>48200</v>
       </c>
       <c r="G43" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H43" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I43" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>84.5</v>
+        <v>36.34</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1700</v>
+        <v>32500</v>
       </c>
       <c r="G44" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H44" s="3">
-        <v>400</v>
+        <v>800</v>
       </c>
       <c r="I44" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>20.83</v>
+        <v>19.83</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>9100</v>
+        <v>135250</v>
       </c>
       <c r="G45" s="3">
         <v>50</v>
       </c>
       <c r="H45" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I45" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>179.19</v>
+        <v>31.57</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>1940</v>
+        <v>1900</v>
       </c>
       <c r="G46" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H46" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I46" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>82.04</v>
+        <v>20.42</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>5610</v>
+        <v>8100</v>
       </c>
       <c r="G47" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H47" s="3">
-        <v>400</v>
+        <v>1500</v>
       </c>
       <c r="I47" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>11.48</v>
+        <v>229.47</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>8250</v>
+        <v>2410</v>
       </c>
       <c r="G48" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H48" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I48" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>135.56</v>
+        <v>15.43</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>2460</v>
+        <v>13650</v>
       </c>
       <c r="G49" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H49" s="3">
-        <v>150</v>
+        <v>2000</v>
       </c>
       <c r="I49" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="3" t="s">
         <v>106</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>107</v>
       </c>
       <c r="C50" s="3">
-        <v>45.53</v>
+        <v>20.83</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F50" s="3">
-        <v>2250</v>
+        <v>7550</v>
       </c>
       <c r="G50" s="3">
         <v>50</v>
       </c>
       <c r="H50" s="3">
-        <v>600</v>
+        <v>1500</v>
       </c>
       <c r="I50" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>109</v>
       </c>
       <c r="C51" s="3">
-        <v>11.98</v>
+        <v>29.98</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="3">
-        <v>17350</v>
+        <v>3500</v>
       </c>
       <c r="G51" s="3">
         <v>50</v>
       </c>
       <c r="H51" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I51" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="3" t="s">
         <v>110</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>111</v>
       </c>
       <c r="C52" s="3">
-        <v>11.48</v>
+        <v>35.8</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="3">
-        <v>20950</v>
+        <v>4150</v>
       </c>
       <c r="G52" s="3">
         <v>50</v>
       </c>
       <c r="H52" s="3">
-        <v>5000</v>
+        <v>800</v>
       </c>
       <c r="I52" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="3" t="s">
         <v>112</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C53" s="3">
-        <v>13.57</v>
+        <v>61.63</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F53" s="3">
-        <v>4300</v>
+        <v>500</v>
       </c>
       <c r="G53" s="3">
         <v>50</v>
       </c>
       <c r="H53" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I53" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="3" t="s">
         <v>114</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="3">
-        <v>82.04</v>
+        <v>339.54</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="3">
-        <v>3890</v>
+        <v>490</v>
       </c>
       <c r="G54" s="3">
         <v>10</v>
       </c>
       <c r="H54" s="3">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="I54" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="3" t="s">
         <v>116</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C55" s="3">
-        <v>31.57</v>
+        <v>13.57</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F55" s="3">
-        <v>2100</v>
+        <v>46800</v>
       </c>
       <c r="G55" s="3">
         <v>50</v>
       </c>
       <c r="H55" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I55" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="3" t="s">
         <v>118</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>119</v>
       </c>
       <c r="C56" s="3">
-        <v>84.5</v>
+        <v>45.53</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="3">
-        <v>980</v>
+        <v>2750</v>
       </c>
       <c r="G56" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H56" s="3">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="I56" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A57" s="3" t="s">
         <v>120</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C57" s="3">
-        <v>11.48</v>
+        <v>121.03</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="3">
-        <v>10550</v>
+        <v>3060</v>
       </c>
       <c r="G57" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H57" s="3">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="I57" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A58" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C58" s="3">
-        <v>38.16</v>
+        <v>79.66</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="3">
-        <v>7250</v>
+        <v>9499</v>
       </c>
       <c r="G58" s="3">
         <v>50</v>
       </c>
       <c r="H58" s="3">
-        <v>800</v>
+        <v>400</v>
       </c>
       <c r="I58" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="3" t="s">
         <v>124</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C59" s="3">
-        <v>61.63</v>
+        <v>11.98</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="3">
-        <v>3900</v>
+        <v>24150</v>
       </c>
       <c r="G59" s="3">
         <v>50</v>
       </c>
       <c r="H59" s="3">
-        <v>500</v>
+        <v>4000</v>
       </c>
       <c r="I59" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="3">
-        <v>82.04</v>
+        <v>29.98</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="3">
-        <v>8140</v>
+        <v>6000</v>
       </c>
       <c r="G60" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H60" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I60" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="3" t="s">
         <v>128</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C61" s="3">
-        <v>20.83</v>
+        <v>302.9</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="3">
-        <v>7500</v>
+        <v>950</v>
       </c>
       <c r="G61" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H61" s="3">
-        <v>1500</v>
+        <v>80</v>
       </c>
       <c r="I61" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C62" s="3">
-        <v>12.9</v>
+        <v>35.8</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="3">
-        <v>20050</v>
+        <v>5450</v>
       </c>
       <c r="G62" s="3">
         <v>50</v>
       </c>
       <c r="H62" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I62" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="3" t="s">
         <v>132</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C63" s="3">
-        <v>179.19</v>
+        <v>79.67</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="3">
-        <v>1150</v>
+        <v>3000</v>
       </c>
       <c r="G63" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H63" s="3">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="I63" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="3" t="s">
         <v>134</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>135</v>
       </c>
       <c r="C64" s="3">
-        <v>302.9</v>
+        <v>84.5</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="3">
-        <v>200</v>
+        <v>1770</v>
       </c>
       <c r="G64" s="3">
         <v>10</v>
       </c>
       <c r="H64" s="3">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="I64" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="3" t="s">
         <v>136</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>137</v>
       </c>
       <c r="C65" s="3">
-        <v>12.24</v>
+        <v>45.53</v>
       </c>
       <c r="D65" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="3">
-        <v>63150</v>
+        <v>3200</v>
       </c>
       <c r="G65" s="3">
         <v>50</v>
       </c>
       <c r="H65" s="3">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="I65" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C66" s="3">
-        <v>11.98</v>
+        <v>359.6</v>
       </c>
       <c r="D66" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="3">
-        <v>31600</v>
+        <v>4830</v>
       </c>
       <c r="G66" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H66" s="3">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="I66" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="3" t="s">
         <v>140</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C67" s="3">
-        <v>10.97</v>
+        <v>885.56</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="3">
-        <v>33000</v>
+        <v>1110</v>
       </c>
       <c r="G67" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H67" s="3">
-        <v>5000</v>
+        <v>40</v>
       </c>
       <c r="I67" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="3" t="s">
         <v>142</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>143</v>
       </c>
       <c r="C68" s="3">
-        <v>179.19</v>
+        <v>185.53</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="3">
-        <v>190</v>
+        <v>14470</v>
       </c>
       <c r="G68" s="3">
         <v>10</v>
       </c>
       <c r="H68" s="3">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="I68" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="3" t="s">
         <v>144</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>145</v>
       </c>
       <c r="C69" s="3">
-        <v>11.68</v>
+        <v>34.1</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="3">
-        <v>4950</v>
+        <v>63300</v>
       </c>
       <c r="G69" s="3">
         <v>50</v>
       </c>
       <c r="H69" s="3">
-        <v>3000</v>
+        <v>800</v>
       </c>
       <c r="I69" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A70" s="3" t="s">
         <v>146</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>147</v>
       </c>
       <c r="C70" s="3">
-        <v>59.21</v>
+        <v>186.44</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="3">
-        <v>12550</v>
+        <v>11370</v>
       </c>
       <c r="G70" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H70" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I70" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C71" s="3">
-        <v>20.83</v>
+        <v>64.79</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="3">
-        <v>33500</v>
+        <v>400</v>
       </c>
       <c r="G71" s="3">
         <v>50</v>
       </c>
       <c r="H71" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I71" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="3">
-        <v>117.89</v>
+        <v>40.83</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="3">
-        <v>1210</v>
+        <v>3900</v>
       </c>
       <c r="G72" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H72" s="3">
-        <v>350</v>
+        <v>800</v>
       </c>
       <c r="I72" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A73" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>153</v>
       </c>
       <c r="C73" s="3">
-        <v>13.57</v>
+        <v>61.62</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="3">
-        <v>15250</v>
+        <v>16400</v>
       </c>
       <c r="G73" s="3">
         <v>50</v>
       </c>
       <c r="H73" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I73" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A74" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="3">
-        <v>11.98</v>
+        <v>13.57</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="3">
-        <v>14800</v>
+        <v>29400</v>
       </c>
       <c r="G74" s="3">
         <v>50</v>
       </c>
       <c r="H74" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I74" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>157</v>
       </c>
       <c r="C75" s="3">
-        <v>13.57</v>
+        <v>61.63</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="3">
-        <v>9550</v>
+        <v>8050</v>
       </c>
       <c r="G75" s="3">
         <v>50</v>
       </c>
       <c r="H75" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I75" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C76" s="3">
-        <v>26.17</v>
+        <v>12.9</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="3">
-        <v>11650</v>
+        <v>9700</v>
       </c>
       <c r="G76" s="3">
         <v>50</v>
       </c>
       <c r="H76" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I76" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C77" s="3">
-        <v>45.53</v>
+        <v>229.47</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="3">
-        <v>3400</v>
+        <v>2030</v>
       </c>
       <c r="G77" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H77" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I77" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>163</v>
       </c>
       <c r="C78" s="3">
-        <v>20.42</v>
+        <v>114.98</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="3">
-        <v>9850</v>
+        <v>2920</v>
       </c>
       <c r="G78" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H78" s="3">
-        <v>1500</v>
+        <v>300</v>
       </c>
       <c r="I78" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="3">
-        <v>135.56</v>
+        <v>117.89</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="3">
-        <v>2590</v>
+        <v>3110</v>
       </c>
       <c r="G79" s="3">
         <v>10</v>
       </c>
       <c r="H79" s="3">
-        <v>150</v>
+        <v>350</v>
       </c>
       <c r="I79" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>167</v>
       </c>
       <c r="C80" s="3">
-        <v>38.33</v>
+        <v>12.9</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="3">
-        <v>5350</v>
+        <v>10650</v>
       </c>
       <c r="G80" s="3">
         <v>50</v>
       </c>
       <c r="H80" s="3">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="I80" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>169</v>
       </c>
       <c r="C81" s="3">
-        <v>11.48</v>
+        <v>38.16</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="3">
-        <v>11100</v>
+        <v>13400</v>
       </c>
       <c r="G81" s="3">
         <v>50</v>
       </c>
       <c r="H81" s="3">
-        <v>5000</v>
+        <v>800</v>
       </c>
       <c r="I81" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C82" s="3">
-        <v>79.66</v>
+        <v>112.28</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="3">
-        <v>10700</v>
+        <v>6900</v>
       </c>
       <c r="G82" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H82" s="3">
-        <v>400</v>
+        <v>350</v>
       </c>
       <c r="I82" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A83" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>173</v>
       </c>
       <c r="C83" s="3">
-        <v>13.57</v>
+        <v>135.56</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="3">
-        <v>21650</v>
+        <v>4990</v>
       </c>
       <c r="G83" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H83" s="3">
-        <v>3000</v>
+        <v>150</v>
       </c>
       <c r="I83" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>175</v>
       </c>
       <c r="C84" s="3">
-        <v>114.98</v>
+        <v>45.53</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="3">
-        <v>2630</v>
+        <v>0</v>
       </c>
       <c r="G84" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H84" s="3">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="I84" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C85" s="3">
-        <v>114.98</v>
+        <v>15.43</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F85" s="3">
-        <v>2590</v>
+        <v>14750</v>
       </c>
       <c r="G85" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H85" s="3">
-        <v>300</v>
+        <v>2000</v>
       </c>
       <c r="I85" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>179</v>
       </c>
       <c r="C86" s="3">
-        <v>359.6</v>
+        <v>26.4</v>
       </c>
       <c r="D86" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F86" s="3">
-        <v>2600</v>
+        <v>66500</v>
       </c>
       <c r="G86" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H86" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I86" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="3" t="s">
         <v>180</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C87" s="3">
-        <v>27.12</v>
+        <v>11.66</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F87" s="3">
-        <v>0</v>
+        <v>1400</v>
       </c>
       <c r="G87" s="3">
         <v>50</v>
       </c>
       <c r="H87" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I87" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C88" s="3">
-        <v>302.9</v>
+        <v>507.01</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F88" s="3">
-        <v>1610</v>
+        <v>3990</v>
       </c>
       <c r="G88" s="3">
         <v>10</v>
       </c>
       <c r="H88" s="3">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I88" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>185</v>
       </c>
       <c r="C89" s="3">
-        <v>135.56</v>
+        <v>737.19</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="3">
-        <v>3620</v>
+        <v>2040</v>
       </c>
       <c r="G89" s="3">
         <v>10</v>
       </c>
       <c r="H89" s="3">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="I89" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C90" s="3">
-        <v>35.8</v>
+        <v>22.9</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F90" s="3">
-        <v>11150</v>
+        <v>4400</v>
       </c>
       <c r="G90" s="3">
         <v>50</v>
       </c>
       <c r="H90" s="3">
-        <v>800</v>
+        <v>5000</v>
       </c>
       <c r="I90" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A91" s="3" t="s">
         <v>188</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C91" s="3">
-        <v>19.83</v>
+        <v>27.12</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F91" s="3">
-        <v>163301</v>
+        <v>0</v>
       </c>
       <c r="G91" s="3">
         <v>50</v>
       </c>
       <c r="H91" s="3">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="I91" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A92" s="3" t="s">
         <v>190</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>191</v>
       </c>
       <c r="C92" s="3">
-        <v>38.16</v>
+        <v>24.41</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F92" s="3">
-        <v>3350</v>
+        <v>5850</v>
       </c>
       <c r="G92" s="3">
         <v>50</v>
       </c>
       <c r="H92" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I92" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C93" s="3">
-        <v>20.42</v>
+        <v>91.88</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F93" s="3">
-        <v>10200</v>
+        <v>1850</v>
       </c>
       <c r="G93" s="3">
         <v>50</v>
       </c>
       <c r="H93" s="3">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="I93" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C94" s="3">
-        <v>339.54</v>
+        <v>353.39</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F94" s="3">
-        <v>450</v>
+        <v>540</v>
       </c>
       <c r="G94" s="3">
         <v>10</v>
       </c>
       <c r="H94" s="3">
-        <v>50</v>
+        <v>150</v>
       </c>
       <c r="I94" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A95" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C95" s="3">
-        <v>339.54</v>
+        <v>449.49</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F95" s="3">
-        <v>730</v>
+        <v>430</v>
       </c>
       <c r="G95" s="3">
         <v>10</v>
       </c>
       <c r="H95" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I95" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="3" t="s">
         <v>198</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>199</v>
       </c>
       <c r="C96" s="3">
-        <v>109.51</v>
+        <v>84.5</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F96" s="3">
-        <v>38790</v>
+        <v>1580</v>
       </c>
       <c r="G96" s="3">
         <v>10</v>
       </c>
       <c r="H96" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I96" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C97" s="3">
-        <v>34.1</v>
+        <v>179.19</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F97" s="3">
-        <v>54710</v>
+        <v>1660</v>
       </c>
       <c r="G97" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H97" s="3">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="I97" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="3" t="s">
         <v>202</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>203</v>
       </c>
       <c r="C98" s="3">
-        <v>13.57</v>
+        <v>82.04</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F98" s="3">
-        <v>48000</v>
+        <v>6690</v>
       </c>
       <c r="G98" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H98" s="3">
-        <v>3000</v>
+        <v>400</v>
       </c>
       <c r="I98" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C99" s="3">
-        <v>45.53</v>
+        <v>11.48</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F99" s="3">
-        <v>2850</v>
+        <v>12350</v>
       </c>
       <c r="G99" s="3">
         <v>50</v>
       </c>
       <c r="H99" s="3">
-        <v>600</v>
+        <v>5000</v>
       </c>
       <c r="I99" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="3" t="s">
         <v>206</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>207</v>
       </c>
       <c r="C100" s="3">
-        <v>11.66</v>
+        <v>117.89</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F100" s="3">
-        <v>20400</v>
+        <v>3520</v>
       </c>
       <c r="G100" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H100" s="3">
-        <v>5000</v>
+        <v>350</v>
       </c>
       <c r="I100" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C101" s="3">
-        <v>29.98</v>
+        <v>11.48</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F101" s="3">
-        <v>20850</v>
+        <v>7250</v>
       </c>
       <c r="G101" s="3">
         <v>50</v>
       </c>
       <c r="H101" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I101" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C102" s="3">
-        <v>82.04</v>
+        <v>26.17</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F102" s="3">
-        <v>5270</v>
+        <v>16500</v>
       </c>
       <c r="G102" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H102" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I102" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A103" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>213</v>
       </c>
       <c r="C103" s="3">
         <v>45.53</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F103" s="3">
-        <v>2500</v>
+        <v>10650</v>
       </c>
       <c r="G103" s="3">
         <v>50</v>
       </c>
       <c r="H103" s="3">
         <v>600</v>
       </c>
       <c r="I103" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C104" s="3">
-        <v>20.42</v>
+        <v>20.83</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F104" s="3">
-        <v>31800</v>
+        <v>29950</v>
       </c>
       <c r="G104" s="3">
         <v>50</v>
       </c>
       <c r="H104" s="3">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="I104" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>217</v>
       </c>
       <c r="C105" s="3">
-        <v>507.01</v>
+        <v>29.98</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F105" s="3">
-        <v>3370</v>
+        <v>9850</v>
       </c>
       <c r="G105" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H105" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I105" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A106" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>219</v>
       </c>
       <c r="C106" s="3">
-        <v>885.56</v>
+        <v>13.57</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="3">
-        <v>1360</v>
+        <v>18200</v>
       </c>
       <c r="G106" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H106" s="3">
-        <v>40</v>
+        <v>3000</v>
       </c>
       <c r="I106" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C107" s="3">
-        <v>37.46</v>
+        <v>84.5</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F107" s="3">
-        <v>2700</v>
+        <v>850</v>
       </c>
       <c r="G107" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H107" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I107" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>223</v>
       </c>
       <c r="C108" s="3">
-        <v>11.48</v>
+        <v>179.19</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F108" s="3">
-        <v>14850</v>
+        <v>1850</v>
       </c>
       <c r="G108" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H108" s="3">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="I108" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C109" s="3">
-        <v>117.89</v>
+        <v>12.9</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F109" s="3">
-        <v>3680</v>
+        <v>20450</v>
       </c>
       <c r="G109" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H109" s="3">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="I109" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A110" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C110" s="3">
-        <v>26.17</v>
+        <v>45.11</v>
       </c>
       <c r="D110" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F110" s="3">
-        <v>17850</v>
+        <v>17550</v>
       </c>
       <c r="G110" s="3">
         <v>50</v>
       </c>
       <c r="H110" s="3">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="I110" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C111" s="3">
-        <v>29.98</v>
+        <v>11.98</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F111" s="3">
-        <v>10800</v>
+        <v>32100</v>
       </c>
       <c r="G111" s="3">
         <v>50</v>
       </c>
       <c r="H111" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I111" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="3" t="s">
         <v>230</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>231</v>
       </c>
       <c r="C112" s="3">
-        <v>12.9</v>
+        <v>30.07</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F112" s="3">
-        <v>22100</v>
+        <v>0</v>
       </c>
       <c r="G112" s="3">
         <v>50</v>
       </c>
       <c r="H112" s="3">
         <v>1000</v>
       </c>
       <c r="I112" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A113" s="3" t="s">
         <v>232</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C113" s="3">
-        <v>229.47</v>
+        <v>20.83</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F113" s="3">
-        <v>2560</v>
+        <v>6050</v>
       </c>
       <c r="G113" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H113" s="3">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="I113" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C114" s="3">
-        <v>132.97</v>
+        <v>12.9</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F114" s="3">
-        <v>2270</v>
+        <v>18600</v>
       </c>
       <c r="G114" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H114" s="3">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="I114" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="3" t="s">
         <v>236</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C115" s="3">
-        <v>114.98</v>
+        <v>26.17</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F115" s="3">
-        <v>4510</v>
+        <v>11950</v>
       </c>
       <c r="G115" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H115" s="3">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="I115" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A116" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C116" s="3">
-        <v>11.66</v>
+        <v>26.17</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F116" s="3">
-        <v>10350</v>
+        <v>20800</v>
       </c>
       <c r="G116" s="3">
         <v>50</v>
       </c>
       <c r="H116" s="3">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="I116" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C117" s="3">
-        <v>20.42</v>
+        <v>82.04</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F117" s="3">
-        <v>7700</v>
+        <v>2390</v>
       </c>
       <c r="G117" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H117" s="3">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="I117" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>243</v>
       </c>
       <c r="C118" s="3">
-        <v>35.8</v>
+        <v>15.43</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F118" s="3">
-        <v>26350</v>
+        <v>29500</v>
       </c>
       <c r="G118" s="3">
         <v>50</v>
       </c>
       <c r="H118" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I118" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C119" s="3">
-        <v>26.17</v>
+        <v>11.66</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F119" s="3">
-        <v>30950</v>
+        <v>8950</v>
       </c>
       <c r="G119" s="3">
         <v>50</v>
       </c>
       <c r="H119" s="3">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="I119" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>247</v>
       </c>
       <c r="C120" s="3">
-        <v>35.8</v>
+        <v>302.9</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F120" s="3">
-        <v>11150</v>
+        <v>1120</v>
       </c>
       <c r="G120" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H120" s="3">
-        <v>800</v>
+        <v>80</v>
       </c>
       <c r="I120" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C121" s="3">
-        <v>13.87</v>
+        <v>35.8</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F121" s="3">
-        <v>29500</v>
+        <v>24650</v>
       </c>
       <c r="G121" s="3">
         <v>50</v>
       </c>
       <c r="H121" s="3">
-        <v>2000</v>
+        <v>800</v>
       </c>
       <c r="I121" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>251</v>
       </c>
       <c r="C122" s="3">
-        <v>38.16</v>
+        <v>11.98</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F122" s="3">
-        <v>6650</v>
+        <v>32300</v>
       </c>
       <c r="G122" s="3">
         <v>50</v>
       </c>
       <c r="H122" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I122" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>253</v>
       </c>
       <c r="C123" s="3">
-        <v>31.57</v>
+        <v>26.17</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F123" s="3">
-        <v>14650</v>
+        <v>27650</v>
       </c>
       <c r="G123" s="3">
         <v>50</v>
       </c>
       <c r="H123" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I123" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A124" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C124" s="3">
-        <v>20.42</v>
+        <v>26.18</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F124" s="3">
-        <v>17750</v>
+        <v>11800</v>
       </c>
       <c r="G124" s="3">
         <v>50</v>
       </c>
       <c r="H124" s="3">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="I124" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="3" t="s">
         <v>256</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>257</v>
       </c>
       <c r="C125" s="3">
-        <v>15.43</v>
+        <v>12.93</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F125" s="3">
-        <v>14200</v>
+        <v>78850</v>
       </c>
       <c r="G125" s="3">
         <v>50</v>
       </c>
       <c r="H125" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I125" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="3" t="s">
         <v>258</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>259</v>
       </c>
       <c r="C126" s="3">
-        <v>29.98</v>
+        <v>84.72</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F126" s="3">
-        <v>3650</v>
+        <v>30260</v>
       </c>
       <c r="G126" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H126" s="3">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="I126" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C127" s="3">
-        <v>82.04</v>
+        <v>11.68</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F127" s="3">
-        <v>3350</v>
+        <v>10600</v>
       </c>
       <c r="G127" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H127" s="3">
-        <v>400</v>
+        <v>3000</v>
       </c>
       <c r="I127" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="3" t="s">
         <v>262</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>263</v>
       </c>
       <c r="C128" s="3">
-        <v>117.89</v>
+        <v>11.68</v>
       </c>
       <c r="D128" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F128" s="3">
-        <v>710</v>
+        <v>9600</v>
       </c>
       <c r="G128" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H128" s="3">
-        <v>350</v>
+        <v>3000</v>
       </c>
       <c r="I128" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="3" t="s">
         <v>264</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>265</v>
       </c>
       <c r="C129" s="3">
-        <v>31.57</v>
+        <v>38.16</v>
       </c>
       <c r="D129" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F129" s="3">
-        <v>5750</v>
+        <v>9650</v>
       </c>
       <c r="G129" s="3">
         <v>50</v>
       </c>
       <c r="H129" s="3">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="I129" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A130" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C130" s="3">
-        <v>121.03</v>
+        <v>20.83</v>
       </c>
       <c r="D130" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F130" s="3">
-        <v>3220</v>
+        <v>32800</v>
       </c>
       <c r="G130" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H130" s="3">
-        <v>300</v>
+        <v>1500</v>
       </c>
       <c r="I130" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A131" s="3" t="s">
         <v>268</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C131" s="3">
-        <v>253.8</v>
+        <v>11.42</v>
       </c>
       <c r="D131" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F131" s="3">
-        <v>1280</v>
+        <v>172500</v>
       </c>
       <c r="G131" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H131" s="3">
-        <v>150</v>
+        <v>2000</v>
       </c>
       <c r="I131" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A132" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C132" s="3">
-        <v>15.43</v>
+        <v>13.57</v>
       </c>
       <c r="D132" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F132" s="3">
-        <v>2600</v>
+        <v>8800</v>
       </c>
       <c r="G132" s="3">
         <v>50</v>
       </c>
       <c r="H132" s="3">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="I132" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
         <v>272</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C133" s="3">
-        <v>13.57</v>
+        <v>11.48</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F133" s="3">
-        <v>29600</v>
+        <v>9450</v>
       </c>
       <c r="G133" s="3">
         <v>50</v>
       </c>
       <c r="H133" s="3">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="I133" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
         <v>274</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C134" s="3">
-        <v>61.63</v>
+        <v>302.91</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F134" s="3">
-        <v>6100</v>
+        <v>1290</v>
       </c>
       <c r="G134" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H134" s="3">
-        <v>500</v>
+        <v>80</v>
       </c>
       <c r="I134" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
         <v>276</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C135" s="3">
-        <v>20.83</v>
+        <v>31.57</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F135" s="3">
-        <v>45500</v>
+        <v>14800</v>
       </c>
       <c r="G135" s="3">
         <v>50</v>
       </c>
       <c r="H135" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I135" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
         <v>278</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C136" s="3">
-        <v>302.9</v>
+        <v>20.42</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F136" s="3">
-        <v>870</v>
+        <v>23150</v>
       </c>
       <c r="G136" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H136" s="3">
-        <v>80</v>
+        <v>1500</v>
       </c>
       <c r="I136" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C137" s="3">
-        <v>737.19</v>
+        <v>302.91</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F137" s="3">
-        <v>1950</v>
+        <v>1190</v>
       </c>
       <c r="G137" s="3">
         <v>10</v>
       </c>
       <c r="H137" s="3">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I137" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B138" s="3" t="s">
         <v>283</v>
       </c>
       <c r="C138" s="3">
-        <v>400.09</v>
+        <v>114.98</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F138" s="3">
-        <v>1500</v>
+        <v>5140</v>
       </c>
       <c r="G138" s="3">
         <v>10</v>
       </c>
       <c r="H138" s="3">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="I138" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
         <v>284</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>285</v>
       </c>
       <c r="C139" s="3">
-        <v>45.53</v>
+        <v>10</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F139" s="3">
-        <v>10800</v>
+        <v>77400</v>
       </c>
       <c r="G139" s="3">
         <v>50</v>
       </c>
       <c r="H139" s="3">
-        <v>600</v>
+        <v>5000</v>
       </c>
       <c r="I139" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B140" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C140" s="3">
-        <v>15.43</v>
+        <v>24.31</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F140" s="3">
-        <v>70600</v>
+        <v>6700</v>
       </c>
       <c r="G140" s="3">
         <v>50</v>
       </c>
       <c r="H140" s="3">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="I140" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C141" s="3">
-        <v>20.83</v>
+        <v>13.57</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F141" s="3">
-        <v>30300</v>
+        <v>8800</v>
       </c>
       <c r="G141" s="3">
         <v>50</v>
       </c>
       <c r="H141" s="3">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="I141" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C142" s="3">
-        <v>229.47</v>
+        <v>20.42</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F142" s="3">
-        <v>2300</v>
+        <v>9500</v>
       </c>
       <c r="G142" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H142" s="3">
-        <v>200</v>
+        <v>1500</v>
       </c>
       <c r="I142" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A143" s="3" t="s">
         <v>292</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C143" s="3">
-        <v>80.48</v>
+        <v>114.98</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F143" s="3">
-        <v>5660</v>
+        <v>0</v>
       </c>
       <c r="G143" s="3">
         <v>10</v>
       </c>
       <c r="H143" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I143" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A144" s="3" t="s">
         <v>294</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>295</v>
       </c>
       <c r="C144" s="3">
-        <v>26.17</v>
+        <v>339.54</v>
       </c>
       <c r="D144" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F144" s="3">
-        <v>21750</v>
+        <v>620</v>
       </c>
       <c r="G144" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H144" s="3">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="I144" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A145" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B145" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C145" s="3">
-        <v>31.57</v>
+        <v>11.98</v>
       </c>
       <c r="D145" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F145" s="3">
-        <v>5500</v>
+        <v>17200</v>
       </c>
       <c r="G145" s="3">
         <v>50</v>
       </c>
       <c r="H145" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I145" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A146" s="3" t="s">
         <v>298</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>299</v>
       </c>
       <c r="C146" s="3">
-        <v>29.98</v>
+        <v>117.89</v>
       </c>
       <c r="D146" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F146" s="3">
-        <v>4850</v>
+        <v>550</v>
       </c>
       <c r="G146" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H146" s="3">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="I146" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A147" s="3" t="s">
         <v>300</v>
       </c>
       <c r="B147" s="3" t="s">
         <v>301</v>
       </c>
       <c r="C147" s="3">
-        <v>135.56</v>
+        <v>20.42</v>
       </c>
       <c r="D147" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F147" s="3">
-        <v>1260</v>
+        <v>28300</v>
       </c>
       <c r="G147" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H147" s="3">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="I147" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A148" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B148" s="3" t="s">
         <v>303</v>
       </c>
       <c r="C148" s="3">
-        <v>35.8</v>
+        <v>14.7</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F148" s="3">
-        <v>2850</v>
+        <v>194900</v>
       </c>
       <c r="G148" s="3">
         <v>50</v>
       </c>
       <c r="H148" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I148" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A149" s="3" t="s">
         <v>304</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>305</v>
       </c>
       <c r="C149" s="3">
-        <v>11.68</v>
+        <v>179.19</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F149" s="3">
-        <v>11450</v>
+        <v>1420</v>
       </c>
       <c r="G149" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H149" s="3">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="I149" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A150" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C150" s="3">
-        <v>302.91</v>
+        <v>20.42</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F150" s="3">
-        <v>980</v>
+        <v>42600</v>
       </c>
       <c r="G150" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H150" s="3">
-        <v>80</v>
+        <v>1500</v>
       </c>
       <c r="I150" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
         <v>308</v>
       </c>
       <c r="B151" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C151" s="3">
-        <v>114.98</v>
+        <v>82.04</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F151" s="3">
-        <v>810</v>
+        <v>7899</v>
       </c>
       <c r="G151" s="3">
         <v>10</v>
       </c>
       <c r="H151" s="3">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="I151" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
         <v>310</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C152" s="3">
-        <v>10.47</v>
+        <v>11.66</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F152" s="3">
-        <v>16700</v>
+        <v>17450</v>
       </c>
       <c r="G152" s="3">
         <v>50</v>
       </c>
       <c r="H152" s="3">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="I152" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
         <v>312</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C153" s="3">
-        <v>229.47</v>
+        <v>13.57</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F153" s="3">
-        <v>3120</v>
+        <v>19750</v>
       </c>
       <c r="G153" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H153" s="3">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="I153" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
         <v>314</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C154" s="3">
-        <v>11.86</v>
+        <v>20.83</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F154" s="3">
-        <v>42450</v>
+        <v>41150</v>
       </c>
       <c r="G154" s="3">
         <v>50</v>
       </c>
       <c r="H154" s="3">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="I154" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
         <v>316</v>
       </c>
       <c r="B155" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C155" s="3">
-        <v>179.19</v>
+        <v>31.57</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F155" s="3">
-        <v>1810</v>
+        <v>5650</v>
       </c>
       <c r="G155" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H155" s="3">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="I155" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
         <v>318</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C156" s="3">
-        <v>30.07</v>
+        <v>302.9</v>
       </c>
       <c r="D156" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F156" s="3">
-        <v>700</v>
+        <v>1460</v>
       </c>
       <c r="G156" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H156" s="3">
-        <v>1000</v>
+        <v>80</v>
       </c>
       <c r="I156" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
         <v>320</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C157" s="3">
-        <v>35.8</v>
+        <v>339.54</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F157" s="3">
-        <v>13000</v>
+        <v>420</v>
       </c>
       <c r="G157" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H157" s="3">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="I157" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
         <v>322</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C158" s="3">
-        <v>15.43</v>
+        <v>135.56</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F158" s="3">
-        <v>33000</v>
+        <v>2370</v>
       </c>
       <c r="G158" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H158" s="3">
-        <v>2000</v>
+        <v>150</v>
       </c>
       <c r="I158" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B159" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C159" s="3">
-        <v>20.83</v>
+        <v>35.8</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F159" s="3">
-        <v>7700</v>
+        <v>14650</v>
       </c>
       <c r="G159" s="3">
         <v>50</v>
       </c>
       <c r="H159" s="3">
-        <v>1500</v>
+        <v>800</v>
       </c>
       <c r="I159" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
         <v>326</v>
       </c>
       <c r="B160" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C160" s="3">
-        <v>339.54</v>
+        <v>29.98</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F160" s="3">
-        <v>570</v>
+        <v>17650</v>
       </c>
       <c r="G160" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H160" s="3">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="I160" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A161" s="3" t="s">
         <v>328</v>
       </c>
       <c r="B161" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C161" s="3">
-        <v>26.18</v>
+        <v>155.73</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F161" s="3">
-        <v>11700</v>
+        <v>22570</v>
       </c>
       <c r="G161" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H161" s="3">
-        <v>1000</v>
+        <v>150</v>
       </c>
       <c r="I161" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A162" s="3" t="s">
         <v>330</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C162" s="3">
-        <v>229.47</v>
+        <v>38.16</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F162" s="3">
-        <v>1740</v>
+        <v>4750</v>
       </c>
       <c r="G162" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H162" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I162" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A163" s="3" t="s">
         <v>332</v>
       </c>
       <c r="B163" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C163" s="3">
-        <v>61.63</v>
+        <v>84.5</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F163" s="3">
-        <v>4450</v>
+        <v>390</v>
       </c>
       <c r="G163" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H163" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I163" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A164" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B164" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C164" s="3">
-        <v>84.72</v>
+        <v>114.98</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F164" s="3">
-        <v>23831</v>
+        <v>3700</v>
       </c>
       <c r="G164" s="3">
         <v>10</v>
       </c>
       <c r="H164" s="3">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="I164" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A165" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C165" s="3">
-        <v>11.68</v>
+        <v>61.63</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F165" s="3">
-        <v>10800</v>
+        <v>9250</v>
       </c>
       <c r="G165" s="3">
         <v>50</v>
       </c>
       <c r="H165" s="3">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="I165" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A166" s="3" t="s">
         <v>338</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C166" s="3">
-        <v>15.43</v>
+        <v>37.46</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F166" s="3">
-        <v>79900</v>
+        <v>1950</v>
       </c>
       <c r="G166" s="3">
         <v>50</v>
       </c>
       <c r="H166" s="3">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="I166" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A167" s="3" t="s">
         <v>340</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C167" s="3">
-        <v>38.16</v>
+        <v>31.57</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F167" s="3">
-        <v>5500</v>
+        <v>3700</v>
       </c>
       <c r="G167" s="3">
         <v>50</v>
       </c>
       <c r="H167" s="3">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="I167" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A168" s="3" t="s">
         <v>342</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C168" s="3">
-        <v>40.83</v>
+        <v>135.56</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F168" s="3">
-        <v>2850</v>
+        <v>3060</v>
       </c>
       <c r="G168" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H168" s="3">
-        <v>800</v>
+        <v>150</v>
       </c>
       <c r="I168" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A169" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C169" s="3">
-        <v>61.62</v>
+        <v>82.04</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F169" s="3">
-        <v>13150</v>
+        <v>4840</v>
       </c>
       <c r="G169" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H169" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I169" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A170" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C170" s="3">
-        <v>84.5</v>
+        <v>61.63</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F170" s="3">
-        <v>1090</v>
+        <v>5250</v>
       </c>
       <c r="G170" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H170" s="3">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="I170" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A171" s="3" t="s">
         <v>348</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C171" s="3">
-        <v>61.63</v>
+        <v>132.97</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F171" s="3">
-        <v>6250</v>
+        <v>2090</v>
       </c>
       <c r="G171" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H171" s="3">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="I171" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A172" s="3" t="s">
         <v>350</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C172" s="3">
-        <v>11.66</v>
+        <v>229.47</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F172" s="3">
-        <v>50450</v>
+        <v>1610</v>
       </c>
       <c r="G172" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H172" s="3">
-        <v>5000</v>
+        <v>200</v>
       </c>
       <c r="I172" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A173" s="3" t="s">
         <v>352</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C173" s="3">
-        <v>179.19</v>
+        <v>10.97</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F173" s="3">
-        <v>1560</v>
+        <v>24600</v>
       </c>
       <c r="G173" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H173" s="3">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="I173" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A174" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C174" s="3">
-        <v>273.9</v>
+        <v>11.68</v>
       </c>
       <c r="D174" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F174" s="3">
-        <v>7110</v>
+        <v>9750</v>
       </c>
       <c r="G174" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H174" s="3">
-        <v>80</v>
+        <v>3000</v>
       </c>
       <c r="I174" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A175" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C175" s="3">
-        <v>38.16</v>
+        <v>15.43</v>
       </c>
       <c r="D175" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F175" s="3">
-        <v>11250</v>
+        <v>83800</v>
       </c>
       <c r="G175" s="3">
         <v>50</v>
       </c>
       <c r="H175" s="3">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="I175" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A176" s="3" t="s">
         <v>358</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C176" s="3">
-        <v>14.7</v>
+        <v>12.9</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F176" s="3">
-        <v>192200</v>
+        <v>7300</v>
       </c>
       <c r="G176" s="3">
         <v>50</v>
       </c>
       <c r="H176" s="3">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="I176" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A177" s="3" t="s">
         <v>360</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C177" s="3">
-        <v>11.68</v>
+        <v>45.53</v>
       </c>
       <c r="D177" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F177" s="3">
-        <v>22900</v>
+        <v>2300</v>
       </c>
       <c r="G177" s="3">
         <v>50</v>
       </c>
       <c r="H177" s="3">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="I177" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A178" s="3" t="s">
         <v>362</v>
       </c>
       <c r="B178" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C178" s="3">
-        <v>45.11</v>
+        <v>229.47</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F178" s="3">
-        <v>17661</v>
+        <v>2900</v>
       </c>
       <c r="G178" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="H178" s="3">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="I178" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A179" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C179" s="3">
-        <v>12.93</v>
+        <v>11.86</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F179" s="3">
-        <v>101000</v>
+        <v>28450</v>
       </c>
       <c r="G179" s="3">
         <v>50</v>
       </c>
       <c r="H179" s="3">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="I179" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A180" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C180" s="3">
-        <v>186.44</v>
+        <v>38.16</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F180" s="3">
-        <v>4920</v>
+        <v>12750</v>
       </c>
       <c r="G180" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="H180" s="3">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="I180" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A181" s="3" t="s">
         <v>368</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C181" s="3">
-        <v>10</v>
+        <v>11.68</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F181" s="3">
-        <v>0</v>
+        <v>20050</v>
       </c>
       <c r="G181" s="3">
         <v>50</v>
       </c>
       <c r="H181" s="3">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="I181" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>