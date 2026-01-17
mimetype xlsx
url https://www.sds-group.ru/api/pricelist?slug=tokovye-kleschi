--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -54,324 +54,324 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Токовые клещи</t>
   </si>
   <si>
     <t>13-3052</t>
   </si>
   <si>
     <t>Токовые клещи P266C PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>13-3051</t>
+  </si>
+  <si>
+    <t>Токовые клещи P266F PROconnect</t>
+  </si>
+  <si>
     <t>13-3050</t>
   </si>
   <si>
     <t>Токовые клещи P266 PROconnect</t>
   </si>
   <si>
-    <t>13-3051</t>
-[...2 lines deleted...]
-    <t>Токовые клещи P266F PROconnect</t>
+    <t>13-1305</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2030 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1306</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2001C MASTECH </t>
   </si>
   <si>
     <t>13-1301</t>
   </si>
   <si>
     <t>Токовые клещи MS2000G MASTECH</t>
   </si>
   <si>
+    <t>13-1303</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266C MASTECH</t>
+  </si>
+  <si>
     <t>13-1304</t>
   </si>
   <si>
     <t>Токовые клещи M266F MASTECH</t>
   </si>
   <si>
-    <t>13-1303</t>
-[...2 lines deleted...]
-    <t>Токовые клещи M266C MASTECH</t>
+    <t>13-1323</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2125A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1340</t>
+  </si>
+  <si>
+    <t>Приставка для токовых клещей MS922D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1309</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2109A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1313</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2008B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1311</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2138 MASTECH</t>
   </si>
   <si>
     <t>13-1316</t>
   </si>
   <si>
     <t>Токовые клещи MS2028A MASTECH</t>
   </si>
   <si>
-    <t>13-1323</t>
-[...2 lines deleted...]
-    <t>Токовые клещи MS2125A MASTECH</t>
+    <t>13-1321</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2025C MASTECH</t>
+  </si>
+  <si>
+    <t>13-1315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2601 MASTECH </t>
+  </si>
+  <si>
+    <t>13-1317</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2128 MASTECH</t>
   </si>
   <si>
     <t>13-1320</t>
   </si>
   <si>
     <t>Токовые клещи MS2033A (SMART) MASTECH</t>
   </si>
   <si>
     <t>13-1308</t>
   </si>
   <si>
     <t>Токовые клещи MS2101 MASTECH</t>
   </si>
   <si>
-    <t>13-1309</t>
-[...20 lines deleted...]
-    <t>Токовые клещи MS2008B MASTECH</t>
+    <t>13-1307</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2001 MASTECH</t>
   </si>
   <si>
     <t>13-1314</t>
   </si>
   <si>
     <t>Токовые клещи MS2016A MASTECH</t>
   </si>
   <si>
-    <t>13-1340</t>
-[...38 lines deleted...]
-    <t>Токовые клещи MS2138 MASTECH</t>
+    <t>13-1061</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202+</t>
+  </si>
+  <si>
+    <t>13-1065</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205А+</t>
+  </si>
+  <si>
+    <t>13-1068</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT208B</t>
+  </si>
+  <si>
+    <t>13-0009</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210E</t>
+  </si>
+  <si>
+    <t>13-1080</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT200A+</t>
+  </si>
+  <si>
+    <t>13-1062</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202A+</t>
+  </si>
+  <si>
+    <t>13-1063</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT203+</t>
+  </si>
+  <si>
+    <t>13-1069</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206B</t>
+  </si>
+  <si>
+    <t>13-1067</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205B</t>
+  </si>
+  <si>
+    <t>13-1077</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT216C</t>
+  </si>
+  <si>
+    <t>13-1086</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256</t>
+  </si>
+  <si>
+    <t>13-0007</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210B  True RMS</t>
+  </si>
+  <si>
+    <t>13-1060</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT201+</t>
+  </si>
+  <si>
+    <t>13-1064</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT204+</t>
+  </si>
+  <si>
+    <t>13-1084</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202T</t>
+  </si>
+  <si>
+    <t>13-0006</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210C</t>
+  </si>
+  <si>
+    <t>13-1082</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT2117R</t>
+  </si>
+  <si>
+    <t>13-0003</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205</t>
+  </si>
+  <si>
+    <t>13-1066</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206A+</t>
   </si>
   <si>
     <t>13-1087</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT256A</t>
   </si>
   <si>
-    <t>13-0009</t>
-[...52 lines deleted...]
-  <si>
     <t>13-0008</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210D</t>
   </si>
   <si>
-    <t>13-1084</t>
-[...56 lines deleted...]
-    <t>Токовые клещи UNI-T UT256</t>
+    <t>13-3203</t>
+  </si>
+  <si>
+    <t>Токовые клещи R266C REXANT</t>
   </si>
   <si>
     <t>13-3201</t>
   </si>
   <si>
     <t>Токовые клещи R200A REXANT</t>
   </si>
   <si>
+    <t>13-3220</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200D REXANT</t>
+  </si>
+  <si>
     <t>13-3213</t>
   </si>
   <si>
     <t>Токовые клещи R207B REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Токовые клещи R200D REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -756,51 +756,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266c-proconnect-17322" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266-proconnect-17320" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-p266f-proconnect-17321" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2000g-mastech-6906" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266f-mastech-6931" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266c-mastech-6930" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2028a-mastech-25611" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2125a-mastech-25618" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2033a-smart-mastech-25613" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2101-mastech-11814" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2109a-mastech-11798" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2601-mastech-25615" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2025c-mastech-25617" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2008b-mastech-13378" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2016a-mastech-25614" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovih-kleschey-ms922d-mastech-25616" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2128-mastech-25612" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2030-mastech-7666" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2001-mastech-11797" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-m266-mastech-11795" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2001c-mastech-11900" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-ms2138-mastech-11898" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut256a-30699" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210e-13379" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut203-30691" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut206b-30692" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut200a-30689" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut204-29986" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut201-29984" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut216c-30696" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202a-30690" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210b-true-rms-20737" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210d-13381" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202t-30694" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut202-29985" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut208b-29989" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205-29987" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut206a-29988" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205-6769" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut205b-30693" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut210c-30695" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut2117r-30697" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-uni-t-ut256-30698" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r200a-rexant-31504" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r207b-rexant-31505" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r266c-rexant-31503" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovie-kleschi-r200d-rexant-31508" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266c-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266f-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2030-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001c-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2125a-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleschey-ms922d-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2109a-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2008b-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2138-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2028a-mastech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2025c-mastech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2601-mastech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2128-mastech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2033a-smart-mastech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2101-mastech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001-mastech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2016a-mastech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut208b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210b-true-rms" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210d" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r266c-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200a-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200d-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r207b-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -824,1400 +824,1400 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>1500</v>
+        <v>1525.5</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1604</v>
+        <v>1390</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>40</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1180</v>
+        <v>1525.5</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1909</v>
+        <v>1779</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1500</v>
+        <v>1200.06</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1992</v>
+        <v>1345</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>7680</v>
+        <v>3874.77</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>170</v>
+        <v>209</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3200</v>
+        <v>3254.4</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>1016</v>
+        <v>821</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>3100</v>
+        <v>5532.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2495</v>
+        <v>273</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>4600</v>
+        <v>7810.56</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>211</v>
+        <v>166</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>12200</v>
+        <v>3152.7</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>49</v>
+        <v>2449</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>20</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>8000</v>
+        <v>3254.4</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>58</v>
+        <v>781</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>9270</v>
+        <v>12407.4</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>230</v>
+        <v>42</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>11000</v>
+        <v>2237.4</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>167</v>
+        <v>243</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>8800</v>
+        <v>11187</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>9600</v>
+        <v>5695.2</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>105</v>
+        <v>769</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>20</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>5600</v>
+        <v>12712.5</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>805</v>
+        <v>462</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>20</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>14500</v>
+        <v>4678.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>85</v>
+        <v>190</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>2200</v>
+        <v>9763.2</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>253</v>
+        <v>104</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>14000</v>
+        <v>8949.6</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>3810</v>
+        <v>14238</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>212</v>
+        <v>77</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>4470</v>
+        <v>8136</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>4</v>
+        <v>55</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>3200</v>
+        <v>9427.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>942</v>
+        <v>228</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>5440</v>
+        <v>4545.99</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>284</v>
+        <v>2</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>12500</v>
+        <v>14746.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>458</v>
+        <v>85</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>10800</v>
+        <v>4576.5</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>0</v>
+        <v>166</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>8649</v>
+        <v>8746.2</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>1028</v>
+        <v>65</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>7370</v>
+        <v>18814.5</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>12000</v>
+        <v>8796.03</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>38</v>
+        <v>752</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3600</v>
+        <v>3661.2</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>40</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>8310</v>
+        <v>4271.4</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>4000</v>
+        <v>7495.29</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
-        <v>442</v>
+        <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
         <v>40</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>19400</v>
+        <v>12204</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
         <v>10</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>4200</v>
+        <v>8949.6</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>4400</v>
+        <v>19729.8</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>267</v>
+        <v>3</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I34" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>10570</v>
+        <v>5796.9</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>1197</v>
+        <v>34</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
         <v>40</v>
       </c>
       <c r="I35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>6400</v>
+        <v>4474.8</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>57</v>
+        <v>258</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>40</v>
       </c>
       <c r="I36" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>4500</v>
+        <v>4068</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>169</v>
+        <v>216</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
         <v>40</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>18500</v>
+        <v>8451.27</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>8600</v>
+        <v>6508.8</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>9800</v>
+        <v>7627.5</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>41</v>
+        <v>214</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>12841.1</v>
+        <v>7220.7</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>8800</v>
+        <v>11753.46</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
         <v>20</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>7500</v>
+        <v>9966.6</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>179</v>
+        <v>43</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>7100</v>
+        <v>10983.6</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>5700</v>
+        <v>10749.69</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>61</v>
+        <v>1036</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
         <v>40</v>
       </c>
       <c r="I45" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>2640</v>
+        <v>3152.7</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>369</v>
+        <v>0</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
-        <v>4550</v>
+        <v>2684.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>459</v>
+        <v>245</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>3100</v>
+        <v>5583.33</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>1</v>
+        <v>566</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>5490</v>
+        <v>4627.35</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>558</v>
+        <v>435</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>