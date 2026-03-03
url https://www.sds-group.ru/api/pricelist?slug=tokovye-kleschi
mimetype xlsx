--- v1 (2026-01-17)
+++ v2 (2026-03-03)
@@ -54,318 +54,318 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Токовые клещи</t>
   </si>
   <si>
     <t>13-3052</t>
   </si>
   <si>
     <t>Токовые клещи P266C PROconnect</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>шт</t>
   </si>
   <si>
+    <t>13-3050</t>
+  </si>
+  <si>
+    <t>Токовые клещи P266 PROconnect</t>
+  </si>
+  <si>
     <t>13-3051</t>
   </si>
   <si>
     <t>Токовые клещи P266F PROconnect</t>
   </si>
   <si>
-    <t>13-3050</t>
-[...2 lines deleted...]
-    <t>Токовые клещи P266 PROconnect</t>
+    <t>13-1316</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2028A MASTECH</t>
   </si>
   <si>
     <t>13-1305</t>
   </si>
   <si>
     <t>Токовые клещи MS2030 MASTECH</t>
   </si>
   <si>
+    <t>13-1310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2001C MASTECH </t>
+  </si>
+  <si>
+    <t>13-1323</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2125A MASTECH</t>
+  </si>
+  <si>
+    <t>13-1301</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2000G MASTECH</t>
+  </si>
+  <si>
+    <t>13-1309</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2109A MASTECH</t>
+  </si>
+  <si>
     <t>13-1306</t>
   </si>
   <si>
     <t>Токовые клещи M266 MASTECH</t>
   </si>
   <si>
-    <t>13-1310</t>
-[...8 lines deleted...]
-    <t>Токовые клещи MS2000G MASTECH</t>
+    <t>13-1317</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2128 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1320</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2033A (SMART) MASTECH</t>
+  </si>
+  <si>
+    <t>13-1340</t>
+  </si>
+  <si>
+    <t>Приставка для токовых клещей MS922D MASTECH</t>
+  </si>
+  <si>
+    <t>13-1307</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2001 MASTECH</t>
+  </si>
+  <si>
+    <t>13-1313</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2008B MASTECH</t>
+  </si>
+  <si>
+    <t>13-1304</t>
+  </si>
+  <si>
+    <t>Токовые клещи M266F MASTECH</t>
+  </si>
+  <si>
+    <t>13-1321</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2025C MASTECH</t>
+  </si>
+  <si>
+    <t>13-1315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Токовые клещи MS2601 MASTECH </t>
   </si>
   <si>
     <t>13-1303</t>
   </si>
   <si>
     <t>Токовые клещи M266C MASTECH</t>
   </si>
   <si>
-    <t>13-1304</t>
-[...26 lines deleted...]
-    <t>Токовые клещи MS2008B MASTECH</t>
+    <t>13-1308</t>
+  </si>
+  <si>
+    <t>Токовые клещи MS2101 MASTECH</t>
   </si>
   <si>
     <t>13-1311</t>
   </si>
   <si>
     <t>Токовые клещи MS2138 MASTECH</t>
   </si>
   <si>
-    <t>13-1316</t>
-[...40 lines deleted...]
-  <si>
     <t>13-1314</t>
   </si>
   <si>
     <t>Токовые клещи MS2016A MASTECH</t>
   </si>
   <si>
+    <t>13-0008</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT210D</t>
+  </si>
+  <si>
+    <t>13-1066</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206A+</t>
+  </si>
+  <si>
+    <t>13-1068</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT208B</t>
+  </si>
+  <si>
+    <t>13-1062</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT202A+</t>
+  </si>
+  <si>
+    <t>13-1067</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205B</t>
+  </si>
+  <si>
+    <t>13-1086</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256</t>
+  </si>
+  <si>
+    <t>13-0003</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT205</t>
+  </si>
+  <si>
     <t>13-1061</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT202+</t>
   </si>
   <si>
     <t>13-1065</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT205А+</t>
   </si>
   <si>
-    <t>13-1068</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0009</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210E</t>
   </si>
   <si>
+    <t>13-1069</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT206B</t>
+  </si>
+  <si>
+    <t>13-1082</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT2117R</t>
+  </si>
+  <si>
+    <t>13-1087</t>
+  </si>
+  <si>
+    <t>Токовые клещи UNI-T UT256A</t>
+  </si>
+  <si>
     <t>13-1080</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT200A+</t>
   </si>
   <si>
-    <t>13-1062</t>
-[...4 lines deleted...]
-  <si>
     <t>13-1063</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT203+</t>
   </si>
   <si>
-    <t>13-1069</t>
-[...10 lines deleted...]
-  <si>
     <t>13-1077</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT216C</t>
   </si>
   <si>
-    <t>13-1086</t>
-[...4 lines deleted...]
-  <si>
     <t>13-0007</t>
   </si>
   <si>
-    <t>Токовые клещи UNI-T UT210B  True RMS</t>
+    <t>Токовые клещи UNI-T UT210B True RMS</t>
   </si>
   <si>
     <t>13-1060</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT201+</t>
   </si>
   <si>
     <t>13-1064</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT204+</t>
   </si>
   <si>
     <t>13-1084</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT202T</t>
   </si>
   <si>
     <t>13-0006</t>
   </si>
   <si>
     <t>Токовые клещи UNI-T UT210C</t>
   </si>
   <si>
-    <t>13-1082</t>
-[...26 lines deleted...]
-    <t>Токовые клещи UNI-T UT210D</t>
+    <t>13-3220</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200D REXANT</t>
+  </si>
+  <si>
+    <t>13-3201</t>
+  </si>
+  <si>
+    <t>Токовые клещи R200A REXANT</t>
   </si>
   <si>
     <t>13-3203</t>
   </si>
   <si>
     <t>Токовые клещи R266C REXANT</t>
-  </si>
-[...10 lines deleted...]
-    <t>Токовые клещи R200D REXANT</t>
   </si>
   <si>
     <t>13-3213</t>
   </si>
   <si>
     <t>Токовые клещи R207B REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -756,51 +756,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266c-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266f-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-p266-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2030-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001c-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2125a-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleschey-ms922d-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2109a-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2008b-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2138-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2028a-mastech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2025c-mastech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2601-mastech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2128-mastech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2033a-smart-mastech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2101-mastech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2001-mastech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2016a-mastech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut208b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210e" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210b-true-rms" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210d" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r266c-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200a-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r200d-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-r207b-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-p266c-proconnect" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-p266-proconnect" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-p266f-proconnect" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2028a-mastech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2030-mastech" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2001c-mastech" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2125a-mastech" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-ms2000g-mastech" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2109a-mastech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-m266-mastech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2128-mastech" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2033a-smart-mastech" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/pristavka-dlya-tokovyh-kleshchey-ms922d-mastech" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2001-mastech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2008b-mastech" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266f-mastech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2025c-mastech" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2601-mastech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-m266c-mastech" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2101-mastech" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2138-mastech" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-ms2016a-mastech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut210d" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206a" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut208b" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202a" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205b" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut205" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut205a" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut210e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut206b" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut2117r" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut256a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut200a" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut203" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut216c" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-uni-t-ut210b-true-rms" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut201" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut204" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut202t" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleschi-uni-t-ut210c" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r200d-rexant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r200a-rexant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r266c-rexant" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tokovye-kleshchi-r207b-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I49"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -833,1385 +833,1385 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>1525.5</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1390</v>
+        <v>1035</v>
       </c>
       <c r="G3" s="3">
         <v>1</v>
       </c>
       <c r="H3" s="3">
         <v>40</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>1525.5</v>
+        <v>1200.06</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1779</v>
+        <v>2422</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>40</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1200.06</v>
+        <v>1525.5</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1345</v>
+        <v>1599</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>40</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>3874.77</v>
+        <v>4678.2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>209</v>
+        <v>180</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>20</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>3254.4</v>
+        <v>3874.77</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>821</v>
+        <v>197</v>
       </c>
       <c r="G7" s="3">
         <v>1</v>
       </c>
       <c r="H7" s="3">
         <v>20</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
         <v>5532.48</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
         <v>10</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>7810.56</v>
+        <v>12407.4</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>3152.7</v>
+        <v>7810.56</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>2449</v>
+        <v>158</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>3254.4</v>
+        <v>11187</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>781</v>
+        <v>13</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>20</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>12407.4</v>
+        <v>3254.4</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>42</v>
+        <v>693</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>20</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>2237.4</v>
+        <v>14238</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>243</v>
+        <v>58</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>11187</v>
+        <v>8136</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>20</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>5695.2</v>
+        <v>2237.4</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>769</v>
+        <v>230</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>12712.5</v>
+        <v>4545.99</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>462</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>4678.2</v>
+        <v>5695.2</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>190</v>
+        <v>725</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>20</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>9763.2</v>
+        <v>3254.4</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>104</v>
+        <v>358</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>8949.6</v>
+        <v>9763.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>20</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>14238</v>
+        <v>8949.6</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>20</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>8136</v>
+        <v>3152.7</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>55</v>
+        <v>2239</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>20</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
         <v>9427.59</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>4545.99</v>
+        <v>12712.5</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>2</v>
+        <v>440</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>14746.5</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
         <v>85</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>20</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>4576.5</v>
+        <v>10749.69</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>166</v>
+        <v>1012</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
         <v>40</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>8746.2</v>
+        <v>9966.6</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>20</v>
       </c>
       <c r="I26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
         <v>18814.5</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>1</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>8796.03</v>
+        <v>4271.4</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>752</v>
+        <v>95</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>40</v>
       </c>
       <c r="I28" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>3661.2</v>
+        <v>8949.6</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C30" s="3">
-        <v>4271.4</v>
+        <v>5796.9</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F30" s="3">
         <v>0</v>
       </c>
       <c r="G30" s="3">
         <v>1</v>
       </c>
       <c r="H30" s="3">
         <v>40</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="3">
-        <v>7495.29</v>
+        <v>11753.46</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="3">
         <v>0</v>
       </c>
       <c r="G31" s="3">
         <v>1</v>
       </c>
       <c r="H31" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I31" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C32" s="3">
-        <v>12204</v>
+        <v>4576.5</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="3">
-        <v>28</v>
+        <v>149</v>
       </c>
       <c r="G32" s="3">
         <v>1</v>
       </c>
       <c r="H32" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C33" s="3">
-        <v>8949.6</v>
+        <v>8746.2</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="3">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="G33" s="3">
         <v>1</v>
       </c>
       <c r="H33" s="3">
         <v>20</v>
       </c>
       <c r="I33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>75</v>
       </c>
       <c r="C34" s="3">
-        <v>19729.8</v>
+        <v>8796.03</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F34" s="3">
-        <v>3</v>
+        <v>597</v>
       </c>
       <c r="G34" s="3">
         <v>1</v>
       </c>
       <c r="H34" s="3">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="3">
-        <v>5796.9</v>
+        <v>12204</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="3">
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="G35" s="3">
         <v>1</v>
       </c>
       <c r="H35" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C36" s="3">
-        <v>4474.8</v>
+        <v>7220.7</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F36" s="3">
-        <v>258</v>
+        <v>51</v>
       </c>
       <c r="G36" s="3">
         <v>1</v>
       </c>
       <c r="H36" s="3">
         <v>40</v>
       </c>
       <c r="I36" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="3">
-        <v>4068</v>
+        <v>10983.6</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F37" s="3">
-        <v>216</v>
+        <v>0</v>
       </c>
       <c r="G37" s="3">
         <v>1</v>
       </c>
       <c r="H37" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="I37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C38" s="3">
-        <v>8451.27</v>
+        <v>3661.2</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F38" s="3">
         <v>0</v>
       </c>
       <c r="G38" s="3">
         <v>1</v>
       </c>
       <c r="H38" s="3">
         <v>40</v>
       </c>
       <c r="I38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C39" s="3">
-        <v>6508.8</v>
+        <v>7495.29</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F39" s="3">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="G39" s="3">
         <v>1</v>
       </c>
       <c r="H39" s="3">
         <v>40</v>
       </c>
       <c r="I39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="3">
-        <v>7627.5</v>
+        <v>19729.8</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F40" s="3">
-        <v>214</v>
+        <v>0</v>
       </c>
       <c r="G40" s="3">
         <v>1</v>
       </c>
       <c r="H40" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C41" s="3">
-        <v>7220.7</v>
+        <v>4474.8</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F41" s="3">
-        <v>74</v>
+        <v>246</v>
       </c>
       <c r="G41" s="3">
         <v>1</v>
       </c>
       <c r="H41" s="3">
         <v>40</v>
       </c>
       <c r="I41" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="3" t="s">
         <v>90</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>91</v>
       </c>
       <c r="C42" s="3">
-        <v>11753.46</v>
+        <v>4068</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="3">
         <v>0</v>
       </c>
       <c r="G42" s="3">
         <v>1</v>
       </c>
       <c r="H42" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I42" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A43" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="3">
-        <v>9966.6</v>
+        <v>8451.27</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="3">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="G43" s="3">
         <v>1</v>
       </c>
       <c r="H43" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="3" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="3">
-        <v>10983.6</v>
+        <v>6508.8</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="3">
-        <v>1</v>
+        <v>35</v>
       </c>
       <c r="G44" s="3">
         <v>1</v>
       </c>
       <c r="H44" s="3">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A45" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="3">
-        <v>10749.69</v>
+        <v>7627.5</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="3">
-        <v>1036</v>
+        <v>209</v>
       </c>
       <c r="G45" s="3">
         <v>1</v>
       </c>
       <c r="H45" s="3">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="I45" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="3" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="3">
-        <v>3152.7</v>
+        <v>5583.33</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3">
-        <v>0</v>
+        <v>471</v>
       </c>
       <c r="G46" s="3">
         <v>1</v>
       </c>
       <c r="H46" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>100</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C47" s="3">
         <v>2684.88</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="3">
-        <v>245</v>
+        <v>0</v>
       </c>
       <c r="G47" s="3">
         <v>1</v>
       </c>
       <c r="H47" s="3">
         <v>60</v>
       </c>
       <c r="I47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A48" s="3" t="s">
         <v>102</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="3">
-        <v>5583.33</v>
+        <v>3152.7</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F48" s="3">
-        <v>566</v>
+        <v>0</v>
       </c>
       <c r="G48" s="3">
         <v>1</v>
       </c>
       <c r="H48" s="3">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="3" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="3">
-        <v>4627.35</v>
+        <v>3900</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F49" s="3">
-        <v>435</v>
+        <v>370</v>
       </c>
       <c r="G49" s="3">
         <v>1</v>
       </c>
       <c r="H49" s="3">
         <v>40</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>