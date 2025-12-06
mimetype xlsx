--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -42,207 +42,207 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Товары в розничной упаковке</t>
   </si>
   <si>
-    <t>1.1 Розетки RJ-11,RJ-45</t>
+    <t>1.1 Переходники LAN</t>
+  </si>
+  <si>
+    <t>03-0101-9</t>
+  </si>
+  <si>
+    <t>Адаптер проходной, RJ-45 (8P8C), UTP, CAT 5e PROconnect</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0119-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Грозозащита информационного кабеля, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) (1шт/уп) REXANT </t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>06-0111-A</t>
+  </si>
+  <si>
+    <t>Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) REXANT</t>
+  </si>
+  <si>
+    <t>06-0113-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, штекер 8Р8С (RJ-45) -2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>06-0112-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - 2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Розетки RJ-11,RJ-45</t>
+  </si>
+  <si>
+    <t>06-0104-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка сетевая LAN, на стену, 1 гнездо 8Р8С (RJ-45), CAT 5e REXANT </t>
   </si>
   <si>
     <t>06-0105-C</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка сетевая LAN, на стену, 2 гнездо 8Р8С (RJ-45), CAT 5е REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>06-0106-C</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка телефонная + сетевая LAN, на стену, (гнездо 8Р8С (RJ-45) + гнездо 6Р4С (RJ-11)) REXANT </t>
   </si>
   <si>
-    <t>06-0104-B</t>
-[...5 lines deleted...]
-    <t>1.2 Разъемы RJ-10, 11, 12, 45</t>
+    <t>1.3 Разъемы RJ-10, 11, 12, 45</t>
+  </si>
+  <si>
+    <t>05-1023-9-6</t>
+  </si>
+  <si>
+    <t>Набор разъемов сетевых №2 (5 разъемов FTP, 5 колпачков) PROconnect</t>
+  </si>
+  <si>
+    <t>05-1023-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, FTP, CAT 5e, пакет, 5шт. PROconnect </t>
   </si>
   <si>
     <t>05-1021-3-9</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 5e (15 µ"/ 15 микродюймов), пакет, 5шт. PROconnect </t>
   </si>
   <si>
-    <t>упак</t>
-[...13 lines deleted...]
-  <si>
     <t>05-1021-6-6</t>
   </si>
   <si>
     <t>Набор разъемов сетевых №1 (5 разъемов UTP, 5 колпачков) PROconnect</t>
   </si>
   <si>
+    <t>06-0072-A10</t>
+  </si>
+  <si>
+    <t>Набор разъемов сетевых №5 (2 разъема FTP, 2 колпачка) REXANT</t>
+  </si>
+  <si>
+    <t>06-0073-A2</t>
+  </si>
+  <si>
+    <t>Набор разъемов сетевых №3 (2 разъема UTP, 2 колпачка) REXANT</t>
+  </si>
+  <si>
     <t>06-0081-A2</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, 2шт.REXANT </t>
   </si>
   <si>
     <t>06-0083-A</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), быстрозажимной, 1шт. REXANT </t>
   </si>
   <si>
+    <t>06-0084-A5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок защитный для штекера 8Р8С (RJ-45), серый, 5шт. REXANT </t>
+  </si>
+  <si>
     <t>06-0088-A5</t>
   </si>
   <si>
     <t>Соединитель для жил, изолированный К-2, (d=0,4-0,9мм), D=2,08мм (5 шт/уп) REXANT</t>
   </si>
   <si>
     <t>06-0082-A10</t>
   </si>
   <si>
     <t>Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, в экране, 10шт. REXANT</t>
   </si>
   <si>
-    <t>06-0084-A5</t>
-[...10 lines deleted...]
-  <si>
     <t>06-0071-A5</t>
   </si>
   <si>
     <t>Набор разъемов сетевых №1 (5 разъемов UTP, 5 колпачков) REXANT</t>
   </si>
   <si>
     <t>06-0072-A5</t>
   </si>
   <si>
     <t>Набор разъемов сетевых №2 (5 разъемов FTP, 5 колпачков) REXANT</t>
   </si>
   <si>
-    <t>06-0072-A10</t>
-[...37 lines deleted...]
-  <si>
     <t>1.4 Патч-корды в розничной упаковке</t>
   </si>
   <si>
+    <t>06-3204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
+  </si>
+  <si>
     <t>06-3202</t>
   </si>
   <si>
     <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 1,5м REXANT </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -627,51 +627,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-proconnect.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-1-5-razemov-utp-5-kolpachkov-proconnect.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-3-2-razema-utp-2-kolpachka-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-1-5-razemov-utp-5-kolpachkov-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-5-2-razema-ftp-2-kolpachka-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect-11463" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant-18020" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant-18015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant-18013" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant-18016" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant-18190" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant-18186" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant-18189" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-ftp-nabor-no2-proconnect-31464" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect-11584" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect-11412" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-utp-nabor-no1-proconnect-31463" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-ftp-nabor-no5-rexant-31462" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-utp-nabor-no3-rexant-31461" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-objim-2sht-rexant-18139" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bistrozajimnoy-1sht-rexant-18137" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitniy-dlya-shtekera-8r8s-rj-45-seriy-5sht-rexant-18143" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-jil-izolirovanniy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant-18144" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-objim-v-ekrane-10sht-rexant-21000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-utp-nabor-no1-rexant-31459" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-ftp-nabor-no2-rexant-31460" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-5m-rexant-17888" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-1-5m-rexant-17886" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -708,773 +708,773 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>462.83</v>
+        <v>99.7</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>155</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>534.35</v>
+        <v>1851.09</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="3">
+        <v>102.32</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>118</v>
+        <v>1006</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2" t="s">
-[...9 lines deleted...]
-      <c r="I7" s="2"/>
+      <c r="A7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="3">
+        <v>133.38</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="3">
+        <v>195</v>
+      </c>
+      <c r="G7" s="3">
+        <v>1</v>
+      </c>
+      <c r="H7" s="3">
+        <v>10</v>
+      </c>
+      <c r="I7" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>58.4</v>
+        <v>135.33</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>588</v>
+        <v>56</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A9" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="3" t="s">
+      <c r="A9" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>168.26</v>
+        <v>288.13</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>268</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>113.85</v>
+        <v>462.83</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>276</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>46.57</v>
+        <v>534.35</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F12" s="3">
-        <v>293</v>
+        <v>27</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="3" t="s">
+      <c r="A13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
+      <c r="I13" s="2"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>76.82</v>
+        <v>168.26</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>748</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3">
-        <v>219.13</v>
+        <v>148.36</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>454</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="3">
-        <v>66.48</v>
+        <v>58.4</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="3">
-        <v>109.37</v>
+        <v>113.85</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F17" s="3">
         <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="3">
-        <v>133.34</v>
+        <v>140.82</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>0</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="3">
-        <v>184.93</v>
+        <v>109.37</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3">
+        <v>46.57</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="3">
+        <v>0</v>
+      </c>
+      <c r="G20" s="3">
+        <v>1</v>
+      </c>
+      <c r="H20" s="3">
+        <v>10</v>
+      </c>
+      <c r="I20" s="3">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C20" s="3">
-[...22 lines deleted...]
-      <c r="A21" s="2" t="s">
+      <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B21" s="2"/>
-[...6 lines deleted...]
-      <c r="I21" s="2"/>
+      <c r="C21" s="3">
+        <v>215.2</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F21" s="3">
+        <v>67</v>
+      </c>
+      <c r="G21" s="3">
+        <v>1</v>
+      </c>
+      <c r="H21" s="3">
+        <v>10</v>
+      </c>
+      <c r="I21" s="3">
+        <v>10</v>
+      </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="3">
-        <v>99.7</v>
+        <v>66.48</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
+        <v>10</v>
+      </c>
+      <c r="I22" s="3">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C23" s="3">
-        <v>102.32</v>
+        <v>76.82</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>1318</v>
+        <v>217</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3">
-        <v>135.33</v>
+        <v>219.13</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>33</v>
+        <v>103</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C25" s="3">
-        <v>133.38</v>
+        <v>133.34</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="3">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="G25" s="3">
         <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I25" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C26" s="3">
-        <v>1851.09</v>
+        <v>184.93</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="3">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="G26" s="3">
         <v>1</v>
       </c>
       <c r="H26" s="3">
         <v>10</v>
       </c>
       <c r="I26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C28" s="3">
-        <v>249.24</v>
+        <v>508.49</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F28" s="3">
-        <v>398</v>
+        <v>208</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="3">
-        <v>508.49</v>
+        <v>249.24</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F29" s="3">
-        <v>257</v>
+        <v>313</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>10</v>
       </c>
       <c r="I29" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A21:I21"/>
+    <mergeCell ref="A9:I9"/>
+    <mergeCell ref="A13:I13"/>
     <mergeCell ref="A27:I27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D8" r:id="rId4"/>
-    <hyperlink ref="D9" r:id="rId5"/>
+    <hyperlink ref="D7" r:id="rId4"/>
+    <hyperlink ref="D8" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
-    <hyperlink ref="D13" r:id="rId9"/>
-[...6 lines deleted...]
-    <hyperlink ref="D20" r:id="rId16"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D17" r:id="rId12"/>
+    <hyperlink ref="D18" r:id="rId13"/>
+    <hyperlink ref="D19" r:id="rId14"/>
+    <hyperlink ref="D20" r:id="rId15"/>
+    <hyperlink ref="D21" r:id="rId16"/>
     <hyperlink ref="D22" r:id="rId17"/>
     <hyperlink ref="D23" r:id="rId18"/>
     <hyperlink ref="D24" r:id="rId19"/>
     <hyperlink ref="D25" r:id="rId20"/>
     <hyperlink ref="D26" r:id="rId21"/>
     <hyperlink ref="D28" r:id="rId22"/>
     <hyperlink ref="D29" r:id="rId23"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>