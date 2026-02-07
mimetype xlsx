--- v1 (2025-12-06)
+++ v2 (2026-02-07)
@@ -8,241 +8,211 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Прайс лист" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="53">
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Товары в розничной упаковке</t>
   </si>
   <si>
-    <t>1.1 Переходники LAN</t>
+    <t>1.1 Розетки RJ-11,RJ-45</t>
+  </si>
+  <si>
+    <t>06-0106-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка телефонная + сетевая LAN, на стену, (гнездо 8Р8С (RJ-45) + гнездо 6Р4С (RJ-11)) REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>06-0104-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка сетевая LAN, на стену, 1 гнездо 8Р8С (RJ-45), CAT 5e REXANT </t>
+  </si>
+  <si>
+    <t>06-0105-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка сетевая LAN, на стену, 2 гнездо 8Р8С (RJ-45), CAT 5е REXANT </t>
+  </si>
+  <si>
+    <t>1.2 Разъемы RJ-10, 11, 12, 45</t>
+  </si>
+  <si>
+    <t>05-1021-3-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 5e (15 µ"/ 15 микродюймов), пакет, 5шт. PROconnect </t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>05-1023-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, FTP, CAT 5e, пакет, 5шт. PROconnect </t>
+  </si>
+  <si>
+    <t>06-0088-A5</t>
+  </si>
+  <si>
+    <t>Соединитель для жил, изолированный К-2, (d=0,4-0,9мм), D=2,08мм (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0081-A2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, 2шт.REXANT </t>
+  </si>
+  <si>
+    <t>06-0083-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), быстрозажимной, 1шт. REXANT </t>
+  </si>
+  <si>
+    <t>06-0084-A5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок защитный для штекера 8Р8С (RJ-45), серый, 5шт. REXANT </t>
+  </si>
+  <si>
+    <t>06-0082-A10</t>
+  </si>
+  <si>
+    <t>Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, в экране, 10шт. REXANT</t>
+  </si>
+  <si>
+    <t>06-0072-A5</t>
+  </si>
+  <si>
+    <t>Набор разъемов сетевых №2 (5 разъемов FTP, 5 колпачков) REXANT</t>
+  </si>
+  <si>
+    <t>1.3 Переходники LAN</t>
   </si>
   <si>
     <t>03-0101-9</t>
   </si>
   <si>
     <t>Адаптер проходной, RJ-45 (8P8C), UTP, CAT 5e PROconnect</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>упак</t>
+    <t>06-0111-A</t>
+  </si>
+  <si>
+    <t>Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) REXANT</t>
+  </si>
+  <si>
+    <t>06-0113-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, штекер 8Р8С (RJ-45) -2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>06-0112-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - 2 гнезда 8Р8С (RJ-45) REXANT </t>
   </si>
   <si>
     <t>06-0119-C</t>
   </si>
   <si>
     <t xml:space="preserve">Грозозащита информационного кабеля, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) (1шт/уп) REXANT </t>
   </si>
   <si>
-    <t>шт</t>
-[...121 lines deleted...]
-  <si>
     <t>1.4 Патч-корды в розничной упаковке</t>
   </si>
   <si>
+    <t>06-3202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 1,5м REXANT </t>
+  </si>
+  <si>
     <t>06-3204</t>
   </si>
   <si>
     <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 1,5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -627,56 +597,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect-11463" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant-18020" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant-18015" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant-18013" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant-18016" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant-18190" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant-18186" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant-18189" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-ftp-nabor-no2-proconnect-31464" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect-11584" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect-11412" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-utp-nabor-no1-proconnect-31463" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-ftp-nabor-no5-rexant-31462" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-utp-nabor-no3-rexant-31461" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-objim-2sht-rexant-18139" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bistrozajimnoy-1sht-rexant-18137" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitniy-dlya-shtekera-8r8s-rj-45-seriy-5sht-rexant-18143" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-jil-izolirovanniy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant-18144" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-objim-v-ekrane-10sht-rexant-21000" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-utp-nabor-no1-rexant-31459" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razemi-setevie-ftp-nabor-no2-rexant-31460" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-5m-rexant-17888" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seriy-1-5m-rexant-17886" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I29"/>
+  <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -708,780 +678,630 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>99.7</v>
+        <v>543.43</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I4" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>1851.09</v>
+        <v>293.03</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>69</v>
+        <v>320</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>470.7</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="3">
+        <v>136</v>
+      </c>
+      <c r="G6" s="3">
+        <v>1</v>
+      </c>
+      <c r="H6" s="3">
+        <v>10</v>
+      </c>
+      <c r="I6" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="3">
-[...48 lines deleted...]
-      </c>
+      <c r="B7" s="2"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="3">
+        <v>59.39</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="3" t="s">
+      <c r="F8" s="3">
+        <v>408</v>
+      </c>
+      <c r="G8" s="3">
+        <v>1</v>
+      </c>
+      <c r="H8" s="3">
+        <v>50</v>
+      </c>
+      <c r="I8" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C8" s="3">
-[...22 lines deleted...]
-      <c r="A9" s="2" t="s">
+      <c r="B9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="2"/>
-[...6 lines deleted...]
-      <c r="I9" s="2"/>
+      <c r="C9" s="3">
+        <v>150.88</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3">
+        <v>160</v>
+      </c>
+      <c r="G9" s="3">
+        <v>1</v>
+      </c>
+      <c r="H9" s="3">
+        <v>50</v>
+      </c>
+      <c r="I9" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="3">
-        <v>288.13</v>
+        <v>78.13</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>268</v>
+        <v>422</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>10</v>
       </c>
       <c r="I10" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C11" s="3">
-        <v>462.83</v>
+        <v>47.36</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="3">
-        <v>534.35</v>
+        <v>218.86</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A13" s="2" t="s">
+      <c r="A13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="2"/>
-[...6 lines deleted...]
-      <c r="I13" s="2"/>
+      <c r="B13" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="3">
+        <v>67.61</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3">
+        <v>0</v>
+      </c>
+      <c r="G13" s="3">
+        <v>1</v>
+      </c>
+      <c r="H13" s="3">
+        <v>10</v>
+      </c>
+      <c r="I13" s="3">
+        <v>50</v>
+      </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="3">
-        <v>168.26</v>
+        <v>222.86</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>1291</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" s="3">
-        <v>148.36</v>
+        <v>188.07</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
+        <v>8</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>10</v>
+      </c>
+      <c r="I15" s="3">
         <v>0</v>
       </c>
-      <c r="G15" s="3">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="3" t="s">
+      <c r="A16" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="3">
-[...19 lines deleted...]
-      </c>
+      <c r="B16" s="2"/>
+      <c r="C16" s="2"/>
+      <c r="D16" s="2"/>
+      <c r="E16" s="2"/>
+      <c r="F16" s="2"/>
+      <c r="G16" s="2"/>
+      <c r="H16" s="2"/>
+      <c r="I16" s="2"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>113.85</v>
+        <v>101.39</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>290</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>140.82</v>
+        <v>104.06</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>1191</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C19" s="3">
-        <v>109.37</v>
+        <v>135.65</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>0</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>10</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C20" s="3">
-        <v>46.57</v>
+        <v>137.63</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="3">
-        <v>215.2</v>
+        <v>1882.56</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>67</v>
+        <v>260</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="3" t="s">
+      <c r="A22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B22" s="2"/>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="3">
-        <v>76.82</v>
+        <v>253.48</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>217</v>
+        <v>261</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="3">
-        <v>219.13</v>
+        <v>517.13</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="3">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
         <v>10</v>
       </c>
       <c r="I24" s="3">
-        <v>100</v>
-[...98 lines deleted...]
-      <c r="I28" s="3">
         <v>50</v>
-      </c>
-[...27 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
-    <mergeCell ref="A9:I9"/>
-[...1 lines deleted...]
-    <mergeCell ref="A27:I27"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A16:I16"/>
+    <mergeCell ref="A22:I22"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
-    <hyperlink ref="D7" r:id="rId4"/>
-    <hyperlink ref="D8" r:id="rId5"/>
+    <hyperlink ref="D8" r:id="rId4"/>
+    <hyperlink ref="D9" r:id="rId5"/>
     <hyperlink ref="D10" r:id="rId6"/>
     <hyperlink ref="D11" r:id="rId7"/>
     <hyperlink ref="D12" r:id="rId8"/>
-    <hyperlink ref="D14" r:id="rId9"/>
-[...1 lines deleted...]
-    <hyperlink ref="D16" r:id="rId11"/>
+    <hyperlink ref="D13" r:id="rId9"/>
+    <hyperlink ref="D14" r:id="rId10"/>
+    <hyperlink ref="D15" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
     <hyperlink ref="D19" r:id="rId14"/>
     <hyperlink ref="D20" r:id="rId15"/>
     <hyperlink ref="D21" r:id="rId16"/>
-    <hyperlink ref="D22" r:id="rId17"/>
-[...5 lines deleted...]
-    <hyperlink ref="D29" r:id="rId23"/>
+    <hyperlink ref="D23" r:id="rId17"/>
+    <hyperlink ref="D24" r:id="rId18"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Прайс лист</vt:lpstr>
     </vt:vector>