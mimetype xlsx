--- v2 (2026-02-07)
+++ v3 (2026-03-30)
@@ -45,174 +45,174 @@
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Товары в розничной упаковке</t>
   </si>
   <si>
     <t>1.1 Розетки RJ-11,RJ-45</t>
   </si>
   <si>
+    <t>06-0104-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка сетевая LAN, на стену, 1 гнездо 8Р8С (RJ-45), CAT 5e REXANT </t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>06-0105-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Розетка сетевая LAN, на стену, 2 гнездо 8Р8С (RJ-45), CAT 5е REXANT </t>
+  </si>
+  <si>
     <t>06-0106-C</t>
   </si>
   <si>
     <t xml:space="preserve">Розетка телефонная + сетевая LAN, на стену, (гнездо 8Р8С (RJ-45) + гнездо 6Р4С (RJ-11)) REXANT </t>
   </si>
   <si>
-    <t>Инфо</t>
-[...17 lines deleted...]
-    <t>1.2 Разъемы RJ-10, 11, 12, 45</t>
+    <t>1.2 Патч-корды в розничной упаковке</t>
+  </si>
+  <si>
+    <t>06-3202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 1,5м REXANT </t>
+  </si>
+  <si>
+    <t>06-3204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
+  </si>
+  <si>
+    <t>1.3 Разъемы RJ-10, 11, 12, 45</t>
+  </si>
+  <si>
+    <t>06-0081-A2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, 2шт.REXANT </t>
+  </si>
+  <si>
+    <t>упак</t>
+  </si>
+  <si>
+    <t>06-0083-A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), быстрозажимной, 1шт. REXANT </t>
+  </si>
+  <si>
+    <t>06-0084-A5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Колпачок защитный для штекера 8Р8С (RJ-45), серый, 5шт. REXANT </t>
+  </si>
+  <si>
+    <t>06-0088-A5</t>
+  </si>
+  <si>
+    <t>Соединитель для жил, изолированный К-2, (d=0,4-0,9мм), D=2,08мм (5 шт/уп) REXANT</t>
+  </si>
+  <si>
+    <t>06-0082-A10</t>
+  </si>
+  <si>
+    <t>Разъем сетевой LAN на кабель, штекер 8Р8С (RJ-45), под обжим, в экране, 10шт. REXANT</t>
   </si>
   <si>
     <t>05-1021-3-9</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, UTP, CAT 5e (15 µ"/ 15 микродюймов), пакет, 5шт. PROconnect </t>
   </si>
   <si>
-    <t>упак</t>
-[...1 lines deleted...]
-  <si>
     <t>05-1023-9</t>
   </si>
   <si>
     <t xml:space="preserve">Разъем RJ-45(8P8C) под витую пару, FTP, CAT 5e, пакет, 5шт. PROconnect </t>
   </si>
   <si>
-    <t>06-0088-A5</t>
-[...28 lines deleted...]
-  <si>
     <t>06-0072-A5</t>
   </si>
   <si>
     <t>Набор разъемов сетевых №2 (5 разъемов FTP, 5 колпачков) REXANT</t>
   </si>
   <si>
-    <t>1.3 Переходники LAN</t>
+    <t>1.4 Переходники LAN</t>
+  </si>
+  <si>
+    <t>06-0111-A</t>
+  </si>
+  <si>
+    <t>Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) REXANT</t>
+  </si>
+  <si>
+    <t>06-0112-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, гнездо 8Р8С (RJ-45) - 2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>06-0113-B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Переходник сетевой LAN, штекер 8Р8С (RJ-45) -2 гнезда 8Р8С (RJ-45) REXANT </t>
+  </si>
+  <si>
+    <t>06-0119-C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Грозозащита информационного кабеля, гнездо 8Р8С (RJ-45) - гнездо 8Р8С (RJ-45) (1шт/уп) REXANT </t>
   </si>
   <si>
     <t>03-0101-9</t>
   </si>
   <si>
     <t>Адаптер проходной, RJ-45 (8P8C), UTP, CAT 5e PROconnect</t>
-  </si>
-[...37 lines deleted...]
-    <t xml:space="preserve">Патч-корд U/UTP RJ45-RJ45, CAT 5e, PVC, серый, 5м REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -597,51 +597,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-45-8p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-sht-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zaschitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozaschita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1sht-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-u-utp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-1-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-setevaya-lan-na-stenu-2-gnezdo-8r8s-rj-45-cat-5e-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/rozetka-telefonnaya-setevaya-lan-na-stenu-gnezdo-8r8s-rj-45-gnezdo-6r4s-rj-11-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-1-5m-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/patch-kord-uutp-rj45-rj45-cat-5e-pvc-seryy-5m-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-2sht-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-bystrozazhimnoy-1sht-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/kolpachok-zashchitnyy-dlya-shtekera-8r8s-rj-45-seryy-5sht-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/soedinitel-dlya-zhil-izolirovannyy-k-2-d-0-4-0-9mm-d-2-08mm-5-shtup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-setevoy-lan-na-kabel-shteker-8r8s-rj-45-pod-obzhim-v-ekrane-10sht-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-pod-vituyu-paru-utp-cat-5e-15-15-mikrodyuymov-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/razem-rj-458p8c-pod-vituyu-paru-ftp-cat-5e-paket-5sht-proconnect" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/nabor-razemov-setevyh-2-5-razemov-ftp-5-kolpachkov-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-gnezdo-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/perehodnik-setevoy-lan-shteker-8r8s-rj-45-2-gnezda-8r8s-rj-45-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/grozozashchita-informatsionnogo-kabelya-gnezdo-8r8s-rj-45-gnezdo-8r8s-rj-45-1shtup-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/adapter-prohodnoy-rj-45-8p8c-utp-cat-5e-proconnect" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I24"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -678,628 +678,628 @@
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="3">
-        <v>543.43</v>
+        <v>293.03</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G4" s="3">
         <v>1</v>
       </c>
       <c r="H4" s="3">
         <v>10</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="3">
-        <v>293.03</v>
+        <v>470.7</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="3">
-        <v>470.7</v>
+        <v>380.4</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>136</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>10</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="3">
-        <v>59.39</v>
+        <v>177.44</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>408</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
         <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I8" s="3">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" s="3">
-        <v>150.88</v>
+        <v>361.99</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="I9" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
-[...25 lines deleted...]
-      </c>
+      <c r="A10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2"/>
+      <c r="F10" s="2"/>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2"/>
+      <c r="I10" s="2"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C11" s="3">
         <v>47.36</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>262</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>1</v>
       </c>
       <c r="H11" s="3">
         <v>10</v>
       </c>
       <c r="I11" s="3">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C12" s="3">
         <v>218.86</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
         <v>0</v>
       </c>
       <c r="G12" s="3">
         <v>1</v>
       </c>
       <c r="H12" s="3">
         <v>10</v>
       </c>
       <c r="I12" s="3">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B13" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" s="3">
-        <v>67.61</v>
+        <v>47.33</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
         <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>1</v>
       </c>
       <c r="H13" s="3">
         <v>10</v>
       </c>
       <c r="I13" s="3">
         <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" s="3">
-        <v>222.86</v>
+        <v>78.13</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>1291</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
         <v>1</v>
       </c>
       <c r="H14" s="3">
         <v>10</v>
       </c>
       <c r="I14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B15" s="3" t="s">
+      <c r="C15" s="3">
+        <v>222.86</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3">
+        <v>1</v>
+      </c>
+      <c r="H15" s="3">
+        <v>10</v>
+      </c>
+      <c r="I15" s="3">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C15" s="3">
-[...22 lines deleted...]
-      <c r="A16" s="2" t="s">
+      <c r="B16" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B16" s="2"/>
-[...6 lines deleted...]
-      <c r="I16" s="2"/>
+      <c r="C16" s="3">
+        <v>59.39</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="3">
+        <v>0</v>
+      </c>
+      <c r="G16" s="3">
+        <v>1</v>
+      </c>
+      <c r="H16" s="3">
+        <v>50</v>
+      </c>
+      <c r="I16" s="3">
+        <v>5</v>
+      </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C17" s="3">
-        <v>101.39</v>
+        <v>150.88</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="3">
-        <v>104.06</v>
+        <v>131.65</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>1191</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>1</v>
       </c>
       <c r="H18" s="3">
         <v>10</v>
       </c>
       <c r="I18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A19" s="3" t="s">
+      <c r="A19" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B19" s="3" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B19" s="2"/>
+      <c r="C19" s="2"/>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2"/>
+      <c r="F19" s="2"/>
+      <c r="G19" s="2"/>
+      <c r="H19" s="2"/>
+      <c r="I19" s="2"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="B20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="3">
-        <v>137.63</v>
+        <v>104.06</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="3">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
         <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="3">
-        <v>1882.56</v>
+        <v>137.63</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>260</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22" s="2" t="s">
+      <c r="A22" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="2"/>
-[...6 lines deleted...]
-      <c r="I22" s="2"/>
+      <c r="C22" s="3">
+        <v>94.96</v>
+      </c>
+      <c r="D22" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F22" s="3">
+        <v>0</v>
+      </c>
+      <c r="G22" s="3">
+        <v>1</v>
+      </c>
+      <c r="H22" s="3">
+        <v>10</v>
+      </c>
+      <c r="I22" s="3">
+        <v>1</v>
+      </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="3">
-        <v>253.48</v>
+        <v>1317.79</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="3">
-        <v>261</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>1</v>
       </c>
       <c r="H23" s="3">
         <v>10</v>
       </c>
       <c r="I23" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="3">
-        <v>517.13</v>
+        <v>101.39</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F24" s="3">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="G24" s="3">
         <v>1</v>
       </c>
       <c r="H24" s="3">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A7:I7"/>
-    <mergeCell ref="A16:I16"/>
-    <mergeCell ref="A22:I22"/>
+    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A19:I19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D4" r:id="rId1"/>
     <hyperlink ref="D5" r:id="rId2"/>
     <hyperlink ref="D6" r:id="rId3"/>
     <hyperlink ref="D8" r:id="rId4"/>
     <hyperlink ref="D9" r:id="rId5"/>
-    <hyperlink ref="D10" r:id="rId6"/>
-[...4 lines deleted...]
-    <hyperlink ref="D15" r:id="rId11"/>
+    <hyperlink ref="D11" r:id="rId6"/>
+    <hyperlink ref="D12" r:id="rId7"/>
+    <hyperlink ref="D13" r:id="rId8"/>
+    <hyperlink ref="D14" r:id="rId9"/>
+    <hyperlink ref="D15" r:id="rId10"/>
+    <hyperlink ref="D16" r:id="rId11"/>
     <hyperlink ref="D17" r:id="rId12"/>
     <hyperlink ref="D18" r:id="rId13"/>
-    <hyperlink ref="D19" r:id="rId14"/>
-[...1 lines deleted...]
-    <hyperlink ref="D21" r:id="rId16"/>
+    <hyperlink ref="D20" r:id="rId14"/>
+    <hyperlink ref="D21" r:id="rId15"/>
+    <hyperlink ref="D22" r:id="rId16"/>
     <hyperlink ref="D23" r:id="rId17"/>
     <hyperlink ref="D24" r:id="rId18"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">