--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -42,162 +42,162 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Трубы гофрированные автомобильные</t>
   </si>
   <si>
+    <t>15-2350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø23,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>15-1351</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1050</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0550</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухтa 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0500</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухта 100 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø19,2мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0501</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная, негорючая (бухта 100 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø8,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø17мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2630</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø25,8мм, разрезная (бухта 30 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП, Ø6,8мм, неразрезная (бухта 50 м/уп) </t>
+  </si>
+  <si>
+    <t>15-1052</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, неразрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-0751</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...38 lines deleted...]
-    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная, негорючая (бухта 50 м/уп)</t>
+    <t>15-1051</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1250</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø11,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 50 м/уп)</t>
   </si>
   <si>
     <t>15-3025</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø28,3мм, разрезная (бухта 25 м/уп)</t>
-  </si>
-[...58 lines deleted...]
-    <t>Труба автомобильная гофрированная ПП, Ø11,5мм, разрезная (бухта 50 м/уп)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-m-up.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-m-up.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-m-up.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-23-5mm-razreznaya-buhta-50-m-up-10524" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up-11832" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-9-8mm-razreznaya-buhta-50-m-up-8393" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-4-6mm-razreznaya-buhta-50-m-up-8391" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-4-6mm-razreznaya-buhta-100-m-up-9201" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-19-2mm-razreznaya-buhta-50-m-up-10523" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up-11841" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-8-5mm-razreznaya-buhta-50-m-up-9377" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-17mm-razreznaya-buhta-50-m-up-10522" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-12-7mm-razreznaya-buhta-50-m-up-8394" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-25-8mm-razreznaya-buhta-30-m-up-10525" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-6-8mm-nerazreznaya-buhta-50-m-up-11836" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-9-8mm-nerazreznaya-buhta-50-m-up-11837" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up-11830" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up-11831" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-11-5mm-razreznaya-buhta-50-m-up-13482" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-6-8mm-razreznaya-buhta-50-m-up-8392" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-28-3mm-razreznaya-buhta-25-m-up-13483" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,559 +650,559 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>47.76</v>
+        <v>155.22</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>9450</v>
+        <v>1600</v>
       </c>
       <c r="G3" s="3">
         <v>50</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>84.83</v>
+        <v>78.93</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>1900</v>
+        <v>350</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>145.07</v>
+        <v>54.91</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1550</v>
+        <v>2700</v>
       </c>
       <c r="G5" s="3">
         <v>50</v>
       </c>
       <c r="H5" s="3">
         <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>51.32</v>
+        <v>34.53</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>5250</v>
+        <v>3750</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>32.27</v>
+        <v>34.2</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>6000</v>
+        <v>400</v>
       </c>
       <c r="G7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>62.69</v>
+        <v>106.57</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>2600</v>
+        <v>600</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>73.77</v>
+        <v>46.08</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1800</v>
+        <v>2300</v>
       </c>
       <c r="G9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H9" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>183.19</v>
+        <v>52.63</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>325</v>
+        <v>8850</v>
       </c>
       <c r="G10" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>38.08</v>
+        <v>90.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>6700</v>
+        <v>2500</v>
       </c>
       <c r="G11" s="3">
         <v>50</v>
       </c>
       <c r="H11" s="3">
         <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>66.39</v>
+        <v>67.08</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>5800</v>
+        <v>3900</v>
       </c>
       <c r="G12" s="3">
         <v>50</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>38.08</v>
+        <v>162.89</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1650</v>
+        <v>240</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H13" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>31.96</v>
+        <v>40.75</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>1400</v>
+        <v>550</v>
       </c>
       <c r="G14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H14" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>99.6</v>
+        <v>54.91</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>650</v>
+        <v>1850</v>
       </c>
       <c r="G15" s="3">
         <v>50</v>
       </c>
       <c r="H15" s="3">
         <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>152.23</v>
+        <v>51.1</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>270</v>
+        <v>5150</v>
       </c>
       <c r="G16" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>49.19</v>
+        <v>71.04</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>9600</v>
+        <v>3550</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>51.32</v>
+        <v>65.78</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>2200</v>
+        <v>750</v>
       </c>
       <c r="G18" s="3">
         <v>50</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>43.07</v>
+        <v>40.75</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>61.48</v>
+        <v>196.01</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>1350</v>
+        <v>175</v>
       </c>
       <c r="G20" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>