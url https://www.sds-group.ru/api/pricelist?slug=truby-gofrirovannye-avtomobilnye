--- v1 (2025-11-29)
+++ v2 (2026-01-13)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Трубы гофрированные автомобильные</t>
   </si>
   <si>
+    <t>15-0550</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухтa 50 м/уп)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>15-1051</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0500</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухта 100 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø8,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1050</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø17мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø19,2мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2630</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø25,8мм, разрезная (бухта 30 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-2350</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø23,5мм, разрезная (бухта 50 м/уп)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>15-0751</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0501</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная, негорючая (бухта 100 м/уп)</t>
   </si>
   <si>
     <t>15-1351</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
-    <t>15-1050</t>
-[...52 lines deleted...]
-  <si>
     <t>15-0752</t>
   </si>
   <si>
     <t xml:space="preserve">Труба автомобильная гофрированная ПП, Ø6,8мм, неразрезная (бухта 50 м/уп) </t>
   </si>
   <si>
+    <t>15-1250</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø11,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-1052</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø9,8мм, неразрезная (бухта 50 м/уп)</t>
-  </si>
-[...22 lines deleted...]
-    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 50 м/уп)</t>
   </si>
   <si>
     <t>15-3025</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø28,3мм, разрезная (бухта 25 м/уп)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-23-5mm-razreznaya-buhta-50-m-up-10524" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up-11832" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-9-8mm-razreznaya-buhta-50-m-up-8393" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-4-6mm-razreznaya-buhta-50-m-up-8391" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-4-6mm-razreznaya-buhta-100-m-up-9201" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-19-2mm-razreznaya-buhta-50-m-up-10523" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up-11841" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-8-5mm-razreznaya-buhta-50-m-up-9377" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-17mm-razreznaya-buhta-50-m-up-10522" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-12-7mm-razreznaya-buhta-50-m-up-8394" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-25-8mm-razreznaya-buhta-30-m-up-10525" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-6-8mm-nerazreznaya-buhta-50-m-up-11836" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-9-8mm-nerazreznaya-buhta-50-m-up-11837" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up-11830" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up-11831" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-11-5mm-razreznaya-buhta-50-m-up-13482" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-6-8mm-razreznaya-buhta-50-m-up-8392" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-oslash-28-3mm-razreznaya-buhta-25-m-up-13483" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-m-up" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-m-up" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,553 +650,553 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>155.22</v>
+        <v>37.58</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>1600</v>
+        <v>4100</v>
       </c>
       <c r="G3" s="3">
         <v>50</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>78.93</v>
+        <v>77.31</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>350</v>
+        <v>2100</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>54.91</v>
+        <v>37.22</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>2700</v>
+        <v>1800</v>
       </c>
       <c r="G5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H5" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>34.53</v>
+        <v>57.27</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>3750</v>
+        <v>4900</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>34.2</v>
+        <v>44.34</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>400</v>
+        <v>4500</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H7" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>106.57</v>
+        <v>59.75</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>600</v>
+        <v>3350</v>
       </c>
       <c r="G8" s="3">
         <v>50</v>
       </c>
       <c r="H8" s="3">
         <v>50</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>46.08</v>
+        <v>98.78</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>2300</v>
+        <v>1750</v>
       </c>
       <c r="G9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H9" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>52.63</v>
+        <v>115.97</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>8850</v>
+        <v>550</v>
       </c>
       <c r="G10" s="3">
         <v>50</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>90.77</v>
+        <v>177.26</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>2500</v>
+        <v>120</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H11" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>67.08</v>
+        <v>73</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>3900</v>
+        <v>1450</v>
       </c>
       <c r="G12" s="3">
         <v>50</v>
       </c>
       <c r="H12" s="3">
         <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>162.89</v>
+        <v>168.91</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>240</v>
+        <v>1400</v>
       </c>
       <c r="G13" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>40.75</v>
+        <v>55.61</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>550</v>
+        <v>3250</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>54.91</v>
+        <v>50.14</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1850</v>
+        <v>1900</v>
       </c>
       <c r="G15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>51.1</v>
+        <v>85.89</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>5150</v>
+        <v>1650</v>
       </c>
       <c r="G16" s="3">
         <v>50</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>71.04</v>
+        <v>44.34</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>3550</v>
+        <v>1300</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>65.78</v>
+        <v>71.58</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="G18" s="3">
         <v>50</v>
       </c>
       <c r="H18" s="3">
         <v>50</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>40.75</v>
+        <v>59.75</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>5000</v>
+        <v>1500</v>
       </c>
       <c r="G19" s="3">
         <v>50</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>196.01</v>
+        <v>213.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>175</v>
+        <v>425</v>
       </c>
       <c r="G20" s="3">
         <v>25</v>
       </c>
       <c r="H20" s="3">
         <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>