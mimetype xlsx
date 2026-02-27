--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -42,156 +42,156 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Трубы гофрированные автомобильные</t>
   </si>
   <si>
+    <t>15-0950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø8,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
     <t>15-0550</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухтa 50 м/уп)</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>метр</t>
+    <t>15-1750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø17мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1950</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø19,2мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø23,5мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-2630</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø25,8мм, разрезная (бухта 30 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0750</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1050</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-1350</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0501</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная, негорючая (бухта 100 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0751</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø6,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
     <t>15-1051</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø9,8мм, разрезная, негорючая (бухта 50 м/уп)</t>
   </si>
   <si>
+    <t>15-1351</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø12,7мм, разрезная, негорючая (бухта 50 м/уп)</t>
+  </si>
+  <si>
+    <t>15-0752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба автомобильная гофрированная ПП, Ø6,8мм, неразрезная (бухта 50 м/уп) </t>
+  </si>
+  <si>
+    <t>15-1052</t>
+  </si>
+  <si>
+    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, неразрезная (бухта 50 м/уп)</t>
+  </si>
+  <si>
     <t>15-0500</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø4,6мм, разрезная (бухта 100 м/уп)</t>
   </si>
   <si>
-    <t>15-0950</t>
-[...70 lines deleted...]
-  <si>
     <t>15-1250</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø11,5мм, разрезная (бухта 50 м/уп)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Труба автомобильная гофрированная ПП, Ø9,8мм, неразрезная (бухта 50 м/уп)</t>
   </si>
   <si>
     <t>15-3025</t>
   </si>
   <si>
     <t>Труба автомобильная гофрированная ПП, Ø28,3мм, разрезная (бухта 25 м/уп)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
@@ -582,51 +582,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-m-up" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-m-up" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-m-up" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-m-up" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-8-5mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-17mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-19-2mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-23-5mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-25-8mm-razreznaya-buhta-30-mup" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-negoryuchaya-buhta-100-mup" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-razreznaya-negoryuchaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-razreznaya-negoryuchaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-12-7mm-razreznaya-negoryuchaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-6-8mm-nerazreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-9-8mm-nerazreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-4-6mm-razreznaya-buhta-100-mup" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-11-5mm-razreznaya-buhta-50-mup" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-avtomobilnaya-gofrirovannaya-pp-28-3mm-razreznaya-buhta-25-mup" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I20"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -650,553 +650,553 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>37.58</v>
+        <v>57.27</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>4100</v>
+        <v>0</v>
       </c>
       <c r="G3" s="3">
         <v>50</v>
       </c>
       <c r="H3" s="3">
         <v>50</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>77.31</v>
+        <v>37.58</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2100</v>
+        <v>1330</v>
       </c>
       <c r="G4" s="3">
         <v>50</v>
       </c>
       <c r="H4" s="3">
         <v>50</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>37.22</v>
+        <v>98.78</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1800</v>
+        <v>250</v>
       </c>
       <c r="G5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H5" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>57.27</v>
+        <v>115.97</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>4900</v>
+        <v>0</v>
       </c>
       <c r="G6" s="3">
         <v>50</v>
       </c>
       <c r="H6" s="3">
         <v>50</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>44.34</v>
+        <v>168.91</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>4500</v>
+        <v>1350</v>
       </c>
       <c r="G7" s="3">
         <v>50</v>
       </c>
       <c r="H7" s="3">
         <v>50</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>59.75</v>
+        <v>177.26</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>3350</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="H8" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>98.78</v>
+        <v>44.34</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1750</v>
+        <v>0</v>
       </c>
       <c r="G9" s="3">
         <v>50</v>
       </c>
       <c r="H9" s="3">
         <v>50</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>115.97</v>
+        <v>59.75</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
         <v>50</v>
       </c>
       <c r="H10" s="3">
         <v>50</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>177.26</v>
+        <v>73</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>73</v>
+        <v>50.14</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1450</v>
+        <v>0</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>168.91</v>
+        <v>55.61</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1400</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>50</v>
       </c>
       <c r="H13" s="3">
         <v>50</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>55.61</v>
+        <v>77.31</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>3250</v>
+        <v>1300</v>
       </c>
       <c r="G14" s="3">
         <v>50</v>
       </c>
       <c r="H14" s="3">
         <v>50</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>50.14</v>
+        <v>85.89</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>1900</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H15" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>85.89</v>
+        <v>44.34</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>1650</v>
+        <v>250</v>
       </c>
       <c r="G16" s="3">
         <v>50</v>
       </c>
       <c r="H16" s="3">
         <v>50</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>44.34</v>
+        <v>59.75</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>1300</v>
+        <v>600</v>
       </c>
       <c r="G17" s="3">
         <v>50</v>
       </c>
       <c r="H17" s="3">
         <v>50</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>71.58</v>
+        <v>37.22</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>700</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>59.75</v>
+        <v>71.58</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>1500</v>
+        <v>150</v>
       </c>
       <c r="G19" s="3">
         <v>50</v>
       </c>
       <c r="H19" s="3">
         <v>50</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
         <v>213.3</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>425</v>
+        <v>75</v>
       </c>
       <c r="G20" s="3">
         <v>25</v>
       </c>
       <c r="H20" s="3">
         <v>25</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>