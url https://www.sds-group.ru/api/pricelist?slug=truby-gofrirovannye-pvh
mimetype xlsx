--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -54,165 +54,165 @@
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Трубы гофрированные ПВХ</t>
   </si>
   <si>
     <t>28-0500-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø50мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
     <t>Инфо</t>
   </si>
   <si>
     <t>метр</t>
   </si>
   <si>
+    <t>28-0400-2</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0201-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>28-0251-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0016-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0161-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0032-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø32мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0500-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø50мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0020-10</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 10 м/уп) REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...17 lines deleted...]
-    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 25 м/уп) REXANT</t>
+    <t>28-0400-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø40мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0032-2</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø32мм (бухта 25 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0016-10</t>
-[...14 lines deleted...]
-    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø50мм (бухта 15 м/уп) REXANT</t>
+    <t>28-0161-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0016-2</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
     <t>28-0020-2</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0025-2</t>
-[...16 lines deleted...]
-  <si>
     <t>28-0201-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
-    <t>28-0016-60</t>
-[...4 lines deleted...]
-  <si>
     <t>28-0020-60</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø20мм (бухта 100 м/уп) REXANT </t>
-  </si>
-[...16 lines deleted...]
-    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø25мм (бухта 50 м/уп) REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -597,51 +597,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-m-up-rexant.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-m-up-rexant.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-50mm-buhta-15-m-up-rexant-20914" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-40mm-buhta-15-m-up-rexant-20913" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-50-m-up-rexant-29145" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-25mm-buhta-25-m-up-rexant-29080" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-16mm-buhta-100-m-up-rexant-31836" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-25mm-buhta-10-m-up-rexant-9244" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-25-m-up-rexant-29349" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-32mm-buhta-50-m-up-rexant-31839" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-50mm-buhta-15-m-up-rexant-31834" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-25mm-buhta-50-m-up-rexant-12935" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-25mm-buhta-50-m-up-rexant-31838" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-10-m-up-rexant-9242" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-10-m-up-rexant-9243" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-40mm-buhta-15-m-up-rexant-31833" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-32mm-buhta-25-m-up-rexant-12933" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-50-m-up-rexant-29213" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-100-m-up-rexant-12939" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-100-m-up-rexant-12938" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-25-m-up-rexant-29350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-20mm-buhta-100-m-up-rexant-31837" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -674,611 +674,611 @@
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
         <v>90.62</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>315</v>
+        <v>3735</v>
       </c>
       <c r="G3" s="3">
         <v>15</v>
       </c>
       <c r="H3" s="3">
         <v>15</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>387.7</v>
+        <v>66.91</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>302</v>
+        <v>2430</v>
       </c>
       <c r="G4" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H4" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I4" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="3" t="s">
+      <c r="C5" s="3">
+        <v>1105.45</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>2280</v>
+        <v>147</v>
       </c>
       <c r="G5" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>1105.45</v>
+        <v>1009.02</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>1009.02</v>
+        <v>27.69</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I7" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>46.98</v>
+        <v>540.41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F8" s="3">
-        <v>9925</v>
+        <v>244</v>
       </c>
       <c r="G8" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="H8" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="I8" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>292.09</v>
+        <v>555.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>661</v>
+        <v>215</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>540.41</v>
+        <v>79.44</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>264</v>
+        <v>0</v>
       </c>
       <c r="G10" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H10" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I10" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
         <v>163.77</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>15</v>
       </c>
       <c r="H11" s="3">
         <v>0</v>
       </c>
       <c r="I11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>14.59</v>
+        <v>28.87</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>300</v>
+        <v>27300</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>18.72</v>
+        <v>53.04</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>28.87</v>
+        <v>292.09</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>6350</v>
+        <v>489</v>
       </c>
       <c r="G14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>832.5</v>
+        <v>387.7</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>118</v>
+        <v>867</v>
       </c>
       <c r="G15" s="3">
         <v>1</v>
       </c>
       <c r="H15" s="3">
         <v>1</v>
       </c>
       <c r="I15" s="3">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>555.85</v>
+        <v>112.59</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H16" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I16" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>691.07</v>
+        <v>46.98</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>403</v>
+        <v>11950</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H17" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>27.69</v>
+        <v>832.5</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>0</v>
+        <v>69</v>
       </c>
       <c r="G18" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I18" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>38.3</v>
+        <v>14.59</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>0</v>
+        <v>19600</v>
       </c>
       <c r="G19" s="3">
         <v>100</v>
       </c>
       <c r="H19" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>112.59</v>
+        <v>18.72</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>0</v>
+        <v>7000</v>
       </c>
       <c r="G20" s="3">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="H20" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I20" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>79.44</v>
+        <v>691.07</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>0</v>
+        <v>245</v>
       </c>
       <c r="G21" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>53.04</v>
+        <v>38.3</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
         <v>0</v>
       </c>
       <c r="G22" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H22" s="3">
         <v>0</v>
       </c>
       <c r="I22" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>