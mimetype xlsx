--- v1 (2025-11-28)
+++ v2 (2026-01-12)
@@ -42,177 +42,177 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Трубы гофрированные ПВХ</t>
   </si>
   <si>
+    <t>28-0400-2</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
     <t>28-0500-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø50мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...8 lines deleted...]
-    <t>Труба гофрированная из ПВХ, с зондом, Ø40мм (бухта 15 м/уп) REXANT</t>
+    <t>28-0201-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>28-0016-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0020-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø20мм (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
     <t>28-0201-50</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...1 lines deleted...]
-  <si>
     <t>28-0251-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0025-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0016-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø32мм (бухта 25 м/уп) REXANT </t>
+  </si>
+  <si>
     <t>28-0016-60</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø16мм (бухта 100 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0025-10</t>
-[...2 lines deleted...]
-    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 10 м/уп) REXANT</t>
+    <t>28-0032-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø32мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0400-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0500-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø50мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0020-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0161-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 50 м/уп) REXANT</t>
   </si>
   <si>
     <t>28-0161-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 25 м/уп) REXANT</t>
-  </si>
-[...76 lines deleted...]
-    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø20мм (бухта 100 м/уп) REXANT </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -597,51 +597,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-50mm-buhta-15-m-up-rexant-20914" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-40mm-buhta-15-m-up-rexant-20913" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-50-m-up-rexant-29145" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-25mm-buhta-25-m-up-rexant-29080" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-16mm-buhta-100-m-up-rexant-31836" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-25mm-buhta-10-m-up-rexant-9244" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-25-m-up-rexant-29349" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-32mm-buhta-50-m-up-rexant-31839" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-50mm-buhta-15-m-up-rexant-31834" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-25mm-buhta-50-m-up-rexant-12935" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-25mm-buhta-50-m-up-rexant-31838" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-10-m-up-rexant-9242" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-10-m-up-rexant-9243" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-40mm-buhta-15-m-up-rexant-31833" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-32mm-buhta-25-m-up-rexant-12933" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-50-m-up-rexant-29213" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-16mm-buhta-100-m-up-rexant-12939" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-100-m-up-rexant-12938" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-oslash-20mm-buhta-25-m-up-rexant-29350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyajelaya-s-zondom-oslash-20mm-buhta-100-m-up-rexant-31837" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-m-up-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -665,620 +665,620 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>90.62</v>
+        <v>96</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3735</v>
+        <v>3570</v>
       </c>
       <c r="G3" s="3">
         <v>15</v>
       </c>
       <c r="H3" s="3">
         <v>15</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>66.91</v>
+        <v>124.07</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2430</v>
+        <v>3225</v>
       </c>
       <c r="G4" s="3">
         <v>15</v>
       </c>
       <c r="H4" s="3">
         <v>15</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>1105.45</v>
+        <v>864.18</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>147</v>
+        <v>58</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3">
-        <v>1009.02</v>
+        <v>297.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>122</v>
+        <v>535</v>
       </c>
       <c r="G6" s="3">
         <v>1</v>
       </c>
       <c r="H6" s="3">
         <v>1</v>
       </c>
       <c r="I6" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>27.69</v>
+        <v>549.6</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>228</v>
       </c>
       <c r="G7" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H7" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I7" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>540.41</v>
+        <v>38.95</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>244</v>
+        <v>0</v>
       </c>
       <c r="G8" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H8" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I8" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>555.85</v>
+        <v>1374.45</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F9" s="3">
-        <v>215</v>
+        <v>190</v>
       </c>
       <c r="G9" s="3">
         <v>1</v>
       </c>
       <c r="H9" s="3">
         <v>1</v>
       </c>
       <c r="I9" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>79.44</v>
+        <v>1135.69</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F10" s="3">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G10" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H10" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>163.77</v>
+        <v>53.94</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
         <v>0</v>
       </c>
       <c r="G11" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H11" s="3">
         <v>0</v>
       </c>
       <c r="I11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>28.87</v>
+        <v>18.89</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>27300</v>
+        <v>32400</v>
       </c>
       <c r="G12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H12" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>53.04</v>
+        <v>24.24</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>0</v>
+        <v>56200</v>
       </c>
       <c r="G13" s="3">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>292.09</v>
+        <v>58.85</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>489</v>
+        <v>11300</v>
       </c>
       <c r="G14" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H14" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>387.7</v>
+        <v>28.16</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>867</v>
+        <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H15" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I15" s="3">
-        <v>10</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>112.59</v>
+        <v>80.79</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
         <v>0</v>
       </c>
       <c r="G16" s="3">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H16" s="3">
         <v>0</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>46.98</v>
+        <v>114.5</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>11950</v>
+        <v>0</v>
       </c>
       <c r="G17" s="3">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="H17" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="I17" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
-        <v>832.5</v>
+        <v>166.55</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H18" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I18" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>14.59</v>
+        <v>394.29</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>19600</v>
+        <v>391</v>
       </c>
       <c r="G19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>18.72</v>
+        <v>38.27</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>7000</v>
+        <v>21150</v>
       </c>
       <c r="G20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>691.07</v>
+        <v>1072.05</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>245</v>
+        <v>157</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
         <v>1</v>
       </c>
       <c r="I21" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>38.3</v>
+        <v>647.98</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F22" s="3">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G22" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I22" s="3">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>