--- v2 (2026-01-12)
+++ v3 (2026-02-27)
@@ -42,177 +42,177 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Трубы гофрированные ПВХ</t>
   </si>
   <si>
+    <t>28-0016-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>бухта</t>
+  </si>
+  <si>
+    <t>28-0201-50</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 50 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0251-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0016-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>метр</t>
+  </si>
+  <si>
+    <t>28-0020-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0025-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 50 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0032-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ, с зондом, Ø32мм (бухта 25 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0025-10</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø25мм (бухта 10 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0161-25</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 25 м/уп) REXANT</t>
+  </si>
+  <si>
+    <t>28-0016-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø16мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0020-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø20мм (бухта 100 м/уп) REXANT </t>
+  </si>
+  <si>
+    <t>28-0400-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø40мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0400-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø40мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>28-0500-2</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø50мм (бухта 15 м/уп) REXANT</t>
   </si>
   <si>
+    <t>28-0500-60</t>
+  </si>
+  <si>
+    <t>Труба гофрированная из ПВХ, тяжелая, с зондом, ø50мм (бухта 15 м/уп) REXANT</t>
+  </si>
+  <si>
     <t>28-0201-25</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø20мм (бухта 25 м/уп) REXANT</t>
   </si>
   <si>
-    <t>бухта</t>
-[...31 lines deleted...]
-  <si>
     <t>28-0025-60</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø25мм (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0016-2</t>
-[...22 lines deleted...]
-  <si>
     <t>28-0032-60</t>
   </si>
   <si>
     <t xml:space="preserve">Труба гофрированная из ПВХ тяжелая с зондом, ø32мм (бухта 50 м/уп) REXANT </t>
   </si>
   <si>
-    <t>28-0400-60</t>
-[...22 lines deleted...]
-  <si>
     <t>28-0161-50</t>
   </si>
   <si>
     <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 50 м/уп) REXANT</t>
-  </si>
-[...4 lines deleted...]
-    <t>Труба гофрированная из ПВХ, с зондом, Ø16мм (бухта 25 м/уп) REXANT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -597,51 +597,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-m-up-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-m-up-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-m-up-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-m-up-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-m-up-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-m-up-rexant" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-32mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-25mm-buhta-10-mup-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-16mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-20mm-buhta-100-mup-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-40mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-40mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-50mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-50mm-buhta-15-mup-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-20mm-buhta-25-mup-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-25mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-tyazhelaya-s-zondom-32mm-buhta-50-mup-rexant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/truba-gofrirovannaya-iz-pvh-s-zondom-16mm-buhta-50-mup-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I22"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -665,620 +665,620 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>96</v>
+        <v>297.06</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3570</v>
+        <v>589</v>
       </c>
       <c r="G3" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H3" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I3" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>124.07</v>
+        <v>1374.45</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>3225</v>
+        <v>286</v>
       </c>
       <c r="G4" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="H4" s="3">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="I4" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>864.18</v>
+        <v>1135.69</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="G5" s="3">
         <v>1</v>
       </c>
       <c r="H5" s="3">
         <v>1</v>
       </c>
       <c r="I5" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="B6" s="3" t="s">
+      <c r="C6" s="3">
+        <v>18.89</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="C6" s="3">
-[...7 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>535</v>
+        <v>24400</v>
       </c>
       <c r="G6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H6" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I6" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="3">
-        <v>549.6</v>
+        <v>24.24</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>228</v>
+        <v>23800</v>
       </c>
       <c r="G7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="H7" s="3">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="I7" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="3">
-        <v>38.95</v>
+        <v>38.27</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>0</v>
+        <v>9050</v>
       </c>
       <c r="G8" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H8" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="I8" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="3">
-        <v>1374.45</v>
+        <v>58.85</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>190</v>
+        <v>11575</v>
       </c>
       <c r="G9" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="H9" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I9" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="3">
-        <v>1135.69</v>
+        <v>394.29</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>78</v>
+        <v>677</v>
       </c>
       <c r="G10" s="3">
         <v>1</v>
       </c>
       <c r="H10" s="3">
         <v>1</v>
       </c>
       <c r="I10" s="3">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="3">
-        <v>53.94</v>
+        <v>549.6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="G11" s="3">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="H11" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I11" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="3">
-        <v>18.89</v>
+        <v>647.98</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>32400</v>
+        <v>187</v>
       </c>
       <c r="G12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="I12" s="3">
-        <v>1</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="3">
-        <v>24.24</v>
+        <v>28.16</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F13" s="3">
-        <v>56200</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
         <v>100</v>
       </c>
       <c r="H13" s="3">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="I13" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="3">
-        <v>58.85</v>
+        <v>38.95</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F14" s="3">
-        <v>11300</v>
+        <v>0</v>
       </c>
       <c r="G14" s="3">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="H14" s="3">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="I14" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C15" s="3">
-        <v>28.16</v>
+        <v>114.5</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
         <v>0</v>
       </c>
       <c r="G15" s="3">
-        <v>100</v>
+        <v>15</v>
       </c>
       <c r="H15" s="3">
         <v>0</v>
       </c>
       <c r="I15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="3">
-        <v>80.79</v>
+        <v>96</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>0</v>
+        <v>2550</v>
       </c>
       <c r="G16" s="3">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H16" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="I16" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="3">
-        <v>114.5</v>
+        <v>124.07</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>0</v>
+        <v>1125</v>
       </c>
       <c r="G17" s="3">
         <v>15</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="3">
         <v>166.55</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
         <v>0</v>
       </c>
       <c r="G18" s="3">
         <v>15</v>
       </c>
       <c r="H18" s="3">
         <v>0</v>
       </c>
       <c r="I18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3">
-        <v>394.29</v>
+        <v>864.18</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>1</v>
       </c>
       <c r="I19" s="3">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="3">
-        <v>38.27</v>
+        <v>53.94</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>21150</v>
+        <v>0</v>
       </c>
       <c r="G20" s="3">
         <v>50</v>
       </c>
       <c r="H20" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3">
-        <v>1072.05</v>
+        <v>80.79</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" s="3">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="H21" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I21" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="3">
-        <v>647.98</v>
+        <v>1072.05</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>20</v>
+        <v>138</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>1</v>
       </c>
       <c r="I22" s="3">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>
     <hyperlink ref="D18" r:id="rId16"/>
     <hyperlink ref="D19" r:id="rId17"/>
     <hyperlink ref="D20" r:id="rId18"/>