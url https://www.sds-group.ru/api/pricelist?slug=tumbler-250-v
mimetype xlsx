--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -42,204 +42,204 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Тумблер 250 V</t>
   </si>
   <si>
+    <t>36-4172</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) (ON)-OFF-(ON) двухполюсный  (KN-223)  REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-4112</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный (KN-103) REXANT</t>
+  </si>
+  <si>
+    <t>06-0327-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный  (KN-202)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4011</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+  </si>
+  <si>
     <t>36-4020</t>
   </si>
   <si>
     <t>Тумблер 250V 3А (6c) ON-ON двухполюсный Micro (MTS-202) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>36-4150</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-(ON) однополюсной (KN-112) REXANT</t>
+  </si>
+  <si>
+    <t>36-4310</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (2c) ON-OFF однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4010</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-ON однополюсный  Micro  (MTS-102)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4170</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-(ON) двухполюсный (KN-212) REXANT</t>
+  </si>
+  <si>
+    <t>36-4311</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4151</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-(ON) однополюсной (KN-113) REXANT</t>
+  </si>
+  <si>
+    <t>36-4110</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4152</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
   </si>
   <si>
     <t>36-4021</t>
   </si>
   <si>
     <t>Тумблер 250V 3А (6c) ON-OFF-ON двухполюсный Micro (MTS-203) REXANT</t>
   </si>
   <si>
-    <t>36-4150</t>
-[...14 lines deleted...]
-    <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
+    <t>06-0326-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный  (KN-201)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4110-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4112-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный  (KN-103)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4132-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4132</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный (KN-203) REXANT</t>
+  </si>
+  <si>
+    <t>06-0328-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>36-4171</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-OFF-(ON) двухполюсный (KN-213) REXANT</t>
   </si>
   <si>
-    <t>36-4311</t>
-[...62 lines deleted...]
-    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
+    <t>36-4131</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный (KN-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4111</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
+  </si>
+  <si>
+    <t>36-4130</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный (KN-201) REXANT</t>
   </si>
   <si>
     <t>06-0330-A</t>
   </si>
   <si>
     <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT (в упак. 1шт.)</t>
-  </si>
-[...40 lines deleted...]
-    <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
   </si>
   <si>
     <t>06-0324-A</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>36-4310-1</t>
   </si>
   <si>
     <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -636,51 +636,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant.html" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant.html" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant.html" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant.html" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant.html" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-223-rexant-8887" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-8878" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-v-upak-1sht-18166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusniy-micro-mts-103-rexant-8873" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusniy-micro-mts-202-rexant-8874" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant-8882" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-8892" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusniy-micro-mts-102-rexant-8872" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-212-rexant-8885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusniy-mini-asw-23-rexant-8893" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant-8883" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-8876" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant-8884" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusniy-micro-mts-203-rexant-8875" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-v-upak-1sht-18172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-individualnaya-upakovka-1-sht-17175" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-individualnaya-upakovka-1-sht-17181" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-individualnaya-upakovka-1-sht-17180" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-8881" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-v-upak-1sht-18170" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-213-rexant-8886" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-8880" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusniy-kn-102-rexant-8877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-8879" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-v-upak-1sht-18171" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-v-upak-1sht-18159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-individualnaya-upakovka-1-sht-17156" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -704,814 +704,814 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>67.27</v>
+        <v>440.66</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>3210</v>
+        <v>2530</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>73.45</v>
+        <v>191.55</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>4990</v>
+        <v>8840</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>281.67</v>
+        <v>297.53</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>1000</v>
+        <v>117</v>
       </c>
       <c r="G5" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H5" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>327.56</v>
+        <v>89.08</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>1870</v>
+        <v>8250</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>355.02</v>
+        <v>67.27</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>3460</v>
+        <v>2790</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>351.71</v>
+        <v>281.67</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>890</v>
+        <v>850</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>350.31</v>
+        <v>288.68</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>1190</v>
+        <v>5389</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
         <v>74.67</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>20530</v>
+        <v>19100</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>2500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>89.08</v>
+        <v>249.09</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>8757</v>
+        <v>0</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>165.86</v>
+        <v>350.31</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>29910</v>
+        <v>1060</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>191.55</v>
+        <v>327.56</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>10770</v>
+        <v>1780</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>249.09</v>
+        <v>165.86</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>0</v>
+        <v>23520</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>288.68</v>
+        <v>355.02</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>6230</v>
+        <v>2820</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>209.26</v>
+        <v>73.45</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>479</v>
+        <v>4670</v>
       </c>
       <c r="G16" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H16" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>291.11</v>
+        <v>327.31</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>104</v>
+        <v>205</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>440.66</v>
+        <v>209.26</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>3010</v>
+        <v>687</v>
       </c>
       <c r="G18" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H18" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>307.56</v>
+        <v>230.2</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>212</v>
+        <v>774</v>
       </c>
       <c r="G19" s="3">
         <v>1</v>
       </c>
       <c r="H19" s="3">
         <v>200</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>393.44</v>
+        <v>307.56</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="G20" s="3">
         <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>230.2</v>
+        <v>235.4</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>346</v>
+        <v>13440</v>
       </c>
       <c r="G21" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>327.31</v>
+        <v>291.11</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>218.52</v>
+        <v>351.71</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>10090</v>
+        <v>840</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
         <v>243.23</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>10930</v>
+        <v>10500</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>235.4</v>
+        <v>197.96</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>14650</v>
+        <v>4270</v>
       </c>
       <c r="G25" s="3">
         <v>10</v>
       </c>
       <c r="H25" s="3">
         <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>297.53</v>
+        <v>218.52</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>19</v>
+        <v>10530</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>197.96</v>
+        <v>393.44</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>5100</v>
+        <v>49</v>
       </c>
       <c r="G27" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
         <v>279.59</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>348</v>
+        <v>524</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
         <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
         <v>367.53</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>26</v>
+        <v>182</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>