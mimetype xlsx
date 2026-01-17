--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -42,216 +42,216 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Тумблер 250 V</t>
   </si>
   <si>
+    <t>36-4131</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный (KN-202) REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-4111</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
+  </si>
+  <si>
+    <t>36-4011</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4152</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4170</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-(ON) двухполюсный (KN-212) REXANT</t>
+  </si>
+  <si>
     <t>36-4172</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) (ON)-OFF-(ON) двухполюсный  (KN-223)  REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...2 lines deleted...]
-    <t>шт</t>
+    <t>36-4310</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (2c) ON-OFF однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4311</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4150</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-(ON) однополюсной (KN-112) REXANT</t>
+  </si>
+  <si>
+    <t>36-4171</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-(ON) двухполюсный (KN-213) REXANT</t>
+  </si>
+  <si>
+    <t>36-4021</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-OFF-ON двухполюсный Micro (MTS-203) REXANT</t>
+  </si>
+  <si>
+    <t>36-4132</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный (KN-203) REXANT</t>
   </si>
   <si>
     <t>36-4112</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный (KN-103) REXANT</t>
   </si>
   <si>
+    <t>06-0330-A</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>06-0327-B</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-ON двухполюсный  (KN-202)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>36-4011</t>
-[...2 lines deleted...]
-    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+    <t>36-4010</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-ON однополюсный  Micro  (MTS-102)  REXANT</t>
   </si>
   <si>
     <t>36-4020</t>
   </si>
   <si>
     <t>Тумблер 250V 3А (6c) ON-ON двухполюсный Micro (MTS-202) REXANT</t>
   </si>
   <si>
-    <t>36-4150</t>
-[...26 lines deleted...]
-    <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
+    <t>36-4110</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4110-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0326-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный  (KN-201)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>36-4130</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный (KN-201) REXANT</t>
   </si>
   <si>
     <t>36-4151</t>
   </si>
   <si>
     <t>Тумблер 250V 10А (3c) ON-OFF-(ON) однополюсной (KN-113) REXANT</t>
   </si>
   <si>
-    <t>36-4110</t>
-[...26 lines deleted...]
-    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+    <t>36-4310-1</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0324-A</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0328-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>36-4112-1</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный  (KN-103)  REXANT Индивидуальная упаковка 1 шт</t>
   </si>
   <si>
     <t>36-4132-1</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
-  </si>
-[...52 lines deleted...]
-    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -636,51 +636,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-223-rexant-8887" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-8878" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-v-upak-1sht-18166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusniy-micro-mts-103-rexant-8873" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusniy-micro-mts-202-rexant-8874" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant-8882" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-8892" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusniy-micro-mts-102-rexant-8872" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-212-rexant-8885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusniy-mini-asw-23-rexant-8893" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant-8883" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-8876" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant-8884" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusniy-micro-mts-203-rexant-8875" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-v-upak-1sht-18172" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-individualnaya-upakovka-1-sht-17175" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusniy-kn-103-rexant-individualnaya-upakovka-1-sht-17181" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-individualnaya-upakovka-1-sht-17180" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-8881" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-203-rexant-v-upak-1sht-18170" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusniy-kn-213-rexant-8886" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusniy-kn-202-rexant-8880" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusniy-kn-102-rexant-8877" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusniy-kn-201-rexant-8879" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-v-upak-1sht-18171" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusniy-kn-101-rexant-v-upak-1sht-18159" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusniy-mini-asw-23-rexant-individualnaya-upakovka-1-sht-17156" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -704,805 +704,805 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>440.66</v>
+        <v>247.36</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>2530</v>
+        <v>10380</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
         <v>500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>191.55</v>
+        <v>201.33</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>8840</v>
+        <v>5010</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
         <v>500</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>297.53</v>
+        <v>90.59</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>117</v>
+        <v>7980</v>
       </c>
       <c r="G5" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>89.08</v>
+        <v>361.06</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>8250</v>
+        <v>580</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>67.27</v>
+        <v>227.99</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>2790</v>
+        <v>0</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>281.67</v>
+        <v>448.15</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>850</v>
+        <v>1950</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>288.68</v>
+        <v>293.59</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>5389</v>
+        <v>3660</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>74.67</v>
+        <v>356.27</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>19100</v>
+        <v>1010</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>249.09</v>
+        <v>286.46</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>0</v>
+        <v>830</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>350.31</v>
+        <v>357.69</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>1060</v>
+        <v>840</v>
       </c>
       <c r="G12" s="3">
         <v>10</v>
       </c>
       <c r="H12" s="3">
         <v>500</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>327.56</v>
+        <v>74.7</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>1780</v>
+        <v>4510</v>
       </c>
       <c r="G13" s="3">
         <v>10</v>
       </c>
       <c r="H13" s="3">
         <v>500</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>165.86</v>
+        <v>239.4</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>23520</v>
+        <v>9600</v>
       </c>
       <c r="G14" s="3">
         <v>10</v>
       </c>
       <c r="H14" s="3">
         <v>500</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>355.02</v>
+        <v>194.81</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>2820</v>
+        <v>5290</v>
       </c>
       <c r="G15" s="3">
         <v>10</v>
       </c>
       <c r="H15" s="3">
         <v>500</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>73.45</v>
+        <v>400.13</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>4670</v>
+        <v>123</v>
       </c>
       <c r="G16" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H16" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>327.31</v>
+        <v>302.59</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>205</v>
+        <v>163</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>209.26</v>
+        <v>75.94</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>687</v>
+        <v>18410</v>
       </c>
       <c r="G18" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>200</v>
+        <v>2500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>230.2</v>
+        <v>68.41</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>774</v>
+        <v>4490</v>
       </c>
       <c r="G19" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>5000</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>307.56</v>
+        <v>168.68</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>126</v>
+        <v>15100</v>
       </c>
       <c r="G20" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H20" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>235.4</v>
+        <v>212.82</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>13440</v>
+        <v>699</v>
       </c>
       <c r="G21" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>291.11</v>
+        <v>332.87</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="G22" s="3">
         <v>1</v>
       </c>
       <c r="H22" s="3">
         <v>10</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>351.71</v>
+        <v>222.23</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>840</v>
+        <v>9310</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>243.23</v>
+        <v>333.13</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>10500</v>
+        <v>1760</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>197.96</v>
+        <v>373.78</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>4270</v>
+        <v>157</v>
       </c>
       <c r="G25" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H25" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>218.52</v>
+        <v>284.34</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>10530</v>
+        <v>399</v>
       </c>
       <c r="G26" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H26" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>393.44</v>
+        <v>296.06</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>49</v>
+        <v>183</v>
       </c>
       <c r="G27" s="3">
         <v>1</v>
       </c>
       <c r="H27" s="3">
         <v>10</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>279.59</v>
+        <v>234.11</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>524</v>
+        <v>480</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>367.53</v>
+        <v>312.79</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
         <v>182</v>
       </c>
       <c r="G29" s="3">
         <v>1</v>
       </c>
       <c r="H29" s="3">
         <v>200</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>