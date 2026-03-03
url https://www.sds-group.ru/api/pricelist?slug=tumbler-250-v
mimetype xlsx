--- v2 (2026-01-17)
+++ v3 (2026-03-03)
@@ -42,216 +42,216 @@
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
     <t>Ед.</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>В упак</t>
   </si>
   <si>
     <t xml:space="preserve">Упк 
  трансп</t>
   </si>
   <si>
     <t xml:space="preserve">Мин 
  отгрузка</t>
   </si>
   <si>
     <t>1 Тумблер 250 V</t>
   </si>
   <si>
+    <t>36-4010</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-ON однополюсный  Micro  (MTS-102)  REXANT</t>
+  </si>
+  <si>
+    <t>Инфо</t>
+  </si>
+  <si>
+    <t>шт</t>
+  </si>
+  <si>
+    <t>36-4011</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4150</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-(ON) однополюсной (KN-112) REXANT</t>
+  </si>
+  <si>
+    <t>36-4310</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (2c) ON-OFF однополюсный Mini (ASW-23) REXANT</t>
+  </si>
+  <si>
+    <t>36-4020</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 3А (6c) ON-ON двухполюсный Micro (MTS-202) REXANT</t>
+  </si>
+  <si>
+    <t>36-4110</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4112</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный (KN-103) REXANT</t>
+  </si>
+  <si>
+    <t>36-4151</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 10А (3c) ON-OFF-(ON) однополюсной (KN-113) REXANT</t>
+  </si>
+  <si>
+    <t>36-4172</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) (ON)-OFF-(ON) двухполюсный  (KN-223)  REXANT</t>
+  </si>
+  <si>
+    <t>36-4310-1</t>
+  </si>
+  <si>
+    <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4110-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4112-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (3c) ON-OFF-ON однополюсный  (KN-103)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>36-4132-1</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
+  </si>
+  <si>
+    <t>06-0326-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный  (KN-201)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0328-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
     <t>36-4131</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-ON двухполюсный (KN-202) REXANT</t>
   </si>
   <si>
-    <t>Инфо</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4111</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (3c) ON-ON однополюсный (KN-102) REXANT</t>
   </si>
   <si>
-    <t>36-4011</t>
-[...2 lines deleted...]
-    <t>Тумблер 250V 3А (3c) ON-OFF-ON однополюсный Micro (MTS-103) REXANT</t>
+    <t>06-0324-A</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (2c) ON-OFF однополюсный  (KN-101)  REXANT (в упак. 1шт.)</t>
+  </si>
+  <si>
+    <t>06-0327-B</t>
+  </si>
+  <si>
+    <t>Тумблер 250V 15А (6c) ON-ON двухполюсный  (KN-202)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
     <t>36-4152</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (3c) (ON)-OFF-(ON) однополюсной  (KN-123)  REXANT</t>
   </si>
   <si>
     <t>36-4170</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-(ON) двухполюсный (KN-212) REXANT</t>
   </si>
   <si>
-    <t>36-4172</t>
-[...10 lines deleted...]
-  <si>
     <t>36-4311</t>
   </si>
   <si>
     <t>Тумблер 250V 10А (3c) ON-OFF-ON однополюсный Mini (ASW-23) REXANT</t>
   </si>
   <si>
-    <t>36-4150</t>
-[...4 lines deleted...]
-  <si>
     <t>36-4171</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-OFF-(ON) двухполюсный (KN-213) REXANT</t>
   </si>
   <si>
     <t>36-4021</t>
   </si>
   <si>
     <t>Тумблер 250V 3А (6c) ON-OFF-ON двухполюсный Micro (MTS-203) REXANT</t>
   </si>
   <si>
     <t>36-4132</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный (KN-203) REXANT</t>
   </si>
   <si>
-    <t>36-4112</t>
-[...4 lines deleted...]
-  <si>
     <t>06-0330-A</t>
   </si>
   <si>
     <t>Тумблер 220V 10А (2c) ON-OFF однополюсный  Mini  (ASW-23)  REXANT (в упак. 1шт.)</t>
   </si>
   <si>
-    <t>06-0327-B</t>
-[...34 lines deleted...]
-  <si>
     <t>36-4130</t>
   </si>
   <si>
     <t>Тумблер 250V 15А (4c) ON-OFF двухполюсный (KN-201) REXANT</t>
-  </si>
-[...34 lines deleted...]
-    <t>Тумблер 250V 15А (6c) ON-OFF-ON двухполюсный  (KN-203)  REXANT Индивидуальная упаковка 1 шт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <color rgb="FFFFFFFF"/>
       <sz val="12"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
     </font>
     <font>
       <sz val="11"/>
@@ -636,51 +636,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-on-odnopolyusnyy-micro-mts-102-rexant" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-3c-on-off-on-odnopolyusnyy-micro-mts-103-rexant" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnoy-kn-112-rexant" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-on-dvuhpolyusnyy-micro-mts-202-rexant" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnoy-kn-113-rexant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-223-rexant" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnyy-kn-103-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-individualnaya-upakovka-1-sht" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-on-odnopolyusnyy-kn-102-rexant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-2c-on-off-odnopolyusnyy-kn-101-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-202-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-3c-on-off-on-odnopolyusnoy-kn-123-rexant" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-on-dvuhpolyusnyy-kn-212-rexant" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-10a-3c-on-off-on-odnopolyusnyy-mini-asw-23-rexant" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-213-rexant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-3a-6c-on-off-on-dvuhpolyusnyy-micro-mts-203-rexant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-6c-on-off-on-dvuhpolyusnyy-kn-203-rexant" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-220v-10a-2c-on-off-odnopolyusnyy-mini-asw-23-rexant-v-upak-1sht" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sds-group.ru/product/tumbler-250v-15a-4c-on-off-dvuhpolyusnyy-kn-201-rexant" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:I29"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="90" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="12" customWidth="1"/>
     <col min="7" max="7" width="7" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="32" customHeight="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -704,820 +704,820 @@
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="3">
-        <v>247.36</v>
+        <v>75.94</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F3" s="3">
-        <v>10380</v>
+        <v>17280</v>
       </c>
       <c r="G3" s="3">
         <v>10</v>
       </c>
       <c r="H3" s="3">
-        <v>500</v>
+        <v>2500</v>
       </c>
       <c r="I3" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="3">
-        <v>201.33</v>
+        <v>90.59</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>5010</v>
+        <v>7490</v>
       </c>
       <c r="G4" s="3">
         <v>10</v>
       </c>
       <c r="H4" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I4" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="3">
-        <v>90.59</v>
+        <v>286.46</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>7980</v>
+        <v>800</v>
       </c>
       <c r="G5" s="3">
         <v>10</v>
       </c>
       <c r="H5" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I5" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="3">
-        <v>361.06</v>
+        <v>293.59</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>580</v>
+        <v>6090</v>
       </c>
       <c r="G6" s="3">
         <v>10</v>
       </c>
       <c r="H6" s="3">
         <v>500</v>
       </c>
       <c r="I6" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="3">
-        <v>227.99</v>
+        <v>68.41</v>
       </c>
       <c r="D7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="3">
-        <v>0</v>
+        <v>4150</v>
       </c>
       <c r="G7" s="3">
         <v>10</v>
       </c>
       <c r="H7" s="3">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="I7" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="3">
-        <v>448.15</v>
+        <v>168.68</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="3">
-        <v>1950</v>
+        <v>26510</v>
       </c>
       <c r="G8" s="3">
         <v>10</v>
       </c>
       <c r="H8" s="3">
         <v>500</v>
       </c>
       <c r="I8" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="3">
-        <v>293.59</v>
+        <v>194.81</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="3">
-        <v>3660</v>
+        <v>6780</v>
       </c>
       <c r="G9" s="3">
         <v>10</v>
       </c>
       <c r="H9" s="3">
         <v>500</v>
       </c>
       <c r="I9" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="3">
-        <v>356.27</v>
+        <v>333.13</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="3">
-        <v>1010</v>
+        <v>1690</v>
       </c>
       <c r="G10" s="3">
         <v>10</v>
       </c>
       <c r="H10" s="3">
         <v>500</v>
       </c>
       <c r="I10" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3">
-        <v>286.46</v>
+        <v>448.15</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="3">
-        <v>830</v>
+        <v>1750</v>
       </c>
       <c r="G11" s="3">
         <v>10</v>
       </c>
       <c r="H11" s="3">
         <v>500</v>
       </c>
       <c r="I11" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C12" s="3">
-        <v>357.69</v>
+        <v>373.78</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="3">
-        <v>840</v>
+        <v>150</v>
       </c>
       <c r="G12" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H12" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I12" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="3">
-        <v>74.7</v>
+        <v>212.82</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>4510</v>
+        <v>0</v>
       </c>
       <c r="G13" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H13" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I13" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="3">
-        <v>239.4</v>
+        <v>234.11</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>9600</v>
+        <v>352</v>
       </c>
       <c r="G14" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H14" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I14" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C15" s="3">
-        <v>194.81</v>
+        <v>312.79</v>
       </c>
       <c r="D15" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>5290</v>
+        <v>125</v>
       </c>
       <c r="G15" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H15" s="3">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="I15" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C16" s="3">
-        <v>400.13</v>
+        <v>332.87</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>123</v>
+        <v>87</v>
       </c>
       <c r="G16" s="3">
         <v>1</v>
       </c>
       <c r="H16" s="3">
         <v>10</v>
       </c>
       <c r="I16" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="3">
-        <v>302.59</v>
+        <v>296.06</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>163</v>
+        <v>96</v>
       </c>
       <c r="G17" s="3">
         <v>1</v>
       </c>
       <c r="H17" s="3">
         <v>10</v>
       </c>
       <c r="I17" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="3">
-        <v>75.94</v>
+        <v>247.36</v>
       </c>
       <c r="D18" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="3">
-        <v>18410</v>
+        <v>10040</v>
       </c>
       <c r="G18" s="3">
         <v>10</v>
       </c>
       <c r="H18" s="3">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="I18" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="3">
-        <v>68.41</v>
+        <v>201.33</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="3">
-        <v>4490</v>
+        <v>5550</v>
       </c>
       <c r="G19" s="3">
         <v>10</v>
       </c>
       <c r="H19" s="3">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="I19" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C20" s="3">
-        <v>168.68</v>
+        <v>284.34</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>15100</v>
+        <v>378</v>
       </c>
       <c r="G20" s="3">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H20" s="3">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="3">
-        <v>212.82</v>
+        <v>302.59</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>699</v>
+        <v>78</v>
       </c>
       <c r="G21" s="3">
         <v>1</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3">
-        <v>332.87</v>
+        <v>361.06</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F22" s="3">
-        <v>10</v>
+        <v>2310</v>
       </c>
       <c r="G22" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H22" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I22" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C23" s="3">
-        <v>222.23</v>
+        <v>227.99</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F23" s="3">
-        <v>9310</v>
+        <v>0</v>
       </c>
       <c r="G23" s="3">
         <v>10</v>
       </c>
       <c r="H23" s="3">
         <v>500</v>
       </c>
       <c r="I23" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="3">
-        <v>333.13</v>
+        <v>356.27</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F24" s="3">
-        <v>1760</v>
+        <v>950</v>
       </c>
       <c r="G24" s="3">
         <v>10</v>
       </c>
       <c r="H24" s="3">
         <v>500</v>
       </c>
       <c r="I24" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="3">
-        <v>373.78</v>
+        <v>357.69</v>
       </c>
       <c r="D25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="3">
-        <v>157</v>
+        <v>770</v>
       </c>
       <c r="G25" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H25" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I25" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C26" s="3">
-        <v>284.34</v>
+        <v>74.7</v>
       </c>
       <c r="D26" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="3">
-        <v>399</v>
+        <v>4260</v>
       </c>
       <c r="G26" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H26" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I26" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C27" s="3">
-        <v>296.06</v>
+        <v>239.4</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F27" s="3">
-        <v>183</v>
+        <v>11320</v>
       </c>
       <c r="G27" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H27" s="3">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="I27" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C28" s="3">
-        <v>234.11</v>
+        <v>400.13</v>
       </c>
       <c r="D28" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="3">
-        <v>480</v>
+        <v>106</v>
       </c>
       <c r="G28" s="3">
         <v>1</v>
       </c>
       <c r="H28" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I28" s="3">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C29" s="3">
-        <v>312.79</v>
+        <v>222.23</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3">
-        <v>182</v>
+        <v>12900</v>
       </c>
       <c r="G29" s="3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H29" s="3">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="I29" s="3">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D3" r:id="rId1"/>
     <hyperlink ref="D4" r:id="rId2"/>
     <hyperlink ref="D5" r:id="rId3"/>
     <hyperlink ref="D6" r:id="rId4"/>
     <hyperlink ref="D7" r:id="rId5"/>
     <hyperlink ref="D8" r:id="rId6"/>
     <hyperlink ref="D9" r:id="rId7"/>
     <hyperlink ref="D10" r:id="rId8"/>
     <hyperlink ref="D11" r:id="rId9"/>
     <hyperlink ref="D12" r:id="rId10"/>
     <hyperlink ref="D13" r:id="rId11"/>
     <hyperlink ref="D14" r:id="rId12"/>
     <hyperlink ref="D15" r:id="rId13"/>
     <hyperlink ref="D16" r:id="rId14"/>
     <hyperlink ref="D17" r:id="rId15"/>